--- v0 (2025-11-07)
+++ v1 (2026-02-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="lsg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>kennung</t>
   </si>
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>geom_typ</t>
   </si>
   <si>
     <t>area</t>
   </si>
   <si>
     <t>bezeichnung</t>
   </si>
   <si>
     <t>bemerkung</t>
   </si>
   <si>
     <t>url_lanis</t>
   </si>
   <si>
     <t>datum_erfassung</t>
   </si>
   <si>
@@ -93,54 +93,57 @@
   <si>
     <t>url_rvo</t>
   </si>
   <si>
     <t>geom</t>
   </si>
   <si>
     <t>rechtsetzung_anlass</t>
   </si>
   <si>
     <t>LSG-7331-010</t>
   </si>
   <si>
     <t>26f81c81-8395-fd16-e587-3dddc59bc844</t>
   </si>
   <si>
     <t>Fläche</t>
   </si>
   <si>
     <t>Alzeyer Berg</t>
   </si>
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7331-010</t>
   </si>
   <si>
-    <t>&lt;nicht mehr ermittelbar&gt;</t>
-[...2 lines deleted...]
-    <t>Datenerfassung</t>
+    <t>Mai, Dr. Sabrina; UNB Alzey-Worms</t>
+  </si>
+  <si>
+    <t>fachliche Korrektur</t>
+  </si>
+  <si>
+    <t>Kontrolle der ALK-Konformität ergab z.T. erhebliche Unschärfen</t>
   </si>
   <si>
     <t>LK Alzey-Worms</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7331-010.pdf</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((431074.901 5514684.853, 431072.6328376669 5514690.311140641, 431067.022 5514687.902, 430965.741 5514645.022, 430965.23 5514646.954, 430875.687 5514612.456, 430780.148 5514575.72, 430777.738 5514570.423, 430783.879 5514552.433, 430786.394 5514545.051, 430787.313 5514542.284, 430790.629 5514532.215, 430815.879 5514455.689, 430817.288 5514451.423, 430818.676 5514447.196, 430819.746 5514443.969, 430831.559 5514431.611, 430827.411 5514430.253, 430832.16 5514425.295, 430842.709 5514414.22, 430847.993 5514408.672, 430857.99 5514398.176, 430867.968 5514387.689, 430871.537 5514383.953, 430872.631 5514377.102, 430874.481 5514365.513, 430877.549 5514346.293, 430879.676 5514332.966, 430879.857 5514310.258, 430879.936 5514300.337, 430880.034 5514288.05, 430880.132 5514275.713, 430880.183 5514269.315, 430881.65 5514263.619, 430884.638 5514252.015, 430887.696 5514240.139, 430891.171 5514226.646, 430899.083 5514227.437, 430903.537 5514225.4, 430904.872 5514225.731, 430992.552 5514246.254, 431039.64 5514257.285, 431057.884 5514261.583, 431131.831 5514279.002, 431126.324 5514266.559, 431126.751 5514264.409, 431130.241 5514250.235, 431136.969 5514221.805, 431142.93 5514196.618, 431148.99 5514178.413, 431153.213 5514165.727, 431158.759 5514150.717, 431159.98149053304 5514147.408413692, 431367.2652263794 5514204.815631988, 431354.045 5514175.968, 431349.6483131806 5514166.380699249, 431444.051 5514191.12, 431453.709 5514185.199, 431463.589 5514179.142, 431468.703 5514176.007, 431473.935 5514172.799, 431484.834 5514166.117, 431488.232 5514164.034, 431495.045 5514159.857, 431500.08 5514154.853, 431557.576 5514100.877, 431591.686 5514069.103, 431592.995 5514067.287, 431606.934 5514047.947, 431620.709 5514028.834, 431625.556 5514022.108, 431658.566 5513976.305, 431671.641 5513958.162, 431674.145 5513954.688, 431692.901 5513947.217, 431696.809 5513945.66, 431708.204 5513944.984, 431724.696 5513949.184, 431742.594 5513953.742, 431749.132 5513958.746, 431835.108 5514024.539, 431824.978 5514037.552, 431815.296 5514049.988, 431807.622 5514059.846, 431800.728 5514068.703, 431795.497 5514075.422, 431815.695 5514092.511, 431826.001 5514099.069, 431890.085 5514085.557, 431928.012 5514048.243, 431935.588 5514050.393, 431939.906 5514068.194, 431941.935 5514076.521, 431946.022 5514093.264, 431949.23 5514106.398, 431957.065 5514140.954, 431958.974 5514149.23, 431896.967 5514179.626, 431809.371 5514222.198, 431762.997 5514239.181, 431729.489 5514273.539, 431711.115 5514290.173, 431704.638 5514296.041, 431703.257 5514302.688, 431701.518 5514311.026, 431688.751 5514342.415, 431679.743 5514370.028, 431676.724 5514377.125, 431671.836 5514385.882, 431668.617 5514389.671, 431664.428 5514392.381, 431659.64 5514393.89, 431654.872 5514394.7, 431659.69 5514403.457, 431664.687 5514412.565, 431671.425 5514421.252, 431676.312 5514427.43, 431682.789 5514435.638, 431685.598 5514438.707, 431647.75 5514490.032, 431643.542 5514490.692, 431636.395 5514500.339, 431642.851 5514505.067, 431647.19 5514511.236, 431647.799 5514516.404, 431645.159 5514564.409, 431643.299 5514573.165, 431639.76 5514589.86, 431638.261 5514596.957, 431626.974 5514631.494, 431626.244 5514639.241, 431624.904 5514652.706, 431629.362 5514657.424, 431619.306 5514657.983, 431606.272 5514661.092, 431585.85 5514665.959, 431561.882 5514669.64, 431546.218 5514670.183, 431494.94 5514671.961, 431452.414 5514670.389, 431447.297 5514670.468, 431389.887 5514671.414, 431347.295 5514672.11, 431281.899 5514676.341, 431234.754 5514678.066, 431224.5 5514678.6, 431209.316 5514677.497, 431193.74 5514672.102, 431162.223 5514654.926, 431105.879 5514637.615, 431101.365 5514621.257, 431072.849 5514610.228, 431071.358 5514609.651, 431071.853 5514621.137, 431071.873 5514621.546, 431072.071 5514624.662, 431072.327 5514630.111, 431072.779 5514639.72, 431073.011 5514645.23, 431073.814 5514662.484, 431074.754 5514681.723, 431074.901 5514684.853)), ((433123.717 5513899.544, 433096.599 5513908.712, 433069.822 5513917.765, 433051.95 5513923.382, 433054.733 5513927.403, 433062.957 5513939.287, 433074.07 5513955.349, 433080.148 5513964.15, 433085.555 5513971.982, 433086.405 5513973.212, 432992.447 5514046.159, 432988.489 5514049.227, 433000.572 5514068.144, 433005.773 5514076.288, 433016.89 5514092.764, 433028.217 5514102.771, 433041.002 5514109.23, 433050.799 5514111.35, 433051.548 5514116.278, 433040.092 5514122.674, 433000.176 5514139.241, 432966.667 5514142.005, 432909.789 5514138.232, 432908.739 5514136.542, 432856.395 5514137.367, 432851.107 5514139.926, 432820.422 5514124.384, 432804.54 5514116.338, 432796.025 5514112.029, 432791.727 5514109.851, 432783.761 5514105.883, 432751.636 5514089.85, 432756.456 5514067.229, 432791.021 5514071.816, 432804.214 5514073.576, 432813.391 5514074.794, 432830.503 5514077.063, 432863.668 5514081.47, 432872.306 5514082.554, 432868.588 5514077.036, 432851.456 5514051.606, 432831.878 5514001.469, 432838.419 5513998.555, 432844.914 5513995.661, 432857.968 5513989.846, 432864.72 5513986.838, 432874.417 5513982.519, 432884.546 5513978.012, 432889.824 5513975.663, 432904.374 5513969.176, 432913.113 5513965.279, 432923.504 5513960.43, 432940.383 5513952.552, 432953.955 5513946.219, 432950.218 5513939.347, 432946.214 5513931.983, 432942.305 5513924.795, 432934.019 5513909.558, 432931.496 5513904.918, 432930.11 5513902.37, 432854.404 5513936.062, 432852.332 5513933.686, 432847.377 5513935.892, 432796.04 5513958.609, 432788.942 5513959.559, 432658.594 5513977.307, 432658.414 5513974.648, 432657.765 5513965.652, 432656.686 5513951.027, 432655.687 5513937.562, 432654.65 5513923.447, 432653.791 5513905.593, 432653.611 5513897.325, 432655.361 5513894.006, 432656.381 5513892.077, 432659.07 5513887.038, 432657.601 5513879.541, 432656.093 5513871.863, 432654.463 5513863.536, 432651.695 5513849.411, 432638.012 5513831.598, 432637.663 5513831.147, 432633.195 5513809.475, 432631.317 5513800.358, 432569.828 5513808.53, 432568.039 5513803.841, 432567.459 5513799.953, 432562.331 5513798.783, 432556.783 5513792.786, 432435.269 5513767.141, 432430.991 5513771.12, 432429.751 5513760.844, 432429.182 5513755.906, 432428.522 5513750.338, 432428.242 5513750.278, 432408.69 5513746.269, 432390.666 5513742.581, 432369.374 5513738.213, 432362.097 5513736.723, 432344.863 5513733.184, 432309.296 5513725.896, 432252.155 5513714.198, 432242.319 5513712.188, 432242.279 5513712.718, 432237.281 5513712.628, 432185.059 5513711.475, 432129.418 5513722.298, 432123.62 5513721.917, 432112.864 5513718.257, 432048.142 5513696.396, 431995.286 5513678.463, 431990.846 5513666.665, 431987.12698948005 5513664.936132758, 432003.569 5513636.886, 432021.023 5513607.108, 432023.602 5513602.71, 432025.851 5513598.863, 432053.874 5513551.078, 432061.953 5513537.298, 432065.78 5513530.765, 432072.178 5513519.852, 432073.868 5513516.973, 432076.418 5513512.624, 432079.40915957396 5513497.716733654, 432083.256 5513498.772, 432232.879 5513573.478, 432237.4875942575 5513575.662980447, 432247.084 5513558.335, 432252.883 5513547.809, 432257.891 5513538.833, 432260.18 5513534.494, 432261.26 5513532.525, 432265.709 5513524.13, 432268.308 5513519.221, 432275.335 5513516.493, 432586.15 5513626.874, 432589.039 5513633.192, 432592.92283826455 5513634.4745996315, 432602.775 5513608.56, 432680.738 5513628.668, 432739.686 5513643.871, 432768.465 5513651.298, 432770.624 5513651.778, 432772.843 5513652.278, 432771.337 5513645.231, 432768.428 5513631.745, 432765.633 5513618.787, 432763.372 5513608.308, 432761.122 5513597.877, 432847.26 5513616.421, 432858.137 5513619.278, 432860.621 5513619.93, 432935.109 5513639.513, 432970.87707903347 5513648.902044026, 432972.3257091064 5513645.167354035, 433176.362 5513389.799, 433177.171 5513390.399, 433181.979 5513398.027, 433190.393 5513411.393, 433199.538 5513425.929, 433204.995 5513434.597, 433210.242 5513442.925, 433214.179 5513449.183, 433216.798 5513453.343, 433219.746 5513458.021, 433223.224 5513463.549, 433227.951 5513471.057, 433227.122 5513478.933, 433178.323 5513530.75, 433157.566 5513552.796, 433138.618 5513572.914, 433136.409 5513575.263, 433127.475 5513582.838, 433109.835 5513597.819, 433086.418 5513617.698, 433061.932 5513638.476, 433023.832 5513670.819, 433022.943 5513670.679, 433017.306 5513669.779, 433013.497 5513671.322, 433014.401 5513672.76, 433015.242 5513674.096, 433016.076 5513675.424, 433026.714 5513692.344, 433030.56 5513698.461, 433033.884 5513703.748, 433037.048 5513708.782, 433039.622 5513712.877, 433043.175 5513718.528, 433047.297 5513725.084, 433050.845 5513730.727, 433054.249 5513736.142, 433058.406 5513735.222, 433170.352 5513709.289, 433172.048 5513708.897, 433210.869 5513686.461, 433236.847 5513671.581, 433320.868 5513616.774, 433326.967 5513626.481, 433329.028 5513629.761, 433331.015 5513632.924, 433333.023 5513636.12, 433334.983 5513639.24, 433336.911 5513642.309, 433337.3777359795 5513643.051686497, 433339.92 5513641.611, 433359.153 5513630.845, 433400.142 5513607.903, 433474.688 5513566.07, 433509.66 5513540.577, 433499.329 5513522.548, 433487.604 5513501.893, 433510.713 5513483.962, 433559.621 5513448.092, 433577.526 5513460.587, 433590.602 5513454.764, 433598.47 5513457.549, 433608.539 5513469.185, 433613.393 5513477.4, 433623.697 5513494.839, 433627.375 5513497.786, 433644.323 5513511.369, 433690.107 5513462.912, 433723.619 5513484.399, 433750.443 5513506.971, 433741.496 5513518.837, 433738.028 5513521.096, 433685.705 5513555.197, 433698.872 5513568.457, 433699.162 5513578.311, 433699.332 5513583.899, 433703.691 5513602.608, 433700.972 5513607.776, 433640.212 5513643.342, 433623.748 5513645.413, 433599.222 5513646.822, 433586.51 5513647.553, 433571.007 5513648.444, 433556.052 5513649.303, 433517.647 5513658.936, 433455.202 5513693.809, 433454.433 5513694.419, 433425.805 5513717.192, 433424.036 5513713.784, 433414.519 5513695.445, 433410.461 5513690.918, 433406.532 5513686.54, 433393.538 5513673.537, 433360.422 5513684.917, 433354.904 5513685.505, 433355.665 5513678.112, 433356.389 5513671.066, 433354.277 5513664.501, 433350.9049637044 5513659.124555863, 433348.416 5513660.61, 433345.388 5513663.168, 433276.459 5513720.169, 433204.201 5513778.764, 433230.179 5513819.454, 433235.257 5513827.39, 433175.923 5513863.411, 433182.01 5513874.497, 433183.999 5513877.934, 433154.713 5513883.711, 433121.058 5513889.078, 433123.717 5513899.544)), ((432654.914 5513997.08, 432655.804 5514009.975, 432656.263 5514016.653, 432680.213 5514013.313, 432688.529 5514016.372, 432700.963 5514030.086, 432706.998 5514062.373, 432692.66 5514121.17, 432672.069 5514121.941, 432668.49 5514121.631, 432654.747 5514120.423, 432641.683 5514120.414, 432636.565 5514120.404, 432622.722 5514121.913, 432617.774 5514122.464, 432544.796 5514130.114, 432541.529 5514112.052, 432537.132 5514087.712, 432539.661 5514079.155, 432550.027 5514068.02, 432557.944 5514059.512, 432535.885 5514000.856, 432535.765 5514000.536, 432537.734 5513994.649, 432564.014 5513986.6, 432569.331 5513987.22, 432654.914 5513997.08)), ((432903.4414111305 5513336.976261804, 432748.9890092897 5513579.523976021, 432722.2170988258 5513563.72914603, 432869.1422105516 5513330.522087204, 432882.0816880588 5513328.424801298, 432886.3710112515 5513330.227007166, 432894.4095151808 5513333.405328039, 432903.4414111305 5513336.976261804)), ((433943.741 5513712.482, 433922.387 5513716.778, 433906.292 5513720.015, 433898.075 5513721.674, 433884.059 5513724.491, 433875.462 5513726.219, 433868.863 5513727.398, 433861.838 5513671.93, 433874.294 5513664.584, 433876.403 5513663.984, 433890.279 5513660.067, 433894.278 5513658.938, 433898.537 5513658.789, 433914.973 5513658.222, 433937.101 5513657.455, 433943.741 5513712.482)))</t>
   </si>
   <si>
     <t>Änderung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -516,53 +519,53 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7331-010" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7331-010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="23.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="32" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="57.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -620,90 +623,93 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
         <v>87.3</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
-        <v>40835</v>
+        <v>45833</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2">
         <v>109026</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.5182652966</v>
+        <v>46069.91617951239</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>30374</v>
       </c>
       <c r="S2" s="3">
         <v>30741</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="T2" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>