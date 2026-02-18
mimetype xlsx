--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -611,78 +611,78 @@
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
-        <v>36122</v>
+        <v>36120.6</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
         <v>40835</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2">
         <v>109024</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.47719833509</v>
+        <v>46071.06336924419</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" s="3">
         <v>25407</v>
       </c>
       <c r="S2" s="3">
         <v>28213</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="s">
         <v>33</v>
       </c>
       <c r="V2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>