--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="lsg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>kennung</t>
   </si>
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>geom_typ</t>
   </si>
   <si>
     <t>area</t>
   </si>
   <si>
     <t>bezeichnung</t>
   </si>
   <si>
     <t>bemerkung</t>
   </si>
   <si>
     <t>url_lanis</t>
   </si>
   <si>
     <t>datum_erfassung</t>
   </si>
   <si>
@@ -93,54 +93,57 @@
   <si>
     <t>url_rvo</t>
   </si>
   <si>
     <t>geom</t>
   </si>
   <si>
     <t>rechtsetzung_anlass</t>
   </si>
   <si>
     <t>LSG-7300-001</t>
   </si>
   <si>
     <t>89f0e402-8074-ce55-4666-14932c28284a</t>
   </si>
   <si>
     <t>Fläche</t>
   </si>
   <si>
     <t>Pfälzische Rheinauen</t>
   </si>
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7300-001</t>
   </si>
   <si>
-    <t>&lt;nicht mehr ermittelbar&gt;</t>
-[...2 lines deleted...]
-    <t>Datenerfassung</t>
+    <t>Müller, Martin, LANIS-Zentrale i. A. der SGD-Süd</t>
+  </si>
+  <si>
+    <t>fachliche Korrektur</t>
+  </si>
+  <si>
+    <t>Kontrolle der ALK-Konformaität ergab Unschärfen und in 2 Fällen Grenzverlaufskorrekturen</t>
   </si>
   <si>
     <t>SGD Süd</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7300-001.pdf</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((446949.074 5426560.425, 446910.561 5426527.397, 446861.215 5426484.539, 446821.093 5426450.691, 446772.049 5426409.38, 446722.022 5426370.012, 446647.833 5426309.992, 446608.911 5426278.745, 446577.006 5426253.18, 446497.058 5426189.883, 446452.162 5426154.602, 446443.591 5426147.867, 446442.48 5426147.211, 446441.623 5426146.983, 446440.863 5426147.067, 446440.247 5426147.328, 446439.916 5426147.724, 446437.936 5426150.366, 446436.31 5426149.16, 446425.574 5426140.819, 446426.343 5426140.821, 446427.17 5426140.369, 446427.873 5426139.83, 446428.423 5426139.149, 446428.756 5426138.241, 446428.936 5426137.159, 446428.718 5426136.107, 446427.915 5426134.938, 446426.764 5426133.592, 446325.089 5426051.962, 446244.299 5425987.736, 446155.587 5425916.461, 446079.68 5425855.463, 446009.767 5425800.547, 445913.628 5425726.44, 445836.5 5425664.887, 445758.099 5425602.852, 445679.92 5425540.181, 445600.913 5425476.01, 445524.129 5425414.665, 445444.52 5425351.911, 445361.435 5425285.902, 445336.614 5425266.492, 445288.502 5425228.169, 445209.304 5425165.157, 445173.132 5425136.307, 445131.191 5425102.851, 445052.403 5425040.127, 444989.372 5424989.133, 444974.939 5424977.773, 444898.358 5424915.873, 444822.383 5424855.638, 444742.827 5424792.009, 444665.827 5424730.113, 444628.907 5424700.981, 444587.467 5424668.22, 444506.802 5424605.06, 444429.651 5424544.465, 444404.41 5424524.107, 444370.382 5424496.969, 444316.918 5424454.136, 444268.172 5424414.862, 444206.793 5424367.47, 444119.293 5424304.995, 444045.178 5424259.663, 444024.591 5424246.988, 443966.606 5424216.318, 443887.964 5424175.301, 443835.008 5424149.671, 443789.282 5424127.316, 443786.504 5424126.324, 443784.775 5424125.997, 443783.032 5424125.859, 443781.21 5424126.264, 443779.481 5424126.839, 443777.689 5424127.654, 443776.433 5424128.49, 443768.109 5424126.151, 443731.978 5424147.312, 443702.614 5424168.755, 443682.591 5424182.648, 443673.063 5424189.088, 443670.796 5424191.247, 443665.721 5424195.895, 443661.443 5424200.814, 443659.514 5424202.723, 443650.207 5424212.308, 443644.828 5424215.397, 443640.188 5424221.643, 443633.148 5424230.038, 443626.256 5424239.583, 443618.884 5424252.806, 443616.183 5424259.572, 443613.722 5424267.488, 443609.747 5424287.637, 443609.376 5424291.176, 443597.966 5424385.962, 443587.773 5424421.018, 443582.962 5424437.901, 443577.538 5424451.682, 443572.602 5424463.611, 443564.903 5424484.054, 443561.262 5424498.409, 443550.445 5424533.257, 443549.205 5424539.884, 443547.676 5424546.87, 443543.308 5424557.084, 443537.713 5424569.144, 443524.045 5424605.345, 443518.21 5424624.334, 443510.544 5424644.164, 443507.615 5424652.049, 443506.325 5424656.297, 443503.077 5424662.94, 443498.21 5424670.647, 443495.991 5424673.305, 443494.683 5424681.462, 443491.015 5424686.029, 443487.328 5424688.598, 443485.559 5424694.345, 443478.525 5424714.005, 443464.586 5424744.81, 443452.693 5424768.549, 443442.119 5424789.429, 443428.927 5424813.49, 443416.403 5424833.311, 443409.995 5424843.527, 443401.049 5424857.202, 443388.825 5424873.825, 443379.998 5424884.372, 443368.193 5424897.847, 443360.486 5424907.233, 443353.598 5424916.149, 443341.603 5424931.203, 443330.268 5424943.929, 443324.03 5424951.726, 443316.133 5424958.574, 443306.707 5424966.81, 443293.152 5424976.877, 443264.332 5424995.34, 443250.868 5425004.467, 443223.838 5425021.011, 443206.664 5425030.777, 443182.693 5425044.993, 443175.486 5425049.241, 443168.929 5425052.21, 443161.341 5425055.719, 443151.855 5425059.317, 443142.158 5425062.736, 443135.691 5425065.095, 443126.674 5425067.144, 443117.177 5425068.764, 443107.691 5425069.524, 443096.115 5425069.395, 443082.42 5425069.335, 443072.524 5425067.795, 443067.896 5425067.086, 443065.337 5425065.986, 443063.217 5425065.916, 443060.089 5425065.806, 443057.2 5425066.616, 443048.722 5425069.085, 443038.916 5425070.474, 443031.659 5425070.105, 443025.251 5425069.955, 443021.283 5425069.815, 443018.133 5425069.285, 443012.695 5425068.595, 443001.12 5425066.896, 442986.016 5425064.707, 442972.85 5425064.317, 442964.793 5425065.377, 442956.716 5425066.377, 442943.94 5425067.357, 442941.591 5425068.227, 442935.234 5425067.087, 442923.418 5425063.739, 442920.35 5425062.279, 442913.852 5425060.88, 442898.927 5425061.889, 442890.81 5425061.719, 442878.785 5425059.84, 442869.188 5425056.961, 442861.441 5425054.432, 442853.404 5425051.064, 442842.628 5425047.545, 442832.012 5425045.356, 442823.915 5425044.537, 442816.378 5425044.468, 442809.301 5425045.157, 442794.405 5425044.378, 442785.209 5425043.098, 442765.387 5425038.34, 442747.743 5425033.202, 442736.507 5425031.504, 442727.331 5425031.224, 442720.343 5425030.634, 442712.756 5425028.555, 442701.57 5425024.637, 442694.073 5425020.888, 442685.657 5425017.14, 442669.022 5425014.092, 442656.767 5425013.483, 442639.634 5425011.663, 442631.616 5425011.164, 442621.42 5425008.866, 442612.644 5425005.687, 442606.036 5425002.768, 442597.25 5424998.64, 442581.365 5424991.962, 442573.598 5424989.354, 442565.321 5424984.996, 442557.075 5424980.248, 442549.158 5424974.89, 442537.401 5424966.034, 442530.474 5424962.795, 442523.017 5424960.036, 442515.33 5424956.088, 442506.873 5424948.702, 442494.108 5424939.586, 442482.872 5424931.139, 442475.275 5424925.211, 442464.868 5424917.894, 442459.36 5424913.696, 442455.632 5424909.568, 442448.974 5424901.131, 442442.017 5424890.335, 442437.158 5424882.777, 442431.86 5424877.39, 442429.311 5424874.95, 442427.352 5424872.951, 442419.325 5424866.454, 442409.198 5424859.717, 442402.081 5424854.599, 442393.964 5424847.851, 442380.398 5424837.812, 442358.938 5424822.417, 442344.875 5424814.419, 442333.011 5424806.461, 442326.445 5424801.242, 442314.032 5424790.085, 442305.597 5424782.027, 442296.303 5424771.439, 442290.697 5424763.411, 442286.84 5424753.743, 442282.943 5424744.686, 442278.936 5424734.089, 442277.399 5424723.641, 442275.541 5424714.944, 442273.432 5424708.895, 442268.646 5424699.418, 442263.33 5424692.609, 442258.054 5424688.929, 442249.368 5424685.949, 442241.452 5424681.93, 442227.7 5424671.652, 442211.279 5424662.543, 442187.972 5424649.364, 442185.193 5424648.444, 442166.233 5424642.935, 442156.708 5424638.395, 442143.195 5424631.666, 442125.404 5424621.707, 442118.178 5424616.758, 442108.952 5424608.81, 442103.825 5424601.083, 442090.552 5424573.731, 442079.709 5424548.459, 442071.023 5424526.876, 442062.487 5424507.472, 442057.64 5424490.148, 442052.823 5424476.732, 442045.356 5424458.348, 442042.328 5424448.271, 442036.25 5424439.785, 442033.571 5424435.616, 442028.554 5424431.377, 442020.418 5424427.408, 442013.52 5424426.268, 442010.616 5424426.025, 442008.962 5424425.887, 442005.893 5424425.828, 442000.925 5424424.348, 441997.147 5424422.469, 441992.689 5424419.999, 441988.861 5424418.659, 441984.783 5424418.579, 441981.274 5424419.629, 441976.365 5424425.277, 441961.371 5424440.73, 441954.924 5424444.958, 441949.186 5424447.717, 441942.099 5424449.017, 441933.622 5424448.826, 441927.305 5424446.857, 441919.829 5424443.887, 441905.004 5424437.398, 441895.948 5424434.22, 441886.052 5424432.499, 441874.796 5424428.8, 441866.57 5424425.601, 441863.111 5424424.102, 441859.962 5424422.751, 441857.223 5424422.352, 441853.055 5424421.362, 441844.688 5424420.972, 441837.581 5424421.991, 441831.094 5424422.531, 441818.479 5424420.6, 441816.362 5424419.683, 441812.801 5424418.141, 441802.675 5424411.473, 441794.609 5424406.425, 441786.662 5424402.086, 441772.148 5424394.398, 441762.242 5424389.1, 441753.475 5424385.601, 441743.949 5424385.651, 441733.353 5424385.66, 441727.356 5424383.201, 441722.787 5424377.932, 441714.731 5424370.715, 441709.073 5424367.465, 441704.535 5424364.086, 441701.377 5424360.068, 441697.748 5424354.809, 441694.549 5424350.681, 441689.222 5424348.501, 441684.643 5424345.652, 441677.086 5424339.165, 441657.965 5424312.163, 441652.218 5424300.647, 441650.389 5424296.149, 441647.78 5424289.451, 441645.592 5424282.954, 441641.493 5424276.386, 441635.656 5424271.248, 441631.388 5424268.079, 441624.971 5424263.861, 441619.463 5424261.212, 441613.665 5424260.082, 441609.753 5424259.655, 441607.978 5424259.462, 441603.649 5424259.641, 441600.97 5424259.572, 441586.546 5424258.302, 441581.007 5424256.662, 441575.518 5424253.503, 441571.339 5424249.714, 441567.411 5424244.685, 441564.321 5424240.655, 441557.532 5424237.655, 441544.946 5424234.855, 441534.37 5424233.054, 441530.871 5424231.895, 441527.512 5424229.566, 441526.263 5424227.896, 441525.213 5424226.357, 441519.077 5424214.102, 441508.363 5424197.101, 441503.705 5424192.003, 441496.549 5424185.865, 441492.561 5424182.066, 441488.414 5424175.588, 441486.754 5424171.52, 441485.146 5424165.791, 441482.647 5424154.266, 441481.767 5424148.608, 441481.957 5424139.912, 441481.257 5424135.764, 441478.837 5424132.246, 441476.648 5424129.897, 441475.699 5424129.007, 441473.46 5424126.948, 441468.97 5424123.36, 441465.302 5424121.761, 441459.293 5424120.063, 441451.854 5424116.745, 441445.975 5424114.057, 441440.096 5424110.069, 441437.476 5424107.361, 441435.357 5424103.732, 441430.987 5424095.836, 441426.878 5424091.798, 441423.699 5424089.849, 441416.961 5424086.74, 441412.792 5424085.071, 441407.924 5424083.751, 441404.656 5424083.931, 441403.186 5424084.481, 441399.568 5424086.63, 441396.089 5424090.119, 441392.091 5424094.927, 441388.292 5424098.436, 441381.955 5424102.894, 441368.801 5424113.45, 441363.873 5424119.588, 441357.185 5424124.547, 441347.319 5424132.776, 441340.5 5424138.815, 441320.985 5424153.034, 441309.837 5424163.093, 441303.069 5424168.963, 441295.92 5424173.642, 441289.052 5424180.501, 441282.663 5424186.24, 441275.676 5424191.618, 441268.238 5424196.926, 441255.984 5424207.771, 441243.909 5424216.946, 441233.435 5424227.301, 441215.954 5424241.555, 441206.729 5424250.171, 441197.423 5424257.778, 441186.009 5424265.525, 441173.734 5424275.272, 441168.456 5424281.25, 441163.049 5424284.69, 441154.392 5424292.447, 441145.005 5424300.964, 441136.469 5424307.083, 441129.291 5424312.291, 441123.804 5424314.25, 441116.127 5424317.439, 441113.528 5424319.838, 441111.578 5424322.387, 441109.979 5424324.947, 441109.118 5424326.325, 441107.819 5424328.625, 441107.36 5424330.232, 441106.799 5424332.193, 441106.679 5424335.192, 441108.429 5424349.296, 441111.368 5424360.142, 441113.357 5424366.309, 441117.446 5424381.193, 441119.327 5424388.969, 441123.676 5424403.123, 441127.404 5424412.279, 441129.665 5424421.255, 441133.164 5424430.781, 441138.074 5424448.514, 441139.755 5424457.091, 441144.504 5424469.446, 441149.773 5424483.911, 441155.49 5424497.235, 441163.007 5424514.18, 441167.956 5424522.516, 441177.191 5424533.932, 441185.188 5424542.668, 441197.812 5424557.663, 441206.546 5424569.389, 441213.434 5424575.077, 441217.131 5424580.026, 441222.529 5424589.253, 441228.316 5424597.801, 441231.744 5424603.319, 441247.747 5424625.893, 441252.945 5424631.041, 441258.463 5424637.249, 441265.049 5424646.755, 441266.239 5424649.624, 441267.019 5424654.352, 441267.299 5424662.129, 441267.339 5424675.254, 441265.769 5424682.341, 441265.209 5424692.546, 441266.939 5424708.5, 441268.038 5424715.186, 441267.998 5424718.805, 441266.749 5424722.263, 441264.46 5424724.253, 441259.602 5424727.891, 441251.744 5424733.438, 441243.787 5424738.606, 441230.402 5424747.572, 441224.844 5424752.09, 441217.487 5424757.497, 441211.74 5424760.665, 441207.611 5424762.535, 441199.105 5424767.342, 441190.648 5424773.799, 441185.67 5424777.438, 441179.952 5424781.745, 441174.829 5424785.315, 441169.586 5424787.863, 441164.279 5424790.732, 441161.19 5424792.67, 441159.6 5424794.479, 441158.711 5424796.129, 441158.401 5424798.248, 441157.171 5424808.624, 441156.762 5424814.491, 441156.951 5424822.548, 441158.98 5424834.663, 441159.431 5424837.352, 441160.86 5424855.284, 441161.959 5424862.731, 441163.918 5424871.128, 441164.398 5424878.965, 441163.838 5424887.841, 441164.218 5424899.766, 441164.778 5424904.135, 441164.618 5424909.233, 441164.878 5424915.82, 441165.127 5424921.218, 441166.837 5424928.475, 441167.626 5424935.662, 441169.596 5424941.57, 441171.385 5424944.209, 441175.134 5424949.837, 441176.663 5424953.055, 441177.143 5424957.274, 441176.643 5424961.972, 441175.373 5424965.97, 441171.934 5424973.167, 441167.096 5424982.393, 441164.487 5424985.811, 441160.249 5424988.74, 441146.654 5424997.267, 441142.186 5424999.816, 441135.828 5425002.545, 441129.003 5425003.784, 441125.441 5425004.481, 441120.993 5425005.35, 441115.851 5425006.357, 441112.075 5425014.212, 441100.523 5425020.841, 441101.194 5425033.309, 441114.365 5425028.227, 441120.667 5425029.628, 441122.653 5425030.069, 441122.904 5425033.515, 441123.324 5425040.372, 441123.419 5425042.553, 441126.598 5425049.921, 441128.023 5425060.024, 441128.02 5425060.188, 441136.653 5425075.997, 441147.874 5425094.264, 441165.044 5425103.285, 441175.092 5425110.442, 441184.464 5425113.71, 441188.293 5425123.146, 441187.321 5425125.341, 441182.338 5425137.542, 441180.454 5425142.283, 441177.555 5425139.114, 441174.496 5425136.036, 441171.467 5425134.185, 441166.099 5425131.336, 441161.601 5425131.756, 441154.945 5425135.274, 441152.646 5425136.044, 441148.388 5425140.672, 441141.18 5425145.799, 441137.532 5425148.318, 441135.033 5425150.067, 441127.946 5425153.116, 441114.191 5425160.702, 441104.505 5425164.5, 441099.248 5425169.088, 441094.06 5425176.535, 441090.332 5425182.661, 441090.012 5425185.25, 441089.172 5425186.77, 441088.932 5425189.589, 441089.282 5425194.377, 441087.783 5425196.816, 441086.003 5425200.195, 441084.584 5425201.774, 441082.905 5425203.382, 441077.747 5425205.831, 441071.549 5425210.5, 441063.702 5425214.467, 441054.566 5425220.715, 441045.529 5425224.263, 441030.995 5425228.99, 441019.439 5425233.149, 441015.87 5425234.498, 441014.311 5425235.818, 441010.742 5425237.636, 441004.884 5425237.516, 440998.947 5425234.397, 440991.889 5425230.049, 440987.58 5425225.991, 440982.352 5425222.703, 440969.127 5425217.354, 440956.362 5425219.833, 440939.307 5425221.133, 440922.583 5425222.123, 440907.418 5425218.024, 440886.445 5425212.727, 440873.219 5425210.558, 440854.646 5425206.009, 440846.599 5425202.1, 440839.451 5425197.882, 440835.252 5425196.133, 440826.355 5425195.763, 440817.059 5425197.912, 440812.829 5425199.551, 440806.632 5425202.88, 440805.502 5425205.779, 440804.992 5425207.028, 440801.874 5425211.397, 440799.344 5425214.506, 440797.584 5425215.725, 440795.605 5425216.635, 440790.917 5425218.223, 440788.468 5425217.923, 440785.598 5425216.554, 440781.46 5425213.705, 440780.02 5425211.896, 440779.021 5425210.406, 440774.452 5425203.219, 440772.222 5425194.344, 440766.764 5425182.079, 440767.974 5425169.304, 440768.054 5425160.757, 440767.484 5425158.738, 440765.585 5425154.54, 440762.436 5425152.091, 440759.476 5425151.731, 440756.847 5425152.85, 440753.749 5425153.86, 440751.22 5425154.999, 440742.612 5425161.357, 440740.383 5425164.265, 440740.073 5425166.374, 440736.195 5425171.082, 440731.905 5425173.731, 440726.587 5425174.111, 440715.731 5425174.251, 440705.154 5425173.621, 440692.198 5425172.681, 440665.297 5425167.513, 440650.351 5425165.454, 440643.553 5425163.505, 440634.372 5425162.564, 440634.205 5425167.051, 440633.693 5425174.821, 440633.766 5425178.838, 440627.64 5425185.049, 440598.478 5425170.381, 440585.892 5425154.818, 440553.953 5425152.428, 440553.281 5425157.116, 440551.252 5425171.28, 440551.096 5425172.37, 440548.663 5425189.352, 440547.415 5425190.364, 440541.861 5425194.867, 440535.033 5425200.403, 440531.253 5425203.467, 440509.558 5425199.242, 440499.068 5425197.199, 440496.799 5425201.677, 440495.095 5425205.043, 440494.496 5425206.224, 440492.244 5425210.669, 440489.717 5425215.658, 440485.181 5425224.612, 440484.519 5425225.919, 440483.588 5425227.757, 440471.158 5425236.514, 440470.678 5425236.852, 440463.82 5425239.406, 440456.425 5425242.161, 440440.701 5425248.017, 440433.957 5425250.529, 440427.903 5425252.784, 440417.75 5425256.566, 440413.974 5425257.972, 440410.641 5425264.508, 440405.686 5425274.225, 440428.037 5425303.838, 440415.722 5425312.736, 440407.55 5425327.794, 440386.112 5425348.19, 440378.973 5425354.898, 440363.822 5425364.353, 440354.203 5425370.322, 440348.314 5425377.809, 440326.871 5425376.062, 440304.076 5425376.774, 440287.14 5425378.834, 440210.937 5425362.852, 440206.558 5425373.028, 440238.669 5425386.95, 440275.908 5425403.096, 440307.073 5425416.262, 440311.656 5425416.184, 440315.518 5425419.117, 440318.191 5425421.147, 440324.099 5425425.635, 440339.846 5425431.597, 440339.68 5425433.762, 440355.373 5425440.548, 440355.71 5425439.804, 440356.346 5425438.216, 440359.291 5425439.594, 440375.155 5425447.021, 440382.705 5425451.005, 440386.229 5425450.729, 440390.001 5425449.365, 440393.7 5425446.47, 440399.499 5425446.846, 440405.029 5425446.633, 440407.963 5425449.308, 440413.304 5425450.565, 440418.999 5425458.006, 440423.465 5425463.746, 440423.056 5425470.053, 440422.535 5425476.562, 440422.665 5425481.157, 440427.039 5425484.927, 440443.531 5425499.143, 440457.293 5425511.005, 440470.245 5425522.169, 440485.028 5425534.892, 440500.309 5425548.045, 440515.98 5425561.532, 440532.153 5425575.452, 440540.801 5425582.895, 440543.837 5425585.508, 440548.604 5425589.626, 440566.066 5425604.681, 440577.452 5425614.497, 440589.427 5425624.821, 440601.112 5425634.896, 440618.986 5425650.306, 440624.809 5425655.292, 440650.611 5425677.383, 440676.376 5425699.443, 440698.636 5425718.502, 440703.505 5425722.693, 440712.757 5425730.657, 440721.56 5425738.234, 440730.732 5425746.129, 440756.41 5425768.233, 440772.994 5425782.508, 440783.318 5425791.419, 440846.77 5425846.187, 440854.701 5425852.942, 440923.443 5425911.491, 441009.272 5425985.499, 441011.651 5425987.518, 441015.735 5425990.982, 441019.741 5425994.377, 441023.707 5425997.744, 441027.256 5426000.763, 441030.554 5426003.562, 441036.583 5426008.677, 441043.88 5426014.868, 441050.466 5426020.457, 441056.84 5426025.867, 441062.868 5426030.982, 441068.866 5426036.071, 441075.41 5426041.621, 441081.135 5426046.478, 441085.976 5426050.584, 441087.011 5426051.486, 441092.454 5426056.222, 441098.265 5426061.28, 441103.615 5426065.936, 441108.194 5426069.923, 441113.509 5426074.552, 441118.16 5426078.602, 441123.174 5426082.968, 441128.508 5426087.611, 441130.935 5426089.722, 441145.92 5426102.772, 441161.563 5426116.397, 441237.039 5426182.168, 441239.131 5426183.972, 441242.766 5426187.106, 441254.135 5426196.913, 441300.688 5426237.051, 441312.944 5426247.618, 441336.192 5426267.664, 441377.706 5426303.462, 441388.798 5426313.056, 441419.64 5426339.451, 441461.743 5426375.487, 441464.99 5426378.265, 441518.632 5426424.804, 441523.73 5426429.23, 441531.455 5426435.94, 441540.371 5426443.689, 441580.893 5426478.052, 441616.827 5426508.524, 441660.04 5426546.029, 441692.433 5426574.203, 441725.363 5426600.637, 441788.074 5426654.679, 441793.487 5426661.015, 441817.342 5426682.042, 441834.743 5426697.373, 441869.366 5426727.581, 441881.624 5426738.238, 441893.469 5426748.536, 441919.544 5426771.237, 441940.147 5426788.862, 441947.595 5426795.231, 441962.929 5426808.351, 441965.474 5426810.529, 441997.708 5426838.11, 442010.191 5426849.036, 442011.594 5426849.986, 442025.67 5426859.516, 442030.198 5426862.583, 442032.597 5426864.212, 442085.227 5426910.608, 442150.901 5426970.188, 442177.18 5426997.328, 442197.072 5427023.178, 442215.354 5427054.107, 442290.612 5427195.573, 442395.262 5427392.503, 442499.838 5427591.634, 442602.407 5427785.992, 442646.236 5427868.127, 442653.644 5427882.009, 442666.222 5427905.581, 442723.465 5428015.676, 442764.156 5428090.866, 442817.286 5428193.906, 442901.362 5428353.722, 442985.971 5428513.949, 443033.392 5428603.753, 443059.621 5428648.586, 443097.975 5428710.221, 443135.401 5428771.608, 443153.993 5428807.733, 443170.016 5428848.657, 443179.432 5428878.476, 443187.889 5428908.984, 443193.887 5428942.98, 443198.625 5428979.745, 443224.053 5429190.453, 443233.8 5429243.472, 443227.439 5429245.028, 443233.34 5429289.225, 443237.518 5429324.941, 443239.247 5429339.425, 443241.878 5429360.35, 443245.814 5429467.291, 443248.157 5429530.348, 443246.407 5429547.822, 443244.785 5429564.174, 443244.5 5429580.369, 443240.512 5429642.042, 443234.554 5429732.606, 443226.608 5429853.468, 443226.6078458853 5429853.46809981, 443226.61000000034 5429853.470000001, 443226.2596081206 5429857.845129779, 443226.258 5429857.846, 443218.501 5429959.416, 443216.632 5430011.485, 443217.378 5430036.984, 443218.319 5430047.409, 443220.649 5430060.978, 443262.917 5430307.172, 443268.874 5430341.863, 443267.943 5430342.34, 443269.169 5430349.391, 443292.89 5430485.764, 443298.803 5430519.766, 443307.595 5430570.311, 443315.459 5430615.518, 443319.967 5430667.379, 443320.618 5430694.762, 443319.14 5430731.475, 443318.388 5430750.154, 443314.357 5430790.901, 443305.664 5430838.584, 443297.301 5430884.449, 443285.552 5430948.875, 443272.792 5431017.284, 443266.406 5431062.801, 443257.872 5431111.588, 443254.493 5431122.633, 443254.617 5431146.259, 443255.351 5431153.525, 443256.425 5431161.402, 443262.516 5431201.789, 443264.436 5431214.946, 443270.604 5431239.396, 443278.941 5431269.984, 443312.867 5431389.726, 443332.53 5431459.099, 443353.382 5431532.699, 443371.045 5431591.176, 443410.239 5431732.34, 443489.358 5431954.702, 443506.462 5432001.363, 443532.152 5432074.184, 443575.885 5432198.195, 443575.8816495442 5432198.196598177, 443576.8499999996 5432202.07, 443576.8490030124 5432202.072249732, 443576.844 5432202.074, 443653.284 5432417.908, 443667.179 5432457.132, 443722.517 5432613.39, 443834.523 5432913.27, 443870.459 5432986.61, 443980.316 5433214.978, 444110.687 5433486.155, 444115.75 5433496.591, 444116.217 5433497.553, 444117.687 5433500.581, 444123.033 5433511.597, 444138.913 5433544.323, 444196.741 5433663.494, 444197.7796405455 5433665.634510775, 444206.794 5433684.212, 444248.676 5433772.042, 444251.303 5433777.548, 444539.212 5434384.586, 444540.762 5434387.131, 444543.657 5434391.881, 444554.523 5434415.677, 444558.377 5434424.117, 444561.632 5434430.818, 444571.213 5434450.633, 444587.695 5434486.876, 444766.172 5434924.881, 444766.478 5434931.396, 444767.486 5434952.912, 444726.337 5435275.898, 444723.291 5435275.676, 444723.176 5435276.977, 444722.808 5435281.149, 444722.599 5435283.513, 444722.013 5435290.148, 444724.611 5435291.589, 444725.037 5435295.687, 444728.112 5435304.34, 444730.215 5435308.006, 444745.751 5435336.751, 444754.813 5435350.976, 445240.042 5436136.383, 445249.249 5436151.35, 445303.45 5436239.187, 445315.425 5436255.026, 445322.546 5436263.532, 445372.937 5436312.613, 445372.187 5436313.639, 445373.27 5436314.676, 445475.19 5436412.576, 445544.327 5436479.39, 445563.489 5436497.91, 445579.554 5436513.435, 445588.904 5436522.472, 445593.186 5436526.609, 445597.556 5436530.833, 445605.769 5436538.77, 445617.176 5436549.84, 445620.308 5436552.881, 445623.399 5436555.88, 445626.082 5436558.485, 445629.004 5436561.321, 445641.761 5436573.702, 445644.614 5436576.472, 445646.591 5436578.39, 445649.214 5436580.935, 445651.513 5436583.166, 445654.283 5436585.854, 445657.76 5436589.231, 445660.529 5436591.917, 445663.064 5436594.378, 445665.814 5436597.045, 445677.134 5436608.033, 445682.394 5436613.139, 445685.554 5436616.206, 445688.283 5436618.854, 445691.414 5436621.893, 445694.381 5436624.771, 445705.201 5436635.274, 445781.878 5436709.595, 445786.281 5436713.845, 445789.904 5436717.342, 445793.608 5436720.917, 445798.619 5436725.755, 445803.97 5436730.921, 445814.377 5436740.967, 445825.093 5436751.311, 445832.114 5436758.089, 445840.102 5436765.657, 445841.311 5436766.828, 445844.46 5436769.878, 445851.768 5436776.976, 445860.652 5436785.606, 445867.734 5436792.485, 445873.533 5436798.118, 445879.459 5436803.875, 445885.058 5436809.312, 445891.111 5436815.192, 445896.95 5436820.864, 445902.84 5436826.585, 445909.274 5436832.835, 445915.914 5436839.285, 445921.272 5436844.489, 445927.736 5436850.768, 445933.845 5436856.702, 445939.909 5436862.593, 445945.89 5436868.403, 445951.534 5436873.886, 445952.271 5436874.601, 445957.037 5436879.101, 445973.395 5436894.536, 445985.685 5436906.133, 445988.858 5436909.127, 446000.336 5436919.958, 446011.526 5436930.508, 446016.793 5436935.474, 446024.288 5436942.52, 446028.823 5436946.783, 446081.333 5436996.271, 446086.7 5437001.328, 446146.237 5437057.352, 446220.829 5437129.69, 446227.922 5437135.842, 446230.8707403779 5437138.951089207, 446234.248 5437142.512, 446260.024 5437167.093, 446262.863 5437167.224, 446264.329 5437171.783, 446282.006 5437188.815, 446306.149 5437212.093, 446312.953 5437218.654, 446319.231 5437224.707, 446321.425 5437226.822, 446344.836 5437249.393, 446346.035 5437250.552, 446355.941 5437260.265, 446369.1 5437273.197, 446384.277 5437288.014, 446399.984 5437303.408, 446407.363 5437310.635, 446414.732 5437317.862, 446430.279 5437333.096, 446442.787 5437345.361, 446447.516 5437349.979, 446452.769 5437355.087, 446454.895 5437357.218, 446457.034 5437359.317, 446463.844 5437365.994, 446470.853 5437372.861, 446485.22 5437386.936, 446487.369 5437389.045, 446494.169 5437395.702, 446501.568 5437402.949, 446523.756 5437424.684, 446538.59 5437439.216, 446547.347 5437447.79, 446561.904 5437462.028, 446563.724 5437463.826, 446576.513 5437476.382, 446579.444 5437480.487, 446591.553 5437497.607, 446603.693 5437514.741, 446605.113 5437516.772, 446617.274 5437533.914, 446629.438 5437551.07, 446643.66 5437571.101, 446655.517 5437587.866, 446667 5437604.072, 446669.868 5437608.212, 446677.419 5437618.811, 446689.515 5437636.065, 446697.832 5437647.909, 446746.896 5437717.881, 446748.575 5437719.72, 446773.805 5437756.938, 446798.207 5437792.966, 446804.215 5437808.384, 446809.357 5437821.55, 446816.218 5437839.165, 446820.717 5437850.698, 446833.645 5437883.895, 446833.82 5437883.889, 446838.411 5437895.56, 446839.592 5437897.134, 446844.742 5437901.902, 446846.231 5437903.279, 446856.345 5437907.248, 446858.025 5437907.184, 446859.098 5437907.143, 446859.979 5437907.109, 446875.351 5437906.506, 446882.819 5437906.217, 446904.79813688475 5437905.169909019, 446904.8200000003 5437905.199999999, 446906.1623270851 5437916.956650676, 446908.137 5437933.819, 446908.531 5437943.032, 446910.88 5437998.037, 446913.302 5438029.499, 446913.567 5438032.939, 446914.517 5438045.403, 446914.647 5438047.112, 446914.997 5438051.659, 446915.087 5438053.958, 446915.457 5438063.312, 446916.64 5438093.008, 446916.831 5438097.455, 446916.931 5438097.455, 446917.492 5438102.222, 446917.782 5438104.641, 446917.862 5438104.931, 446921.04 5438116.177, 446920.96 5438116.207, 446923.258 5438122.144, 446926.516 5438130.044, 446928.352 5438134.46, 446929.89 5438138.419, 446952.203 5438196.058, 446951.861 5438196.662, 446952.071 5438196.561, 446972.662 5438249.3, 446976.55 5438259.238, 446974.971 5438259.866, 446985.007 5438285.78, 446989.237 5438296.72, 446990.315 5438299.524, 447027.602 5438396.136, 447030.106 5438402.564, 447037.294 5438421.326, 447042.632 5438435.107, 447040.761 5438435.872, 447041.64 5438438.212, 447046.723 5438451.605, 447053.693 5438469.98, 447060.725 5438488.539, 447069.885 5438512.707, 447073.004 5438514.317, 447079.42 5438522.855, 447087.382 5438544.158, 447088.784 5438547.892, 447090.59 5438552.701, 447092.382 5438557.419, 447094.191 5438562.246, 447095.959 5438566.962, 447099.595 5438576.683, 447105.062 5438591.34, 447112.238 5438610.577, 447118.254 5438626.704, 447124.366 5438642.732, 447130.419 5438658.879, 447136.441 5438674.941, 447142.511 5438691.137, 447143.926 5438694.908, 447151.742 5438715.703, 447155.613 5438726.005, 447164.272 5438749.051, 447170.79 5438766.605, 447182.374 5438797.512, 447193.253 5438826.591, 447207.72 5438819.575, 447209.649 5438818.635, 447220.399 5438820.139, 447220.368 5438832.847, 447221.183 5438845.52, 447222.792 5438857.975, 447225.032 5438869.212, 447228.724 5438881.399, 447233.087 5438891.999, 447240.449 5438905.868, 447253.678 5438927.046, 447263.516 5438940.465, 447270.944 5438948.625, 447288.455 5438963.424, 447296.859 5438971.682, 447323.138 5439000.476, 447335.129 5439015.091, 447343.555 5439026.936, 447347.832 5439033.155, 447353.691 5439044.71, 447359.09 5439055.876, 447365.151 5439073.06, 447369.563 5439090.116, 447371.786 5439101.162, 447378.847 5439149.4, 447385.764 5439198.039, 447390.152 5439227.338, 447391.594 5439236.547, 447393.78 5439251.308, 447398.82 5439284.852, 447399.631 5439292.901, 447405.78 5439331.921, 447408.969 5439352.564, 447408.519 5439354.243, 447409.439 5439354.373, 447411.764 5439363.476, 447416.331 5439377.801, 447420.65 5439391.226, 447423.058 5439399.892, 447422.948 5439402.921, 447418.589 5439402.431, 447421.624 5439412.088, 447419.754 5439412.678, 447418.29 5439429.462, 447422.078 5439455.204, 447424.113 5439468.962, 447444.385 5439605.457, 447444.853 5439608.69, 447446.302 5439618.856, 447463.626 5439737.881, 447465.904 5439753.517, 447468.165 5439769.154, 447470.427 5439784.79, 447472.688 5439800.427, 447474.949 5439816.064, 447477.21 5439831.7, 447479.472 5439847.337, 447481.647 5439862.38, 447482.9 5439871.334, 447511.026 5440061.833, 447512.517 5440071.743, 447521.598 5440130.159, 447522.718 5440135.848, 447523.938 5440142.055, 447524.762 5440144.833, 447534.023 5440176.052, 447538.843 5440192.302, 447544.19 5440210.325, 447545.905 5440216.106, 447548.919 5440226.268, 447550.17 5440230.483, 447553.367 5440241.261, 447555.226 5440247.307, 447558.456 5440257.815, 447561.687 5440268.322, 447564.917 5440278.829, 447568.147 5440289.336, 447571.378 5440299.844, 447574.608 5440310.351, 447577.838 5440320.858, 447581.069 5440331.365, 447584.299 5440341.872, 447587.529 5440352.38, 447591.053 5440363.842, 447594.577 5440375.305, 447597.808 5440385.812, 447601.038 5440396.319, 447608.096 5440419.124, 447611.681 5440430.955, 447613.786 5440438.887, 447615.343 5440438.458, 447626.489 5440442.091, 447612.69 5440470.304, 447608.211 5440479.431, 447596.652 5440503.093, 447590.52 5440515.649, 447582.929 5440529.186, 447578.208 5440537.722, 447575.098 5440543.353, 447574.255 5440544.88, 447572.675 5440547.742, 447567.223 5440556.059, 447556.355 5440573.593, 447550.516 5440583.016, 447545.725 5440590.758, 447541.998 5440596.786, 447539.53 5440600.787, 447535.389 5440607.5, 447524.81 5440624.457, 447515.55 5440638.392, 447506.649 5440651.788, 447505.969 5440652.668, 447496.293 5440666.836, 447489.251 5440676.664, 447487.21 5440679.513, 447477.598 5440692.916, 447466.799 5440706.056, 447458.403 5440716.489, 447451.128 5440723.699, 447444.933 5440729.672, 447437.528 5440736.81, 447430.518 5440743.567, 447430.368 5440743.712, 447422.387 5440749.983, 447414.693 5440756.132, 447414.37 5440756.368, 447405.599 5440762.758, 447397.489 5440768.403, 447391.829 5440772.784, 447388.166 5440776.382, 447384.486 5440779.739, 447379.754 5440784.235, 447375.976 5440790.373, 447371.11 5440794.658, 447368.1500000004 5440797.82, 447363.4000000004 5440801.98, 447360.643 5440804.92, 447356.472 5440810.508, 447353.045 5440815.578, 447350.322 5440820.433, 447349.605 5440820.287, 447342.772 5440829.229, 447342.461 5440829.714, 447339.78 5440835.345, 447338.572 5440844.173, 447338.908 5440859.018, 447340.474 5440866.475, 447342.494 5440876.032, 447341.734 5440876.242, 447343.769 5440888.134, 447343.814 5440888.432, 447345.589 5440898.062, 447347.668 5440911.41, 447347.767 5440912.082, 447349.346 5440922.251, 447352.778 5440948.026, 447346.581 5440958.48, 447347.051 5440959.6, 447342.264 5440961.827, 447332.391 5440966.409, 447318.64 5440973.307, 447302.741 5440983.805, 447304.58 5440986.675, 447301.741 5440988.592, 447299.955 5440985.693, 447294.943 5440989.004, 447293.098 5440992.266, 447293.415 5440996.02, 447296.142 5440996.09, 447298.589 5440996.152, 447298.133 5440998.117, 447296.524 5440998.416, 447298.822 5441011.611, 447301.241 5441025.344, 447301.47 5441026.591, 447303.6 5441044.411, 447305.897 5441059.377, 447308.31 5441075.106, 447308.336 5441075.419, 447309.498 5441081.457, 447310.009 5441085.283, 447311.937 5441094.347, 447313.434 5441098.747, 447316.092 5441109.619, 447317.978 5441116.536, 447318.84 5441119.096, 447320.489 5441124.315, 447323.251 5441132.977, 447326.257 5441143.206, 447328.526 5441150.608, 447330.73 5441157.798, 447333.925 5441168.563, 447333.984 5441168.776, 447336.944 5441178.4, 447341.454 5441184.597, 447344.206 5441188.357, 447344.488 5441188.641, 447354.804 5441199.794, 447358.71 5441203.858, 447363.077 5441208.731, 447373.544 5441220.447, 447385.488 5441234.639, 447398.493 5441250.091, 447400.814 5441253.017, 447416.235 5441272.459, 447428.227 5441287.577, 447430.722 5441290.932, 447443.33 5441307.418, 447448.043 5441315.916, 447448.32</t>
   </si>
   <si>
     <t>Änderung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -516,53 +519,53 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7300-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7300-001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="23.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="43.28515625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="81.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -620,90 +623,93 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
         <v>20838.8</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
-        <v>40835</v>
+        <v>45917</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2">
         <v>109008</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.18969170553</v>
+        <v>46016.07657872533</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>26229</v>
       </c>
       <c r="S2" s="3">
         <v>32861</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="T2" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>