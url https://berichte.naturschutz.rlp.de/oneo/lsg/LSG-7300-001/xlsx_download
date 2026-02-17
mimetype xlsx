--- v1 (2025-12-25)
+++ v2 (2026-02-17)
@@ -114,51 +114,51 @@
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7300-001</t>
   </si>
   <si>
     <t>Müller, Martin, LANIS-Zentrale i. A. der SGD-Süd</t>
   </si>
   <si>
     <t>fachliche Korrektur</t>
   </si>
   <si>
     <t>Kontrolle der ALK-Konformaität ergab Unschärfen und in 2 Fällen Grenzverlaufskorrekturen</t>
   </si>
   <si>
     <t>SGD Süd</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7300-001.pdf</t>
   </si>
   <si>
-    <t>MULTIPOLYGON (((446949.074 5426560.425, 446910.561 5426527.397, 446861.215 5426484.539, 446821.093 5426450.691, 446772.049 5426409.38, 446722.022 5426370.012, 446647.833 5426309.992, 446608.911 5426278.745, 446577.006 5426253.18, 446497.058 5426189.883, 446452.162 5426154.602, 446443.591 5426147.867, 446442.48 5426147.211, 446441.623 5426146.983, 446440.863 5426147.067, 446440.247 5426147.328, 446439.916 5426147.724, 446437.936 5426150.366, 446436.31 5426149.16, 446425.574 5426140.819, 446426.343 5426140.821, 446427.17 5426140.369, 446427.873 5426139.83, 446428.423 5426139.149, 446428.756 5426138.241, 446428.936 5426137.159, 446428.718 5426136.107, 446427.915 5426134.938, 446426.764 5426133.592, 446325.089 5426051.962, 446244.299 5425987.736, 446155.587 5425916.461, 446079.68 5425855.463, 446009.767 5425800.547, 445913.628 5425726.44, 445836.5 5425664.887, 445758.099 5425602.852, 445679.92 5425540.181, 445600.913 5425476.01, 445524.129 5425414.665, 445444.52 5425351.911, 445361.435 5425285.902, 445336.614 5425266.492, 445288.502 5425228.169, 445209.304 5425165.157, 445173.132 5425136.307, 445131.191 5425102.851, 445052.403 5425040.127, 444989.372 5424989.133, 444974.939 5424977.773, 444898.358 5424915.873, 444822.383 5424855.638, 444742.827 5424792.009, 444665.827 5424730.113, 444628.907 5424700.981, 444587.467 5424668.22, 444506.802 5424605.06, 444429.651 5424544.465, 444404.41 5424524.107, 444370.382 5424496.969, 444316.918 5424454.136, 444268.172 5424414.862, 444206.793 5424367.47, 444119.293 5424304.995, 444045.178 5424259.663, 444024.591 5424246.988, 443966.606 5424216.318, 443887.964 5424175.301, 443835.008 5424149.671, 443789.282 5424127.316, 443786.504 5424126.324, 443784.775 5424125.997, 443783.032 5424125.859, 443781.21 5424126.264, 443779.481 5424126.839, 443777.689 5424127.654, 443776.433 5424128.49, 443768.109 5424126.151, 443731.978 5424147.312, 443702.614 5424168.755, 443682.591 5424182.648, 443673.063 5424189.088, 443670.796 5424191.247, 443665.721 5424195.895, 443661.443 5424200.814, 443659.514 5424202.723, 443650.207 5424212.308, 443644.828 5424215.397, 443640.188 5424221.643, 443633.148 5424230.038, 443626.256 5424239.583, 443618.884 5424252.806, 443616.183 5424259.572, 443613.722 5424267.488, 443609.747 5424287.637, 443609.376 5424291.176, 443597.966 5424385.962, 443587.773 5424421.018, 443582.962 5424437.901, 443577.538 5424451.682, 443572.602 5424463.611, 443564.903 5424484.054, 443561.262 5424498.409, 443550.445 5424533.257, 443549.205 5424539.884, 443547.676 5424546.87, 443543.308 5424557.084, 443537.713 5424569.144, 443524.045 5424605.345, 443518.21 5424624.334, 443510.544 5424644.164, 443507.615 5424652.049, 443506.325 5424656.297, 443503.077 5424662.94, 443498.21 5424670.647, 443495.991 5424673.305, 443494.683 5424681.462, 443491.015 5424686.029, 443487.328 5424688.598, 443485.559 5424694.345, 443478.525 5424714.005, 443464.586 5424744.81, 443452.693 5424768.549, 443442.119 5424789.429, 443428.927 5424813.49, 443416.403 5424833.311, 443409.995 5424843.527, 443401.049 5424857.202, 443388.825 5424873.825, 443379.998 5424884.372, 443368.193 5424897.847, 443360.486 5424907.233, 443353.598 5424916.149, 443341.603 5424931.203, 443330.268 5424943.929, 443324.03 5424951.726, 443316.133 5424958.574, 443306.707 5424966.81, 443293.152 5424976.877, 443264.332 5424995.34, 443250.868 5425004.467, 443223.838 5425021.011, 443206.664 5425030.777, 443182.693 5425044.993, 443175.486 5425049.241, 443168.929 5425052.21, 443161.341 5425055.719, 443151.855 5425059.317, 443142.158 5425062.736, 443135.691 5425065.095, 443126.674 5425067.144, 443117.177 5425068.764, 443107.691 5425069.524, 443096.115 5425069.395, 443082.42 5425069.335, 443072.524 5425067.795, 443067.896 5425067.086, 443065.337 5425065.986, 443063.217 5425065.916, 443060.089 5425065.806, 443057.2 5425066.616, 443048.722 5425069.085, 443038.916 5425070.474, 443031.659 5425070.105, 443025.251 5425069.955, 443021.283 5425069.815, 443018.133 5425069.285, 443012.695 5425068.595, 443001.12 5425066.896, 442986.016 5425064.707, 442972.85 5425064.317, 442964.793 5425065.377, 442956.716 5425066.377, 442943.94 5425067.357, 442941.591 5425068.227, 442935.234 5425067.087, 442923.418 5425063.739, 442920.35 5425062.279, 442913.852 5425060.88, 442898.927 5425061.889, 442890.81 5425061.719, 442878.785 5425059.84, 442869.188 5425056.961, 442861.441 5425054.432, 442853.404 5425051.064, 442842.628 5425047.545, 442832.012 5425045.356, 442823.915 5425044.537, 442816.378 5425044.468, 442809.301 5425045.157, 442794.405 5425044.378, 442785.209 5425043.098, 442765.387 5425038.34, 442747.743 5425033.202, 442736.507 5425031.504, 442727.331 5425031.224, 442720.343 5425030.634, 442712.756 5425028.555, 442701.57 5425024.637, 442694.073 5425020.888, 442685.657 5425017.14, 442669.022 5425014.092, 442656.767 5425013.483, 442639.634 5425011.663, 442631.616 5425011.164, 442621.42 5425008.866, 442612.644 5425005.687, 442606.036 5425002.768, 442597.25 5424998.64, 442581.365 5424991.962, 442573.598 5424989.354, 442565.321 5424984.996, 442557.075 5424980.248, 442549.158 5424974.89, 442537.401 5424966.034, 442530.474 5424962.795, 442523.017 5424960.036, 442515.33 5424956.088, 442506.873 5424948.702, 442494.108 5424939.586, 442482.872 5424931.139, 442475.275 5424925.211, 442464.868 5424917.894, 442459.36 5424913.696, 442455.632 5424909.568, 442448.974 5424901.131, 442442.017 5424890.335, 442437.158 5424882.777, 442431.86 5424877.39, 442429.311 5424874.95, 442427.352 5424872.951, 442419.325 5424866.454, 442409.198 5424859.717, 442402.081 5424854.599, 442393.964 5424847.851, 442380.398 5424837.812, 442358.938 5424822.417, 442344.875 5424814.419, 442333.011 5424806.461, 442326.445 5424801.242, 442314.032 5424790.085, 442305.597 5424782.027, 442296.303 5424771.439, 442290.697 5424763.411, 442286.84 5424753.743, 442282.943 5424744.686, 442278.936 5424734.089, 442277.399 5424723.641, 442275.541 5424714.944, 442273.432 5424708.895, 442268.646 5424699.418, 442263.33 5424692.609, 442258.054 5424688.929, 442249.368 5424685.949, 442241.452 5424681.93, 442227.7 5424671.652, 442211.279 5424662.543, 442187.972 5424649.364, 442185.193 5424648.444, 442166.233 5424642.935, 442156.708 5424638.395, 442143.195 5424631.666, 442125.404 5424621.707, 442118.178 5424616.758, 442108.952 5424608.81, 442103.825 5424601.083, 442090.552 5424573.731, 442079.709 5424548.459, 442071.023 5424526.876, 442062.487 5424507.472, 442057.64 5424490.148, 442052.823 5424476.732, 442045.356 5424458.348, 442042.328 5424448.271, 442036.25 5424439.785, 442033.571 5424435.616, 442028.554 5424431.377, 442020.418 5424427.408, 442013.52 5424426.268, 442010.616 5424426.025, 442008.962 5424425.887, 442005.893 5424425.828, 442000.925 5424424.348, 441997.147 5424422.469, 441992.689 5424419.999, 441988.861 5424418.659, 441984.783 5424418.579, 441981.274 5424419.629, 441976.365 5424425.277, 441961.371 5424440.73, 441954.924 5424444.958, 441949.186 5424447.717, 441942.099 5424449.017, 441933.622 5424448.826, 441927.305 5424446.857, 441919.829 5424443.887, 441905.004 5424437.398, 441895.948 5424434.22, 441886.052 5424432.499, 441874.796 5424428.8, 441866.57 5424425.601, 441863.111 5424424.102, 441859.962 5424422.751, 441857.223 5424422.352, 441853.055 5424421.362, 441844.688 5424420.972, 441837.581 5424421.991, 441831.094 5424422.531, 441818.479 5424420.6, 441816.362 5424419.683, 441812.801 5424418.141, 441802.675 5424411.473, 441794.609 5424406.425, 441786.662 5424402.086, 441772.148 5424394.398, 441762.242 5424389.1, 441753.475 5424385.601, 441743.949 5424385.651, 441733.353 5424385.66, 441727.356 5424383.201, 441722.787 5424377.932, 441714.731 5424370.715, 441709.073 5424367.465, 441704.535 5424364.086, 441701.377 5424360.068, 441697.748 5424354.809, 441694.549 5424350.681, 441689.222 5424348.501, 441684.643 5424345.652, 441677.086 5424339.165, 441657.965 5424312.163, 441652.218 5424300.647, 441650.389 5424296.149, 441647.78 5424289.451, 441645.592 5424282.954, 441641.493 5424276.386, 441635.656 5424271.248, 441631.388 5424268.079, 441624.971 5424263.861, 441619.463 5424261.212, 441613.665 5424260.082, 441609.753 5424259.655, 441607.978 5424259.462, 441603.649 5424259.641, 441600.97 5424259.572, 441586.546 5424258.302, 441581.007 5424256.662, 441575.518 5424253.503, 441571.339 5424249.714, 441567.411 5424244.685, 441564.321 5424240.655, 441557.532 5424237.655, 441544.946 5424234.855, 441534.37 5424233.054, 441530.871 5424231.895, 441527.512 5424229.566, 441526.263 5424227.896, 441525.213 5424226.357, 441519.077 5424214.102, 441508.363 5424197.101, 441503.705 5424192.003, 441496.549 5424185.865, 441492.561 5424182.066, 441488.414 5424175.588, 441486.754 5424171.52, 441485.146 5424165.791, 441482.647 5424154.266, 441481.767 5424148.608, 441481.957 5424139.912, 441481.257 5424135.764, 441478.837 5424132.246, 441476.648 5424129.897, 441475.699 5424129.007, 441473.46 5424126.948, 441468.97 5424123.36, 441465.302 5424121.761, 441459.293 5424120.063, 441451.854 5424116.745, 441445.975 5424114.057, 441440.096 5424110.069, 441437.476 5424107.361, 441435.357 5424103.732, 441430.987 5424095.836, 441426.878 5424091.798, 441423.699 5424089.849, 441416.961 5424086.74, 441412.792 5424085.071, 441407.924 5424083.751, 441404.656 5424083.931, 441403.186 5424084.481, 441399.568 5424086.63, 441396.089 5424090.119, 441392.091 5424094.927, 441388.292 5424098.436, 441381.955 5424102.894, 441368.801 5424113.45, 441363.873 5424119.588, 441357.185 5424124.547, 441347.319 5424132.776, 441340.5 5424138.815, 441320.985 5424153.034, 441309.837 5424163.093, 441303.069 5424168.963, 441295.92 5424173.642, 441289.052 5424180.501, 441282.663 5424186.24, 441275.676 5424191.618, 441268.238 5424196.926, 441255.984 5424207.771, 441243.909 5424216.946, 441233.435 5424227.301, 441215.954 5424241.555, 441206.729 5424250.171, 441197.423 5424257.778, 441186.009 5424265.525, 441173.734 5424275.272, 441168.456 5424281.25, 441163.049 5424284.69, 441154.392 5424292.447, 441145.005 5424300.964, 441136.469 5424307.083, 441129.291 5424312.291, 441123.804 5424314.25, 441116.127 5424317.439, 441113.528 5424319.838, 441111.578 5424322.387, 441109.979 5424324.947, 441109.118 5424326.325, 441107.819 5424328.625, 441107.36 5424330.232, 441106.799 5424332.193, 441106.679 5424335.192, 441108.429 5424349.296, 441111.368 5424360.142, 441113.357 5424366.309, 441117.446 5424381.193, 441119.327 5424388.969, 441123.676 5424403.123, 441127.404 5424412.279, 441129.665 5424421.255, 441133.164 5424430.781, 441138.074 5424448.514, 441139.755 5424457.091, 441144.504 5424469.446, 441149.773 5424483.911, 441155.49 5424497.235, 441163.007 5424514.18, 441167.956 5424522.516, 441177.191 5424533.932, 441185.188 5424542.668, 441197.812 5424557.663, 441206.546 5424569.389, 441213.434 5424575.077, 441217.131 5424580.026, 441222.529 5424589.253, 441228.316 5424597.801, 441231.744 5424603.319, 441247.747 5424625.893, 441252.945 5424631.041, 441258.463 5424637.249, 441265.049 5424646.755, 441266.239 5424649.624, 441267.019 5424654.352, 441267.299 5424662.129, 441267.339 5424675.254, 441265.769 5424682.341, 441265.209 5424692.546, 441266.939 5424708.5, 441268.038 5424715.186, 441267.998 5424718.805, 441266.749 5424722.263, 441264.46 5424724.253, 441259.602 5424727.891, 441251.744 5424733.438, 441243.787 5424738.606, 441230.402 5424747.572, 441224.844 5424752.09, 441217.487 5424757.497, 441211.74 5424760.665, 441207.611 5424762.535, 441199.105 5424767.342, 441190.648 5424773.799, 441185.67 5424777.438, 441179.952 5424781.745, 441174.829 5424785.315, 441169.586 5424787.863, 441164.279 5424790.732, 441161.19 5424792.67, 441159.6 5424794.479, 441158.711 5424796.129, 441158.401 5424798.248, 441157.171 5424808.624, 441156.762 5424814.491, 441156.951 5424822.548, 441158.98 5424834.663, 441159.431 5424837.352, 441160.86 5424855.284, 441161.959 5424862.731, 441163.918 5424871.128, 441164.398 5424878.965, 441163.838 5424887.841, 441164.218 5424899.766, 441164.778 5424904.135, 441164.618 5424909.233, 441164.878 5424915.82, 441165.127 5424921.218, 441166.837 5424928.475, 441167.626 5424935.662, 441169.596 5424941.57, 441171.385 5424944.209, 441175.134 5424949.837, 441176.663 5424953.055, 441177.143 5424957.274, 441176.643 5424961.972, 441175.373 5424965.97, 441171.934 5424973.167, 441167.096 5424982.393, 441164.487 5424985.811, 441160.249 5424988.74, 441146.654 5424997.267, 441142.186 5424999.816, 441135.828 5425002.545, 441129.003 5425003.784, 441125.441 5425004.481, 441120.993 5425005.35, 441115.851 5425006.357, 441112.075 5425014.212, 441100.523 5425020.841, 441101.194 5425033.309, 441114.365 5425028.227, 441120.667 5425029.628, 441122.653 5425030.069, 441122.904 5425033.515, 441123.324 5425040.372, 441123.419 5425042.553, 441126.598 5425049.921, 441128.023 5425060.024, 441128.02 5425060.188, 441136.653 5425075.997, 441147.874 5425094.264, 441165.044 5425103.285, 441175.092 5425110.442, 441184.464 5425113.71, 441188.293 5425123.146, 441187.321 5425125.341, 441182.338 5425137.542, 441180.454 5425142.283, 441177.555 5425139.114, 441174.496 5425136.036, 441171.467 5425134.185, 441166.099 5425131.336, 441161.601 5425131.756, 441154.945 5425135.274, 441152.646 5425136.044, 441148.388 5425140.672, 441141.18 5425145.799, 441137.532 5425148.318, 441135.033 5425150.067, 441127.946 5425153.116, 441114.191 5425160.702, 441104.505 5425164.5, 441099.248 5425169.088, 441094.06 5425176.535, 441090.332 5425182.661, 441090.012 5425185.25, 441089.172 5425186.77, 441088.932 5425189.589, 441089.282 5425194.377, 441087.783 5425196.816, 441086.003 5425200.195, 441084.584 5425201.774, 441082.905 5425203.382, 441077.747 5425205.831, 441071.549 5425210.5, 441063.702 5425214.467, 441054.566 5425220.715, 441045.529 5425224.263, 441030.995 5425228.99, 441019.439 5425233.149, 441015.87 5425234.498, 441014.311 5425235.818, 441010.742 5425237.636, 441004.884 5425237.516, 440998.947 5425234.397, 440991.889 5425230.049, 440987.58 5425225.991, 440982.352 5425222.703, 440969.127 5425217.354, 440956.362 5425219.833, 440939.307 5425221.133, 440922.583 5425222.123, 440907.418 5425218.024, 440886.445 5425212.727, 440873.219 5425210.558, 440854.646 5425206.009, 440846.599 5425202.1, 440839.451 5425197.882, 440835.252 5425196.133, 440826.355 5425195.763, 440817.059 5425197.912, 440812.829 5425199.551, 440806.632 5425202.88, 440805.502 5425205.779, 440804.992 5425207.028, 440801.874 5425211.397, 440799.344 5425214.506, 440797.584 5425215.725, 440795.605 5425216.635, 440790.917 5425218.223, 440788.468 5425217.923, 440785.598 5425216.554, 440781.46 5425213.705, 440780.02 5425211.896, 440779.021 5425210.406, 440774.452 5425203.219, 440772.222 5425194.344, 440766.764 5425182.079, 440767.974 5425169.304, 440768.054 5425160.757, 440767.484 5425158.738, 440765.585 5425154.54, 440762.436 5425152.091, 440759.476 5425151.731, 440756.847 5425152.85, 440753.749 5425153.86, 440751.22 5425154.999, 440742.612 5425161.357, 440740.383 5425164.265, 440740.073 5425166.374, 440736.195 5425171.082, 440731.905 5425173.731, 440726.587 5425174.111, 440715.731 5425174.251, 440705.154 5425173.621, 440692.198 5425172.681, 440665.297 5425167.513, 440650.351 5425165.454, 440643.553 5425163.505, 440634.372 5425162.564, 440634.205 5425167.051, 440633.693 5425174.821, 440633.766 5425178.838, 440627.64 5425185.049, 440598.478 5425170.381, 440585.892 5425154.818, 440553.953 5425152.428, 440553.281 5425157.116, 440551.252 5425171.28, 440551.096 5425172.37, 440548.663 5425189.352, 440547.415 5425190.364, 440541.861 5425194.867, 440535.033 5425200.403, 440531.253 5425203.467, 440509.558 5425199.242, 440499.068 5425197.199, 440496.799 5425201.677, 440495.095 5425205.043, 440494.496 5425206.224, 440492.244 5425210.669, 440489.717 5425215.658, 440485.181 5425224.612, 440484.519 5425225.919, 440483.588 5425227.757, 440471.158 5425236.514, 440470.678 5425236.852, 440463.82 5425239.406, 440456.425 5425242.161, 440440.701 5425248.017, 440433.957 5425250.529, 440427.903 5425252.784, 440417.75 5425256.566, 440413.974 5425257.972, 440410.641 5425264.508, 440405.686 5425274.225, 440428.037 5425303.838, 440415.722 5425312.736, 440407.55 5425327.794, 440386.112 5425348.19, 440378.973 5425354.898, 440363.822 5425364.353, 440354.203 5425370.322, 440348.314 5425377.809, 440326.871 5425376.062, 440304.076 5425376.774, 440287.14 5425378.834, 440210.937 5425362.852, 440206.558 5425373.028, 440238.669 5425386.95, 440275.908 5425403.096, 440307.073 5425416.262, 440311.656 5425416.184, 440315.518 5425419.117, 440318.191 5425421.147, 440324.099 5425425.635, 440339.846 5425431.597, 440339.68 5425433.762, 440355.373 5425440.548, 440355.71 5425439.804, 440356.346 5425438.216, 440359.291 5425439.594, 440375.155 5425447.021, 440382.705 5425451.005, 440386.229 5425450.729, 440390.001 5425449.365, 440393.7 5425446.47, 440399.499 5425446.846, 440405.029 5425446.633, 440407.963 5425449.308, 440413.304 5425450.565, 440418.999 5425458.006, 440423.465 5425463.746, 440423.056 5425470.053, 440422.535 5425476.562, 440422.665 5425481.157, 440427.039 5425484.927, 440443.531 5425499.143, 440457.293 5425511.005, 440470.245 5425522.169, 440485.028 5425534.892, 440500.309 5425548.045, 440515.98 5425561.532, 440532.153 5425575.452, 440540.801 5425582.895, 440543.837 5425585.508, 440548.604 5425589.626, 440566.066 5425604.681, 440577.452 5425614.497, 440589.427 5425624.821, 440601.112 5425634.896, 440618.986 5425650.306, 440624.809 5425655.292, 440650.611 5425677.383, 440676.376 5425699.443, 440698.636 5425718.502, 440703.505 5425722.693, 440712.757 5425730.657, 440721.56 5425738.234, 440730.732 5425746.129, 440756.41 5425768.233, 440772.994 5425782.508, 440783.318 5425791.419, 440846.77 5425846.187, 440854.701 5425852.942, 440923.443 5425911.491, 441009.272 5425985.499, 441011.651 5425987.518, 441015.735 5425990.982, 441019.741 5425994.377, 441023.707 5425997.744, 441027.256 5426000.763, 441030.554 5426003.562, 441036.583 5426008.677, 441043.88 5426014.868, 441050.466 5426020.457, 441056.84 5426025.867, 441062.868 5426030.982, 441068.866 5426036.071, 441075.41 5426041.621, 441081.135 5426046.478, 441085.976 5426050.584, 441087.011 5426051.486, 441092.454 5426056.222, 441098.265 5426061.28, 441103.615 5426065.936, 441108.194 5426069.923, 441113.509 5426074.552, 441118.16 5426078.602, 441123.174 5426082.968, 441128.508 5426087.611, 441130.935 5426089.722, 441145.92 5426102.772, 441161.563 5426116.397, 441237.039 5426182.168, 441239.131 5426183.972, 441242.766 5426187.106, 441254.135 5426196.913, 441300.688 5426237.051, 441312.944 5426247.618, 441336.192 5426267.664, 441377.706 5426303.462, 441388.798 5426313.056, 441419.64 5426339.451, 441461.743 5426375.487, 441464.99 5426378.265, 441518.632 5426424.804, 441523.73 5426429.23, 441531.455 5426435.94, 441540.371 5426443.689, 441580.893 5426478.052, 441616.827 5426508.524, 441660.04 5426546.029, 441692.433 5426574.203, 441725.363 5426600.637, 441788.074 5426654.679, 441793.487 5426661.015, 441817.342 5426682.042, 441834.743 5426697.373, 441869.366 5426727.581, 441881.624 5426738.238, 441893.469 5426748.536, 441919.544 5426771.237, 441940.147 5426788.862, 441947.595 5426795.231, 441962.929 5426808.351, 441965.474 5426810.529, 441997.708 5426838.11, 442010.191 5426849.036, 442011.594 5426849.986, 442025.67 5426859.516, 442030.198 5426862.583, 442032.597 5426864.212, 442085.227 5426910.608, 442150.901 5426970.188, 442177.18 5426997.328, 442197.072 5427023.178, 442215.354 5427054.107, 442290.612 5427195.573, 442395.262 5427392.503, 442499.838 5427591.634, 442602.407 5427785.992, 442646.236 5427868.127, 442653.644 5427882.009, 442666.222 5427905.581, 442723.465 5428015.676, 442764.156 5428090.866, 442817.286 5428193.906, 442901.362 5428353.722, 442985.971 5428513.949, 443033.392 5428603.753, 443059.621 5428648.586, 443097.975 5428710.221, 443135.401 5428771.608, 443153.993 5428807.733, 443170.016 5428848.657, 443179.432 5428878.476, 443187.889 5428908.984, 443193.887 5428942.98, 443198.625 5428979.745, 443224.053 5429190.453, 443233.8 5429243.472, 443227.439 5429245.028, 443233.34 5429289.225, 443237.518 5429324.941, 443239.247 5429339.425, 443241.878 5429360.35, 443245.814 5429467.291, 443248.157 5429530.348, 443246.407 5429547.822, 443244.785 5429564.174, 443244.5 5429580.369, 443240.512 5429642.042, 443234.554 5429732.606, 443226.608 5429853.468, 443226.6078458853 5429853.46809981, 443226.61000000034 5429853.470000001, 443226.2596081206 5429857.845129779, 443226.258 5429857.846, 443218.501 5429959.416, 443216.632 5430011.485, 443217.378 5430036.984, 443218.319 5430047.409, 443220.649 5430060.978, 443262.917 5430307.172, 443268.874 5430341.863, 443267.943 5430342.34, 443269.169 5430349.391, 443292.89 5430485.764, 443298.803 5430519.766, 443307.595 5430570.311, 443315.459 5430615.518, 443319.967 5430667.379, 443320.618 5430694.762, 443319.14 5430731.475, 443318.388 5430750.154, 443314.357 5430790.901, 443305.664 5430838.584, 443297.301 5430884.449, 443285.552 5430948.875, 443272.792 5431017.284, 443266.406 5431062.801, 443257.872 5431111.588, 443254.493 5431122.633, 443254.617 5431146.259, 443255.351 5431153.525, 443256.425 5431161.402, 443262.516 5431201.789, 443264.436 5431214.946, 443270.604 5431239.396, 443278.941 5431269.984, 443312.867 5431389.726, 443332.53 5431459.099, 443353.382 5431532.699, 443371.045 5431591.176, 443410.239 5431732.34, 443489.358 5431954.702, 443506.462 5432001.363, 443532.152 5432074.184, 443575.885 5432198.195, 443575.8816495442 5432198.196598177, 443576.8499999996 5432202.07, 443576.8490030124 5432202.072249732, 443576.844 5432202.074, 443653.284 5432417.908, 443667.179 5432457.132, 443722.517 5432613.39, 443834.523 5432913.27, 443870.459 5432986.61, 443980.316 5433214.978, 444110.687 5433486.155, 444115.75 5433496.591, 444116.217 5433497.553, 444117.687 5433500.581, 444123.033 5433511.597, 444138.913 5433544.323, 444196.741 5433663.494, 444197.7796405455 5433665.634510775, 444206.794 5433684.212, 444248.676 5433772.042, 444251.303 5433777.548, 444539.212 5434384.586, 444540.762 5434387.131, 444543.657 5434391.881, 444554.523 5434415.677, 444558.377 5434424.117, 444561.632 5434430.818, 444571.213 5434450.633, 444587.695 5434486.876, 444766.172 5434924.881, 444766.478 5434931.396, 444767.486 5434952.912, 444726.337 5435275.898, 444723.291 5435275.676, 444723.176 5435276.977, 444722.808 5435281.149, 444722.599 5435283.513, 444722.013 5435290.148, 444724.611 5435291.589, 444725.037 5435295.687, 444728.112 5435304.34, 444730.215 5435308.006, 444745.751 5435336.751, 444754.813 5435350.976, 445240.042 5436136.383, 445249.249 5436151.35, 445303.45 5436239.187, 445315.425 5436255.026, 445322.546 5436263.532, 445372.937 5436312.613, 445372.187 5436313.639, 445373.27 5436314.676, 445475.19 5436412.576, 445544.327 5436479.39, 445563.489 5436497.91, 445579.554 5436513.435, 445588.904 5436522.472, 445593.186 5436526.609, 445597.556 5436530.833, 445605.769 5436538.77, 445617.176 5436549.84, 445620.308 5436552.881, 445623.399 5436555.88, 445626.082 5436558.485, 445629.004 5436561.321, 445641.761 5436573.702, 445644.614 5436576.472, 445646.591 5436578.39, 445649.214 5436580.935, 445651.513 5436583.166, 445654.283 5436585.854, 445657.76 5436589.231, 445660.529 5436591.917, 445663.064 5436594.378, 445665.814 5436597.045, 445677.134 5436608.033, 445682.394 5436613.139, 445685.554 5436616.206, 445688.283 5436618.854, 445691.414 5436621.893, 445694.381 5436624.771, 445705.201 5436635.274, 445781.878 5436709.595, 445786.281 5436713.845, 445789.904 5436717.342, 445793.608 5436720.917, 445798.619 5436725.755, 445803.97 5436730.921, 445814.377 5436740.967, 445825.093 5436751.311, 445832.114 5436758.089, 445840.102 5436765.657, 445841.311 5436766.828, 445844.46 5436769.878, 445851.768 5436776.976, 445860.652 5436785.606, 445867.734 5436792.485, 445873.533 5436798.118, 445879.459 5436803.875, 445885.058 5436809.312, 445891.111 5436815.192, 445896.95 5436820.864, 445902.84 5436826.585, 445909.274 5436832.835, 445915.914 5436839.285, 445921.272 5436844.489, 445927.736 5436850.768, 445933.845 5436856.702, 445939.909 5436862.593, 445945.89 5436868.403, 445951.534 5436873.886, 445952.271 5436874.601, 445957.037 5436879.101, 445973.395 5436894.536, 445985.685 5436906.133, 445988.858 5436909.127, 446000.336 5436919.958, 446011.526 5436930.508, 446016.793 5436935.474, 446024.288 5436942.52, 446028.823 5436946.783, 446081.333 5436996.271, 446086.7 5437001.328, 446146.237 5437057.352, 446220.829 5437129.69, 446227.922 5437135.842, 446230.8707403779 5437138.951089207, 446234.248 5437142.512, 446260.024 5437167.093, 446262.863 5437167.224, 446264.329 5437171.783, 446282.006 5437188.815, 446306.149 5437212.093, 446312.953 5437218.654, 446319.231 5437224.707, 446321.425 5437226.822, 446344.836 5437249.393, 446346.035 5437250.552, 446355.941 5437260.265, 446369.1 5437273.197, 446384.277 5437288.014, 446399.984 5437303.408, 446407.363 5437310.635, 446414.732 5437317.862, 446430.279 5437333.096, 446442.787 5437345.361, 446447.516 5437349.979, 446452.769 5437355.087, 446454.895 5437357.218, 446457.034 5437359.317, 446463.844 5437365.994, 446470.853 5437372.861, 446485.22 5437386.936, 446487.369 5437389.045, 446494.169 5437395.702, 446501.568 5437402.949, 446523.756 5437424.684, 446538.59 5437439.216, 446547.347 5437447.79, 446561.904 5437462.028, 446563.724 5437463.826, 446576.513 5437476.382, 446579.444 5437480.487, 446591.553 5437497.607, 446603.693 5437514.741, 446605.113 5437516.772, 446617.274 5437533.914, 446629.438 5437551.07, 446643.66 5437571.101, 446655.517 5437587.866, 446667 5437604.072, 446669.868 5437608.212, 446677.419 5437618.811, 446689.515 5437636.065, 446697.832 5437647.909, 446746.896 5437717.881, 446748.575 5437719.72, 446773.805 5437756.938, 446798.207 5437792.966, 446804.215 5437808.384, 446809.357 5437821.55, 446816.218 5437839.165, 446820.717 5437850.698, 446833.645 5437883.895, 446833.82 5437883.889, 446838.411 5437895.56, 446839.592 5437897.134, 446844.742 5437901.902, 446846.231 5437903.279, 446856.345 5437907.248, 446858.025 5437907.184, 446859.098 5437907.143, 446859.979 5437907.109, 446875.351 5437906.506, 446882.819 5437906.217, 446904.79813688475 5437905.169909019, 446904.8200000003 5437905.199999999, 446906.1623270851 5437916.956650676, 446908.137 5437933.819, 446908.531 5437943.032, 446910.88 5437998.037, 446913.302 5438029.499, 446913.567 5438032.939, 446914.517 5438045.403, 446914.647 5438047.112, 446914.997 5438051.659, 446915.087 5438053.958, 446915.457 5438063.312, 446916.64 5438093.008, 446916.831 5438097.455, 446916.931 5438097.455, 446917.492 5438102.222, 446917.782 5438104.641, 446917.862 5438104.931, 446921.04 5438116.177, 446920.96 5438116.207, 446923.258 5438122.144, 446926.516 5438130.044, 446928.352 5438134.46, 446929.89 5438138.419, 446952.203 5438196.058, 446951.861 5438196.662, 446952.071 5438196.561, 446972.662 5438249.3, 446976.55 5438259.238, 446974.971 5438259.866, 446985.007 5438285.78, 446989.237 5438296.72, 446990.315 5438299.524, 447027.602 5438396.136, 447030.106 5438402.564, 447037.294 5438421.326, 447042.632 5438435.107, 447040.761 5438435.872, 447041.64 5438438.212, 447046.723 5438451.605, 447053.693 5438469.98, 447060.725 5438488.539, 447069.885 5438512.707, 447073.004 5438514.317, 447079.42 5438522.855, 447087.382 5438544.158, 447088.784 5438547.892, 447090.59 5438552.701, 447092.382 5438557.419, 447094.191 5438562.246, 447095.959 5438566.962, 447099.595 5438576.683, 447105.062 5438591.34, 447112.238 5438610.577, 447118.254 5438626.704, 447124.366 5438642.732, 447130.419 5438658.879, 447136.441 5438674.941, 447142.511 5438691.137, 447143.926 5438694.908, 447151.742 5438715.703, 447155.613 5438726.005, 447164.272 5438749.051, 447170.79 5438766.605, 447182.374 5438797.512, 447193.253 5438826.591, 447207.72 5438819.575, 447209.649 5438818.635, 447220.399 5438820.139, 447220.368 5438832.847, 447221.183 5438845.52, 447222.792 5438857.975, 447225.032 5438869.212, 447228.724 5438881.399, 447233.087 5438891.999, 447240.449 5438905.868, 447253.678 5438927.046, 447263.516 5438940.465, 447270.944 5438948.625, 447288.455 5438963.424, 447296.859 5438971.682, 447323.138 5439000.476, 447335.129 5439015.091, 447343.555 5439026.936, 447347.832 5439033.155, 447353.691 5439044.71, 447359.09 5439055.876, 447365.151 5439073.06, 447369.563 5439090.116, 447371.786 5439101.162, 447378.847 5439149.4, 447385.764 5439198.039, 447390.152 5439227.338, 447391.594 5439236.547, 447393.78 5439251.308, 447398.82 5439284.852, 447399.631 5439292.901, 447405.78 5439331.921, 447408.969 5439352.564, 447408.519 5439354.243, 447409.439 5439354.373, 447411.764 5439363.476, 447416.331 5439377.801, 447420.65 5439391.226, 447423.058 5439399.892, 447422.948 5439402.921, 447418.589 5439402.431, 447421.624 5439412.088, 447419.754 5439412.678, 447418.29 5439429.462, 447422.078 5439455.204, 447424.113 5439468.962, 447444.385 5439605.457, 447444.853 5439608.69, 447446.302 5439618.856, 447463.626 5439737.881, 447465.904 5439753.517, 447468.165 5439769.154, 447470.427 5439784.79, 447472.688 5439800.427, 447474.949 5439816.064, 447477.21 5439831.7, 447479.472 5439847.337, 447481.647 5439862.38, 447482.9 5439871.334, 447511.026 5440061.833, 447512.517 5440071.743, 447521.598 5440130.159, 447522.718 5440135.848, 447523.938 5440142.055, 447524.762 5440144.833, 447534.023 5440176.052, 447538.843 5440192.302, 447544.19 5440210.325, 447545.905 5440216.106, 447548.919 5440226.268, 447550.17 5440230.483, 447553.367 5440241.261, 447555.226 5440247.307, 447558.456 5440257.815, 447561.687 5440268.322, 447564.917 5440278.829, 447568.147 5440289.336, 447571.378 5440299.844, 447574.608 5440310.351, 447577.838 5440320.858, 447581.069 5440331.365, 447584.299 5440341.872, 447587.529 5440352.38, 447591.053 5440363.842, 447594.577 5440375.305, 447597.808 5440385.812, 447601.038 5440396.319, 447608.096 5440419.124, 447611.681 5440430.955, 447613.786 5440438.887, 447615.343 5440438.458, 447626.489 5440442.091, 447612.69 5440470.304, 447608.211 5440479.431, 447596.652 5440503.093, 447590.52 5440515.649, 447582.929 5440529.186, 447578.208 5440537.722, 447575.098 5440543.353, 447574.255 5440544.88, 447572.675 5440547.742, 447567.223 5440556.059, 447556.355 5440573.593, 447550.516 5440583.016, 447545.725 5440590.758, 447541.998 5440596.786, 447539.53 5440600.787, 447535.389 5440607.5, 447524.81 5440624.457, 447515.55 5440638.392, 447506.649 5440651.788, 447505.969 5440652.668, 447496.293 5440666.836, 447489.251 5440676.664, 447487.21 5440679.513, 447477.598 5440692.916, 447466.799 5440706.056, 447458.403 5440716.489, 447451.128 5440723.699, 447444.933 5440729.672, 447437.528 5440736.81, 447430.518 5440743.567, 447430.368 5440743.712, 447422.387 5440749.983, 447414.693 5440756.132, 447414.37 5440756.368, 447405.599 5440762.758, 447397.489 5440768.403, 447391.829 5440772.784, 447388.166 5440776.382, 447384.486 5440779.739, 447379.754 5440784.235, 447375.976 5440790.373, 447371.11 5440794.658, 447368.1500000004 5440797.82, 447363.4000000004 5440801.98, 447360.643 5440804.92, 447356.472 5440810.508, 447353.045 5440815.578, 447350.322 5440820.433, 447349.605 5440820.287, 447342.772 5440829.229, 447342.461 5440829.714, 447339.78 5440835.345, 447338.572 5440844.173, 447338.908 5440859.018, 447340.474 5440866.475, 447342.494 5440876.032, 447341.734 5440876.242, 447343.769 5440888.134, 447343.814 5440888.432, 447345.589 5440898.062, 447347.668 5440911.41, 447347.767 5440912.082, 447349.346 5440922.251, 447352.778 5440948.026, 447346.581 5440958.48, 447347.051 5440959.6, 447342.264 5440961.827, 447332.391 5440966.409, 447318.64 5440973.307, 447302.741 5440983.805, 447304.58 5440986.675, 447301.741 5440988.592, 447299.955 5440985.693, 447294.943 5440989.004, 447293.098 5440992.266, 447293.415 5440996.02, 447296.142 5440996.09, 447298.589 5440996.152, 447298.133 5440998.117, 447296.524 5440998.416, 447298.822 5441011.611, 447301.241 5441025.344, 447301.47 5441026.591, 447303.6 5441044.411, 447305.897 5441059.377, 447308.31 5441075.106, 447308.336 5441075.419, 447309.498 5441081.457, 447310.009 5441085.283, 447311.937 5441094.347, 447313.434 5441098.747, 447316.092 5441109.619, 447317.978 5441116.536, 447318.84 5441119.096, 447320.489 5441124.315, 447323.251 5441132.977, 447326.257 5441143.206, 447328.526 5441150.608, 447330.73 5441157.798, 447333.925 5441168.563, 447333.984 5441168.776, 447336.944 5441178.4, 447341.454 5441184.597, 447344.206 5441188.357, 447344.488 5441188.641, 447354.804 5441199.794, 447358.71 5441203.858, 447363.077 5441208.731, 447373.544 5441220.447, 447385.488 5441234.639, 447398.493 5441250.091, 447400.814 5441253.017, 447416.235 5441272.459, 447428.227 5441287.577, 447430.722 5441290.932, 447443.33 5441307.418, 447448.043 5441315.916, 447448.32</t>
+    <t>MULTIPOLYGON (((446949.074 5426560.425, 446910.561 5426527.397, 446861.215 5426484.539, 446821.093 5426450.691, 446772.049 5426409.38, 446722.022 5426370.012, 446647.833 5426309.992, 446608.911 5426278.745, 446577.006 5426253.18, 446497.058 5426189.883, 446452.162 5426154.602, 446443.591 5426147.867, 446442.48 5426147.211, 446441.623 5426146.983, 446440.863 5426147.067, 446440.247 5426147.328, 446439.916 5426147.724, 446437.936 5426150.366, 446436.31 5426149.16, 446425.574 5426140.819, 446426.343 5426140.821, 446427.17 5426140.369, 446427.873 5426139.83, 446428.423 5426139.149, 446428.756 5426138.241, 446428.936 5426137.159, 446428.718 5426136.107, 446427.915 5426134.938, 446426.764 5426133.592, 446325.089 5426051.962, 446244.299 5425987.736, 446155.587 5425916.461, 446079.68 5425855.463, 446009.767 5425800.547, 445913.628 5425726.44, 445836.5 5425664.887, 445758.099 5425602.852, 445679.92 5425540.181, 445600.913 5425476.01, 445524.129 5425414.665, 445444.52 5425351.911, 445361.435 5425285.902, 445336.614 5425266.492, 445288.502 5425228.169, 445209.304 5425165.157, 445173.132 5425136.307, 445131.191 5425102.851, 445052.403 5425040.127, 444989.372 5424989.133, 444974.939 5424977.773, 444898.358 5424915.873, 444822.383 5424855.638, 444742.827 5424792.009, 444665.827 5424730.113, 444628.907 5424700.981, 444587.467 5424668.22, 444506.802 5424605.06, 444429.651 5424544.465, 444404.41 5424524.107, 444370.382 5424496.969, 444316.918 5424454.136, 444268.172 5424414.862, 444206.793 5424367.47, 444119.293 5424304.995, 444045.178 5424259.663, 444024.591 5424246.988, 443966.606 5424216.318, 443887.964 5424175.301, 443835.008 5424149.671, 443789.282 5424127.316, 443786.504 5424126.324, 443784.775 5424125.997, 443783.032 5424125.859, 443781.21 5424126.264, 443779.481 5424126.839, 443777.689 5424127.654, 443776.433 5424128.49, 443768.109 5424126.151, 443731.978 5424147.312, 443702.614 5424168.755, 443682.591 5424182.648, 443673.063 5424189.088, 443670.796 5424191.247, 443665.721 5424195.895, 443661.443 5424200.814, 443659.514 5424202.723, 443650.207 5424212.308, 443644.828 5424215.397, 443640.188 5424221.643, 443633.148 5424230.038, 443626.256 5424239.583, 443618.884 5424252.806, 443616.183 5424259.572, 443613.722 5424267.488, 443609.747 5424287.637, 443609.376 5424291.176, 443597.966 5424385.962, 443587.773 5424421.018, 443582.962 5424437.901, 443577.538 5424451.682, 443572.602 5424463.611, 443564.903 5424484.054, 443561.262 5424498.409, 443550.445 5424533.257, 443549.205 5424539.884, 443547.676 5424546.87, 443543.308 5424557.084, 443537.713 5424569.144, 443524.045 5424605.345, 443518.21 5424624.334, 443510.544 5424644.164, 443507.615 5424652.049, 443506.325 5424656.297, 443503.077 5424662.94, 443498.21 5424670.647, 443495.991 5424673.305, 443494.683 5424681.462, 443491.015 5424686.029, 443487.328 5424688.598, 443485.559 5424694.345, 443478.525 5424714.005, 443464.586 5424744.81, 443452.693 5424768.549, 443442.119 5424789.429, 443428.927 5424813.49, 443416.403 5424833.311, 443409.995 5424843.527, 443401.049 5424857.202, 443388.825 5424873.825, 443379.998 5424884.372, 443368.193 5424897.847, 443360.486 5424907.233, 443353.598 5424916.149, 443341.603 5424931.203, 443330.268 5424943.929, 443324.03 5424951.726, 443316.133 5424958.574, 443306.707 5424966.81, 443293.152 5424976.877, 443264.332 5424995.34, 443250.868 5425004.467, 443223.838 5425021.011, 443206.664 5425030.777, 443182.693 5425044.993, 443175.486 5425049.241, 443168.929 5425052.21, 443161.341 5425055.719, 443151.855 5425059.317, 443142.158 5425062.736, 443135.691 5425065.095, 443126.674 5425067.144, 443117.177 5425068.764, 443107.691 5425069.524, 443096.115 5425069.395, 443082.42 5425069.335, 443072.524 5425067.795, 443067.896 5425067.086, 443065.337 5425065.986, 443063.217 5425065.916, 443060.089 5425065.806, 443057.2 5425066.616, 443048.722 5425069.085, 443038.916 5425070.474, 443031.659 5425070.105, 443025.251 5425069.955, 443021.283 5425069.815, 443018.133 5425069.285, 443012.695 5425068.595, 443001.12 5425066.896, 442986.016 5425064.707, 442972.85 5425064.317, 442964.793 5425065.377, 442956.716 5425066.377, 442943.94 5425067.357, 442941.591 5425068.227, 442935.234 5425067.087, 442923.418 5425063.739, 442920.35 5425062.279, 442913.852 5425060.88, 442898.927 5425061.889, 442890.81 5425061.719, 442878.785 5425059.84, 442869.188 5425056.961, 442861.441 5425054.432, 442853.404 5425051.064, 442842.628 5425047.545, 442832.012 5425045.356, 442823.915 5425044.537, 442816.378 5425044.468, 442809.301 5425045.157, 442794.405 5425044.378, 442785.209 5425043.098, 442765.387 5425038.34, 442747.743 5425033.202, 442736.507 5425031.504, 442727.331 5425031.224, 442720.343 5425030.634, 442712.756 5425028.555, 442701.57 5425024.637, 442694.073 5425020.888, 442685.657 5425017.14, 442669.022 5425014.092, 442656.767 5425013.483, 442639.634 5425011.663, 442631.616 5425011.164, 442621.42 5425008.866, 442612.644 5425005.687, 442606.036 5425002.768, 442597.25 5424998.64, 442581.365 5424991.962, 442573.598 5424989.354, 442565.321 5424984.996, 442557.075 5424980.248, 442549.158 5424974.89, 442537.401 5424966.034, 442530.474 5424962.795, 442523.017 5424960.036, 442515.33 5424956.088, 442506.873 5424948.702, 442494.108 5424939.586, 442482.872 5424931.139, 442475.275 5424925.211, 442464.868 5424917.894, 442459.36 5424913.696, 442455.632 5424909.568, 442448.974 5424901.131, 442442.017 5424890.335, 442437.158 5424882.777, 442431.86 5424877.39, 442429.311 5424874.95, 442427.352 5424872.951, 442419.325 5424866.454, 442409.198 5424859.717, 442402.081 5424854.599, 442393.964 5424847.851, 442380.398 5424837.812, 442358.938 5424822.417, 442344.875 5424814.419, 442333.011 5424806.461, 442326.445 5424801.242, 442314.032 5424790.085, 442305.597 5424782.027, 442296.303 5424771.439, 442290.697 5424763.411, 442286.84 5424753.743, 442282.943 5424744.686, 442278.936 5424734.089, 442277.399 5424723.641, 442275.541 5424714.944, 442273.432 5424708.895, 442268.646 5424699.418, 442263.33 5424692.609, 442258.054 5424688.929, 442249.368 5424685.949, 442241.452 5424681.93, 442227.7 5424671.652, 442211.279 5424662.543, 442187.972 5424649.364, 442185.193 5424648.444, 442166.233 5424642.935, 442156.708 5424638.395, 442143.195 5424631.666, 442125.404 5424621.707, 442118.178 5424616.758, 442108.952 5424608.81, 442103.825 5424601.083, 442090.552 5424573.731, 442079.709 5424548.459, 442071.023 5424526.876, 442062.487 5424507.472, 442057.64 5424490.148, 442052.823 5424476.732, 442045.356 5424458.348, 442042.328 5424448.271, 442036.25 5424439.785, 442033.571 5424435.616, 442028.554 5424431.377, 442020.418 5424427.408, 442013.52 5424426.268, 442010.616 5424426.025, 442008.962 5424425.887, 442005.893 5424425.828, 442000.925 5424424.348, 441997.147 5424422.469, 441992.689 5424419.999, 441988.861 5424418.659, 441984.783 5424418.579, 441981.274 5424419.629, 441976.365 5424425.277, 441961.371 5424440.73, 441954.924 5424444.958, 441949.186 5424447.717, 441942.099 5424449.017, 441933.622 5424448.826, 441927.305 5424446.857, 441919.829 5424443.887, 441905.004 5424437.398, 441895.948 5424434.22, 441886.052 5424432.499, 441874.796 5424428.8, 441866.57 5424425.601, 441863.111 5424424.102, 441859.962 5424422.751, 441857.223 5424422.352, 441853.055 5424421.362, 441844.688 5424420.972, 441837.581 5424421.991, 441831.094 5424422.531, 441818.479 5424420.6, 441816.362 5424419.683, 441812.801 5424418.141, 441802.675 5424411.473, 441794.609 5424406.425, 441786.662 5424402.086, 441772.148 5424394.398, 441762.242 5424389.1, 441753.475 5424385.601, 441743.949 5424385.651, 441733.353 5424385.66, 441727.356 5424383.201, 441722.787 5424377.932, 441714.731 5424370.715, 441709.073 5424367.465, 441704.535 5424364.086, 441701.377 5424360.068, 441697.748 5424354.809, 441694.549 5424350.681, 441689.222 5424348.501, 441684.643 5424345.652, 441677.086 5424339.165, 441657.965 5424312.163, 441652.218 5424300.647, 441650.389 5424296.149, 441647.78 5424289.451, 441645.592 5424282.954, 441641.493 5424276.386, 441635.656 5424271.248, 441631.388 5424268.079, 441624.971 5424263.861, 441619.463 5424261.212, 441613.665 5424260.082, 441609.753 5424259.655, 441607.978 5424259.462, 441603.649 5424259.641, 441600.97 5424259.572, 441586.546 5424258.302, 441581.007 5424256.662, 441575.518 5424253.503, 441571.339 5424249.714, 441567.411 5424244.685, 441564.321 5424240.655, 441557.532 5424237.655, 441544.946 5424234.855, 441534.37 5424233.054, 441530.871 5424231.895, 441527.512 5424229.566, 441526.263 5424227.896, 441525.213 5424226.357, 441519.077 5424214.102, 441508.363 5424197.101, 441503.705 5424192.003, 441496.549 5424185.865, 441492.561 5424182.066, 441488.414 5424175.588, 441486.754 5424171.52, 441485.146 5424165.791, 441482.647 5424154.266, 441481.767 5424148.608, 441481.957 5424139.912, 441481.257 5424135.764, 441478.837 5424132.246, 441476.648 5424129.897, 441475.699 5424129.007, 441473.46 5424126.948, 441468.97 5424123.36, 441465.302 5424121.761, 441459.293 5424120.063, 441451.854 5424116.745, 441445.975 5424114.057, 441440.096 5424110.069, 441437.476 5424107.361, 441435.357 5424103.732, 441430.987 5424095.836, 441426.878 5424091.798, 441423.699 5424089.849, 441416.961 5424086.74, 441412.792 5424085.071, 441407.924 5424083.751, 441404.656 5424083.931, 441403.186 5424084.481, 441399.568 5424086.63, 441396.089 5424090.119, 441392.091 5424094.927, 441388.292 5424098.436, 441381.955 5424102.894, 441368.801 5424113.45, 441363.873 5424119.588, 441357.185 5424124.547, 441347.319 5424132.776, 441340.5 5424138.815, 441320.985 5424153.034, 441309.837 5424163.093, 441303.069 5424168.963, 441295.92 5424173.642, 441289.052 5424180.501, 441282.663 5424186.24, 441275.676 5424191.618, 441268.238 5424196.926, 441255.984 5424207.771, 441243.909 5424216.946, 441233.435 5424227.301, 441215.954 5424241.555, 441206.729 5424250.171, 441197.423 5424257.778, 441186.009 5424265.525, 441173.734 5424275.272, 441168.456 5424281.25, 441163.049 5424284.69, 441154.392 5424292.447, 441145.005 5424300.964, 441136.469 5424307.083, 441129.291 5424312.291, 441123.804 5424314.25, 441116.127 5424317.439, 441113.528 5424319.838, 441111.578 5424322.387, 441109.979 5424324.947, 441109.118 5424326.325, 441107.819 5424328.625, 441107.36 5424330.232, 441106.799 5424332.193, 441106.679 5424335.192, 441108.429 5424349.296, 441111.368 5424360.142, 441113.357 5424366.309, 441117.446 5424381.193, 441119.327 5424388.969, 441123.676 5424403.123, 441127.404 5424412.279, 441129.665 5424421.255, 441133.164 5424430.781, 441138.074 5424448.514, 441139.755 5424457.091, 441144.504 5424469.446, 441149.773 5424483.911, 441155.49 5424497.235, 441163.007 5424514.18, 441167.956 5424522.516, 441177.191 5424533.932, 441185.188 5424542.668, 441197.812 5424557.663, 441206.546 5424569.389, 441213.434 5424575.077, 441217.131 5424580.026, 441222.529 5424589.253, 441228.316 5424597.801, 441231.744 5424603.319, 441247.747 5424625.893, 441252.945 5424631.041, 441258.463 5424637.249, 441265.049 5424646.755, 441266.239 5424649.624, 441267.019 5424654.352, 441267.299 5424662.129, 441267.339 5424675.254, 441265.769 5424682.341, 441265.209 5424692.546, 441266.939 5424708.5, 441268.038 5424715.186, 441267.998 5424718.805, 441266.749 5424722.263, 441264.46 5424724.253, 441259.602 5424727.891, 441251.744 5424733.438, 441243.787 5424738.606, 441230.402 5424747.572, 441224.844 5424752.09, 441217.487 5424757.497, 441211.74 5424760.665, 441207.611 5424762.535, 441199.105 5424767.342, 441190.648 5424773.799, 441185.67 5424777.438, 441179.952 5424781.745, 441174.829 5424785.315, 441169.586 5424787.863, 441164.279 5424790.732, 441161.19 5424792.67, 441159.6 5424794.479, 441158.711 5424796.129, 441158.401 5424798.248, 441157.171 5424808.624, 441156.762 5424814.491, 441156.951 5424822.548, 441158.98 5424834.663, 441159.431 5424837.352, 441160.86 5424855.284, 441161.959 5424862.731, 441163.918 5424871.128, 441164.398 5424878.965, 441163.838 5424887.841, 441164.218 5424899.766, 441164.778 5424904.135, 441164.618 5424909.233, 441164.878 5424915.82, 441165.127 5424921.218, 441166.837 5424928.475, 441167.626 5424935.662, 441169.596 5424941.57, 441171.385 5424944.209, 441175.134 5424949.837, 441176.663 5424953.055, 441177.143 5424957.274, 441176.643 5424961.972, 441175.373 5424965.97, 441171.934 5424973.167, 441167.096 5424982.393, 441164.487 5424985.811, 441160.249 5424988.74, 441146.654 5424997.267, 441142.186 5424999.816, 441135.828 5425002.545, 441129.003 5425003.784, 441125.441 5425004.481, 441120.993 5425005.35, 441115.851 5425006.357, 441112.075 5425014.212, 441100.523 5425020.841, 441101.194 5425033.309, 441114.365 5425028.227, 441120.667 5425029.628, 441122.653 5425030.069, 441122.904 5425033.515, 441123.324 5425040.372, 441123.419 5425042.553, 441126.598 5425049.921, 441128.023 5425060.024, 441128.02 5425060.188, 441136.653 5425075.997, 441147.874 5425094.264, 441165.044 5425103.285, 441175.092 5425110.442, 441184.464 5425113.71, 441188.293 5425123.146, 441187.321 5425125.341, 441182.338 5425137.542, 441180.454 5425142.283, 441177.555 5425139.114, 441174.496 5425136.036, 441171.467 5425134.185, 441166.099 5425131.336, 441161.601 5425131.756, 441154.945 5425135.274, 441152.646 5425136.044, 441148.388 5425140.672, 441141.18 5425145.799, 441137.532 5425148.318, 441135.033 5425150.067, 441127.946 5425153.116, 441114.191 5425160.702, 441104.505 5425164.5, 441099.248 5425169.088, 441094.06 5425176.535, 441090.332 5425182.661, 441090.012 5425185.25, 441089.172 5425186.77, 441088.932 5425189.589, 441089.282 5425194.377, 441087.783 5425196.816, 441086.003 5425200.195, 441084.584 5425201.774, 441082.905 5425203.382, 441077.747 5425205.831, 441071.549 5425210.5, 441063.702 5425214.467, 441054.566 5425220.715, 441045.529 5425224.263, 441030.995 5425228.99, 441019.439 5425233.149, 441015.87 5425234.498, 441014.311 5425235.818, 441010.742 5425237.636, 441004.884 5425237.516, 440998.947 5425234.397, 440991.889 5425230.049, 440987.58 5425225.991, 440982.352 5425222.703, 440969.127 5425217.354, 440956.362 5425219.833, 440939.307 5425221.133, 440922.583 5425222.123, 440907.418 5425218.024, 440886.445 5425212.727, 440873.219 5425210.558, 440854.646 5425206.009, 440846.599 5425202.1, 440839.451 5425197.882, 440835.252 5425196.133, 440826.355 5425195.763, 440817.059 5425197.912, 440812.829 5425199.551, 440806.632 5425202.88, 440805.502 5425205.779, 440804.992 5425207.028, 440801.874 5425211.397, 440799.344 5425214.506, 440797.584 5425215.725, 440795.605 5425216.635, 440790.917 5425218.223, 440788.468 5425217.923, 440785.598 5425216.554, 440781.46 5425213.705, 440780.02 5425211.896, 440779.021 5425210.406, 440774.452 5425203.219, 440772.222 5425194.344, 440766.764 5425182.079, 440767.974 5425169.304, 440768.054 5425160.757, 440767.484 5425158.738, 440765.585 5425154.54, 440762.436 5425152.091, 440759.476 5425151.731, 440756.847 5425152.85, 440753.749 5425153.86, 440751.22 5425154.999, 440742.612 5425161.357, 440740.383 5425164.265, 440740.073 5425166.374, 440736.195 5425171.082, 440731.905 5425173.731, 440726.587 5425174.111, 440715.731 5425174.251, 440705.154 5425173.621, 440692.198 5425172.681, 440665.297 5425167.513, 440650.351 5425165.454, 440643.553 5425163.505, 440634.372 5425162.564, 440634.205 5425167.051, 440633.693 5425174.821, 440633.766 5425178.838, 440627.64 5425185.049, 440598.478 5425170.381, 440585.892 5425154.818, 440553.953 5425152.428, 440553.281 5425157.116, 440551.252 5425171.28, 440551.096 5425172.37, 440548.663 5425189.352, 440547.415 5425190.364, 440541.861 5425194.867, 440535.033 5425200.403, 440531.253 5425203.467, 440509.558 5425199.242, 440499.068 5425197.199, 440496.799 5425201.677, 440495.095 5425205.043, 440494.496 5425206.224, 440492.244 5425210.669, 440489.717 5425215.658, 440485.181 5425224.612, 440484.519 5425225.919, 440483.588 5425227.757, 440471.158 5425236.514, 440470.678 5425236.852, 440463.82 5425239.406, 440456.425 5425242.161, 440440.701 5425248.017, 440433.957 5425250.529, 440427.903 5425252.784, 440417.75 5425256.566, 440413.974 5425257.972, 440410.641 5425264.508, 440405.686 5425274.225, 440428.037 5425303.838, 440415.722 5425312.736, 440407.55 5425327.794, 440386.112 5425348.19, 440378.973 5425354.898, 440363.822 5425364.353, 440354.203 5425370.322, 440348.314 5425377.809, 440326.871 5425376.062, 440304.076 5425376.774, 440287.14 5425378.834, 440210.937 5425362.852, 440206.558 5425373.028, 440238.669 5425386.95, 440275.908 5425403.096, 440307.073 5425416.262, 440311.656 5425416.184, 440315.518 5425419.117, 440318.191 5425421.147, 440324.099 5425425.635, 440339.846 5425431.597, 440339.68 5425433.762, 440355.373 5425440.548, 440355.71 5425439.804, 440356.346 5425438.216, 440359.291 5425439.594, 440375.155 5425447.021, 440382.705 5425451.005, 440386.229 5425450.729, 440390.001 5425449.365, 440393.7 5425446.47, 440399.499 5425446.846, 440405.029 5425446.633, 440407.963 5425449.308, 440413.304 5425450.565, 440418.999 5425458.006, 440423.465 5425463.746, 440423.056 5425470.053, 440422.535 5425476.562, 440422.665 5425481.157, 440427.039 5425484.927, 440443.531 5425499.143, 440457.293 5425511.005, 440470.245 5425522.169, 440485.028 5425534.892, 440500.309 5425548.045, 440515.98 5425561.532, 440532.153 5425575.452, 440540.801 5425582.895, 440543.837 5425585.508, 440548.604 5425589.626, 440566.066 5425604.681, 440577.452 5425614.497, 440589.427 5425624.821, 440601.112 5425634.896, 440618.986 5425650.306, 440624.809 5425655.292, 440650.611 5425677.383, 440676.376 5425699.443, 440698.636 5425718.502, 440703.505 5425722.693, 440712.757 5425730.657, 440721.56 5425738.234, 440730.732 5425746.129, 440756.41 5425768.233, 440772.994 5425782.508, 440783.318 5425791.419, 440846.77 5425846.187, 440854.701 5425852.942, 440923.443 5425911.491, 441009.272 5425985.499, 441011.651 5425987.518, 441015.735 5425990.982, 441019.741 5425994.377, 441023.707 5425997.744, 441027.256 5426000.763, 441030.554 5426003.562, 441036.583 5426008.677, 441043.88 5426014.868, 441050.466 5426020.457, 441056.84 5426025.867, 441062.868 5426030.982, 441068.866 5426036.071, 441075.41 5426041.621, 441081.135 5426046.478, 441085.976 5426050.584, 441087.011 5426051.486, 441092.454 5426056.222, 441098.265 5426061.28, 441103.615 5426065.936, 441108.194 5426069.923, 441113.509 5426074.552, 441118.16 5426078.602, 441123.174 5426082.968, 441128.508 5426087.611, 441130.935 5426089.722, 441145.92 5426102.772, 441161.563 5426116.397, 441237.039 5426182.168, 441239.131 5426183.972, 441242.766 5426187.106, 441254.135 5426196.913, 441300.688 5426237.051, 441312.944 5426247.618, 441336.192 5426267.664, 441377.706 5426303.462, 441388.798 5426313.056, 441419.64 5426339.451, 441461.743 5426375.487, 441464.99 5426378.265, 441518.632 5426424.804, 441523.73 5426429.23, 441531.455 5426435.94, 441540.371 5426443.689, 441580.893 5426478.052, 441616.827 5426508.524, 441660.04 5426546.029, 441692.433 5426574.203, 441725.363 5426600.637, 441788.074 5426654.679, 441793.487 5426661.015, 441817.342 5426682.042, 441834.743 5426697.373, 441869.366 5426727.581, 441881.624 5426738.238, 441893.469 5426748.536, 441919.544 5426771.237, 441940.147 5426788.862, 441947.595 5426795.231, 441962.929 5426808.351, 441965.474 5426810.529, 441997.708 5426838.11, 442010.191 5426849.036, 442011.594 5426849.986, 442025.67 5426859.516, 442030.198 5426862.583, 442032.597 5426864.212, 442085.227 5426910.608, 442150.901 5426970.188, 442177.18 5426997.328, 442197.072 5427023.178, 442215.354 5427054.107, 442290.612 5427195.573, 442395.262 5427392.503, 442499.838 5427591.634, 442602.407 5427785.992, 442646.236 5427868.127, 442653.644 5427882.009, 442666.222 5427905.581, 442723.465 5428015.676, 442764.156 5428090.866, 442817.286 5428193.906, 442901.362 5428353.722, 442985.971 5428513.949, 443033.392 5428603.753, 443059.621 5428648.586, 443097.975 5428710.221, 443135.401 5428771.608, 443153.993 5428807.733, 443170.016 5428848.657, 443179.432 5428878.476, 443187.889 5428908.984, 443193.887 5428942.98, 443198.625 5428979.745, 443224.053 5429190.453, 443233.8 5429243.472, 443227.439 5429245.028, 443233.34 5429289.225, 443237.518 5429324.941, 443239.247 5429339.425, 443241.878 5429360.35, 443245.814 5429467.291, 443248.157 5429530.348, 443246.407 5429547.822, 443244.785 5429564.174, 443244.5 5429580.369, 443240.512 5429642.042, 443234.554 5429732.606, 443226.608 5429853.468, 443226.6078458853 5429853.46809981, 443226.61000000034 5429853.470000001, 443226.2596081206 5429857.845129779, 443226.258 5429857.846, 443218.501 5429959.416, 443216.632 5430011.485, 443217.378 5430036.984, 443218.319 5430047.409, 443220.649 5430060.978, 443262.917 5430307.172, 443268.874 5430341.863, 443267.943 5430342.34, 443269.169 5430349.391, 443292.89 5430485.764, 443298.803 5430519.766, 443307.595 5430570.311, 443315.459 5430615.518, 443319.967 5430667.379, 443320.618 5430694.762, 443319.14 5430731.475, 443318.388 5430750.154, 443314.357 5430790.901, 443305.664 5430838.584, 443297.301 5430884.449, 443285.552 5430948.875, 443272.792 5431017.284, 443266.406 5431062.801, 443257.872 5431111.588, 443254.493 5431122.633, 443254.617 5431146.259, 443255.351 5431153.525, 443256.425 5431161.402, 443262.516 5431201.789, 443264.436 5431214.946, 443270.604 5431239.396, 443278.941 5431269.984, 443312.867 5431389.726, 443332.53 5431459.099, 443353.382 5431532.699, 443371.045 5431591.176, 443410.239 5431732.34, 443489.358 5431954.702, 443506.462 5432001.363, 443532.152 5432074.184, 443575.885 5432198.195, 443575.8816495442 5432198.196598177, 443576.8499999996 5432202.07, 443576.8490030124 5432202.072249732, 443576.844 5432202.074, 443653.284 5432417.908, 443667.179 5432457.132, 443722.517 5432613.39, 443834.523 5432913.27, 443870.459 5432986.61, 443980.316 5433214.978, 444110.687 5433486.155, 444115.75 5433496.591, 444116.217 5433497.553, 444117.687 5433500.581, 444123.033 5433511.597, 444138.913 5433544.323, 444196.741 5433663.494, 444197.7796405455 5433665.634510775, 444206.794 5433684.212, 444248.676 5433772.042, 444251.303 5433777.548, 444539.212 5434384.586, 444540.762 5434387.131, 444543.657 5434391.881, 444554.523 5434415.677, 444558.377 5434424.117, 444561.632 5434430.818, 444571.213 5434450.633, 444587.695 5434486.876, 444766.172 5434924.881, 444766.478 5434931.396, 444767.486 5434952.912, 444726.337 5435275.898, 444723.291 5435275.676, 444723.176 5435276.977, 444722.808 5435281.149, 444722.599 5435283.513, 444722.013 5435290.148, 444724.611 5435291.589, 444725.037 5435295.687, 444728.112 5435304.34, 444730.215 5435308.006, 444745.751 5435336.751, 444754.813 5435350.976, 445240.042 5436136.383, 445249.249 5436151.35, 445303.45 5436239.187, 445315.425 5436255.026, 445322.546 5436263.532, 445372.937 5436312.613, 445372.187 5436313.639, 445373.27 5436314.676, 445475.19 5436412.576, 445544.327 5436479.39, 445563.489 5436497.91, 445579.554 5436513.435, 445588.904 5436522.472, 445593.186 5436526.609, 445597.556 5436530.833, 445605.769 5436538.77, 445617.176 5436549.84, 445620.308 5436552.881, 445623.399 5436555.88, 445626.082 5436558.485, 445629.004 5436561.321, 445641.761 5436573.702, 445644.614 5436576.472, 445646.591 5436578.39, 445649.214 5436580.935, 445651.513 5436583.166, 445654.283 5436585.854, 445657.76 5436589.231, 445660.529 5436591.917, 445663.064 5436594.378, 445665.814 5436597.045, 445677.134 5436608.033, 445682.394 5436613.139, 445685.554 5436616.206, 445688.283 5436618.854, 445691.414 5436621.893, 445694.381 5436624.771, 445705.201 5436635.274, 445781.878 5436709.595, 445786.281 5436713.845, 445789.904 5436717.342, 445793.608 5436720.917, 445798.619 5436725.755, 445803.97 5436730.921, 445814.377 5436740.967, 445825.093 5436751.311, 445832.114 5436758.089, 445840.102 5436765.657, 445841.311 5436766.828, 445844.46 5436769.878, 445851.768 5436776.976, 445860.652 5436785.606, 445867.734 5436792.485, 445873.533 5436798.118, 445879.459 5436803.875, 445885.058 5436809.312, 445891.111 5436815.192, 445896.95 5436820.864, 445902.84 5436826.585, 445909.274 5436832.835, 445915.914 5436839.285, 445921.272 5436844.489, 445927.736 5436850.768, 445933.845 5436856.702, 445939.909 5436862.593, 445945.89 5436868.403, 445951.534 5436873.886, 445952.271 5436874.601, 445957.037 5436879.101, 445973.395 5436894.536, 445985.685 5436906.133, 445988.858 5436909.127, 446000.336 5436919.958, 446011.526 5436930.508, 446016.793 5436935.474, 446024.288 5436942.52, 446028.823 5436946.783, 446081.333 5436996.271, 446086.7 5437001.328, 446146.237 5437057.352, 446220.829 5437129.69, 446227.922 5437135.842, 446230.8707403779 5437138.951089207, 446234.248 5437142.512, 446260.024 5437167.093, 446262.863 5437167.224, 446264.329 5437171.783, 446282.006 5437188.815, 446306.149 5437212.093, 446312.953 5437218.654, 446319.231 5437224.707, 446321.425 5437226.822, 446344.836 5437249.393, 446346.035 5437250.552, 446355.941 5437260.265, 446369.1 5437273.197, 446384.277 5437288.014, 446399.984 5437303.408, 446407.363 5437310.635, 446414.732 5437317.862, 446430.279 5437333.096, 446442.787 5437345.361, 446447.516 5437349.979, 446452.769 5437355.087, 446454.895 5437357.218, 446457.034 5437359.317, 446463.844 5437365.994, 446470.853 5437372.861, 446485.22 5437386.936, 446487.369 5437389.045, 446494.169 5437395.702, 446501.568 5437402.949, 446523.756 5437424.684, 446538.59 5437439.216, 446547.347 5437447.79, 446561.904 5437462.028, 446563.724 5437463.826, 446576.513 5437476.382, 446579.444 5437480.487, 446591.553 5437497.607, 446603.693 5437514.741, 446605.113 5437516.772, 446617.274 5437533.914, 446629.438 5437551.07, 446643.66 5437571.101, 446655.517 5437587.866, 446667 5437604.072, 446669.868 5437608.212, 446677.419 5437618.811, 446689.515 5437636.065, 446697.832 5437647.909, 446746.896 5437717.881, 446748.575 5437719.72, 446773.805 5437756.938, 446798.207 5437792.966, 446804.215 5437808.384, 446809.357 5437821.55, 446816.218 5437839.165, 446820.717 5437850.698, 446833.645 5437883.895, 446833.82 5437883.889, 446838.411 5437895.56, 446839.592 5437897.134, 446844.742 5437901.902, 446846.231 5437903.279, 446856.345 5437907.248, 446858.025 5437907.184, 446859.098 5437907.143, 446859.979 5437907.109, 446875.351 5437906.506, 446882.819 5437906.217, 446904.79813688475 5437905.169909019, 446904.8200000003 5437905.199999999, 446906.1623270851 5437916.956650676, 446908.137 5437933.819, 446908.531 5437943.032, 446910.88 5437998.037, 446913.302 5438029.499, 446913.567 5438032.939, 446914.517 5438045.403, 446914.647 5438047.112, 446914.997 5438051.659, 446915.087 5438053.958, 446915.457 5438063.312, 446916.64 5438093.008, 446916.831 5438097.455, 446916.931 5438097.455, 446917.492 5438102.222, 446917.782 5438104.641, 446917.862 5438104.931, 446921.04 5438116.177, 446920.96 5438116.207, 446923.258 5438122.144, 446926.516 5438130.044, 446928.352 5438134.46, 446929.89 5438138.419, 446952.203 5438196.058, 446951.861 5438196.662, 446952.071 5438196.561, 446972.662 5438249.3, 446976.55 5438259.238, 446974.971 5438259.866, 446985.007 5438285.78, 446989.237 5438296.72, 446990.315 5438299.524, 447027.602 5438396.136, 447030.106 5438402.564, 447037.294 5438421.326, 447042.632 5438435.107, 447040.761 5438435.872, 447041.64 5438438.212, 447046.723 5438451.605, 447053.693 5438469.98, 447060.725 5438488.539, 447069.885 5438512.707, 447073.004 5438514.317, 447079.42 5438522.855, 447087.382 5438544.158, 447088.784 5438547.892, 447090.59 5438552.701, 447092.382 5438557.419, 447094.191 5438562.246, 447095.959 5438566.962, 447099.595 5438576.683, 447105.062 5438591.34, 447112.238 5438610.577, 447118.254 5438626.704, 447124.366 5438642.732, 447130.419 5438658.879, 447136.441 5438674.941, 447142.511 5438691.137, 447143.926 5438694.908, 447151.742 5438715.703, 447155.613 5438726.005, 447164.272 5438749.051, 447170.79 5438766.605, 447182.374 5438797.512, 447193.253 5438826.591, 447207.72 5438819.575, 447209.649 5438818.635, 447220.399 5438820.139, 447220.368 5438832.847, 447221.183 5438845.52, 447222.792 5438857.975, 447225.032 5438869.212, 447228.724 5438881.399, 447233.087 5438891.999, 447240.449 5438905.868, 447253.678 5438927.046, 447263.516 5438940.465, 447270.944 5438948.625, 447288.455 5438963.424, 447296.859 5438971.682, 447323.138 5439000.476, 447335.129 5439015.091, 447343.555 5439026.936, 447347.832 5439033.155, 447353.691 5439044.71, 447359.09 5439055.876, 447365.151 5439073.06, 447369.563 5439090.116, 447371.786 5439101.162, 447378.847 5439149.4, 447385.764 5439198.039, 447390.152 5439227.338, 447391.594 5439236.547, 447393.78 5439251.308, 447398.82 5439284.852, 447399.631 5439292.901, 447405.78 5439331.921, 447408.969 5439352.564, 447408.519 5439354.243, 447409.439 5439354.373, 447411.764 5439363.476, 447416.331 5439377.801, 447420.65 5439391.226, 447423.058 5439399.892, 447422.948 5439402.921, 447418.589 5439402.431, 447421.624 5439412.088, 447419.754 5439412.678, 447418.29 5439429.462, 447422.078 5439455.204, 447424.113 5439468.962, 447444.385 5439605.457, 447444.853 5439608.69, 447446.302 5439618.856, 447463.626 5439737.881, 447465.904 5439753.517, 447468.165 5439769.154, 447470.427 5439784.79, 447472.688 5439800.427, 447474.949 5439816.064, 447477.21 5439831.7, 447479.472 5439847.337, 447481.647 5439862.38, 447482.9 5439871.334, 447511.026 5440061.833, 447512.517 5440071.743, 447521.598 5440130.159, 447522.718 5440135.848, 447523.938 5440142.055, 447524.762 5440144.833, 447534.023 5440176.052, 447538.843 5440192.302, 447544.19 5440210.325, 447545.905 5440216.106, 447548.919 5440226.268, 447550.17 5440230.483, 447553.367 5440241.261, 447555.226 5440247.307, 447558.456 5440257.815, 447561.687 5440268.322, 447564.917 5440278.829, 447568.147 5440289.336, 447571.378 5440299.844, 447574.608 5440310.351, 447577.838 5440320.858, 447581.069 5440331.365, 447584.299 5440341.872, 447587.529 5440352.38, 447591.053 5440363.842, 447594.577 5440375.305, 447597.808 5440385.812, 447601.038 5440396.319, 447608.096 5440419.124, 447611.681 5440430.955, 447613.786 5440438.887, 447615.343 5440438.458, 447626.489 5440442.091, 447612.69 5440470.304, 447608.211 5440479.431, 447596.652 5440503.093, 447590.52 5440515.649, 447582.929 5440529.186, 447578.208 5440537.722, 447575.098 5440543.353, 447574.255 5440544.88, 447572.675 5440547.742, 447567.223 5440556.059, 447556.355 5440573.593, 447550.516 5440583.016, 447545.725 5440590.758, 447541.998 5440596.786, 447539.53 5440600.787, 447535.389 5440607.5, 447524.81 5440624.457, 447515.55 5440638.392, 447506.649 5440651.788, 447505.969 5440652.668, 447496.293 5440666.836, 447489.251 5440676.664, 447487.21 5440679.513, 447477.598 5440692.916, 447466.799 5440706.056, 447458.403 5440716.489, 447451.128 5440723.699, 447444.933 5440729.672, 447437.528 5440736.81, 447430.518 5440743.567, 447430.368 5440743.712, 447422.387 5440749.983, 447414.693 5440756.132, 447414.37 5440756.368, 447405.599 5440762.758, 447397.489 5440768.403, 447391.829 5440772.784, 447388.166 5440776.382, 447384.486 5440779.739, 447379.754 5440784.235, 447375.976 5440790.373, 447371.11 5440794.658, 447368.109 5440797.875, 447363.444 5440802.041, 447360.643 5440804.92, 447356.472 5440810.508, 447353.045 5440815.578, 447350.322 5440820.433, 447349.605 5440820.287, 447342.772 5440829.229, 447342.461 5440829.714, 447339.78 5440835.345, 447338.572 5440844.173, 447338.908 5440859.018, 447340.474 5440866.475, 447342.494 5440876.032, 447341.734 5440876.242, 447343.769 5440888.134, 447343.814 5440888.432, 447345.589 5440898.062, 447347.668 5440911.41, 447347.767 5440912.082, 447349.346 5440922.251, 447352.778 5440948.026, 447346.581 5440958.48, 447347.051 5440959.6, 447342.264 5440961.827, 447332.391 5440966.409, 447318.64 5440973.307, 447302.741 5440983.805, 447299.955 5440985.693, 447294.943 5440989.004, 447293.098 5440992.266, 447293.415 5440996.02, 447296.142 5440996.09, 447298.589 5440996.152, 447298.133 5440998.117, 447296.524 5440998.416, 447298.822 5441011.611, 447301.241 5441025.344, 447301.47 5441026.591, 447303.6 5441044.411, 447305.897 5441059.377, 447308.31 5441075.106, 447308.336 5441075.419, 447309.498 5441081.457, 447310.009 5441085.283, 447311.937 5441094.347, 447313.434 5441098.747, 447316.092 5441109.619, 447317.978 5441116.536, 447318.84 5441119.096, 447320.489 5441124.315, 447323.251 5441132.977, 447326.257 5441143.206, 447328.526 5441150.608, 447330.73 5441157.798, 447333.925 5441168.563, 447333.984 5441168.776, 447336.944 5441178.4, 447341.454 5441184.597, 447344.206 5441188.357, 447344.488 5441188.641, 447354.804 5441199.794, 447358.71 5441203.858, 447363.077 5441208.731, 447373.544 5441220.447, 447385.488 5441234.639, 447398.493 5441250.091, 447400.814 5441253.017, 447416.235 5441272.459, 447428.227 5441287.577, 447430.722 5441290.932, 447443.33 5441307.418, 447448.043 5441315.916, 447448.323 5441316.546, 447469.628 5441351.12, 447474.087 5441358.36</t>
   </si>
   <si>
     <t>Änderung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -614,81 +614,81 @@
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
-        <v>20838.8</v>
+        <v>20839.1</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
         <v>45917</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" t="s">
         <v>29</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2">
         <v>109008</v>
       </c>
       <c r="O2" s="3">
-        <v>46016.07657872533</v>
+        <v>46070.26209505583</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>26229</v>
       </c>
       <c r="S2" s="3">
         <v>32861</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
       <c r="V2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>