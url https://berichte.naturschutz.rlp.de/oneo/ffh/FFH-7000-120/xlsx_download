--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -143,51 +143,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6915-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((443692.5599999996 5425640.449999999, 443601.9900000002 5425633.119999999, 443600.2400000002 5425631.470000001, 443594.0700000003 5425632.17, 443562.5700000003 5425629.970000001, 443543.98000000045 5425628.73, 443538.1500000004 5425628.34, 443531.48000000045 5425627.890000001, 443526.9000000004 5425627.58, 443519.3700000001 5425626.41, 443509.6299999999 5425624.880000001, 443505.98000000045 5425624.380000001, 443500.2999999998 5425623.59, 443493.03000000026 5425622.609999999, 443487.7000000002 5425621.369999999, 443480.5599999996 5425619.699999999, 443475.4299999997 5425618.5, 443473.45999999996 5425617.880000001, 443465.7400000002 5425615.449999999, 443464.6900000004 5425615.119999999, 443450.0800000001 5425605.9, 443452.0700000003 5425602.869999999, 443444.6500000004 5425606.220000001, 443441.1200000001 5425607.82, 443435.79000000004 5425610.23, 443424.2999999998 5425606.18, 443420.3099999996 5425604.76, 443417.41000000015 5425604.619999999, 443406.71999999974 5425604.33, 443396.7000000002 5425604.050000001, 443374.5599999996 5425603.720000001, 443363.66000000015 5425601.949999999, 443338.0599999996 5425597.8100000005, 443329.71999999974 5425596.85, 443312.4000000004 5425594.85, 443307.5800000001 5425594.300000001, 443305.4500000002 5425594.18, 443303.03000000026 5425594.050000001, 443292.96999999974 5425593.5, 443271.8200000003 5425591.15, 443238.5700000003 5425586.07, 443233.53000000026 5425587.3100000005, 443227.5099999998 5425590.02, 443207.20999999996 5425604.93, 443202.2999999998 5425608.529999999, 443197.1900000004 5425612.289999999, 443190.7599999998 5425617.01, 443188.3300000001 5425618.970000001, 443175.1299999999 5425629.6, 443167.53000000026 5425635.710000001, 443163.8300000001 5425638.699999999, 443151.25 5425648.83, 443147.23000000045 5425652.0600000005, 443149.3300000001 5425658.6899999995, 443136.2400000002 5425662.49, 443137.2599999998 5425667.24, 443135.66000000015 5425667.73, 443133 5425668.529999999, 443130.66000000015 5425665.51, 443124.45999999996 5425665.890000001, 443115.9299999997 5425669.35, 443108.4199999999 5425672.42, 443077.9299999997 5425686.42, 443069.33999999985 5425690.359999999, 443062.8700000001 5425693.32, 443060.28000000026 5425694.550000001, 443034.70999999996 5425706.65, 443009.20999999996 5425718.699999999, 442993.8300000001 5425725.98, 442986.16000000015 5425731.91, 442977.9000000004 5425735.99, 442975.54000000004 5425736.449999999, 442960.1200000001 5425741.050000001, 442959.75 5425737.92, 442860.11000000034 5425769.27, 442843.29000000004 5425771.550000001, 442775.16000000015 5425767.48, 442759.5700000003 5425766.539999999, 442757.9199999999 5425766.93, 442733.7000000002 5425753.210000001, 442698.9000000004 5425754.32, 442706.0800000001 5425757.16, 442727.6699999999 5425768.029999999, 442733.2999999998 5425770.9, 442737.1200000001 5425772.859999999, 442741.48000000045 5425775.1, 442741.4000000004 5425780.9, 442737.0599999996 5425778.85, 442733.20999999996 5425777.039999999, 442729.1900000004 5425775.130000001, 442718.5999999996 5425770.130000001, 442708.66000000015 5425772.460000001, 442708.5700000003 5425776.470000001, 442706.73000000045 5425777.630000001, 442696.8499999996 5425782.27, 442693.5700000003 5425783.23, 442683.46999999974 5425786.140000001, 442672.3099999996 5425789.359999999, 442666.66000000015 5425791, 442662.96999999974 5425792.07, 442658.6699999999 5425793.300000001, 442657.58999999985 5425793.619999999, 442599.61000000034 5425806.09, 442581.1500000004 5425808.02, 442484.7400000002 5425807.27, 442460.71999999974 5425805.369999999, 442455.8200000003 5425804.109999999, 442452.36000000034 5425803.24, 442445.7400000002 5425800.779999999, 442427.75 5425788.4399999995, 442428.21999999974 5425785.73, 442416.11000000034 5425780.48, 442411.45999999996 5425778.460000001, 442374.0999999996 5425785.789999999, 442372.46999999974 5425771.51, 442371.96999999974 5425767.130000001, 442371.46999999974 5425762.43, 442370.76999999955 5425755.800000001, 442359.3200000003 5425757.470000001, 442358.5 5425757.6, 442352.5599999996 5425758.470000001, 442348.28000000026 5425760.48, 442344.2599999998 5425761.07, 442329.61000000034 5425761.84, 442312.21999999974 5425763.5, 442308.45999999996 5425764.119999999, 442309.46999999974 5425770.529999999, 442249.1699999999 5425775.859999999, 442236.9500000002 5425776.9399999995, 442209.8799999999 5425775.99, 442178.48000000045 5425788.960000001, 442170.1299999999 5425792.41, 442136.6299999999 5425780.01, 442136.6200000001 5425786.039999999, 442117.8700000001 5425785.1, 442109.9000000004 5425784.68, 442108.8499999996 5425784.619999999, 442102.66000000015 5425784.359999999, 442081.8700000001 5425783.140000001, 442081.9400000004 5425782.9399999995, 442081.9299999997 5425782.779999999, 442081.11000000034 5425782.76, 442078.7599999998 5425782.75, 442077.95999999996 5425782.880000001, 442077.9199999999 5425783.140000001, 442067.0599999996 5425784.140000001, 442058.3499999996 5425785.9399999995, 442054.75 5425787.1, 442054.4199999999 5425786.91, 442046.1200000001 5425782.33, 442038.7999999998 5425778.289999999, 442024.46999999974 5425769.09, 442022.0099999998 5425767.550000001, 442026.13999999966 5425762.0600000005, 442015.20999999996 5425754.289999999, 442010.0099999998 5425759.949999999, 441993.53000000026 5425749.029999999, 441982.08999999985 5425741.880000001, 441975.5700000003 5425737.789999999, 441969.79000000004 5425734.18, 441967.7999999998 5425736.550000001, 441969.88999999966 5425751.57, 441962.11000000034 5425756.1, 441946.8200000003 5425757.73, 441944.91000000015 5425754.09, 441944.9500000002 5425751.93, 441947.3200000003 5425752.279999999, 441945.9900000002 5425751.380000001, 441942.3799999999 5425746.359999999, 441941.6500000004 5425747.210000001, 441921.6799999997 5425733.15, 441919.9400000004 5425735.57, 441909.8099999996 5425731.27, 441894.4500000002 5425721.32, 441888.1699999999 5425717.369999999, 441878.4000000004 5425711.210000001, 441869.95999999996 5425705.9, 441864.83999999985 5425702.68, 441860.9000000004 5425699.720000001, 441854.7999999998 5425695.130000001, 441833.1200000001 5425679.109999999, 441827.73000000045 5425671.970000001, 441818.9900000002 5425660.3100000005, 441811.33999999985 5425650.119999999, 441806.9400000004 5425644.24, 441804.46999999974 5425640.960000001, 441795.4199999999 5425628.91, 441784.3099999996 5425614.130000001, 441780.8099999996 5425609.460000001, 441776.7400000002 5425604.119999999, 441772.1799999997 5425597.16, 441766.95999999996 5425589.18, 441759.4299999997 5425584.9399999995, 441753.13999999966 5425581.4, 441739.9199999999 5425573.93, 441730.48000000045 5425565.33, 441728.8700000001 5425563.68, 441727.2000000002 5425561.949999999, 441720.33999999985 5425554.869999999, 441697.08999999985 5425538.51, 441694.63999999966 5425543.1899999995, 441693.3799999999 5425541.49, 441692.66000000015 5425539.51, 441692.53000000026 5425537.4, 441693.0099999998 5425535.35, 441695.9000000004 5425529.119999999, 441697.21999999974 5425526.73, 441697.8499999996 5425523.859999999, 441698.1500000004 5425513.949999999, 441698.71999999974 5425510.35, 441700.04000000004 5425504, 441701.9500000002 5425497.8100000005, 441703.8799999999 5425494.1, 441708.91000000015 5425488.449999999, 441710.9000000004 5425486.51, 441710.63999999966 5425486.029999999, 441706.48000000045 5425488.24, 441703.8700000001 5425490.029999999, 441701.11000000034 5425494.210000001, 441688.5999999996 5425479.74, 441684.48000000045 5425474.98, 441675.46999999974 5425466.449999999, 441670.20999999996 5425461.25, 441634.6799999997 5425438.789999999, 441601.5099999998 5425423.91, 441588.6799999997 5425421.75, 441587.1299999999 5425421.619999999, 441585.8200000003 5425422.0600000005, 441584.73000000045 5425422.99, 441583.7599999998 5425424.609999999, 441571.95999999996 5425419.9, 441560.6200000001 5425415.35, 441560.98000000045 5425414.609999999, 441562.7400000002 5425411.01, 441568.76999999955 5425398.619999999, 441571.96999999974 5425392.039999999, 441563.5 5425387.15, 441549.5800000001 5425378.92, 441536.9900000002 5425372.32, 441527.3799999999 5425366.5600000005, 441523.6900000004 5425364.35, 441504.2000000002 5425350.789999999, 441500.2400000002 5425347.6, 441498.29000000004 5425348.34, 441496.86000000034 5425348.8100000005, 441456.78000000026 5425361.720000001, 441453.4199999999 5425360.33, 441446.2400000002 5425355.73, 441433.8499999996 5425345.619999999, 441424.48000000045 5425336.710000001, 441418.4400000004 5425332.35, 441410.54000000004 5425329.199999999, 441408.8099999996 5425324.74, 441405.1900000004 5425319.59, 441400.8499999996 5425315.49, 441394.58999999985 5425309.59, 441384.48000000045 5425301.6, 441371.33999999985 5425296.08, 441362.7400000002 5425291.199999999, 441353.7599999998 5425285.68, 441342.61000000034 5425274.029999999, 441336.5599999996 5425267.34, 441332.3200000003 5425262.67, 441323.2400000002 5425249.5, 441320.9900000002 5425240.08, 441321.5099999998 5425235.710000001, 441322.5700000003 5425227.09, 441323.6699999999 5425221.34, 441325.48000000045 5425216.01, 441325.95999999996 5425215.08, 441328.4199999999 5425210.32, 441332.04000000004 5425201.98, 441332.3300000001 5425199.619999999, 441332.36000000034 5425196.85, 441332.0800000001 5425193.880000001, 441331.4900000002 5425191.1, 441330.5 5425188.15, 441329.3499999996 5425185.289999999, 441326.8799999999 5425181.65, 441301.13999999966 5425156.140000001, 441287.5099999998 5425170.609999999, 441287.0800000001 5425171.07, 441275.8300000001 5425181.800000001, 441273.4000000004 5425184, 441264 5425193.449999999, 441257.5499999998 5425199.93, 441250.79000000004 5425206.73, 441249.5800000001 5425207.99, 441245.53000000026 5425212, 441238.88999999966 5425213.949999999, 441231.0499999998 5425216.289999999, 441233.88999999966 5425210.07, 441232.1900000004 5425199.699999999, 441230.3200000003 5425193.789999999, 441223.9900000002 5425178.77, 441214.4500000002 5425165.58, 441203.41000000015 5425168, 441192.41000000015 5425169.84, 441177.76999999955 5425176.98, 441169.33999999985 5425182, 441166.63999999966 5425187.1, 441163.8300000001 5425192.130000001, 441164.33999999985 5425201.09, 441166 5425206.76, 441165.08999999985 5425211.220000001, 441164.7400000002 5425216.01, 441157.76999999955 5425220.539999999, 441150.73000000045 5425225.08, 441150.28000000026 5425225.369999999, 441145.38999999966 5425228.539999999, 441133.0700000003 5425236.529999999, 441129.1900000004 5425234.289999999, 441126.2999999998 5425232.609999999, 441122.7999999998 5425230.49, 441119.8300000001 5425228.880000001, 441116.71999999974 5425227.08, 441113.45999999996 5425225.1899999995, 441110.0999999996 5425223.15, 441108.3700000001 5425222.15, 441106.6299999999 5425221.15, 441100.9900000002 5425217.98, 441073.73000000045 5425243.51, 441069.9199999999 5425246.869999999, 441047.0099999998 5425267.02, 441035.66000000015 5425272.619999999, 441030.88999999966 5425274.970000001, 441010.51999999955 5425282.73, 441001.8200000003 5425290.91, 440984.53000000026 5425306.6899999995, 440975.11000000034 5425315.279999999, 440966.79000000004 5425322.880000001, 440959.28000000026 5425329.74, 440949.6699999999 5425338.5, 440947.45999999996 5425340.529999999, 440945.28000000026 5425342.5, 440944.1699999999 5425341.92, 440939.2599999998 5425340.83, 440934.1299999999 5425340.41, 440930.21999999974 5425339.630000001, 440924.5 5425337.77, 440908.48000000045 5425330.26, 440897.53000000026 5425324.58, 440893.01999999955 5425321.880000001, 440889 5425320.35, 440880.88999999966 5425319.039999999, 440877.2999999998 5425318.470000001, 440873.4900000002 5425317.67, 440858.5599999996 5425314.5, 440859.1299999999 5425313.710000001, 440860.5499999998 5425311.99, 440853.75 5425310.039999999, 440839.5499999998 5425305.970000001, 440829.7999999998 5425303.17, 440819.8200000003 5425300.3100000005, 440813.16000000015 5425298.4, 440802.26999999955 5425295.27, 440791.45999999996 5425292.18, 440784.3300000001 5425290.130000001, 440776.79000000004 5425287.970000001, 440762.8799999999 5425283.98, 440749.79000000004 5425280.220000001, 440746.9500000002 5425284.199999999, 440744.41000000015 5425282.880000001, 440761.6200000001 5425258.23, 440752.6299999999 5425250.539999999, 440746.46999999974 5425245.27, 440740.54000000004 5425240.1899999995, 440729.4000000004 5425230.66, 440716.9000000004 5425219.0600000005, 440716.20999999996 5425217.16, 440704.11000000034 5425223.359999999, 440694.2999999998 5425226.949999999, 440667.83999999985 5425208.890000001, 440661.21999999974 5425204.970000001, 440627.6900000004 5425185.07, 440633.76999999955 5425178.84, 440633.75 5425174.84, 440633.70999999996 5425167.029999999, 440634.41000000015 5425162.5600000005, 440643.5499999998 5425163.5, 440650.3499999996 5425165.449999999, 440665.29000000004 5425167.51, 440692.2000000002 5425172.68, 440705.1500000004 5425173.630000001, 440715.73000000045 5425174.25, 440726.5800000001 5425174.109999999, 440731.91000000015 5425173.73, 440736.1900000004 5425171.08, 440740.0700000003 5425166.369999999, 440740.3799999999 5425164.26, 440742.61000000034 5425161.35, 440751.21999999974 5425155, 440753.75 5425153.859999999, 440756.8499999996 5425152.85, 440759.46999999974 5425151.73, 440762.4400000004 5425152.09, 440765.5800000001 5425154.529999999, 440767.48000000045 5425158.74, 440768.0499999998 5425160.76, 440767.98000000045 5425169.300000001, 440766.7599999998 5425182.08, 440772.21999999974 5425194.35, 440774.4500000002 5425203.220000001, 440779.01999999955 5425210.41, 440780.01999999955 5425211.9, 440781.45999999996 5425213.699999999, 440785.5999999996 5425216.550000001, 440788.46999999974 5425217.93, 440790.91000000015 5425218.220000001, 440795.5999999996 5425216.630000001, 440797.58999999985 5425215.73, 440799.3499999996 5425214.51, 440801.8799999999 5425211.4, 440804.9900000002 5425207.029999999, 440805.5 5425205.779999999, 440806.6299999999 5425202.880000001, 440812.8300000001 5425199.550000001, 440817.0499999998 5425197.91, 440826.36000000034 5425195.77, 440835.2599999998 5425196.130000001, 440839.4500000002 5425197.880000001, 440846.5999999996 5425202.1, 440854.6500000004 5425206.01, 440873.21999999974 5425210.5600000005, 440886.4500000002 5425212.720000001, 440907.4199999999 5425218.02, 440922.5800000001 5425222.130000001, 440939.3099999996 5425221.130000001, 440956.3700000001 5425219.83, 440969.1299999999 5425217.35, 440982.3499999996 5425222.699999999, 440987.5800000001 5425225.99, 440991.8799999999 5425230.050000001, 440998.9500000002 5425234.4, 441004.8799999999 5425237.51, 441010.75 5425237.630000001, 441014.3099999996 5425235.82, 441015.8700000001 5425234.5, 441019.4400000004 5425233.15, 441031 5425228.99, 441045.53000000026 5425224.27, 441054.5599999996 5425220.720000001, 441063.70999999996 5425214.470000001, 441071.5499999998 5425210.5, 441077.75 5425205.83, 441082.9000000004 5425203.390000001, 441084.58999999985 5425201.77, 441086 5425200.1899999995, 441087.78000000026 5425196.8100000005, 441089.28000000026 5425194.369999999, 441088.9299999997 5425189.59, 441089.1699999999 5425186.77, 441090.0099999998 5425185.25, 441090.3300000001 5425182.66, 441094.0599999996 5425176.529999999, 441099.25 5425169.09, 441104.5099999998 5425164.5, 441114.1900000004 5425160.699999999, 441127.9500000002 5425153.119999999, 441135.03000000026 5425150.07, 441137.53000000026 5425148.32, 441141.1799999997 5425145.800000001, 441148.38999999966 5425140.67, 441152.6500000004 5425136.039999999, 441154.9500000002 5425135.27, 441161.5999999996 5425131.76, 441166.0999999996 5425131.34, 441171.45999999996 5425134.1899999995, 441174.5 5425136.039999999, 441177.5599999996 5425139.119999999, 441180.3700000001 5425142.32, 441182.41000000015 5425137.550000001, 441187.23000000045 5425125.369999999, 441188.11000000034 5425123.359999999, 441184.3200000003 5425113.93, 441175.1299999999 5425110.529999999, 441165.0800000001 5425103.35, 441147.8799999999 5425094.33, 441136.66000000015 5425076.02, 441127.95999999996 5425060.220000001, 441128.03000000026 5425060.029999999, 441126.63999999966 5425049.98, 441123.45999999996 5425042.57, 441123.23000000045 5425040.41, 441122.8200000003 5425033.550000001, 441122.6900000004 5425030.07, 441130.0800000001 5425007.130000001, 441129.3200000003 5425004.710000001, 441129.0800000001 5425003.630000001, 441135.8700000001 5425002.58, 441142.21999999974 5424999.85, 441146.6900000004 5424997.300000001, 441160.29000000004 5424988.77, 441164.53000000026 5424985.85, 441167.1299999999 5424982.42, 441171.96999999974 5424973.199999999, 441175.4199999999 5424966, 441176.6799999997 5424962, 441177.1799999997 5424957.3100000005, 441176.7000000002 5424953.09, 441175.1699999999 5424949.869999999, 441171.4299999997 5424944.24, 441169.6299999999 5424941.6, 441167.6699999999 5424935.699999999, 441166.8700000001 5424928.51, 441165.1699999999 5424921.25, 441164.91000000015 5424915.85, 441164.6500000004 5424909.26, 441164.8099999996 5424904.17, 441164.2599999998 5424899.800000001, 441163.8799999999 5424887.869999999, 441164.4400000004 5424879, 441163.95999999996 5424871.17, 441161.9900000002 5424862.76, 441160.9000000004 5424855.3100000005, 441159.46999999974 5424837.380000001, 441156.9900000002 5424822.58, 441156.7999999998 5424814.52, 441157.20999999996 5424808.66, 441158.4400000004 5424798.279999999, 441158.7400000002 5424796.16, 441159.63999999966 5424794.51, 441161.23000000045 5424792.699999999, 441164.3099999996 5424790.76, 441169.6299999999 5424787.890000001, 441174.8799999999 5424785.369999999, 441179.9900000002 5424781.77, 441185.70999999996 5424777.470000001, 441190.6799999997 5424773.83, 441199.13999999966 5424767.369999999, 441207.6500000004 5424762.57, 441211.78000000026 5424760.6899999995, 441217.51999999955 5424757.529999999, 441224.8799999999 5424752.109999999, 441230.4400000004 5424747.6, 441243.8200000003 5424738.630000001, 441251.76999999955 5424733.470000001, 441259.63999999966 5424727.92, 441264.4900000002 5424724.279999999, 441266.78000000026 5424722.279999999, 441268.03000000026 5424718.84, 441268.0700000003 5424715.210000001, 441266.96999999974 5424708.529999999, 441265.2400000002 5424692.57, 441265.8099999996 5424682.359999999, 441267.3700000001 5424675.279999999, 441267.3300000001 5424662.16, 441267.0499999998 5424654.380000001, 441266.26999999955 5424649.65, 441265.0800000001 5424646.77, 441258.4900000002 5424637.27, 441252.98000000045 5424631.0600000005, 441247.78000000026 5424625.92, 441231.76999999955 5424603.35, 441228.33999999985 5424597.83, 441222.5599999996 5424589.279999999, 441217.16000000015 5424580.050000001, 441213.45999999996 5424575.109999999, 441206.5800000001 5424569.42, 441197.83999999985 5424557.6899999995, 441185.21999999974 5424542.699999999, 441177.20999999996 5424533.970000001, 441167.98000000045 5424522.550000001, 441163.03000000026 5424514.199999999, 441155.5099999998 5424497.27, 441149.79000000004 5424483.9399999995, 441144.53000000026 5424469.48, 441139.78000000026 5424457.119999999, 441138.0999999996 5424448.539999999, 441133.1900000004 5424430.8100000005, 441129.6900000004 5424421.279999999, 441127.4400000004 5424412.3100000005, 441123.7000000002 5424403.16, 441119.3499999996 5424389, 441117.48000000045 5424381.220000001, 441113.38999999966 5424366.34, 441111.38999999966 5424360.17, 441108.45999999996 5424349.32, 441106.70999999996 5424335.220000001, 441106.8300000001 5424332.220000001, 441107.8499999996 5424328.65, 441109.1500000004 5424326.35, 441111.61000000034 5424322.42, 441113.5599999996 5424319.869999999, 441116.16000000015 5424317.460000001, 441123.8300000001 5424314.279999999, 441129.3200000003 5424312.3100000005, 441136.5 5424307.109999999, 441145.04000000004 5424300.99, 441154.4199999999 5424292.48, 441163.0800000001 5424284.720000001, 441168.48000000045 5424281.279999999, 441173.76999999955 5424275.300000001, 441186.03000000026 5424265.5600000005, 441197.45999999996 5424257.800000001, 441206.7599999998 5424250.210000001, 441215.9900000002 5424241.58, 441233.46999999974 5424227.33, 441243.9400000004 5424216.970000001, 441256.01999999955 5424207.789999999, 441268.26999999955 5424196.949999999, 441275.70999999996 5424191.640000001, 441282.7000000002 5424186.27, 441289.0800000001 5424180.52, 441295.9500000002 5424173.67, 441303.0999999996 5424168.99, 441309.8700000001 5424163.119999999, 441321.0099999998 5424153.07, 441340.51999999955 5424138.859999999, 441347.33999999985 5424132.82, 441357.20999999996 5424124.59, 441363.88999999966 5424119.630000001, 441368.8200000003 5424113.5, 441381.98000000045 5424102.93, 441388.3099999996 5424098.48, 441392.11000000034 5424094.970000001, 441396.11000000034 5424090.16, 441399.58999999985 5424086.68, 441403.2000000002 5424084.52, 441404.6799999997 5424083.98, 441407.9400000004 5424083.800000001, 441412.8200000003 5424085.109999999, 441416.98000000045 5424086.789999999, 441423.71999999974 5424089.890000001, 441426.88999999966 5424091.85, 441431 5424095.890000001, 441435.3799999999 5424103.77, 441437.4900000002 5424107.41, 441440.11000000034 5424110.119999999, 441445.9900000002 5424114.109999999, 441451.86000000034 5424116.789999999, 441459.2999999998 5424120.109999999, 441465.3099999996 5424121.8100000005, 441468.98000000045 5424123.41, 441473.46999999974 5424127, 441475.70999999996 5424129.0600000005, 441476.6500000004 5424129.949999999, 441478.8499999996 5424132.300000001, 441481.26999999955 5424135.8100000005, 441481.95999999996 5424139.970000001, 441481.78000000026 5424148.67, 441482.66000000015 5424154.32, 441485.1500000004 5424165.84, 441486.7599999998 5424171.57, 441488.4199999999 5424175.65, 441492.5700000003 5424182.119999999, 441496.5599999996 5424185.91, 441503.70999999996 5424192.050000001, 441508.3700000001 5424197.15, 441519.08999999985 5424214.16, 441525.23000000045 5424226.41, 441526.26999999955 5424227.949999999, 441527.53000000026 5424229.619999999, 441530.8799999999 5424231.949999999, 441534.38999999966 5424233.1, 441544.95999999996 5424234.91, 441557.54000000004 5424237.710000001, 441564.3300000001 5424240.699999999, 441567.4199999999 5424244.73, 441571.3499999996 5424249.77, 441575.53000000026 5424253.550000001, 441581.01999999955 5424256.699999999, 441586.5499999998 5424258.35, 441600.96999999974 5424259.619999999, 441603.66000000015 5424259.6899999995, 441607.98000000045 5424259.51, 441613.6699999999 5424260.119999999, 441619.46999999974 5424261.25, 441624.98000000045 5424263.91, 441631.38999999966 5424268.119999999, 441635.66000000015 5424271.300000001, 441641.5 5424276.4399999995, 441645.5999999996 5424282.99, 441647.79000000004 5424289.5, 441650.38999999966 5424296.199999999, 441652.21999999974 5424300.6899999995, 441657.98000000045 5424312.210000001, 441677.0999999996 5424339.210000001, 441684.6500000004 5424345.699999999, 441689.23000000045 5424348.550000001, 441694.5499999998 5424350.73, 441697.7599999998 5424354.85, 441701.38999999966 5424360.109999999, 441704.54000000004 5424364.119999999, 441709.0800000001 5424367.5, 441714.7400000002 5424370.75, 441722.79000000004 5424377.970000001, 441727.36000000034 5424383.24, 441733.36000000034 5424385.699999999, 441743.95999999996 5424385.6899999995, 441753.48000000045 5424385.640000001, 441762.25 5424389.130000001, 441772.16000000015 5424394.43, 441786.6699999999 5424402.119999999, 441794.6200000001 5424406.460000001, 441802.6799999997 5424411.51, 441812.8099999996 5424418.18, 441816.3499999996 5424419.710000001, 441818.4900000002 5424420.630000001, 441831.0999999996 5424422.57, 441837.58999999985 5424422.02, 441844.7000000002 5424421, 441853.0599999996 5424421.4, 441857.23000000045 5424422.380000001, 441859.96999999974 5424422.789999999, 441863.11000000034 5424424.130000001, 441866.5700000003 5424425.630000001, 441874.7999999998 5424428.83, 441886.0599999996 5424432.529999999, 441895.95999999996 5424434.24, 441905.0099999998 5424437.43, 441919.8300000001 5424443.91, 441927.3099999996 5424446.890000001, 441933.6299999999 5424448.859999999, 441942.11000000034 5424449.039999999, 441949.2000000002 5424447.74, 441954.9299999997 5424444.98, 441961.3700000001 5424440.76, 441976.3700000001 5424425.300000001, 441981.28000000026 5424419.65, 441984.79000000004 5424418.6, 441988.86000000034 5424418.68, 441992.6900000004 5424420.02, 441997.1500000004 5424422.49, 442000.9299999997 5424424.369999999, 442005.9000000004 5424425.85, 442008.96999999974 5424425.91, 442013.51999999955 5424426.289999999, 442020.4199999999 5424427.43, 442028.5599999996 5424431.4, 442033.5800000001 5424435.630000001, 442036.25 5424439.8100000005, 442042.3300000001 5424448.289999999, 442045.36000000034 5424458.369999999, 442052.8200000003 5424476.75, 442057.63999999966 5424490.17, 442062.4900000002 5424507.49, 442071.03000000026 5424526.890000001, 442079.70999999996 5424548.470000001, 442090.5599999996 5424573.75, 442103.8300000001 5424601.1, 442108.95999999996 5424608.82, 442118.1799999997 5424616.77, 442125.41000000015 5424621.710000001, 442143.20999999996 5424631.67, 442156.71999999974 5424638.4, 442166.2400000002 5424642.93, 442185.2000000002 5424648.4399999995, 442187.9900000002 5424649.359999999, 442211.29000000004 5424662.529999999, 442227.70999999996 5424671.65, 442241.46999999974 5424681.92, 442249.38999999966 5424685.9399999995, 442258.0700000003 5424688.92, 442263.36000000034 5424692.6, 442268.6699999999 5424699.4, 442273.45999999996 5424708.880000001, 442275.5700000003 5424714.93, 442277.4199999999 5424723.630000001, 442278.96999999974 5424734.07, 442282.98000000045 5424744.66, 442286.8700000001 5424753.720000001, 442290.73000000045 5424763.380000001, 442296.33999999985 5424771.41, 442305.6299999999 5424782, 442314.0599999996 5424790.050000001, 442326.4900000002 5424801.210000001, 442333.0499999998 5424806.43, 442344.9199999999 5424814.390000001, 442358.98000000045 5424822.380000001, 442380.4400000004 5424837.779999999, 442394.0099999998 5424847.8100000005, 442402.11000000034 5424854.5600000005, 442409.2400000002 5424859.68, 442419.3499999996 5424866.41, 442427.3799999999 5424872.91, 442429.33999999985 5424874.91, 442431.9000000004 5424877.35, 442437.1900000004 5424882.74, 442442.0499999998 5424890.300000001, 442449.0099999998 5424901.09, 442455.66000000015 5424909.529999999, 442459.3799999999 5424913.65, 442464.9000000004 5424917.859999999, 442475.2999999998 5424925.17, 442482.9000000004 5424931.1, 442494.1299999999 5424939.539999999, 442506.88999999966 5424948.66, 442515.3499999996 5424956.050000001, 442523.03000000026 5424959.99, 442530.4900000002 5424962.76, 442537.4199999999 5424965.99, 442549.1699999999 5424974.85, 442557.08999999985 5424980.210000001, 442565.3300000001 5424984.949999999, 442573.6200000001 5424989.3100000005, 442581.3799999999 5424991.92, 442597.2599999998 5424998.6, 442606.0499999998 5425002.720000001, 442612.66000000015 5425005.640000001, 442621.4299999997 5425008.83, 442631.6200000001 5425011.119999999, 442639.6500000004 5425011.630000001, 442656.76999999955 5425013.4399999995, 442669.01999999955 5425014.0600000005, 442685.66000000015 5425017.1, 442694.0800000001 5425020.85, 442701.5700000003 5425024.6, 442712.7599999998 5425028.52, 442720.33999999985 5425030.6, 442727.3300000001 5425031.18, 442736.5099999998 5425031.470000001, 442747.7400000002 5425033.17, 442765.3799999999 5425038.300000001, 442785.2000000002 5425043.0600000005, 442794.4000000004 5425044.34, 442809.2999999998 5425045.109999999, 442816.3700000001 5425044.42, 442823.9000000004 5425044.5, 442832.0099999998 5425045.32, 442842.61000000034 5425047.51, 442853.38999999966 5425051.02, 442861.4299999997 5425054.390000001, 442869.1799999997 5425056.93, 442878.76999999955 5425059.800000001, 442890.7999999998 5425061.68, 442898.9199999999 5425061.85, 442913.83999999985 5425060.84, 442920.3300000001 5425062.25, 442923.4000000004 5425063.710000001, 442935.21999999974 5425067.050000001, 442941.5700000003 5425068.1899999995, 442943.9299999997 5425067.32, 442956.6900000004 5425066.34, 442964.7599999998 5425065.34, 442972.8200000003 5425064.279999999, 442985.9900000002 5425064.67, 443001.0800000001 5425066.859999999, 443012.66000000015 5425068.5600000005, 443018.0999999996 5425069.25, 443021.25 5425069.779999999, 443025.21999999974 5425069.92, 443031.6200000001 5425070.07, 443038.8799999999 5425070.4399999995, 443048.6900000004 5425069.039999999, 443057.1699999999 5425066.58, 443060.0599999996 5425065.77, 443063.1799999997 5425065.880000001, 443065.3099999996 5425065.949999999, 443067.86000000034 5425067.050000001, 443072.4900000002 5425067.76, 443082.38999999966 5425069.300000001, 443096.0800000001 5425069.359999999, 443107.6500000004 5425069.48, 443117.13999999966 5425068.73, 443126.63999999966 5425067.109999999, 443135.66000000015 5425065.0600000005, 443142.1299999999 5425062.699999999, 443151.8200000003 5425059.289999999, 443161.2999999998 5425055.68, 443168.88999999966 5425052.17, 443175.4400000004 5425049.199999999, 443182.66000000015 5425044.960000001, 443206.6299999999 5425030.75, 443223.79000000004 5425020.98, 443250.8200000003 5425004.4399999995, 443264.29000000004 5424995.300000001, 443293.11000000034 5424976.84, 443306.66000000015 5424966.779999999, 443316.08999999985 5424958.539999999, 443323.9900000002 5424951.6899999995, 443330.21999999974 5424943.890000001, 443341.5599999996 5424931.17, 443353.5499999998 5424916.119999999, 443360.4400000004 5424907.199999999, 443368.13999999966 5424897.82, 443379.9500000002 5424884.34, 443388.76999999955 5424873.789999999, 443401 5424857.18, 443409.9500000002 5424843.5, 443416.3499999996 5424833.279999999, 443428.8700000001 5424813.460000001, 443442.0700000003 5424789.4, 443452.6500000004 5424768.52, 443464.54000000004 5424744.77, 443478.46999999974 5424714.01, 443485.51999999955 5424694.3100000005, 443487.29000000004 5424688.5600000005, 443490.96999999974 5424685.99, 443494.63999999966 5424681.43, 443495.9500000002 5424673.27, 443498.1699999999 5424670.609999999, 443503.04000000004 5424662.9, 443506.28000000026 5424656.26, 443507.5700000003 5424652, 443510.5499999998 5424644.17, 443518.16000000015 5424624.32, 443523.9900000002 5424605.33, 443537.6699999999 5424569.119999999, 443543.2599999998 5424557.050000001, 443547.6299999999 5424546.84, 443549.1500000004 5424539.85, 443550.4000000004 5424533.220000001, 443561.20999999996 5424498.380000001, 443564.8499999996 5424484.02, 443572.54000000004 5424463.58, 443577.51999999955 5424451.68, 443582.88999999966 5424437.869999999, 443587.70999999996 5424420.98, 443597.88999999966 5424385.93, 443609.28000000026 5424291.130000001, 443609.6500000004 5424287.59, 443613.61000000034 5424267.449999999, 443616.0700000003 5424259.529999999, 443618.76999999955 5424252.76, 443623.1200000001 5424243.710000001, 443626.13999999966 5424239.539999999, 443633.01999999955 5424229.99, 443640.0599999996 5424221.59, 443644.6900000004 5424215.34, 443650.0700000003 5424212.25, 443659.3700000001 5424202.67, 443661.3099999996 5424200.75, 443665.58999999985 5424195.84, 443670.66000000015 5424191.1899999995, 443672.9299999997 5424189.029999999, 443702.51999999955 5424168.710000001, 443731.91000000015 5424147.279999999, 443768.0599999996 5424126.119999999, 443859.23000000045 5423944.52, 444116.9900000002 5424147.93, 444401.9400000004 5424369.9, 444691.79000000004 5424603.18, 444923.8499999996 5424786.119999999, 445443.1699999999 5425201.140000001, 446811.8099999996 5426292.3100000005, 446968.9500000002 5426419.619999999, 447152.21999999974 5426575.98, 447291.7599999998 5426700.220000001, 447401.6799999997 5426802.23, 447534.4199999999 5426979.51, 447651.83999999985 5427145.42, 447793.3099999996 5427366.609999999, 447887.9900000002 5427528.09, 447944.8700000001 5427630.17, 448019.3300000001 5427768.289999999, 448065.3799999999 5427856.779999999, 448182.51999999955 5428097.26, 448211.9400000004 5428157.59, 448395.66000000015 5428603.59, 448419.2599999998 5428661.5600000005, 448511.13999999966 5428889.85, 448611.7400000002 5429192.529999999, 448627.9500000002 5429253.4, 448666.0499999998 5429428.720000001, 448680.8499999996 5429494.0600000005, 448744.78000000026 5429765.9, 448773.71999999974 5429874.220000001, 448832.9299999997 5430145.109999999, 448886.16000000015 5430403.449999999, 448920.54000000004 5430695.369999999, 448794.45999999996 5430710.93, 448786.9000000004 5430711.859999999, 448779.13999999966 5430699.48, 448745.45999999996 5430637.16, 448727.46999999974 5430608.130000001, 448694.4199999999 5430567.23, 448664.6299999999 5430543.880000001, 448635.2000000002 5430526.85, 448633.23000000045 5430527.15, 448627.6500000004 5430528.01, 448622.2599999998 5430528.84, 448616.8300000001 5430529.68, 448611.45999999996 5430530.5, 448605.9199999999 5430531.35, 448599.7000000002 5430532.3100000005, 448593.8499999996 5430533.199999999, 448588.16000000015 5430534.07, 448582.2599999998 5430534.98, 448576.1699999999 5430535.91, 448570.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6915-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6915-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6915-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6915-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -521,90 +521,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-120" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6915-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6915-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6915-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-120" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6915-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6915-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6915-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -678,51 +678,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108947</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.60129810833</v>
+        <v>46067.76125710311</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>