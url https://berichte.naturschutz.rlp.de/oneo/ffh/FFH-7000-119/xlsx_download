--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -194,51 +194,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6914-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((433115.8200000003 5433585.17, 433149.0800000001 5433850.119999999, 433069.9199999999 5433858.34, 433079.8700000001 5433958.01, 432901.88999999966 5433977, 432881.6299999999 5433971.67, 432693.2999999998 5433848.869999999, 432685.4299999997 5433843.74, 432684.0499999998 5433846.84, 432682.5700000003 5433850.109999999, 432683.71999999974 5433853.109999999, 432670.3099999996 5433910.24, 432656.0800000001 5433970.85, 432653.9500000002 5433971.73, 432656.5099999998 5433973.359999999, 432655.63999999966 5433977.1899999995, 432654.4400000004 5433982.52, 432653.46999999974 5433986.800000001, 432650.7400000002 5433985.039999999, 432651.96999999974 5433988.07, 432637.54000000004 5434049.5600000005, 432635.38999999966 5434050.4399999995, 432634.66000000015 5434053.529999999, 432635.88999999966 5434056.539999999, 432628.03000000026 5434090, 432621.3499999996 5434118.43, 432619.21999999974 5434119.300000001, 432621.79000000004 5434120.9, 432620.8499999996 5434125.029999999, 432619.88999999966 5434129.24, 432410.26999999955 5433995.3100000005, 432404.1500000004 5433999.43, 432402.3099999996 5433994.91, 432396.53000000026 5433991.210000001, 432389.11000000034 5433986.48, 432377.1200000001 5433978.82, 432369.51999999955 5433973.970000001, 432360.5700000003 5433968.25, 432351.95999999996 5433962.77, 432347.9500000002 5433960.199999999, 432335.9000000004 5433952.52, 432315.23000000045 5433939.3100000005, 432305.96999999974 5433933.41, 432303.5099999998 5433931.85, 432293.78000000026 5433925.630000001, 432289.20999999996 5433922.710000001, 432272.5599999996 5433912.1, 432263.4299999997 5433906.26, 432222.71999999974 5433880.289999999, 432220.6299999999 5433881.1899999995, 432214.25 5433877.08, 432200.91000000015 5433934.6, 432186.4000000004 5433997.210000001, 432185.9500000002 5433999.16, 432185.3099999996 5434005.300000001, 432184.5999999996 5434007.609999999, 432183.83999999985 5434010.119999999, 432182.5499999998 5434014.369999999, 432181.66000000015 5434019.140000001, 432178.8799999999 5434023.109999999, 432174.2000000002 5434022.34, 432167.03000000026 5434021.130000001, 432162.5999999996 5434020.390000001, 432158.4400000004 5434019.6899999995, 432152.88999999966 5434018.76, 432147.95999999996 5434017.93, 432140.4000000004 5434016.66, 432134.6299999999 5434015.6899999995, 432128.96999999974 5434014.74, 432120.5999999996 5434013.33, 432115.2999999998 5434012.449999999, 432107.53000000026 5434011.140000001, 432098.8799999999 5434009.699999999, 432092.0999999996 5434008.550000001, 432083.5499999998 5434007.109999999, 432072.70999999996 5434005.289999999, 432065.6200000001 5434004.1, 432047 5433994.789999999, 432041.7599999998 5433991.84, 432032.46999999974 5433986.74, 432030.8799999999 5433985.609999999, 432018.25 5433977.029999999, 432006.25 5433968.289999999, 431998.71999999974 5433963.68, 431982.28000000026 5433952.6, 431967.0099999998 5433942.390000001, 431953.23000000045 5433932.43, 431951.6699999999 5433931.15, 431950.20999999996 5433930.8100000005, 431943.53000000026 5433925.869999999, 431914.5 5433904.42, 431897.6699999999 5433891.960000001, 431888.28000000026 5433885.029999999, 431883.78000000026 5433882.050000001, 431851.9400000004 5433860.970000001, 431850.9199999999 5433856.6899999995, 431845.83999999985 5433853.42, 431844.1799999997 5433856.039999999, 431832.76999999955 5433848.279999999, 431822.20999999996 5433841.119999999, 431785.11000000034 5433815.890000001, 431775.1799999997 5433809.140000001, 431757.9500000002 5433803.970000001, 431734.0599999996 5433796.77, 431722.6900000004 5433793.359999999, 431712.63999999966 5433790.33, 431701.20999999996 5433786.890000001, 431693.21999999974 5433784.48, 431679.9900000002 5433775.41, 431666.9400000004 5433766.449999999, 431657.3799999999 5433759.890000001, 431642.66000000015 5433749.789999999, 431627.4900000002 5433739.390000001, 431623.75 5433738.050000001, 431587.1500000004 5433724.84, 431574.0800000001 5433720.359999999, 431571.1200000001 5433719.300000001, 431564.5099999998 5433716.83, 431551.6200000001 5433712.01, 431533.0499999998 5433705.050000001, 431517.36000000034 5433699.17, 431503.4199999999 5433693.949999999, 431476.28000000026 5433683.779999999, 431468.61000000034 5433680.91, 431456.5700000003 5433676.4, 431438.73000000045 5433670.279999999, 431424.1900000004 5433664.890000001, 431409.5700000003 5433659.470000001, 431397.1900000004 5433654.890000001, 431384.8499999996 5433650.3100000005, 431357.8300000001 5433640.27, 431346.4900000002 5433636.0600000005, 431330.1299999999 5433629.93, 431315.21999999974 5433624.32, 431311.41000000015 5433623.279999999, 431304.6299999999 5433620.699999999, 431304.83999999985 5433624.66, 431307.7000000002 5433628.59, 431305.4900000002 5433643.33, 431287.1699999999 5433747.210000001, 431277.58999999985 5433741.779999999, 431272.91000000015 5433739.140000001, 431266.26999999955 5433735.380000001, 431257.4199999999 5433730.23, 431249.8200000003 5433725.8100000005, 431243.88999999966 5433722.35, 431237.75 5433718.8100000005, 431231.8799999999 5433715.42, 431219.91000000015 5433708.51, 431211.63999999966 5433703.74, 431203.4400000004 5433699, 431198.20999999996 5433695.99, 431189.4299999997 5433690.880000001, 431182.48000000045 5433686.84, 431178.0700000003 5433684.27, 431167.91000000015 5433678.25, 431149.71999999974 5433667.779999999, 431137.03000000026 5433660.58, 431135.7000000002 5433659.82, 431117.6699999999 5433649.41, 431106.8799999999 5433643.18, 431089.23000000045 5433632.949999999, 431073.28000000026 5433623.6899999995, 431070.9000000004 5433622.4, 431054.1699999999 5433610.08, 431037.6200000001 5433599.15, 431023 5433587.210000001, 430981.53000000026 5433558.9399999995, 430976.6900000004 5433555.859999999, 430965.6500000004 5433548.51, 430950.41000000015 5433538.949999999, 430948.3300000001 5433537.68, 430924.1200000001 5433522.960000001, 430904.6200000001 5433511.470000001, 430900.6900000004 5433509.16, 430886.6900000004 5433500.92, 430878.7000000002 5433496.210000001, 430866.5700000003 5433489.08, 430852.73000000045 5433480.91, 430850.5800000001 5433479.66, 430841.91000000015 5433474.550000001, 430832.8499999996 5433469.210000001, 430815.21999999974 5433458.789999999, 430800.4400000004 5433450.07, 430792.38999999966 5433445.33, 430784.3200000003 5433440.550000001, 430768.70999999996 5433431.34, 430764.23000000045 5433428.699999999, 430752.46999999974 5433421.25, 430742.79000000004 5433415.119999999, 430728.01999999955 5433403.01, 430715.0999999996 5433392.4, 430710.1500000004 5433385.109999999, 430659.6500000004 5433365.24, 430635.8200000003 5433350.99, 430627.41000000015 5433345.9399999995, 430624.79000000004 5433344.460000001, 430621.3499999996 5433342.42, 430617.01999999955 5433339.9399999995, 430611.78000000026 5433336.800000001, 430602.66000000015 5433331.380000001, 430596.6900000004 5433327.82, 430588.9000000004 5433323.1899999995, 430584.86000000034 5433320.779999999, 430574.53000000026 5433314.59, 430570.61000000034 5433312.26, 430559.4000000004 5433305.5600000005, 430548.1799999997 5433298.84, 430540.7599999998 5433294.41, 430521.6900000004 5433283.01, 430518.1699999999 5433280.91, 430511.21999999974 5433276.76, 430506.6299999999 5433274.02, 430502.1200000001 5433271.27, 430487.1799999997 5433262.140000001, 430475.23000000045 5433254.83, 430468.21999999974 5433250.550000001, 430459.6299999999 5433245.300000001, 430439.25 5433232.85, 430428.16000000015 5433224.6, 430421.29000000004 5433219.48, 430418.8799999999 5433217.6899999995, 430419.1200000001 5433217.279999999, 430412.6900000004 5433214.4399999995, 430403.58999999985 5433210.41, 430399.63999999966 5433208.67, 430389.95999999996 5433202.949999999, 430382.0800000001 5433198.279999999, 430363.26999999955 5433187.15, 430353.98000000045 5433181.65, 430345.8300000001 5433176.82, 430335.4000000004 5433170.65, 430331.0499999998 5433168.02, 430315.9000000004 5433158.85, 430306.5999999996 5433153.23, 430304.5499999998 5433151.99, 430291 5433143.84, 430287.1799999997 5433141.539999999, 430280.6200000001 5433137.59, 430270.9400000004 5433131.77, 430261.61000000034 5433126.15, 430255.0999999996 5433122.25, 430249.4400000004 5433118.84, 430239.29000000004 5433112.710000001, 430233.70999999996 5433109.34, 430220.5099999998 5433101.369999999, 430200.5800000001 5433089.34, 430191.70999999996 5433083.98, 430189.6900000004 5433082.76, 430173.9199999999 5433073.24, 430172.36000000034 5433072.32, 430167.78000000026 5433069.51, 430141.8799999999 5433053.619999999, 430135.2400000002 5433049.550000001, 430119.5999999996 5433039.949999999, 430113.91000000015 5433036.449999999, 430103.4400000004 5433030.039999999, 430095.1900000004 5433025, 430088.71999999974 5433021.0600000005, 430085.36000000034 5433019, 430082.53000000026 5433013.77, 430085.4199999999 5433008.470000001, 430087.9299999997 5433003.890000001, 430117.29000000004 5432978.880000001, 430124.66000000015 5432972.6, 430134.1699999999 5432964.5, 430170.4400000004 5432933.539999999, 430172.71999999974 5432931.59, 430176.54000000004 5432929.26, 430179.91000000015 5432927.1899999995, 430183.7400000002 5432924.869999999, 430186.3200000003 5432923.34, 430181.4500000002 5432920.41, 430176.2999999998 5432920.390000001, 430165.4900000002 5432913.91, 430146.6900000004 5432902.6, 430140.0700000003 5432898.619999999, 430126.8700000001 5432890.720000001, 430113.41000000015 5432882.65, 430103.8799999999 5432876.93, 430090.1900000004 5432868.720000001, 430079.8799999999 5432862.529999999, 430069.5099999998 5432856.32, 430058.91000000015 5432849.960000001, 430047.58999999985 5432843.17, 430042.0700000003 5432839.859999999, 430039.61000000034 5432838.380000001, 430033.1699999999 5432834.52, 430019.95999999996 5432826.59, 430013.03000000026 5432822.449999999, 429996.3200000003 5432812.43, 429989.9900000002 5432808.630000001, 429949.5800000001 5432784.390000001, 429938.3799999999 5432777.66, 429935.0700000003 5432780.35, 429931.98000000045 5432782.890000001, 429928.6799999997 5432785.58, 429915.98000000045 5432793.8100000005, 429900.6299999999 5432803.74, 429890.3099999996 5432810.17, 429880.41000000015 5432818.99, 429875.33999999985 5432825.18, 429870.20999999996 5432835.359999999, 429858.4500000002 5432843.630000001, 429834.2599999998 5432860.65, 429763.2599999998 5432817.970000001, 429769.23000000045 5432830.5600000005, 429751.25 5432819.42, 429749.7400000002 5432818.48, 429734.66000000015 5432809.130000001, 429724.28000000026 5432802.84, 429636.6299999999 5432749.710000001, 429623.5999999996 5432742.16, 429612.6500000004 5432735.279999999, 429604.16000000015 5432730.470000001, 429587.0999999996 5432720.369999999, 429569.61000000034 5432710.01, 429561.9299999997 5432705.470000001, 429560.8799999999 5432704.83, 429552.75 5432699.99, 429544.0700000003 5432694.82, 429537.16000000015 5432690.68, 429520.6200000001 5432680.82, 429506.7999999998 5432672.57, 429497.53000000026 5432667.039999999, 429489.1200000001 5432662.029999999, 429476.8499999996 5432654.699999999, 429463.78000000026 5432647.470000001, 429452.3200000003 5432640.8100000005, 429432.23000000045 5432629.5, 429416.2999999998 5432620.539999999, 429406.9199999999 5432615.25, 429394.5599999996 5432608.300000001, 429389.36000000034 5432605.529999999, 429360.75 5432590.35, 429332.6500000004 5432575.43, 429331.4900000002 5432573.35, 429322.5 5432568.869999999, 429294.63999999966 5432554.970000001, 429293.98000000045 5432555.640000001, 429289.71999999974 5432553.890000001, 429239.6699999999 5432527.779999999, 429233.28000000026 5432525.039999999, 429213.0599999996 5432518.77, 429208.2400000002 5432517.279999999, 429199.3700000001 5432513.609999999, 429197.28000000026 5432512.59, 429185.51999999955 5432506.85, 429176.0999999996 5432502.25, 429169.5999999996 5432499.09, 429163.5499999998 5432496.140000001, 429150.08999999985 5432489.57, 429132.88999999966 5432481.18, 429121.1799999997 5432475.5, 429097.7400000002 5432464.15, 429059.2599999998 5432446.52, 429047.8200000003 5432441.51, 429026.6299999999 5432432.220000001, 429025.33999999985 5432431.449999999, 429020.8499999996 5432429.26, 428999.86000000034 5432421.3100000005, 428995.4900000002 5432419.640000001, 428988.25 5432412.42, 428985.53000000026 5432409.710000001, 428971.4299999997 5432403.52, 428959.0499999998 5432397.5600000005, 428936.63999999966 5432386.779999999, 428926.9000000004 5432382.699999999, 428922.3700000001 5432380.800000001, 428895.1200000001 5432369.41, 428878.3700000001 5432362.390000001, 428844.7400000002 5432348.32, 428831.6299999999 5432343.1, 428810.0999999996 5432334.539999999, 428766.23000000045 5432317.1, 428751.6500000004 5432311.300000001, 428749.3499999996 5432310.390000001, 428724.6900000004 5432300.58, 428703.21999999974 5432292.039999999, 428688.1299999999 5432286.039999999, 428672.3499999996 5432279.76, 428658.5599999996 5432274.289999999, 428651.53000000026 5432271.42, 428636.3499999996 5432265.23, 428624.3499999996 5432260.470000001, 428600.7000000002 5432251.08, 428584.3799999999 5432244.619999999, 428582.1500000004 5432243.74, 428578.2999999998 5432242.210000001, 428575.41000000015 5432241.0600000005, 428573.26999999955 5432240.220000001, 428520.95999999996 5432219.48, 428471.4400000004 5432202.73, 428378.3200000003 5432166.16, 428338.9900000002 5432150.710000001, 428335.96999999974 5432150.58, 428311.2000000002 5432148.85, 428279.6200000001 5432146.640000001, 428269.1699999999 5432145.9, 428262.83999999985 5432145.460000001, 428259.6799999997 5432145.24, 428254.16000000015 5432144.85, 428243.51999999955 5432144.1, 428147.3499999996 5432139.8100000005, 428108.2000000002 5432138.050000001, 428105.9500000002 5432137.949999999, 428097.1299999999 5432137.5600000005, 428097.0099999998 5432141.98, 428091.1200000001 5432271.960000001, 428089.8300000001 5432283.75, 428078.1299999999 5432390.34, 428073.5700000003 5432394.289999999, 428040.1900000004 5432393.6, 428002.70999999996 5432392.84, 427988.86000000034 5432392.5600000005, 427974.3099999996 5432392.25, 427935.88999999966 5432391.710000001, 427929.83999999985 5432391.619999999, 427916.38999999966 5432391.369999999, 427898.7999999998 5432391.039999999, 427878.6799999997 5432390.65, 427860.71999999974 5432390.32, 427817.5 5432389.5, 427791.1900000004 5432389.01, 427776.96999999974 5432388.74, 427762.3099999996 5432388.449999999, 427746.8200000003 5432388.140000001, 427730.83999999985 5432387.82, 427714.1699999999 5432387.49, 427698.79000000004 5432387.1899999995, 427688.08999999985 5432386.98, 427677.2000000002 5432386.779999999, 427655.8300000001 5432386.35, 427645.1500000004 5432386.140000001, 427637.53000000026 5432386, 427632.2400000002 5432385.890000001, 427628.6699999999 5432381.83, 427623.4500000002 5432381.640000001, 427618.5099999998 5432385.470000001, 427585.1200000001 5432384.74, 427571.79000000004 5432384.449999999, 427550.54000000004 5432383.99, 427517.4199999999 5432383.27, 427475.58999999985 5432382.35, 427473.78000000026 5432382.3100000005, 427467.79000000004 5432381.25, 427457.2400000002 5432379.4, 427451.5099999998 5432378.380000001, 427448.9199999999 5432377.4399999995, 427440.45999999996 5432374.369999999, 427429.6900000004 5432370.48, 427419.5499999998 5432366.800000001, 427396.9500000002 5432358.609999999, 427389.75 5432356, 427380.29000000004 5432352.58, 427368.4400000004 5432348.27, 427355.29000000004 5432343.51, 427344.1200000001 5432339.470000001, 427329.5499999998 5432334.24, 427315.03000000026 5432329.039999999, 427264.04000000004 5432310.779999999, 427244.28000000026 5432303.699999999, 427219.4900000002 5432294.82, 427144.91000000015 5432268.09, 427128.7999999998 5432262.32, 427125.04000000004 5432260.98, 427147.2999999998 5432194.9, 427149.95999999996 5432184.1, 427150.0599999996 5432181.18, 427145.54000000004 5432180.98, 427141.21999999974 5432184.6899999995, 427043.0499999998 5432174.880000001, 427003.53000000026 5432170.93, 426993.33999999985 5432169.91, 426987.75 5432169.34, 426962.20999999996 5432166.75, 426889.6500000004 5432159.23, 426865.9199999999 5432156.92, 426848.20999999996 5432155.1899999995, 426828.2400000002 5432153.25, 426818.6500000004 5432152.32, 426783.1500000004 5432148.859999999, 426768.78000000026 5432147.460000001, 426765.41000000015 5432147.119999999, 426767.95999999996 5432062.3100000005, 426772.7000000002 5432057.83, 426776.5499999998 5432054.199999999, 426781.4199999999 5431909.539999999, 426781.5099999998 5431905.5600000005, 426781.6299999999 5431900.4399999995, 426781.70999999996 5431896.539999999, 426702.3799999999 5431909.800000001, 426692.6900000004 5431911.09, 426692.5999999996 5431911.4399999995, 426677.5700000003 5431971.300000001, 426672.54000000004 5431991.300000001, 426666.1900000004 5432013.76, 426656.0999999996 5432055.470000001, 426654.08999999985 5432075.07, 426655.79000000004 5432101.880000001, 426659.1500000004 5432135.289999999, 426655.0999999996 5432135.699999999, 426646.95999999996 5432137.24, 426632.5499999998 5432137.48, 426608.04000000004 5432137.890000001, 426602.8200000003 5432137.98, 426596.29000000004 5432138.08, 426539.1699999999 5432139.029999999, 426492.6299999999 5432139.800000001, 426485.36000000034 5432139.92, 426475.11000000034 5432140.09, 426445.4900000002 5432140.57, 426435.9900000002 5432140.73, 426410.9500000002 5432141.140000001, 426392.5800000001 5432141.43, 426377.4299999997 5432141.68, 426362.4500000002 5432141.93, 426346.3499999996 5432142.1899999995, 426326.3300000001 5432142.529999999, 426316.95999999996 5432142.68, 426313.5 5432142.73, 426287.2400000002 5432143.119999999, 426273.5800000001 5432143.32, 426258.98000000045 5432143.529999999, 426239.33999999985 5432143.83, 426220.5700000003 5432144.1, 426209.5499999998 5432144.27, 426153.95999999996 5432145.08, 426150.16000000015 5432143.51, 426139.5 5432139.09, 426119.20999999996 5432131.91, 426108.03000000026 5432127.82, 426106.33999999985 5432126.99, 426104.9400000004 5432126.3100000005, 426094.4299999997 5432121.18, 426082.88999999966 5432115.550000001, 426073.6500000004 5432111.039999999, 426064.91000000015 5432106.77, 426051.01999999955 5432099.99, 426041.9299999997 5432095.550000001, 426013.04000000004 5432081.32, 425996.79000000004 5432073.32, 425985.13999999966 5432067.57, 425983.03000000026 5432066.640000001, 425968.9500000002 5432060.609999999, 425953.08999999985 5432053.8100000005, 425940.4199999999 5432048.380000001, 425929.0599999996 5432043.51, 425929.5499999998 5432038.880000001, 425925.4500000002 5432037.609999999, 425889.95999999996 5432027.09, 425884.91000000015 5432025.07, 425855.25 5432019.52, 425850.76999999955 5432019.16, 425822.29000000004 5432019.08, 425816.88999999966 5432019.07, 425789.4400000004 5432018.99, 425784.7999999998 5432018.98, 425756.2400000002 5432018.91, 425751.8200000003 5432018.869999999, 425752.66000000015 5432023.109999999, 425753.83999999985 5432029.119999999, 425754.0999999996 5432040.27, 425754.3200000003 5432049.279999999, 425754.38999999966 5432052.52, 425669.75 5432030.43, 425655.5800000001 5432028.550000001, 425647.3700000001 5432027.8100000005, 425599.9400000004 5432023.57, 425492.9400000004 5432020.26, 425455.2999999998 5432010.01, 425453.66000000015 5432007.77, 425448.28000000026 5432000.51, 425443.04000000004 5431993.449999999, 425440.4400000004 5431990.720000001, 425433.6500000004 5431983.59, 425433.5499999998 5431981.300000001, 425433.3700000001 5431976.93, 425443.53000000026 5431962.3100000005, 425452 5431950.119999999, 425457.7999999998 5431941.789999999, 425464.11000000034 5431932.710000001, 425470.3300000001 5431923.76, 425477.46999999974 5431913.470000001, 425485.0800000001 5431902.529999999, 425489.2599999998 5431896.5, 425495.8499999996 5431893.550000001, 425496.0499999998 5431889.609999999, 425488.9900000002 5431889.25, 425486.1799999997 5431886.5, 425477.25 5431877.73, 425470.0099999998 5431870.65, 425459.5 5431860.34, 425441.9299999997 5431843.130000001, 425432.75 5431834.140000001, 425427.3799999999 5431828.869999999, 425412.54000000004 5431814.32, 425404.23000000045 5431806.18, 425396.6299999999 5431798.74, 425384.4000000004 5431786.74, 425357.9900000002 5431760.859999999, 425358.75 5431756.83, 425355.1299999999 5431751.85, 425353.20999999996 5431749.210000001, 425348.46999999974 5431751.5, 425333.9400000004 5431758.5600000005, 425333.04000000004 5431759.01, 425318.3099999996 5431767.880000001, 425296.7599999998 5431780.869999999, 425281.4000000004 5431790.119999999, 425277.13999999966 5431792.68, 425269.03000000026 5431797.529999999, 425250.29000000004 5431808.720000001, 425245.29000000004 5431811.210000001, 425213.11000000034 5431821.6, 425201.45999999996 5431817.5600000005, 425196.83999999985 5431815.949999999, 425164.11000000034 5431806.75, 425154.3300000001 5431803.99, 425151.0999999996 5431798.67, 425175.8799999999 5431703.98, 425180.36000000034 5431699.75, 425180.5599999996 5431696.33, 425176.7000000002 5431696.0600000005, 425176.7999999998 5431622.779999999, 425176.86000000034 5431577.99, 425180.4400000004 5431572.369999999, 425186.6200000001 5431570.550000001, 425198.70999999996 5431570.84, 425222.1200000001 5431571.390000001, 425244.4000000004 5431571.91, 425274.41000000015 5431572.609999999, 425293.0499999998 5431573.050000001, 425308.9900000002 5431573.42, 425329.4299999997 5431573.9, 425365.76999999955 5431574.76, 425375.6900000004 5431574.98, 425392 5431575.369999999, 425408.73000000045 5431575.76, 425413.86000000034 5431575.869999999, 425440.95999999996 5431576.48, 425457.6299999999 5431576.85, 425472.1200000001 5431577.18, 425489.0999999996 5431577.5600000005, 425522.3099999996 5431578.300000001, 425546.46999999974 5431578.84, 425561.98000000045 5431579.1899999995, 425584.04000000004 5431579.68, 425601.3099999996 5431580.08, 425619.1299999999 5431580.470000001, 425629.53000000026 5431580.710000001, 425636.29000000004 5431580.859999999, 425641.76999999955 5431580.99, 425648.6500000004 5431581.140000001, 425662.33999999985 5431581.449999999, 425675.7000000002 5431581.76, 425689.2000000002 5431582.0600000005, 425698.29000000004 5431582.27, 425708.83999999985 5431582.52, 425714.21999999974 5431582.630000001, 425722.5800000001 5431582.82, 425734.7000000002 5431583.1, 425743.98000000045 5431583.32, 425746.6299999999 5431583.369999999, 425760.66000000015 5431583.6899999995, 425771.8200000003 5431583.92, 425778.6299999999 5431584.07, 425791.3700000001 5431584.359999999, 425802.0499999998 5431584.59, 425813.0999999996 5431584.83, 425832.5999999996 5431585.26, 425860.3799999999 5431585.869999999, 425874.29000000004 5431586.18, 425892.2999999998 5431586.58, 425902.2999999998 5431586.789999999, 425917.2599999998 5431587.130000001, 425928.46999999974 5431587.380000001, 425943.28000000026 5431587.699999999, 425950.96999999974 5431587.880000001, 425968.91000000015 5431588.279999999, 425963.1500000004 5431642.68, 425953.1699999999 5431729.23, 425951.4900000002 5431749.5600000005, 425949.9299999997 5431751.050000001, 425947.0599999996 5431754.24, 425950.9299999997 5431754.460000001, 425953.9400000004 5431754.619999999, 425953.5 5431759.800000001, 425953.2000000002 5431763.390000001, 425959.04000000004 5431763.02, 425972.7000000002 5431761.58, 425990.3300000001 5431759.539999999, 425997.4000000004 5431758.73, 426012.73000000045 5431756.970000001, 426017.9400000004 5431756.369999999, 426032.7999999998 5431754.65, 426051.0700000003 5431752.550000001, 426072.3200000003 5431750.1, 426081.3200000003 5431749.0600000005, 426115.5599999996 5431745.119999999, 426123.2599999998 5431744.23, 426143.38999999966 5431741.92, 426152.4299999997 5431740.880000001, 426160.7999999998 5431739.91, 426171.5499999998 5431738.67, 426176.91000000015 5431739.4, 426184.0700000003 5431738.699999999, 426197.1699999999 5431738.5600000005, 426213.46999999974 5431738.380000001, 426231.45999999996 5431738.199999999, 426245.25 5431738.0600000005, 426254.2599999998 5431737.960000001, 426261.0999999996 5431737.890000001, 426273.91000000015 5431737.76, 426280.83999999985 5431737.6899999995, 426286.8200000003 5431737.619999999, 426301.3200000003 5431737.48, 426312.54000000004 5431737.359999999, 426320.9299999997 5431737.27, 426337.29000000004 5431737.09, 426356.1900000004 5431736.91, 426363.29000000004 5431736.84, 426418.3200000003 5431736.24, 426426.73000000045 5431736.15, 426435.01999999955 5431736.0600000005, 426467.58999999985 5431735.710000001, 426498.4199999999 5431735.380000001, 426523.5 5431735.109999999, 426537.8700000001 5431734.949999999, 426550.9400000004 5431734.74, 426565.3499999996 5431734.24, 426575.2400000002 5431734.220000001, 426591.23000000045 5431733.9, 426597.8799999999 5431733.8100000005, 426615.48000000045 5431733.6, 426729.54000000004 5431732.18, 426733.4000000004 5431731.43, 426743.04000000004 5431729.58, 426744.0700000003 5431710.52, 426744.51999999955 5431702.029999999, 426744.9400000004 5431694.1899999995, 426745.33999999985 5431686.66, 426745.78000000026 5431678.550000001, 426746.23000000045 5431670.029999999, 426746.66000000015 5431662.199999999, 426747.04000000004 5431655.029999999, 426747.4299999997 5431647.800000001, 426747.7599999998 5431641.68, 426749.3700000001 5431636.23, 426751.5999999996 5431628.67, 426752.98000000045 5431624.789999999, 426755.9299999997 5431618.08, 426756.53000000026 5431617.09, 426762.48000000045 5431606.8100000005, 426770.4500000002 5431596.130000001, 426777.66000000015 5431585.699999999, 426789.8799999999 5431569.699999999, 426792.9000000004 5431565.609999999, 426799.45999999996 5431559.17, 426801.58999999985 5431557.0600000005, 426803.01999999955 5431555.85, 426810.9500000002 5431549.08, 426813.0599999996 5431547.289999999, 426803.78000000026 5431543.529999999, 426807.38999999966 5431542.710000001, 426820.9299999997 5431537.77, 426806.8200000003 5431533.24, 426781.0999999996 5431528.85, 426747.9299999997 5431514.85, 426745.6900000004 5431507.640000001, 426695.7000000002 5431386.4399999995, 426676.8499999996 5431361.630000001, 426659.8799999999 5431331.25, 426652.3300000001 5431324.01, 426647.8099999996 5431322.01, 426640.5599999996 5431318.800000001, 426636.38999999966 5431316.949999999, 426630.8799999999 5431314.52, 426616.4400000004 5431313.380000001, 426585.1200000001 5431317.49, 426558.2999999998 5431318.57, 426546.5 5431312.74, 426533.4199999999 5431298, 426522.1299999999 5431280.140000001, 426518.08999999985 5431267.99, 426516.71999999974 5431258.289999999, 426517.25 5431245.109999999, 426535.48000000045 5431177.18, 426535.8200000003 5431175.93, 426531.96999999974 5431167.02, 426531.8099999996 5431166.67, 426527.86000000034 5431168.039999999, 426527.7999999998 5431167.75, 426527.61000000034 5431164.27, 426531.7400000002 5431163.869999999, 426537.54000000004 5431163.68, 426550.53000000026 5431162.43, 426572.6200000001 5431160.779999999, 426590.1200000001 5431164.8100000005, 426604.9400000004 5431165.3100000005, 426625.0599999996 5431161.26, 426630.23000000045 5431158.66, 426634.61000000034 5431149.640000001, 426635.1699999999 5431144.949999999, 426635.4500000002 5431136.960000001, 426635.41000000015 5431133.93, 426638.1299999999 5431125.210000001, 426646.36000000034 5431118.6, 426653.95999999996 5431115.07, 426660.1900000004 5431106.83, 426664.6799999997 5431093.57, 426674.0499999998 5431087.720000001, 426687.6799999997 5431075.17, 426692.3099999996 5431067.800000001, 426698.7400000002 5431064.960000001, 426710.9400000004 5431059.619999999, 426713.9900000002 5431062.949999999, 426718.5499999998 5431070.779999999, 426732 5431076.109999999, 426741.28000000026 5431075.65, 426755.6200000001 5431087.529999999, 426761.83999999985 5431086.869999999, 426773.6500000004 5431074.640000001, 426776.16000000015 5431072.83, 426794.3200000003 5431076.01, 426803.03000000026 5431087.630000001, 426809.2999999998 5431086.1, 426817.48000000045 5431076.050000001, 426818.0099999998 5431072.9399999995, 426823.4400000004 5431063.24, 426834.1200000001 5431053.57, 426840.7599999998 5431055.140000001, 426864.6299999999 5431051.9399999995, 426868.2400000002 5431051.949999999, 426875.9199999999 5431061.52, 426875.4400000004 5431075.84, 426883.58999999985 5431081.699999999, 426927.96999999974 5431088.32, 426934.95999999996 5431089.26, 426945.75 5431083.050000001, 426950.20999999996 5431077.880000001, 426960.0800000001 5431063.5, 426963.4199999999 5431054.25, 426964.5700000003 5431037.960000001, 426955.23000000045 5431019.41, 426950.5599999996 5431006.6, 426957.8099999996 5430995.73, 426969.91000000015 5430999.18, 426980.0999999996 5431005.880000001, 426989.0599999996 5431004.109999999, 426992.73000000045 5431000.5600000005, 426999.79000000004 5430988.9, 427000.3200000003 5430982.710000001, 426991.23000000045 5430970.08, 426997.20999999996 5430961.220000001, 427008.1200000001 5430959.039999999, 427021.8700000001 5430938.16, 427032.9000000004 5430923.630000001, 427041.58999999985 5430909.470000001, 427054.46999999974 5430891.699999999, 427066 5430878.84, 427074.0999999996 5430874.859999999, 427089.0800000001 5430877.74, 427099.3700000001 5430884.960000001, 427104.88999999966 5430893.470000001, 427104.5099999998 5430900.16, 427098.9400000004 5430913.3100000005, 427098.5999999996 5430924.029999999, 427098.33999999985 5430928.039999999, 427101.83999999985 5430930.609999999, 427111.9199999999 5430933.27, 427115.6299999999 5430933.34, 427131.6500000004 5430926.67, 427133.29000000004 5430923.529999999, 427131.28000000026 5430899.92, 427134.4199999999 5430894.779999999, 427143.9900000002 5430883.779999999, 427152.8300000001 5430880.220000001, 427160.9000000004 5430884.039999999, 427172.0599999996 5430892.529999999, 427178.9900000002 5430893.6899999995, 427198.78000000026 5430882.039999999, 427207.1799999997 5430877.08, 427241.6200000001 5430870.15, 427251.1299999999 5430867.73, 427262.2599999998 5430869.0600000005, 427278.21999999974 5430868.49, 427282.6900000004 5430865.449999999, 427284.8200000003 5430852.630000001, 427285.01999999955 5430846.859999999, 427287.1200000001 5430826.77, 427293.8499999996 5430816.92, 427299.5999999996 5430816.699999999, 427317.73000000045 5430824.960000001, 427335.9900000002 5430828.300000001, 427341.8300000001 5430828.32, 427347.29000000004 5430826.74, 427370.28000000026 5430822.5, 427383.9400000004 5430817.91, 427389.86000000034 5430815.119999999, 427393.0099999998 5430811.109999999, 427391.1299999999 5430802.24, 427386.2000000002 5430794.630000001, 427376.7599999998 5430786.91, 427371.8099999996 5430783.869999999, 427364 5430767.91, 427366.4299999997 5430759.98, 427369.01999999955 5430756.01, 427372.45999999996 5430753.41, 427380.25 5430752.68, 427387.7400000002 5430751.779999999, 427412.88999999966 5430758.6, 427427.51999999955 5430755.800000001, 427431.0099999998 5430752.35, 427425.88999999966 5430727.59, 427430.38999999966 5430714.34, 427437.6699999999 5430707.220000001, 427445.88999999966 5430711.85, 427455.1900000004 5430723.449999999, 427464.13999999966 5430728.73, 427468.78000000026 5430729.5, 427476.5599999996 5430728.369999999, 427480.21999999974 5430726.039999999, 427481.45999999996 5430721.710000001, 427483.08999999985 5430713.02, 427472.0099999998 5430691.92, 427471.26999999955 5430686.32, 427476.5700000003 5430674.890000001, 427490.63999999966 5430665.699999999, 427494.41000000015 5430664.4399999995, 427512.4500000002 5430667.09, 427517.04000000004 5430669.039999999, 427528.20999999996 5430677.74, 427531.0700000003 5430680.529999999, 427533.3300000001 5430687.41, 427538.0700000003 5430698.85, 427559.4299999997 5430713.26, 427566.36000000034 5430720.380000001, 427574.25 5430734.83, 427580.2999999998 5430739.140000001, 427596.8499999996 5430727.050000001, 427612.75 5430718.630000001, 427626.28000000026 5430708.84, 427635.6299999999 5430710.98, 427638.0099999998 5430719.17, 427634.5999999996 5430730.289999999, 427635.88999999966 5430749.970000001, 427638.0499999998 5430754.49, 427650.9000000004 5430763.07, 427659.9900000002 5430764.630000001, 427666.1299999999 5430764.58, 427682.8700000001 5430766.210000001, 427696.0700000003 5430765.4399999995, 427701.4400000004 5430764.4, 427702.9400000004 5430759.43, 427698.8700000001 5430749.880000001, 427690.13999999966 5430734.619999999, 427686.4900000002 5430719.75, 427691.2599999998 5430710.07, 427699.5599999996 5430703.5, 427719.0700000003 5430686.08, 427740.4000000004 5430678.51, 427760.03000000026 5430673.1, 427763.66000000015 5430670.529999999, 427767.2000000002 5430662.539999999, 427769.6200000001 5430651.9, 427776.8799999999 5430635.42, 427783.46999999974 5430624.859999999, 427787.6200000001 5430621.470000001, 427791.11000000034 5430619.25, 427800.1500000004 5430620.52, 427810.9199999999 5430623.43, 427822.63999999966 5430621.77, 427826.1299999999 5430620.4, 427833.46999999974 5430611.77, 427836.29000000004 5430589.58, 427827.58999999985 5430575.710000001, 427827.4199999999 5430558.34, 427830.95999999996 5430549.33, 427839.28000000026 5430542.630000001, 427844.20</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6914-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6914-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6914-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6914-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -572,90 +572,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-119" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6914-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6914-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6914-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-119" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6914-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6914-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6914-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -729,51 +729,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108946</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.17855962861</v>
+        <v>46067.03885024238</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>