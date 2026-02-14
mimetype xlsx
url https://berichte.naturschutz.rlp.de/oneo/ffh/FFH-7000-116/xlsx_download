--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6814-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((437378.86000000034 5448292.9399999995, 437353.73000000045 5448317.960000001, 437347.29000000004 5448324.199999999, 437322.58999999985 5448345.199999999, 437307.4000000004 5448358.199999999, 437307.0599999996 5448358.5, 437287.8200000003 5448330.289999999, 437270.73000000045 5448305.3100000005, 437253.61000000034 5448280.26, 437237.79000000004 5448257.01, 437230.5499999998 5448246.4399999995, 437207.9299999997 5448261.16, 437180.3799999999 5448278.9399999995, 437152.7000000002 5448296.970000001, 437124.88999999966 5448315.01, 437099.96999999974 5448331.199999999, 437076.2400000002 5448346.57, 437052.13999999966 5448362.25, 437030.73000000045 5448376.220000001, 436995.36000000034 5448399.1899999995, 436970.6500000004 5448415.279999999, 436911.33999999985 5448404.09, 436873.0700000003 5448396.869999999, 436815.1200000001 5448386.02, 436781.3799999999 5448379.640000001, 436772.01999999955 5448377.880000001, 436744.21999999974 5448372.66, 436704.2400000002 5448365.1, 436665.4000000004 5448357.67, 436608.1500000004 5448346.890000001, 436547.61000000034 5448335.4, 436506.73000000045 5448327.710000001, 436465.9199999999 5448320.16, 436425.4400000004 5448312.619999999, 436389.1299999999 5448305.92, 436351.4199999999 5448298.9, 436332.51999999955 5448295.43, 436316.6799999997 5448292.52, 436297.08999999985 5448288.41, 436293.2599999998 5448302.66, 436286.1900000004 5448328.640000001, 436275.73000000045 5448367.140000001, 436269.23000000045 5448391.050000001, 436262.8200000003 5448414.539999999, 436256.26999999955 5448438.789999999, 436250.3700000001 5448460.33, 436250.75 5448460.8100000005, 436243.36000000034 5448461.039999999, 436231.78000000026 5448459.460000001, 436222.70999999996 5448457.65, 436215.4199999999 5448456.18, 436180.91000000015 5448444.8100000005, 436161.01999999955 5448436.779999999, 436121.6500000004 5448419.529999999, 436119.0499999998 5448418.390000001, 436119.41000000015 5448417.49, 436108.3700000001 5448401, 436090.9900000002 5448375.08, 436073.6900000004 5448349.15, 436056.28000000026 5448323.140000001, 436047.86000000034 5448310.6, 436046.1799999997 5448308.1, 436043.5 5448304.130000001, 436038.88999999966 5448297.289999999, 436026.9000000004 5448288.8100000005, 436009.9199999999 5448276.880000001, 435987.54000000004 5448270.390000001, 435950.3700000001 5448259.710000001, 435931.9900000002 5448263.41, 435912.3799999999 5448267.41, 435874.63999999966 5448275.07, 435863.08999999985 5448277.68, 435849.1900000004 5448277.4, 435813.5800000001 5448276.6, 435794.5 5448275.84, 435765.6200000001 5448268.699999999, 435731.3300000001 5448260.050000001, 435705.0499999998 5448254.93, 435696.29000000004 5448281.08, 435646.4400000004 5448286.970000001, 435644.83999999985 5448264.02, 435582.7000000002 5448265.24, 435539.21999999974 5448265.880000001, 435520.61000000034 5448266.18, 435493.3499999996 5448267.640000001, 435493.1500000004 5448263.630000001, 435491.73000000045 5448235.85, 435492.04000000004 5448224.82, 435492.28000000026 5448215.6899999995, 435492.4299999997 5448210.359999999, 435494.3300000001 5448191.59, 435490.11000000034 5448190.75, 435487.1699999999 5448142.119999999, 435486.3700000001 5448117.27, 435481.4400000004 5448063.199999999, 435485.0499999998 5448059.65, 435482.11000000034 5448036.6899999995, 435479.1299999999 5448004.869999999, 435475.78000000026 5447966.359999999, 435475.75 5447956.199999999, 435479.7400000002 5447948.859999999, 435477.96999999974 5447930.01, 435474.6900000004 5447885.8100000005, 435487.21999999974 5447754.34, 435502.13999999966 5447670.130000001, 435523.53000000026 5447595.34, 435524.7400000002 5447591.68, 435541.4500000002 5447541.17, 435550.25 5447517.4, 435554.9299999997 5447507.43, 435560.48000000045 5447497.9, 435566.7599999998 5447488.890000001, 435574.1500000004 5447480.789999999, 435582.4299999997 5447473.609999999, 435591.5999999996 5447467.57, 435601.3099999996 5447462.49, 435611.3099999996 5447458.09, 435621.6500000004 5447454.41, 435632.33999999985 5447451.73, 435648.2400000002 5447448.9, 435741.8099999996 5447431.17, 435840.0599999996 5447415.869999999, 435937.98000000045 5447396.9399999995, 436038.5800000001 5447379.779999999, 436133.3300000001 5447361.1899999995, 436232.1299999999 5447341.550000001, 436330.4000000004 5447327.130000001, 436363.1799999997 5447321.34, 436454.78000000026 5447299.4399999995, 436526.73000000045 5447286.85, 436566.0700000003 5447279.32, 436577.46999999974 5447277.16, 436626.9500000002 5447267.859999999, 436726.5499999998 5447246.85, 436841.0599999996 5447226.779999999, 436950.53000000026 5447205.25, 436991.70999999996 5447196.85, 436997.4900000002 5447195.67, 437043.6900000004 5447186.24, 437135.0800000001 5447168.42, 437173.1799999997 5447161.6, 437188 5447158.67, 437188.4500000002 5447158.5, 437190.9000000004 5447158.01, 437198.20999999996 5447156.640000001, 437206 5447155.109999999, 437234.0800000001 5447149.59, 437240.5800000001 5447147.57, 437250.8799999999 5447144.380000001, 437256.4500000002 5447142.67, 437266.7999999998 5447139.880000001, 437304.0499999998 5447129.82, 437351.1299999999 5447115.33, 437398.9000000004 5447100.92, 437448.6900000004 5447096.59, 437459.6799999997 5447096.83, 437469.96999999974 5447101.93, 437479 5447114.869999999, 437490.9900000002 5447130.92, 437497.0499999998 5447142.76, 437500.54000000004 5447155.49, 437502.0599999996 5447170.16, 437502.36000000034 5447191.23, 437501.33999999985 5447218.109999999, 437501.70999999996 5447221.91, 437502.16000000015 5447226.449999999, 437502.6500000004 5447236.050000001, 437535.9000000004 5447332.470000001, 437548.4199999999 5447366.33, 437552.29000000004 5447378.93, 437561.95999999996 5447410.02, 437575.48000000045 5447450.039999999, 437582.61000000034 5447472.359999999, 437586.5599999996 5447484.710000001, 437588.4199999999 5447484.85, 437590.25 5447484.98, 437601.9900000002 5447485.84, 437634.8799999999 5447488.25, 437649.26999999955 5447489.300000001, 437655.5999999996 5447489.76, 437669.76999999955 5447490.789999999, 437723.61000000034 5447494.74, 437728.2400000002 5447495.369999999, 437755.6200000001 5447499.0600000005, 437772.11000000034 5447501.289999999, 437747.6799999997 5447589.289999999, 437737.7400000002 5447619.109999999, 437729.4500000002 5447646.869999999, 437716.8799999999 5447684.52, 437699.6699999999 5447730.449999999, 437692.9500000002 5447748.23, 437682.04000000004 5447777.109999999, 437661.4500000002 5447832.789999999, 437646.76999999955 5447870.09, 437636.4199999999 5447893.51, 437628.3300000001 5447911.8100000005, 437579.75 5447998.449999999, 437577.8799999999 5448001.8100000005, 437552.28000000026 5448045, 437535.20999999996 5448073.52, 437506.3200000003 5448118.529999999, 437499.5999999996 5448129, 437477.5999999996 5448163.4, 437443.66000000015 5448211.16, 437432.1900000004 5448226.23, 437403.45999999996 5448264.710000001, 437382.4000000004 5448289.43, 437378.86000000034 5448292.9399999995)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6814-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6814-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6814-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6814-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-116" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6814-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6814-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6814-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-116" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6814-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6814-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6814-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108943</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.12967192764</v>
+        <v>46067.52388986734</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>