--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -159,51 +159,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6812-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((426489.53000000026 5431254.779999999, 426493.5700000003 5431252.289999999, 426499.86000000034 5431248.140000001, 426505.46999999974 5431237.630000001, 426522.8799999999 5431167.9399999995, 426527.86000000034 5431168.039999999, 426527.7999999998 5431167.75, 426527.61000000034 5431164.27, 426522.3300000001 5431164.890000001, 426503.6500000004 5431162.859999999, 426487.9299999997 5431162.17, 426470.95999999996 5431157.58, 426442.0099999998 5431150.4, 426429.4400000004 5431133.529999999, 426424.3300000001 5431132.48, 426412.41000000015 5431126.34, 426406.4900000002 5431126.380000001, 426384.66000000015 5431121.99, 426356.16000000015 5431117.09, 426349.0700000003 5431114.460000001, 426333.0099999998 5431118.01, 426325.7999999998 5431124.380000001, 426312.28000000026 5431142.57, 426307.5599999996 5431144.6, 426294.23000000045 5431136.279999999, 426275.6500000004 5431127.699999999, 426268.29000000004 5431122.15, 426261.58999999985 5431096.25, 426254.5 5431084.68, 426247.33999999985 5431085.91, 426238.0099999998 5431091.93, 426227.6900000004 5431102.609999999, 426222.0800000001 5431114.92, 426218.8200000003 5431125.3100000005, 426214.1799999997 5431128.359999999, 426201.33999999985 5431126.039999999, 426179.88999999966 5431110.41, 426166 5431097.970000001, 426152.88999999966 5431084.32, 426144.6500000004 5431076.35, 426132.3200000003 5431072.85, 426123.9900000002 5431076.66, 426122.16000000015 5431086.35, 426127.5700000003 5431099.630000001, 426137.4199999999 5431117.390000001, 426138.41000000015 5431122.050000001, 426135.0499999998 5431128.140000001, 426113.1500000004 5431132.300000001, 426102.48000000045 5431127.220000001, 426099.8099999996 5431123.17, 426111.96999999974 5431116.07, 426112.95999999996 5431112.01, 426112.48000000045 5431100.65, 426097.98000000045 5431090.529999999, 426085.3499999996 5431090.470000001, 426071.33999999985 5431091.99, 426051.95999999996 5431102.359999999, 426038.71999999974 5431097.609999999, 426017.0999999996 5431076.23, 426018.63999999966 5431068.83, 426028.63999999966 5431053.619999999, 426038.6200000001 5431049.17, 426043.4000000004 5431049.57, 426046.9900000002 5431052.52, 426051.7999999998 5431064.300000001, 426058.8700000001 5431067.85, 426063.61000000034 5431066.26, 426068.0700000003 5431059.26, 426070.2599999998 5431049.33, 426060.4199999999 5431032.75, 426050.58999999985 5431021.58, 426036.79000000004 5431019.220000001, 426021.66000000015 5431024.779999999, 426013.51999999955 5431034.26, 426012.75 5431036.68, 426009.7999999998 5431049.630000001, 425998.1699999999 5431057.800000001, 425992.5499999998 5431059.5, 425969.9500000002 5431050.1899999995, 425967.8700000001 5431036.92, 425960.11000000034 5431031.82, 425946.98000000045 5431032.93, 425937.0099999998 5431029.449999999, 425932.04000000004 5431022.119999999, 425933.9400000004 5431005.960000001, 425939.5 5430994.890000001, 425939.2400000002 5430989.41, 425937.66000000015 5430987.76, 425931.6699999999 5430983.289999999, 425918.11000000034 5430991.630000001, 425909.2999999998 5430999.220000001, 425894.61000000034 5431000.15, 425888.8099999996 5430997.77, 425875.9199999999 5430998.970000001, 425867.3300000001 5430991.619999999, 425867.11000000034 5430982.08, 425879.0499999998 5430964.42, 425883.3700000001 5430958.99, 425881.0499999998 5430951.15, 425861.41000000015 5430938.07, 425839.9900000002 5430922.5, 425835.3200000003 5430924.359999999, 425825.38999999966 5430934.77, 425818.7400000002 5430942.73, 425809.6900000004 5430941.91, 425802.5 5430934.699999999, 425790.41000000015 5430917.66, 425783.95999999996 5430903.76, 425770.8300000001 5430891.640000001, 425766.4299999997 5430877.970000001, 425756.6299999999 5430870.27, 425750.16000000015 5430870.220000001, 425729.96999999974 5430868.8100000005, 425714.3200000003 5430870.6, 425711.0800000001 5430871.91, 425704.13999999966 5430873.550000001, 425701.26999999955 5430871.24, 425697.13999999966 5430867.949999999, 425692.48000000045 5430860.1899999995, 425688.51999999955 5430850.289999999, 425685.0800000001 5430846.789999999, 425671.04000000004 5430844.470000001, 425660.83999999985 5430844.99, 425642.6900000004 5430859.880000001, 425626.26999999955 5430872.59, 425614.7000000002 5430885.390000001, 425604.71999999974 5430895.300000001, 425601.5999999996 5430895.800000001, 425594.8099999996 5430895.15, 425593.04000000004 5430892.529999999, 425589.63999999966 5430886.869999999, 425591.4299999997 5430882.09, 425594.3499999996 5430876.01, 425598.51999999955 5430872.529999999, 425601.9299999997 5430863.73, 425602.1200000001 5430854.859999999, 425602.63999999966 5430850.619999999, 425600.3700000001 5430843.92, 425598.79000000004 5430841.859999999, 425594.1799999997 5430839.8100000005, 425584.7999999998 5430834.25, 425580.8200000003 5430832.550000001, 425572.13999999966 5430831.220000001, 425565.78000000026 5430830, 425553.98000000045 5430828.68, 425539.76999999955 5430826.529999999, 425532.3700000001 5430827.57, 425528.79000000004 5430828.119999999, 425523.9299999997 5430830.98, 425523.25 5430841.0600000005, 425528.48000000045 5430849.76, 425534.16000000015 5430859.289999999, 425539.3700000001 5430868.539999999, 425540.76999999955 5430882.25, 425536.61000000034 5430897.369999999, 425528.73000000045 5430906.0600000005, 425520.36000000034 5430910.140000001, 425515.36000000034 5430910.35, 425509.41000000015 5430904.27, 425504.36000000034 5430892.300000001, 425506.3300000001 5430872.640000001, 425504.71999999974 5430869.24, 425498.1500000004 5430865.039999999, 425493.5099999998 5430862.199999999, 425468.98000000045 5430858.470000001, 425450.5499999998 5430860.1899999995, 425440.46999999974 5430869.6, 425436.78000000026 5430883.4399999995, 425432.63999999966 5430893.48, 425413.0800000001 5430906.84, 425362.61000000034 5430944.34, 425358.46999999974 5430949.49, 425354.9000000004 5430953.710000001, 425351.4199999999 5430959.59, 425350.76999999955 5430965.84, 425347.4400000004 5430974.300000001, 425347.51999999955 5430980.6, 425346.3799999999 5430987.15, 425341.53000000026 5430990.66, 425335.13999999966 5430992.92, 425329.95999999996 5430993.800000001, 425315.8300000001 5430994.9, 425306.6699999999 5431000.01, 425297.4199999999 5431007.84, 425292.6200000001 5431008.23, 425280.9500000002 5431005.880000001, 425266.63999999966 5430999.27, 425253.1500000004 5430988.029999999, 425243.45999999996 5430980.859999999, 425205.36000000034 5430977.07, 425195.96999999974 5430970.470000001, 425177.8200000003 5430945.779999999, 425165.1500000004 5430936.119999999, 425148.8200000003 5430928.33, 425132.8799999999 5430921.529999999, 425116.3700000001 5430918.449999999, 425088.2999999998 5430911.3100000005, 425075.0099999998 5430914.84, 425073.0999999996 5430917.99, 425069.1299999999 5430923.32, 425062.9900000002 5430933.41, 425060.71999999974 5430938.16, 425054.4500000002 5430959.34, 425047.7400000002 5430972.9, 425031.9500000002 5430981.880000001, 425034.5099999998 5430985.76, 425040.1200000001 5430982.4, 425044.9000000004 5430979.52, 425051.0599999996 5430975.8100000005, 425058.54000000004 5430959.199999999, 425065.26999999955 5430939.4399999995, 425069.8099999996 5430929.91, 425077.75 5430919.26, 425089.9900000002 5430915.99, 425116.1299999999 5430922.539999999, 425128.96999999974 5430925.24, 425131.71999999974 5430925.82, 425147.5999999996 5430932.5600000005, 425162.1500000004 5430940.24, 425174.98000000045 5430949.539999999, 425193.70999999996 5430973.789999999, 425203.78000000026 5430980.699999999, 425241.8499999996 5430984.119999999, 425249.5099999998 5430989.4, 425264.0099999998 5431003.220000001, 425278.8799999999 5431010.33, 425290.20999999996 5431012.050000001, 425299.8099999996 5431011.26, 425309.29000000004 5431003.279999999, 425316.8499999996 5430999.83, 425330.0700000003 5430998.220000001, 425336.58999999985 5430997.119999999, 425340.4299999997 5430996.470000001, 425350.1299999999 5430989.42, 425351.7000000002 5430982.4399999995, 425353.0099999998 5430976.529999999, 425353.5999999996 5430975.0600000005, 425356.38999999966 5430968.119999999, 425357.03000000026 5430962.029999999, 425357.5099999998 5430957.34, 425357.6900000004 5430955.58, 425364.8300000001 5430947.15, 425383.5 5430933.33, 425414.98000000045 5430910.02, 425436.5800000001 5430895.68, 425439.70999999996 5430884.92, 425443.8300000001 5430871.68, 425452.5 5430863.59, 425469.46999999974 5430863.359999999, 425489.8200000003 5430865.390000001, 425499.0999999996 5430871.0600000005, 425502.33999999985 5430877.83, 425501.0499999998 5430893.619999999, 425505.5999999996 5430906.57, 425509.8200000003 5430910.619999999, 425513.01999999955 5430913.699999999, 425523.03000000026 5430913.279999999, 425526.3200000003 5430911.130000001, 425530.9000000004 5430908.140000001, 425538.8499999996 5430899.32, 425543.41000000015 5430881.98, 425542.45999999996 5430867.42, 425537.8300000001 5430857.73, 425532.7000000002 5430848.26, 425528.0700000003 5430840.91, 425530.0499999998 5430831.4, 425537.23000000045 5430830.3100000005, 425565.66000000015 5430834.6, 425578.38999999966 5430837.050000001, 425586.3300000001 5430840.43, 425595.54000000004 5430844.539999999, 425598.73000000045 5430848.66, 425597.7000000002 5430857.140000001, 425590.8799999999 5430874.74, 425585.0499999998 5430886.9, 425586.2599999998 5430888.92, 425591.8099999996 5430898.210000001, 425605.03000000026 5430899.470000001, 425605.3700000001 5430899.5, 425617.1200000001 5430888.16, 425629.61000000034 5430874.720000001, 425645.1500000004 5430862.91, 425664.4299999997 5430848.539999999, 425667.95999999996 5430848.289999999, 425669.3499999996 5430848.210000001, 425682.9500000002 5430853.130000001, 425683.53000000026 5430853.960000001, 425688.58999999985 5430861.17, 425689.3700000001 5430862.5600000005, 425693.6299999999 5430870.220000001, 425701.8499999996 5430876.779999999, 425707.5700000003 5430875.43, 425715.76999999955 5430873.49, 425728.79000000004 5430873.16, 425729.08999999985 5430873.15, 425751.61000000034 5430875.720000001, 425762.2000000002 5430880.3100000005, 425765.0099999998 5430881.539999999, 425768.3300000001 5430895.609999999, 425773.51999999955 5430899.91, 425773.41000000015 5430900.18, 425762.2599999998 5430928.09, 425726.4900000002 5431017.3100000005, 425729.6500000004 5431018.58, 425763.4500000002 5430934.220000001, 425765.0499999998 5430930.220000001, 425776.28000000026 5430902.199999999, 425780.71999999974 5430905.93, 425786.1200000001 5430919.0600000005, 425796.48000000045 5430935.130000001, 425810.8700000001 5430949.5600000005, 425819.83999999985 5430948.18, 425821.46999999974 5430947.9399999995, 425828.6500000004 5430935.99, 425838.96999999974 5430927.85, 425846.63999999966 5430933.449999999, 425857.1200000001 5430941.1, 425877.4000000004 5430954.25, 425878.5800000001 5430959.720000001, 425863.0099999998 5430980.699999999, 425863.1200000001 5430983.35, 425863.5499999998 5430994.18, 425875.5599999996 5431002.27, 425886.45999999996 5431000.92, 425898.0800000001 5431005.68, 425900.75 5431005.039999999, 425910.7000000002 5431002.65, 425920.53000000026 5430995.380000001, 425931.5999999996 5430991.3100000005, 425934.7400000002 5430994.609999999, 425928.8700000001 5431006.4399999995, 425928.33999999985 5431009.4, 425926.75 5431018.41, 425926.3799999999 5431020.449999999, 425933.13999999966 5431030.42, 425936.33999999985 5431035.140000001, 425945.3200000003 5431037.16, 425958.8499999996 5431036.26, 425960.7599999998 5431038.199999999, 425963.58999999985 5431041.1, 425963.8300000001 5431052.26, 425990.36000000034 5431064.699999999, 425999.2599999998 5431062.01, 426001.5999999996 5431061.289999999, 426014.45999999996 5431050.890000001, 426016.6500000004 5431038.130000001, 426018.1900000004 5431033.300000001, 426026.96999999974 5431026.8100000005, 426039.28000000026 5431023.289999999, 426047.48000000045 5431025.300000001, 426056.88999999966 5431034.82, 426066.4900000002 5431051.210000001, 426064.5599999996 5431057.91, 426059.9900000002 5431061.17, 426054.5099999998 5431059.6, 426051.63999999966 5431050.83, 426044.4500000002 5431044.93, 426034.9199999999 5431044.119999999, 426025.25 5431051.67, 426015.1900000004 5431065.74, 426012.4500000002 5431077.24, 426027.13999999966 5431091.3100000005, 426039.9299999997 5431103.57, 426052.54000000004 5431105.539999999, 426076.11000000034 5431095.01, 426079.3700000001 5431094.630000001, 426088.8700000001 5431093.529999999, 426096.7400000002 5431095.369999999, 426108.73000000045 5431106.289999999, 426108.53000000026 5431113.25, 426095.04000000004 5431122.85, 426094.20999999996 5431123.4399999995, 426095.0999999996 5431124.789999999, 426099.5499999998 5431131.52, 426112 5431136.710000001, 426125.45999999996 5431134.02, 426137.6500000004 5431131.59, 426141.13999999966 5431125.140000001, 426142.0999999996 5431123.369999999, 426141.6500000004 5431121.24, 426140.08999999985 5431114.050000001, 426130.9299999997 5431097.74, 426125.3799999999 5431085.119999999, 426127.9000000004 5431078.34, 426132.7400000002 5431077.4399999995, 426145.36000000034 5431081.59, 426146.5700000003 5431082.779999999, 426151.8300000001 5431088.01, 426156.36000000034 5431093, 426162.28000000026 5431099.539999999, 426177.96999999974 5431114.050000001, 426199.63999999966 5431129.859999999, 426214.58999999985 5431132.960000001, 426223.88999999966 5431126.869999999, 426225.9000000004 5431117.5600000005, 426230.73000000045 5431108.26, 426232.08999999985 5431105.65, 426238.7999999998 5431096.42, 426249.4900000002 5431090.779999999, 426253.3499999996 5431090.34, 426257.71999999974 5431096.09, 426261.70999999996 5431116.85, 426262.95999999996 5431123.34, 426277.9000000004 5431134.4, 426279.1799999997 5431134.960000001, 426292.5499999998 5431140.800000001, 426306.3200000003 5431148.449999999, 426315.76999999955 5431144.380000001, 426323.29000000004 5431134.18, 426329.46999999974 5431125.800000001, 426336.1699999999 5431121.09, 426349.16000000015 5431119.130000001, 426357.1500000004 5431122.1, 426363.3300000001 5431124.4, 426383.48000000045 5431125.75, 426407.1799999997 5431130.779999999, 426425.1799999997 5431137.6899999995, 426426.5599999996 5431138.23, 426440 5431154.380000001, 426446.75 5431155.98, 426465.76999999955 5431160.5, 426470.33999999985 5431161.59, 426477.6200000001 5431163.710000001, 426482.3499999996 5431165.1899999995, 426487.38999999966 5431166.5600000005, 426494.9400000004 5431166.76, 426502.96999999974 5431166.970000001, 426517.0999999996 5431170.210000001, 426517.51999999955 5431170.029999999, 426516.86000000034 5431172.67, 426501.38999999966 5431235.960000001, 426494.04000000004 5431245.77, 426490 5431249.1899999995, 426228.29000000004 5431220.23, 426209.61000000034 5431215.6, 425972.2000000002 5431120.220000001, 425926.8200000003 5431102.050000001, 425815.45999999996 5431057.34, 425719.6299999999 5431019, 425551.3200000003 5430951.369999999, 425543.11000000034 5430950.67, 425533.2400000002 5430953.890000001, 425525.9299999997 5430962.75, 425507.5 5431008.869999999, 425496.16000000015 5431009.1, 425475.63999999966 5431000.4, 425465.0700000003 5430996.16, 425409.5599999996 5430973.9399999995, 425407.88999999966 5430978.109999999, 425474.2400000002 5431003.890000001, 425509.3200000003 5431018.01, 425531.2599999998 5430963.52, 425536.4500000002 5430957.75, 425542.7599999998 5430955.619999999, 425548.95999999996 5430956.25, 425572.0099999998 5430965.52, 425595.96999999974 5430975.140000001, 425620.63999999966 5430985.0600000005, 425658.98000000045 5431000.470000001, 425665.3499999996 5431003.02, 425716.8200000003 5431023.710000001, 425733.21999999974 5431030.3100000005, 425766.53000000026 5431043.710000001, 425813.3099999996 5431062.52, 425820.5800000001 5431065.4399999995, 425865.29000000004 5431083.4, 425900.08999999985 5431097.380000001, 425923.33999999985 5431106.73, 425961.75 5431122.15, 426020.70999999996 5431145.82, 426025.5599999996 5431147.77, 425999.51999999955 5431214.02, 426002.1500000004 5431215.130000001, 426027.51999999955 5431152.630000001, 426030.5099999998 5431149.74, 426050.6299999999 5431157.76, 426088.2400000002 5431172.77, 426124.5099999998 5431187.23, 426175.4299999997 5431207.539999999, 426191.5599999996 5431213.98, 426205.0099999998 5431219.35, 426210.9400000004 5431221.699999999, 426222.86000000034 5431224.49, 426228.36000000034 5431225.789999999, 426299.03000000026 5431233.619999999, 426323.1299999999 5431236.300000001, 426334.3499999996 5431237.529999999, 426340.13999999966 5431238.1899999995, 426376.4299999997 5431242.210000001, 426396.5 5431244.4399999995, 426407.1799999997 5431245.630000001, 426429.9299999997 5431248.16, 426436.63999999966 5431248.91, 426442.3099999996 5431249.539999999, 426461.86000000034 5431251.699999999, 426475.8099999996 5431253.25, 426489.53000000026 5431254.779999999)), ((402928.21999999974 5447742.48, 402942.86000000034 5447751.369999999, 402955.5999999996 5447755.52, 402977.66000000015 5447758.76, 403081.1200000001 5447702.109999999, 403130.21999999974 5447665.76, 403149.3700000001 5447651.720000001, 403185.8700000001 5447621.27, 403201.5999999996 5447605.91, 403216.8099999996 5447585.779999999, 403228.8499999996 5447566.41, 403242.3300000001 5447537.25, 403224.6799999997 5447498.99, 403201.8300000001 5447451.289999999, 403143.0800000001 5447380.0600000005, 403134.66000000015 5447387.92, 403128.58999999985 5447393.1, 403113.2599999998 5447404.199999999, 403100.48000000045 5447407.48, 403078.70999999996 5447413.07, 402995.16000000015 5447410.0600000005, 402937.48000000045 5447433.51, 402933.5700000003 5447437.369999999, 402912.83999999985 5447453.59, 402905.88999999966 5447462.380000001, 402888.83999999985 5447485.710000001, 402885.3099999996 5447492.890000001, 402871.08999999985 5447526.029999999, 402867.5599999996 5447534.26, 402819.7400000002 5447568.220000001, 402819.71999999974 5447572.970000001, 402824.3700000001 5447584.779999999, 402810.6200000001 5447624.08, 402797.4000000004 5447660.18, 402801.76999999955 5447663.58, 402876.28000000026 5447708.82, 402908.23000000045 5447728.029999999, 402928.21999999974 5447742.48)), ((418465.21999999974 5448146.359999999, 418480.23000000045 5448148.140000001, 418487.73000000045 5448149.029999999, 418497.83999999985 5448150.23, 418503.25 5448150.880000001, 418511.38999999966 5448151.84, 418524.4400000004 5448153.41, 418536.86000000034 5448138.75, 418550.8499999996 5448102.68, 418553.51999999955 5448088.18, 418553.0999999996 5448081.02, 418551.03000000026 5448072.98, 418545.98000000045 5448060.49, 418538.5599999996 5448044.91, 418530.4900000002 5448033.289999999, 418520.9900000002 5448021.130000001, 418500.9500000002 5447999.85, 418487.29000000004 5447989.34, 418484.0800000001 5447981.369999999, 418481.4199999999 5447974.779999999, 418480.3499999996 5447954.52, 418481.4500000002 5447950.08, 418481.73000000045 5447948.92, 418483.0099999998 5447943.74, 418493.13999999966 5447918.220000001, 418496.9299999997 5447903.85, 418492.6900000004 5447880.83, 418487.78000000026 5447856.57, 418481.25 5447824.369999999, 418480.8799999999 5447822.41, 418441.96999999974 5447822.6, 418435.95999999996 5447845.050000001, 418435.33999999985 5447847.41, 418429.6200000001 5447859.34, 418410.0999999996 5447866.07, 418391.21999999974 5447870.02, 418373.88999999966 5447873.65, 418372.5700000003 5447873.93, 418359.0499999998 5447878.5, 418336.1900000004 5447899.85, 418326.61000000034 5447905.539999999, 418319.38999999966 5447907.390000001, 418279.78000000026 5447905.16, 418231.2599999998 5447897.57, 418220.6299999999 5447895.9, 418202.6299999999 5447891.300000001, 418175.3799999999 5447884.34, 418157.3099999996 5447879.73, 418145.78000000026 5447876.77, 418133.1500000004 5447871.48, 418120.7999999998 5447904.210000001, 418109.3700000001 5447895.66, 418104.7000000002 5447903.25, 418120.3200000003 5447922.369999999, 418120.8200000003 5447931.9, 418120.4500000002 5447945.050000001, 418120.0700000003 5447958.77, 418119.3200000003 5447962.57, 418119.0499999998 5447963.91, 418117.9000000004 5447966.49, 418116.3200000003 5447970.050000001, 418110.3499999996 5447978.640000001, 418101.8799999999 5447990.800000001, 418160.8300000001 5448007.449999999, 418173.9500000002 5448011.15, 418171.4299999997 5448013.91, 418168.36000000034 5448017.279999999, 418167.98000000045 5448017.699999999, 418164.5599999996 5448021.43, 418163.9299999997 5448022.18, 418162.51999999955 5448023.859999999, 418159.75 5448027.130000001, 418155.5599999996 5448032.09, 418153.88999999966 5448034.0600000005, 418151.6299999999 5448036.73, 418149.9000000004 5448038.779999999, 418147.01999999955 5448042.210000001, 418144.0999999996 5448045.65, 418143.3099999996 5448046.59, 418139.1200000001 5448051.550000001, 418135.4400000004 5448056.289999999, 418134.0800000001 5448058.029999999, 418133.16000000015 5448059.23, 418131.98000000045 5448060.75, 418158.3200000003 5448079.1, 418242.4500000002 5448137.74, 418269.2400000002 5448156.42, 418272.8499999996 5448152.449999999, 418277.7400000002 5448147.09, 418282.66000000015 5448141.699999999, 418286.0700000003 5448137.960000001, 418291.33999999985 5448132.1899999995, 418296.6500000004 5448126.359999999, 418303.5499999998 5448118.800000001, 418307.8099999996 5448114.140000001, 418310.2400000002 5448111.460000001, 418325.3200000003 5448114.07, 418337.7999999998 5448116.24, 418351.75 5448118.67, 418368.04000000004 5448121.49, 418372.96999999974 5448122.35, 418384.61000000034 5448124.369999999, 418387.0999999996 5448124.8100000005, 418391.1799999997 5448125.949999999, 418397.23000000045 5448127.66, 418402.04000000004 5448129.02, 418415.5800000001 5448132.83, 418421.6900000004 5448134.550000001, 418427.4900000002 5448136.1899999995, 418432.41000000015 5448137.57, 418438.83999999985 5448139.390000001, 418447.63999999966 5448141.869999999, 418453.46999999974 5448143.51, 418458.6200000001 5448144.970000001, 418462.36000000034 5448146.02, 418465.21999999974 5448146.359999999)), ((416349.3799999999 5448269, 416344.3099999996 5448273.0600000005, 416344.9400000004 5448273.84, 416350.04000000004 5448269.75, 416359.48000000045 5448262.1899999995, 416361.01999999955 5448261, 416372.20999999996 5448252.41, 416383.0700000003 5448244.039999999, 416386.0099999998 5448241.789999999, 416394.4199999999 5448236.130000001, 416408.54000000004 5448226.630000001, 416411.03000000026 5448224.91, 416429.6900000004 5448212.02, 416429.76999999955 5448211.9399999995, 416433.6900000004 5448207.720000001, 416441.29000000004 5448199.539999999, 416441.8300000001 5448198.9399999995, 416453 5448186.869999999, 416453.04000000004 5448186.83, 416453.7400000002 5448185.890000001, 416462.3799999999 5448174.27, 416465.0800000001 5448173.24, 416468.01999999955 5448172.109999999, 416475.9199999999 5448173.43, 416476.0099999998 5448173.43, 416476.0999999996 5448173.42, 416476.1799999997 5448173.4, 416476.2599999998 5448173.35, 416476.36000000034 5448173.27, 416485.0599999996 5448164.07, 416488.01999999955 5448160.93, 416488.0599999996 5448160.9, 416493.33999999985 5448154.039999999, 416500.8200000003 5448144.33, 416505.48000000045 5448138.3100000005, 416508.3499999996 5448136.199999999, 416513.9900000002 5448132.109999999, 416514.1200000001 5448131.99, 416523.5099999998 5448119.66, 416523.5700000003 5448119.57, 416525.8700000001 5448115.09, 416525.9000000004 5448115.01, 416525.9199999999 5448114.93, 416525.9199999999 5448114.869999999, 416526.03000000026 5448107.18, 416526.1900000004 5448095.300000001, 416526.16000000015 5448095.15, 416520.7000000002 5448075.720000001, 416521.9400000004 5448041.6899999995, 416521.91000000015 5448041.539999999, 416519.33999999985 5448032.59, 416516.04000000004 5448021.6899999995, 416515.6299999999 5448019.09, 416513.63999999966 5448006.199999999, 416513.6200000001 5448006.119999999, 416513.5999999996 5448006.0600000005, 416512.71999999974 5448004.48, 416503.25 5447987.289999999, 416503.20999999996 5447987.23, 416495.2400000002 5447976.619999999, 416492.4199999999 5447972.859999999, 416485.8300000001 5447960.16, 416485.21999999974 5447945.529999999, 416485.25 5447945.3100000005, 416486.6500000004 5447935.99, 416486.66000000015 5447935.880000001, 416485.96999999974 5447924.779999999, 416485.1299999999 5447911.390000001, 416484.0800000001 5447900.77, 416482.3200000003 5447883.119999999, 416480.20999999996 5447857.6, 416480.75 5447841.68, 416484.76999999955 5447804.949999999, 416484.7599999998 5447804.880000001, 416484.7000000002 5447802.85, 416484.11000000034 5447783.1, 416483.91000000015 5447766.960000001, 416484.7999999998 5447750.460000001, 416487.6900000004 5447724.140000001, 416491.70999999996 5447705.67, 416495.3099999996 5447691.18, 416496.36000000034 5447686.92, 416499.48000000045 5447681.359999999, 416506.5 5447668.83, 416518.5499999998 5447656.029999999, 416541.66000000015 5447634.539999999, 416544.2400000002 5447632.130000001, 416552.88999999966 5447625.09, 416565.63999999966 5447614.699999999, 416574.9900000002 5447606.49, 416584.96999999974 5447597.73, 416585.83999999985 5447596.869999999, 416596.5999999996 5447586.25, 416596.6900000004 5447586.109999999, 416599.58999999985 5447580.15, 416601.48000000045 5447576.24, 416601.5099999998 5447576.18, 416601.53000000026 5447576.050000001, 416601.86000000034 5447567.789999999, 416601.83999999985 5447567.619999999, 416600.13999999966 5447562.16, 416599.3499999996 5447559.630000001, 416599.3200000003 5447559.550000001, 416599.29000000004 5447559.51, 416584.79000000004 5447541.02, 416584.75 5447540.960000001, 416581.36000000034 5447537.699999999, 416569.9400000004 5447526.66, 416569.29000000004 5447525.33, 416561.3499999996 5447508.880000001, 416550.6900000004 5447490.460000001, 416549.11000000034 5447487.74, 416549.03000000026 5447487.65, 416538.28000000026 5447476.390000001, 416536.11000000034 5447474.119999999, 416531.6500000004 5447469.550000001, 416530.95999999996 5447468.84, 416526.5999999996 5447464.35, 416513.54000000004 5447452.199999999, 416511.8499999996 5447450.210000001, 416502.1500000004 5447438.74, 416494.5800000001 5447429.33, 416492.53000000026 5447426.779999999, 416486.2400000002 5447418.539999999, 416482.91000000015 5447414.16, 416477.5700000003 5447407.17, 416470.66000000015 5447398.09, 416461.8499999996 5447386.529999999, 416452.41000000015 5447374.869999999, 416451.95999999996 5447374.300000001, 416451.88999999966 5447374.23, 416443.76999999955 5447367.6, 416443.13999999966 5447368.369999999, 416451.20999999996 5447374.970000001, 416452.0099999998 5447375.949999999, 416461.0599999996 5447387.140000001, 416469.7999999998 5447398.609999999, 416476.76999999955 5447407.77, 416482.03000000026 5447414.65, 416485.4500000002 5447419.140000001, 416491.7400000002 5447427.390000001, 416493.8300000001 5447429.98, 416501.3799999999 5447439.380000001, 416509.5099999998 5447448.99, 416512.7999999998 5447452.869999999, 416512.83999999985 5447452.92, 416525.9000000004 5447465.08, 416530.36000000034 5447469.640000001, 416530.9400000004 5447470.25, 416534.88999999966 5447474.300000001, 416535.3799999999 5447474.8100000005, 416548.26999999955 5447488.289999999, 416550 5447491.27, 416560.4900000002 5447509.390000001, 416560.51999999955 5447509.460000001, 416568.3799999999 5447525.720000001, 416569.0800000001 5447527.17, 416569.0999999996 5447527.220000001, 416569.1699999999 5447527.32, 416580.33999999985 5447538.109999999, 416584.01999999955 5447541.66, 416598.4500000002 5447560.0600000005, 416599.11000000034 5447562.199999999, 416600.86000000034 5447567.83, 416600.54000000004 5447575.9, 416598.5800000001 5447579.92, 416595.8300000001 5447585.6, 416591.53000000026 5447589.890000001, 416585.0099999998 5447596.300000001, 416584.28000000026 5447597.01, 416574.2000000002 5447605.859999999, 416564.9900000002 5447613.9399999995, 416552.0999999996 5447624.4399999995, 416543.5700000003 5447631.390000001, 416540.88999999966 5447633.880000001, 416517.8300000001 5447655.34, 416505.73000000045 5447668.1899999995, 416505.6500000004 5447668.279999999, 416498.63999999966 5447680.8100000005, 416495.4500000002 5447686.5, 416495.41000000015 5447686.619999999, 416494.3300000001 5447690.98, 416490.73000000045 5447705.449999999, 416486.70999999996 5447723.949999999, 416486.7000000002 5447724.01, 416483.7999999998 5447750.390000001, 416482.91000000015 5447766.960000001, 416483.11000000034 5447783.119999999, 416483.71999999974 5447803.23, 416483.7599999998 5447804.869999999, 416479.75 5447841.630000001, 416479.20999999996 5447857.6, 416479.20999999996 5447857.66, 416481.3300000001 5447883.210000001, 416483.0999999996 5447901.0600000005, 416484.1299999999 5447911.460000001, 416484.95999999996 5447924.779999999, 416485.66000000015 5447935.890000001, 416484.23000000045 5447945.35, 416484.21999999974 5447945.42, 416484.21999999974 5447945.52, 416484.83999999985 5447960.3100000005, 416484.8499999996 5447960.4, 416484.88999999966 5447960.529999999, 416491.5499999998 5447973.359999999, 416491.5999999996 5447973.42, 416494.3700000001 5447977.130000001, 416502.38999999966 5447987.800000001, 416511.78000000026 5448004.82, 416512.6799999997 5448006.470000001, 416514.6699999999 5448019.390000001, 416515.0499999998 5448021.880000001, 416515.0700000003 5448021.949999999, 416518.3799999999 5448032.84, 416520.9299999997 5448041.74, 416519.7000000002 5448075.779999999, 416519.71999999974 5448075.91, 416525.1799999997 5448095.359999999, 416525.01999999955 5448107.279999999, 416524.9299999997 5448114.74, 416522.7000000002 5448119.08, 416522.58999999985 5448119.220000001, 416513.36000000034 5448131.33, 416513.29000000004 5448131.380000001, 416507.6900000004 5448135.460000001, 416504.8300000001 5448137.539999999, 416504.73000000045 5448137.630000001, 416500.1799999997 5448143.529999999, 416492.7400000002 5448153.17, 416487.26999999955 5448160.27, 416484.46999999974 5448163.23, 416475.8099999996 5448172.390000001, 416468.04000000004 5448171.1, 416467.9500000002 5448171.09, 416467.86000000034 5448171.1, 416467.79000000004 5448171.119999999, 416464.3200000003 5448172.460000001, 416461.8799999999 5448173.390000001, 416461.7999999998 5448173.4399999995, 416461.73000000045 5448173.49, 416461.66000000015 5448173.5600000005, 416452.9400000004 5448185.279999999, 416452.2400000002 5448186.220000001, 416440.9500000002 5448198.42, 416440.5499999998 5448198.85, 416432.8799999999 5448207.130000001, 416429.0700000003 5448211.220000001, 416409.3799999999 5448224.83, 416407.98000000045 5448225.800000001, 416393.91000000015 5448235.27, 416385.4199999999 5448240.98, 416382.46999999974 5448243.25, 416371.6799999997 5448251.550000001, 416360.54000000004 5448260.109999999, 416358.8700000001 5448261.4, 416349.3799999999 5448269)), ((408062.3300000001 5448312.390000001, 408065.53000000026 5448316.529999999, 408068.45999999996 5448320.119999999, 408075.1900000004 5448328.35, 408081.53000000026 5448336.119999999, 408088.1200000001 5448344.199999999, 408094.28000000026 5448351.74, 408147.76999999955 5448317.59, 408151.86000000034 5448314.98, 408148.4500000002 5448304.58, 408145.36000000034 5448295.210000001, 408144.25 5448291.8100000005, 408138.4900000002 5448282.8100000005, 408133.36000000034 5448274.789999999, 408129.0499999998 5448268.07, 408129.29000000004 5448266.18, 408130.5800000001 5448254.68, 408131.9000000004 5448244.16, 408133.20999999996 5448233.720000001, 408134.33999999985 5448224.75, 408135.48000000045 5448215.5600000005, 408136.51999999955 5448207.25, 408181.0800000001 5448178.880000001, 408177.5800000001 5448175.18, 408174.4500000002 5448171.859999999, 408171.58999999985 5448168.83, 408168.8700000001 5448165.9399999995, 408165.4900000002 5448162.359999999, 408162.53000000026 5448159.220000001, 408159.66000000015 5448156.18, 408156.3099999996 5448152.640000001, 408153.26999999955 5448149.41, 408150.4299999997 5448146.4, 408153.86000000034 5448143.119999999, 408190.6299999999 5448039.369999999, 408211.7000000002 5447979.93, 408213.70999999996 5447976.48, 408226.9199999999 5447953.73, 408230.9900000002 5447949.0600000005, 408277.03000000026 5447899.220000001, 408281.3499999996 5447894.539999999, 408293.33999999985 5447900.789999999, 408303.6200000001 5447906.140000001, 408332.3499999996 5447890.27, 408335.48000000045 5447888.529999999, 408344.9400000004 5447883.52, 408383.73000000045 5447860.890000001, 408378.8099999996 5447854.17, 408374.86000000034 5447848.76, 408370.5 5447843.9399999995, 408360.75 5447833.18, 408343.53000000026 5447814.16, 408340.1299999999 5447817.8100000005, 408317.0499999998 5447767.039999999, 408314.29000000004 5447765.85, 408317.7599999998 5447757.82, 408329.6699999999 5447730.279999999, 408329.8799999999 5447730, 408331.3099999996 5447726.57, 408294.3200000003 5447712.449999999, 408256.26999999955 5447697.93, 408216.33999999985 5447682.68, 408213.5 5447681.5, 408179.3099999996 5447667.27, 408151.2599999998 5447655.609999999, 408147.6900000004 5447654.119999999, 408107.1900000004 5447637.27, 408091.01999999955 5</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6812-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6812-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6812-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6812-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -537,90 +537,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-115" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6812-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6812-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6812-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-115" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6812-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6812-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6812-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -694,51 +694,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108942</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.42002689663</v>
+        <v>46067.0388640986</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>