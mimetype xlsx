--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -142,51 +142,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6716-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((455560.04000000004 5456972.1899999995, 455561.08999999985 5456967.369999999, 455573 5456961.470000001, 455592.46999999974 5456859.039999999, 455595.16000000015 5456840.07, 455599.0700000003 5456834.98, 455598.48000000045 5456832.539999999, 455597.3799999999 5456827.84, 455597.29000000004 5456827.42, 455598.1500000004 5456822.279999999, 455598.9000000004 5456820.220000001, 455603.33999999985 5456807.98, 455616.29000000004 5456782.029999999, 455634.1799999997 5456755.720000001, 455653.83999999985 5456735.789999999, 455668.4199999999 5456725.970000001, 455680.2599999998 5456717.99, 455681.4000000004 5456717.220000001, 455690.9500000002 5456712.6899999995, 455703.23000000045 5456706.869999999, 455708.6299999999 5456704.9, 455708.66000000015 5456705.029999999, 455712.1900000004 5456703.85, 455740.8099999996 5456694.15, 455837.3700000001 5456665.74, 455844.0099999998 5456663.789999999, 455873.48000000045 5456653.08, 455884.04000000004 5456649.24, 455891.53000000026 5456646.529999999, 455893.51999999955 5456637.49, 455899.9199999999 5456634.73, 455914.5499999998 5456628.1899999995, 455917.4299999997 5456621.789999999, 455921.4900000002 5456612.789999999, 455924.6200000001 5456581.35, 455926.0999999996 5456562.3100000005, 455942.96999999974 5456366.6, 455944.9900000002 5456366.4399999995, 455955.95999999996 5456224.699999999, 455959.1699999999 5456183.199999999, 455963.25 5456183.029999999, 456028.8099999996 5456180.18, 456054.7999999998 5456075.640000001, 456056.98000000045 5456067.16, 456059.70999999996 5456056.609999999, 456059.9500000002 5456055.6899999995, 456023.9299999997 5456043.51, 456002.61000000034 5456035.199999999, 455862.0499999998 5455958.34, 455847.96999999974 5455949.07, 455790.5099999998 5455896.91, 455749.8300000001 5455857.869999999, 455705.78000000026 5455818.390000001, 455702.5700000003 5455818.3100000005, 455688.7599999998 5455817.84, 455667.26999999955 5455817.58, 455612.1200000001 5455835.890000001, 455568.41000000015 5455855.43, 455545.23000000045 5455871.789999999, 455535.6299999999 5455878.5600000005, 455534.1799999997 5455880.359999999, 455474.36000000034 5455954.119999999, 455465.28000000026 5455964.82, 455453.8700000001 5455978.26, 455395.3200000003 5456047.25, 455346.0700000003 5456137.27, 455300.04000000004 5456229.18, 455278.8700000001 5456266.42, 455244.4400000004 5456291.35, 455215.2400000002 5456295.029999999, 455128.1500000004 5456267.9, 455051.7400000002 5456242.91, 454990.5099999998 5456221.48, 454926.2400000002 5456203.23, 454870.4299999997 5456192.02, 454803.33999999985 5456194.449999999, 454734.01999999955 5456190.49, 454642.4500000002 5456191.550000001, 454607.2599999998 5456194.699999999, 454526.58999999985 5456211.359999999, 454473.6299999999 5456225.85, 454351.0499999998 5456255.07, 454310.95999999996 5456264.43, 454210.5 5456287.630000001, 454192.86000000034 5456296.77, 454182.11000000034 5456302.34, 454171.26999999955 5456310.65, 454151.76999999955 5456327.630000001, 454133.5599999996 5456340.6899999995, 454095.1900000004 5456355.4, 454082.70999999996 5456362.18, 454051.13999999966 5456382.369999999, 454019.88999999966 5456399, 454000.28000000026 5456406.1899999995, 453994.3200000003 5456407.68, 453976.1200000001 5456412.23, 453966.95999999996 5456413.92, 453966.8200000003 5456411.800000001, 453960.63999999966 5456411.710000001, 453960.5800000001 5456413.91, 453951.7400000002 5456412.720000001, 453940.71999999974 5456414.16, 453936.7000000002 5456415.76, 453929.8700000001 5456418.539999999, 453920.08999999985 5456425.17, 453911.86000000034 5456428.67, 453910.4000000004 5456429.289999999, 453903.98000000045 5456429.82, 453898.9900000002 5456430.24, 453878.3099999996 5456430.9399999995, 453876.6299999999 5456431, 453876.7000000002 5456429.92, 453867.9400000004 5456429.9, 453867.9299999997 5456431.08, 453860.0800000001 5456431.210000001, 453832.03000000026 5456431.65, 453826.08999999985 5456432.0600000005, 453817.2599999998 5456432.68, 453799.4900000002 5456436.75, 453744.9900000002 5456450.279999999, 453744.71999999974 5456448.5, 453736.88999999966 5456450.109999999, 453737.41000000015 5456452.07, 453730.6699999999 5456453.77, 453723.0499999998 5456455.699999999, 453716.78000000026 5456457.279999999, 453711.23000000045 5456458.67, 453697.5599999996 5456461.73, 453688.6699999999 5456462.199999999, 453688.48000000045 5456458.699999999, 453677.96999999974 5456458.83, 453677.8799999999 5456461.630000001, 453664.6500000004 5456460.960000001, 453652.8099999996 5456460.35, 453651.95999999996 5456460.300000001, 453642.36000000034 5456459.779999999, 453636.9299999997 5456459.49, 453612.88999999966 5456455.6, 453569.1500000004 5456446.74, 453549.71999999974 5456443.4399999995, 453534.9199999999 5456443.34, 453527.5 5456442.970000001, 453519.21999999974 5456441.109999999, 453506.0499999998 5456435.3100000005, 453482.5099999998 5456425.25, 453456.5599999996 5456413.140000001, 453439.4500000002 5456405.359999999, 453372.98000000045 5456381.470000001, 453329.48000000045 5456365.82, 453316.11000000034 5456360.93, 453307.01999999955 5456355.84, 453279.5999999996 5456339.460000001, 453277.7599999998 5456338.4399999995, 453266.91000000015 5456332.369999999, 453245.71999999974 5456322.93, 453232.33999999985 5456315.710000001, 453224.54000000004 5456310.470000001, 453220.5700000003 5456307.800000001, 453189.16000000015 5456288.140000001, 453173.58999999985 5456277.220000001, 453157.29000000004 5456265.029999999, 453145.28000000026 5456255.470000001, 453130.8300000001 5456243.3100000005, 453114.9500000002 5456229.300000001, 453096.6699999999 5456212.050000001, 453082.4500000002 5456197.1899999995, 453065.48000000045 5456178.869999999, 453048.9000000004 5456159.390000001, 453012.88999999966 5456113.33, 453005.3499999996 5456105.49, 452996.8700000001 5456095.0600000005, 452986.8799999999 5456082.800000001, 452972.61000000034 5456064.67, 452973.63999999966 5456063.74, 452968.96999999974 5456057.66, 452967.8200000003 5456056.17, 452966.5800000001 5456057.140000001, 452962.0999999996 5456051.6899999995, 452955.7400000002 5456043.949999999, 452947.61000000034 5456034.07, 452926.03000000026 5456007.8100000005, 452923.11000000034 5456004.039999999, 452915.1900000004 5455993.779999999, 452911.79000000004 5455989.369999999, 452903.6299999999 5455978.8100000005, 452890.61000000034 5455961.970000001, 452892.01999999955 5455961.029999999, 452889.4199999999 5455957.949999999, 452887.46999999974 5455955.640000001, 452886.28000000026 5455956.5, 452884.6799999997 5455954.470000001, 452880.01999999955 5455948.59, 452872.0499999998 5455938.529999999, 452863.6299999999 5455927.91, 452865.4900000002 5455926.630000001, 452862.8300000001 5455922.970000001, 452859.3200000003 5455918.140000001, 452857.1500000004 5455919.460000001, 452841.2400000002 5455890.380000001, 452832.8499999996 5455874.369999999, 452834.86000000034 5455873.380000001, 452830.51999999955 5455866.43, 452829.16000000015 5455867.23, 452822.70999999996 5455855.15, 452815.11000000034 5455840.880000001, 452813.4500000002 5455837.77, 452805.7999999998 5455823.35, 452804.1799999997 5455819.33, 452800.5700000003 5455810.390000001, 452797.4900000002 5455801.960000001, 452794.5 5455793.75, 452795.73000000045 5455793.42, 452794.2400000002 5455788.33, 452792.8200000003 5455788.779999999, 452791.4500000002 5455785.08, 452784.5099999998 5455766.279999999, 452782.1299999999 5455759.8100000005, 452781.20999999996 5455757.6899999995, 452778.6699999999 5455751.8100000005, 452776.38999999966 5455746.539999999, 452774.0800000001 5455741.1899999995, 452770.2999999998 5455733.710000001, 452766.6299999999 5455726.449999999, 452758.4500000002 5455713.8100000005, 452747.13999999966 5455697.92, 452740.4299999997 5455690.609999999, 452742.0099999998 5455689.199999999, 452741.26999999955 5455688.390000001, 452743.13999999966 5455683.279999999, 452738.6500000004 5455680.93, 452733.98000000045 5455678.49, 452735.5599999996 5455668.800000001, 452723.9500000002 5455658.65, 452712.21999999974 5455651.460000001, 452693.9400000004 5455646.369999999, 452682.7999999998 5455642.84, 452687.3200000003 5455616.529999999, 452691.1299999999 5455596.35, 452691.25 5455591.630000001, 452691.3499999996 5455587.699999999, 452691.4000000004 5455585.51, 452678.2400000002 5455571.24, 452679.0599999996 5455542.26, 452680.0700000003 5455506.76, 452679.6500000004 5455476.08, 452680.63999999966 5455431.960000001, 452687.4900000002 5455377.1, 452699.4500000002 5455326.07, 452715.6200000001 5455277.359999999, 452737.21999999974 5455227.109999999, 452763.3799999999 5455178.34, 452794.8700000001 5455130.65, 452830.8799999999 5455076.289999999, 452864.1500000004 5455023.98, 452896.5099999998 5454973.52, 452928.4900000002 5454922.23, 452961.4500000002 5454873.24, 452993.9199999999 5454823.210000001, 453020.1299999999 5454771.859999999, 453051.53000000026 5454723.470000001, 453081.45999999996 5454676.050000001, 453112.3200000003 5454629.51, 453142.71999999974 5454583.75, 453173.63999999966 5454533.76, 453197.4000000004 5454502.57, 453226.7000000002 5454462.4399999995, 453252.75 5454416.640000001, 453253.70999999996 5454410.41, 453250.3799999999 5454406.43, 453256.3300000001 5454396.859999999, 453257.78000000026 5454394.51, 453262.5999999996 5454396.529999999, 453269.51999999955 5454394.33, 453277.78000000026 5454379.48, 453282.98000000045 5454372.859999999, 453304.0800000001 5454336.779999999, 453337.8300000001 5454324.42, 453359.2000000002 5454306.779999999, 453366.25 5454300.529999999, 453382.4900000002 5454284.6, 453395.03000000026 5454272.15, 453460.95999999996 5454201.199999999, 453467.1299999999 5454195.41, 453471.83999999985 5454190.98, 453477.1200000001 5454185.91, 453456.3700000001 5454169.470000001, 453464.46999999974 5454168.130000001, 453504.3799999999 5454131.01, 453556.63999999966 5454081.82, 453572.88999999966 5454066.529999999, 453591.20999999996 5454049.27, 453612.0700000003 5454029.4399999995, 453653.26999999955 5453993.470000001, 453655.54000000004 5453999.34, 453657.11000000034 5454003.34, 453669.71999999974 5453994.640000001, 453681.1799999997 5453986.75, 453706.1500000004 5453969.35, 453727.0099999998 5453954.84, 453747.54000000004 5453943.300000001, 453766.71999999974 5453933.5600000005, 453777.21999999974 5453928.220000001, 453788.4500000002 5453922.51, 453809.9000000004 5453911.630000001, 453821.08999999985 5453905.9399999995, 453832.4500000002 5453900.18, 453844.3200000003 5453895.640000001, 453857.0599999996 5453890.76, 453887.75 5453879.02, 453890.5999999996 5453892.18, 453889.5599999996 5453892.58, 453899.1900000004 5453918.3100000005, 453912 5453948.550000001, 453930.3700000001 5453987.66, 453937.38999999966 5453986.49, 453942.70999999996 5453997.8100000005, 453939.5099999998 5454002.43, 453937.70999999996 5454005.050000001, 453982.9199999999 5454101.140000001, 453988.01999999955 5454112.84, 454015.83999999985 5454176.65, 454017.58999999985 5454180.66, 454052.2400000002 5454254.279999999, 454055.9500000002 5454252.539999999, 454104.8300000001 5454356.49, 454107.91000000015 5454362.99, 454148.86000000034 5454450.08, 454155.01999999955 5454463.17, 454157.9400000004 5454469.34, 454163.5999999996 5454481.41, 454164.8799999999 5454493.3100000005, 454164.3300000001 5454503.359999999, 454163.98000000045 5454509.68, 454163.1200000001 5454514.1899999995, 454161.1200000001 5454524.789999999, 454161.03000000026 5454525.23, 454156.2400000002 5454539.35, 454149.5599999996 5454552.82, 454140.91000000015 5454564.93, 454135.4199999999 5454560.470000001, 454126.29000000004 5454570.800000001, 454114.53000000026 5454581.890000001, 454095.08999999985 5454598.710000001, 453905.98000000045 5454759.93, 453587.4500000002 5455031.5, 453573.79000000004 5455043.65, 453561.8799999999 5455055.15, 453549.5099999998 5455068.34, 453537.4900000002 5455083.18, 453527.33999999985 5455097.720000001, 453518.11000000034 5455112.67, 453511.33999999985 5455124.8100000005, 453374.45999999996 5455393.26, 453365.1799999997 5455413.25, 453357.5800000001 5455433.16, 453353.53000000026 5455452.07, 453352.46999999974 5455470.859999999, 453352.95999999996 5455480.550000001, 453354.2599999998 5455490.26, 453356.91000000015 5455502.289999999, 453358.0800000001 5455505.92, 453360.70999999996 5455514.08, 453364.98000000045 5455524.109999999, 453370.11000000034 5455533.82, 453376.01999999955 5455543.039999999, 453382.6699999999 5455551.779999999, 453386.8200000003 5455556.3100000005, 453390.71999999974 5455560.539999999, 453400.1799999997 5455568.960000001, 453417.95999999996 5455581.51, 453435.11000000034 5455591.99, 453580.9000000004 5455676.890000001, 453612.86000000034 5455696.1899999995, 453642.0499999998 5455715.09, 453673.6799999997 5455736.640000001, 453703.1900000004 5455757.720000001, 453967.3200000003 5455957.42, 453980.03000000026 5455966.609999999, 454059.4299999997 5456029.300000001, 454116.95999999996 5455986.029999999, 454179.4000000004 5455932.4, 454268.0499999998 5455829.5600000005, 454451.13999999966 5455597.0600000005, 454531.51999999955 5455495.210000001, 454729.21999999974 5455191.1899999995, 454731.51999999955 5455187.92, 454775.21999999974 5455125.710000001, 454839.2999999998 5455026.199999999, 454936 5454881.67, 454969.8099999996 5454833.9399999995, 455017.4500000002 5454775.65, 455027.1299999999 5454763.84, 455120.6500000004 5454686.25, 455230.75 5454624.02, 455363.96999999974 5454602.5, 455641.2599999998 5454517.18, 455723.7400000002 5454514.960000001, 455703.1699999999 5454485.65, 455701.3200000003 5454481.17, 455653.4400000004 5454423.789999999, 455584.25 5454352.32, 455509.0099999998 5454282.050000001, 455283.7400000002 5454095.91, 455279.83999999985 5454092.35, 455276.6500000004 5454088.630000001, 455249.41000000015 5454043.76, 455257.5499999998 5454028.49, 455423.79000000004 5453717.26, 455398.9199999999 5453659.82, 455350.9500000002 5453567.15, 455344.5999999996 5453565.960000001, 455339.2599999998 5453546.67, 455337.9900000002 5453541.300000001, 455336.78000000026 5453533.48, 455337.0599999996 5453528.67, 455339.11000000034 5453525.25, 455342.5099999998 5453522.720000001, 455344.76999999955 5453522.24, 455350.53000000026 5453522.289999999, 455358.5499999998 5453523.539999999, 455363.8799999999 5453524.76, 455369.4900000002 5453526.789999999, 455361.3300000001 5453506.529999999, 455352.6699999999 5453485.09, 455344.38999999966 5453464.140000001, 455337.33999999985 5453446.27, 455332.1699999999 5453432.529999999, 455331.1799999997 5453429.550000001, 455324.5599999996 5453411.01, 455317.7400000002 5453392.4399999995, 455309.6799999997 5453370.279999999, 455301.8799999999 5453348.220000001, 455294.5700000003 5453327.300000001, 455287.8300000001 5453307.1899999995, 455281.9900000002 5453289.75, 455277.1200000001 5453274.880000001, 455265.63999999966 5453238.65, 455218.0999999996 5453072.23, 455215.20999999996 5453067.359999999, 455209.48000000045 5453042.359999999, 455194.9199999999 5452979.02, 455189.6699999999 5452956.18, 455186.9199999999 5452944.23, 455184.5499999998 5452933.9399999995, 455155.6799999997 5452779.32, 455152.3099999996 5452761.33, 455151.54000000004 5452757.859999999, 455132.75 5452631.15, 455128.98000000045 5452588.720000001, 455118.46999999974 5452441.01, 455112.33999999985 5452350.67, 455104.58999999985 5452219.1899999995, 455098 5452186.82, 455096.88999999966 5452183.27, 455103.2400000002 5452183.41, 455103.4000000004 5452160.800000001, 455103.4000000004 5452157.59, 455103.5099999998 5452136.73, 455103.51999999955 5452132.550000001, 455103.8300000001 5452115.5600000005, 455104.3099999996 5452094.57, 455104.0599999996 5452084.68, 455105.28000000026 5452055.6, 455107.21999999974 5452015.619999999, 455109.76999999955 5451975.66, 455110 5451968.67, 455111.5700000003 5451944.33, 455111.58999999985 5451944.02, 455112.8200000003 5451925.48, 455120.1299999999 5451856.970000001, 455121.29000000004 5451836.99, 455125.4500000002 5451797.220000001, 455129.8099999996 5451759.369999999, 455134.3300000001 5451721.859999999, 455142.8099999996 5451660.99, 455136.83999999985 5451660.32, 455140.25 5451641.630000001, 455151.41000000015 5451580.52, 455156.91000000015 5451544.92, 455164.9299999997 5451503.029999999, 455168.4199999999 5451486.9399999995, 455179.78000000026 5451425.890000001, 455183.7400000002 5451404.279999999, 455187.66000000015 5451379.9, 455193.4400000004 5451337.91, 455196.88999999966 5451305.710000001, 455203.4000000004 5451246.869999999, 455207 5451214.220000001, 455213.66000000015 5451155.109999999, 455220.33999999985 5451063.119999999, 455220.6500000004 5451055.49, 455221.0499999998 5451045.82, 455222.6799999997 5451000.289999999, 455224.21999999974 5450949.84, 455225.23000000045 5450903.74, 455224.9500000002 5450822.800000001, 455222.73000000045 5450751.300000001, 455221.3200000003 5450712.859999999, 455218.0999999996 5450632.67, 455210.5099999998 5450561.960000001, 455197.9500000002 5450448.289999999, 455191.63999999966 5450407.43, 455172.41000000015 5450274.0600000005, 455147.01999999955 5450132.98, 455146.63999999966 5450132.23, 455145.8499999996 5450131.92, 455144.91000000015 5450131.880000001, 455143.11000000034 5450123.300000001, 455145.26999999955 5450120.039999999, 455119.70999999996 5449980.33, 455110.2000000002 5449926.359999999, 455102.4299999997 5449881.140000001, 455094.1900000004 5449836.09, 455085.91000000015 5449790.789999999, 455077.53000000026 5449744.92, 455067.71999999974 5449690.550000001, 455067 5449686.42, 455187.6299999999 5449671.279999999, 455192.4199999999 5449698.73, 455314.29000000004 5449707.8100000005, 455328.66000000015 5449788.609999999, 455349.38999999966 5449904.859999999, 455373.5800000001 5450044.09, 455390.66000000015 5450144.970000001, 455396.63999999966 5450168.15, 455417.26999999955 5450299.98, 455422.45999999996 5450344.1899999995, 455426.8799999999 5450377.4399999995, 455430.6900000004 5450407.130000001, 455434.4199999999 5450432.5600000005, 455437.78000000026 5450456.32, 455438.46999999974 5450462.5, 455442.6699999999 5450468.539999999, 455443.29000000004 5450477.449999999, 455444.4900000002 5450494.210000001, 455445.26999999955 5450505.24, 455446.03000000026 5450515.93, 455446.7400000002 5450526.01, 455447.1200000001 5450531.279999999, 455447.5099999998 5450536.93, 455448.5800000001 5450551.92, 455448.9400000004 5450556.93, 455449.1200000001 5450559.619999999, 455457.4000000004 5450676.18, 455459.0499999998 5450721.710000001, 455460.16000000015 5450745.01, 455460.5999999996 5450754.25, 455460.63999999966 5450760.949999999, 455460.8200000003 5450791.800000001, 455461.2999999998 5450876.380000001, 455461.4900000002 5450907.84, 455461.54000000004 5450916.65, 455462.0099999998 5451002.1899999995, 455461.2599999998 5451020.25, 455459.1900000004 5451040.15, 455458.95999999996 5451064.02, 455448.9299999997 5451199.24, 455443.54000000004 5451260.17, 455441.7000000002 5451288.08, 455434.1699999999 5451339.789999999, 455426.01999999955 5451395.84, 455422.0099999998 5451423.4, 455406.26999999955 5451520.640000001, 455392.26999999955 5451599.01, 455382.3499999996 5451661.85, 455382.23000000045 5451676.779999999, 455372.0800000001 5451748.85, 455363.36000000034 5451820.25, 455358.23000000045 5451867.1899999995, 455349.88999999966 5451949.720000001, 455349.36000000034 5451955.59, 455347.38999999966 5451977.630000001, 455343.1799999997 5451977.380000001, 455227.04000000004 5451970.4, 455221.96999999974 5452042.41, 455220.1799999997 5452104.619999999, 455220.1900000004 5452186.17, 455222.6500000004 5452234.460000001, 455222.98000000045 5452285.02, 455231.1900000004 5452430.85, 455245.9900000002 5452590.6899999995, 455248.6699999999 5452613.199999999, 455268.9900000002 5452757.859999999, 455308.1900000004 5452938.640000001, 455313.1200000001 5452961.41, 455336.4900000002 5453069.289999999, 455344.0700000003 5453098.279999999, 455365.3799999999 5453168.119999999, 455397.11000000034 5453268.550000001, 455417.4500000002 5453328.9, 455438.3099999996 5453386.199999999, 455486.3700000001 5453510.59, 455544.26999999955 5453642.17, 455706.45999999996 5453945.9, 455846.3200000003 5454158.619999999, 456033 5454398.65, 456069.98000000045 5454442.16, 456092.0800000001 5454468.17, 456244.76999999955 5454630.9399999995, 456516.3200000003 5454869.460000001, 456575.1200000001 5454915.300000001, 456635.4500000002 5454960.710000001, 456853.95999999996 5455112.08, 457092.2400000002 5455262.35, 457286.61000000034 5455386.449999999, 457441.66000000015 5455482.880000001, 457447.9500000002 5455486.77, 457496.4900000002 5455519.109999999, 457799.6299999999 5455721.210000001, 457839.7599999998 5455748.23, 457863.5800000001 5455761.67, 457938 5455810.369999999, 458194.70999999996 5455975.359999999, 458265.01999999955 5456021.130000001, 458356.1500000004 5456067.1899999995, 458421.5999999996 5456110.23, 458446.5 5456127.15, 458486.4199999999 5456154.67, 458598.36000000034 5456228.99, 458638.0599999996 5456255.58, 458766.79000000004 5456352.4, 458937.5599999996 5456490.470000001, 458977.2000000002 5456525.09, 459088.5 5456625.119999999, 459188.2599999998 5456718.289999999, 459497 5457058.949999999, 459559.53000000026 5457138.41, 459598.4000000004 5457182.67, 459656.0700000003 5457258.73, 459679.38999999966 5457290.02, 459922.63999999966 5457670.01, 459940.01999999955 5457698.949999999, 459972.5 5457757.369999999, 459988.3300000001 5457786.66, 460258.5 5458226.109999999, 460278.2599999998 5458253.640000001, 460281.0999999996 5458257.050000001, 460408.2400000002 5458418.1899999995, 460442.2000000002 5458459.09, 460666.13999999966 5458675.66, 460703.1200000001 5458707.859999999, 460750.83999999985 5458745.67, 460996.6799999997 5458909.66, 461246.79000000004 5459058.26, 461278.46999999974 5459076.609999999, 461396.5599999996 5459139.109999999, 461583.9500000002 5459206.859999999, 461788.45999999996 5459261.16, 462061.98000000045 5459319.09, 462145.4900000002 5459342.220000001, 462226.6699999999 5459377.17, 462327.41000000015 5459439.01, 462551.9199999999 5459607.550000001, 462663.01999999955 5459742.93, 462737.7999999998 5459864.3100000005, 462793.29000000004 5459993.029999999, 462858.5800000001 5460285.82, 462858.53000000026 5460447.550000001, 462843.3700000001 5460660.17, 462805.6200000001 5460832.75, 462737.4400000004 5461035.35, 462664.9000000004 5461200.77, 462571.16000000015 5461358.09, 462407.58999999985 5461557.65, 462234.78000000026 5461722.869999999, 461982.08999999985 5461898.51, 461894.3099999996 5461954.449999999, 461732.63999999966 5462024.41, 461646.1500000004 5462058.91, 460843.04000000004 5462307.66, 460674.54000000004 5462382.32, 460510.36000000034 5462483.210000001, 460501.4199999999 5462486.369999999, 460463.51999999955 5462514.630000001, 460440.45999999996 5462535.77, 460430.8499999996 5462544.57, 460373.3300000001 5462614.380000001, 460271.4000000004 5462753.789999999, 460246.3300000001 5462792.99, 460239.0700000003 5462804.33, 460207.03000000026 5462854.390000001, 460139.4400000004 5462995.99, 460106.48000000045 5463067.970000001, 460102.7400000002 5463112.67, 460096.71999999974 5463169.880000001, 460090.51999999955 5463196.6, 460082.3700000001 5463245.27, 460075.70999999996 5463290.42, 460069.7400000002 5463337.720000001, 460064.5599999996 5463390.369999999, 460061.6900000004 5463484.289999999, 460062.3799999999 5463499.710000001, 460060.2400000002 5463597.25, 459940.83999999985 5463619.9, 459940.1500000004 5463596.85, 459948.51999999955 5463503.449999999, 459948.8499999996 5463499.4, 459949.1699999999 5463494.880000001, 459948.1500000004 5463488.77, 459947.58999999985 5463483.619999999, 459948.0999999996 5463452.93, 459949.2599999998 5463422.970000001, 459951.9000000004 5463379.619999999, 459953.8099999996 5463360.220000001, 459955.8799999999 5463339.84, 459958.0800000001 5463318.970000001, 459962.03000000026 5463290.01, 459967.83999999985 5463251.18, 459974.36000000034 5463208.300000001, 459982.0800000001 5463153.27, 459981.66000000015 5463144.8100000005, 459979.91000000015 5463130.07, 459978.2000000002 5463120.220000001, 459975.54000000004 5463110.640000001, 460000.63999999966 5463100.49, 459992.3300000001 5463069.880000001, 459988.0700000003 5463063.699999999, 459983.4500000002 5463057.76, 460010.03000000026 5462959.52, 460013.1699999999 5462954.220000001, 460014.91000000015 5462950.6899999995, 460027.41000000015 5462925.199999999, 460050.5800000001 5462870.59, 460051.1299999999 5462869.300000001, 460058.2000000002 5462855.300000001, 460091.3799999999 5462789.49, 460102.20999999996 5462772.720000001, 460115.9000000004 5462752.300000001, 460118.5800000001 5462748.3100000005, 460125.66000000015 5462737.74, 460129.96999999974 5462731.300000001, 460139.70999999996 5462716.68, 460145.13999999966 5462708.52, 460185.5499999998 5462647.8100000005, 460214.71999999974 5462605.220000001, 460246.79000000004 5462566, 460300.83999999985 5462499.85, 460302.7999999998 5462497.130000001, 460308.1699999999 5462490.5600000005, 460324.3200000003 5462470.630000001, 460339.73000000045 5462451.84, 460379.0599999996 5462417.9, 460442.3799999999 5462371.630000001, 460468.38999999966 5462354.5600000005, 460488.75 5462342.550000001, 460495.6500000004 5462326.82, 460599.7599999998 5462248.380000001, 460605.5599999996 5462244.460000001, 460619.6200000001 5462234.960000001, 460641.01999999955 5462222.710000001, 460707.8200000003 5462186.539999999, 460772.7400000002 5462151.32, 460816.8499999996 5462127.76, 460871.23000000045 5462098.949999999, 460905.2400000002 5462078.789999999, 460925.98000000045 5462063.17, 460937.5499999998 5462052.890000001, 460943.91000000015 5462045.460000001, 460955.0099999998 5462032.41, 460963.0499999998 5462020.800000001, 460970.6299999999 5462007.869999999, 460977.45999999996 5461993.59, 460984.8099999996 5461974.25, 460991.03000000026 5461948.390000001, 460992.3099999996 5461925.9, 460990.0599999996 5461884.890000001, 460996.66000000015 5461875.859999999, 460995.6500000004 5461870.82, 461011.9400000004 5461861.369999999, 461020.38999999966 5461856.470000001, 461138.3799999999 5461738.75, 461219.9199999999 5461669.960000001, 461229.8499999996 5461664.109999999, 461359.13999999966 5461599.25, 461413.28000000026 5461573.4399999995, 461479.58999999985 5461551.1899999995, 461554.5099999998 5461526.609999999, 461642.8200000003 5461499.23, 461656.1200000001 5461493.85, 461659.0099999998 5461491.6, 461655.71999999974 5461486.960000001, 461669.53000000026 5461480.16, 461684.6200000001 5461469.65, 461714.2000000002 5461443.66, 461733.88999999966 5461414.029999999, 461740.03000000026 5461403.859999999, 461751.8799999999 5461374.5, 461772.51999999955 5461324.57, 461804.08999999985 5461241.140000001, 461837.5800000001 5461158.34, 461873.28000000026 5461074.289999999, 461886.7599999998 5461039.85, 461937.73000000045 5460913.67, 461973.4400000004 5460828.07, 461995.4500000002 5460778.380000001, 462035.95999999996 5460684.890000001, 462045.04000000004 5460667.08, 462046.16000000015 5460664.17, 462051.03000000026 5460648.5, 462057.6200000001 5460629.1899999995, 462084.04000000004 5460554.09, 462085.86000000034 5460546.5, 462100.1699999999 5460504.6, 462121.53000000026 5460441.4, 462139.5599999996 5460383.199999999, 462149.16000000015 5460358.3100000005, 462193.9500000002 5460224.859999999, 462199.0499999998 5460175.300000001, 462201.3099999996 5460104.109999999, 462202.9400000004 5460025.720000001, 462202.4299999997 5460016.960000001, 462201.46999999974 5460016.52, 462201.7400000002 5460005.48, 462129.5599999996 5459947.26, 462060.2999999998 5459892.210000001, 462011.1200000001 5459853.16, 462001.6500000004 5459845.390000001, 461995.51999999955 5459837.18, 461989.3700000001 5459830.550000001, 461981.86000000034 5459823.890000001, 461973.83999999985 5459817.880000001, 461966.23000000045 5459813, 461958.38999999966 5459808.52, 461937.7999999998 5459798.18, 461814.53000000026 5459738.33, 461678.7000000002 5459672.380000001, 461674.2000000002 5459670.199999999, 461670.5499999998 5459668.52, 461663.08999999985 5459665.6, 461655.3700000001 5459663.48, 461651.45999999996 5459662.68, 461646.5 5459661.99, 461638.51999999955 5459661.43, 461629.5 5459661.74, 461623.51999999955 5459662.34, 461449.5700000003 5459682.85, 461439.63999999966 5459684.16, 461429.76999999955 5459685.869999999, 461424.88999999966 5459687.16, 461415.5599999996 5459689.67, 461406.9500000002 5459692.199999999, 461403.4199999999 5459692.380000001, 461400.5499999998 5459692.640000001, 461394.58999999985 5459693.24, 461367.08999999985 5459695.68, 461303.78000000026 5459702.23, 461243.4500000002 5459709.75, 461191.91000000015 5459714.49, 461157.38999999966 5459730.039999999, 461104.75 5459753.039999999, 461071.33999999985 5459766.380000001, 461030.7000000002 5459785.43, 460957.1799999997 5459817.1, 460932.53000000026 5459829.119999999, 460904.98000000045 5459845.029999999, 460874.1900000004 5459865.609999999, 460857.36000000034 5459879.470000001, 460848.6200000001 5459921.27, 460835.20999999996 5459988.16, 460820.5599999996 5460051.609999999, 460809.1900000004 5460111.34, 460798.9199999999 5460147.279999999, 460786.29000000004 5460171.01, 460778.98000000045 5460181.220000001, 460777.3099999996 5460181.77, 460775.46999999974 5460182.539999999, 460773.70999999996 5460183.449999999, 460772.01999999955 5460184.5600000005, 460770.45999999996 5460185.8100000005, 460767.75 5460188.74, 460763.8799999999 5460193.32, 460755.54000000004 5460201.9399999995, 460748.4199999999 5460208.949999999, 460741.16000000015 5460215.8100000005, 460734.1500000004 5460222.1899999995, 460726.46999999974 5460228.59, 460718.5499999998 5460234.65, 460706.29000000004 5460243.24, 460693.7000000002 5460251.42, 460685.13999999966 5460256.5600000005, 460676.1900000004 5460261.029999999, 460666.8799999999 5460264.609999999, 460652.5999999996 5460269.210000001, 460638.25 5460273.59, 460631.4000000004 5460275.5600000005, 460601.96999999974 5460282.380000001, 460589.04000000004 5460284.49, 460574.1500000004 5460286.3100000005, 460559.1699999999 5460287.33, 460544.20999999996 5460287.84, 460529.2000000002 5460287.449999999, 460503.7400000002 5460286.199999999, 460483.8200000003 5460284.59, 460468.9299999997 5460282.85, 460454.1699999999 5460280.27, 460439.51999999955 5460277.01, 460425.0700000003 5460273.119999999, 460420.9900000002 5460271.9, 460410.26999999955 5460271.130000001, 460343.5099999998 5460261.210000001, 460297.23000000045 5460254.58, 460295.41000000015 5460265.27, 460285.8799999999 5460322.67, 460277.29000000004 5460322.74, 460258.45999999996 5460408.359999999, 460252.6900000004 5460429.0600000005, 460231.5700000003 5460459.08, 460270.5800000001 5460491.140000001, 460197.3799999999 5460585.550000001, 460164.1900000004 5460628.35, 460161.5 5460631.84, 460141.03000000026 5460658.24, 460094.75 5460644.91, 460084.1799999997 5460654.5600000005, 460084.5099999998 5460653.93, 460058.3700000001 5460644.050000001, 460044.8499999996 5460639.52, 460037.13999999966 5460637.49, 460028.8200000003 5460635.279999999, 460020.71999999974 5460633.130000001, 460009.45999999996 5460630.75, 459998.5 5460628.43, 459987.5599999996 5460626.109999999, 459964.9299999997 5460621.32, 459954.4299999997 5460619.09, 459940.3099999996 5460616.1, 459943.61000000034 5460610.8100000005, 459949.51999999955 5460598.5600000005, 459951.2400000002 5460593.9399999995, 459951.1299999999 5460591.73, 459950.76999999955 5460584.609999999, 459949.41000000015 5460580.039999999, 459946.79000000004 5460577.49, 459941.9000000004 5460579.26, 459936.03000000026 5460580.050000001, 459936.0999999996 5460580.869999999, 459919.5999999996 5460591.27, 459912.51999999955 5460596.710000001, 459902.3799999999 5460609.65, 459577.1799999997 5460650.539999999, 459572.23000000045 5460650.949999999, 459520.5 5460657.609999999, 459310.3700000001 5460684.720000001, 459307.88999999966 5460685.289999999, 459287.8099999996 5460694.720000001, 459250.53000000026 5460680.32, 459210.4199999999 5460667.960000001, 459183.20999999996 5460659.58, 459170.4900000002 5460656.41, 459113.2400000002 5460642.18, 459096.4299999997 5460638.07, 459080.1200000001 5460634.08, 459063.53000000026 5460630.029999999, 459055.3099999996 5460628.02, 459047.03000000026 5460626, 459013.5999999996 5460617.82, 459011.5800000001 5460617.369999999, 459011.5999999996 5460617.300000001, 459011.9900000002 5460615.32, 459010.63999999966 5460614.9, 459007.53000000026 5460615.27, 458970.3200000003 5460606.59, 458946.91000000015 5460601.09, 458931.75 5460596.49, 458922.91000000015 5460593.800000001, 458910.86000000034 5460593.710000001, 458906.23000000045 5460593.67, 458883.4000000004 5460592.23, 458878.5800000001 5460591.93, 458866.29000000004 5460589.24, 458839.38999999966 5460582.220000001, 458827.16000000015 5460579.029999999, 458811.4900000002 5460575.460000001, 458782.54000000004 5460568.869999999, 458753.0599999996 5460562.16, 458751.58999999985</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6716-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6716-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6716-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6716-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -520,90 +520,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-113" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6716-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6716-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6716-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-113" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6716-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6716-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6716-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -677,51 +677,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108940</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.28316157571</v>
+        <v>46067.10446248839</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>