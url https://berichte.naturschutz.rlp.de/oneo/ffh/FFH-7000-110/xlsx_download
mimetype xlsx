--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -142,51 +142,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6710-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((386641.21999999974 5449765.67, 386642.8499999996 5449766.9399999995, 386632.66000000015 5449784.02, 386607.53000000026 5449816.789999999, 386592.29000000004 5449832.710000001, 386581.58999999985 5449843.140000001, 386574.91000000015 5449847.93, 386551.4000000004 5449860.109999999, 386539.4900000002 5449860.17, 386535.2400000002 5449859.460000001, 386535.3300000001 5449852.83, 386543.78000000026 5449852.699999999, 386565.0599999996 5449842.8100000005, 386570.9400000004 5449837.74, 386601.7400000002 5449804.01, 386610.3700000001 5449794.09, 386620.88999999966 5449776.9, 386634.0800000001 5449760.16, 386635.4199999999 5449761.199999999, 386636.1500000004 5449759.9399999995, 386639.98000000045 5449753.369999999, 386640.8200000003 5449751.8100000005, 386649.73000000045 5449736.789999999, 386652.5499999998 5449730.98, 386658.1200000001 5449714.74, 386658.6299999999 5449712.0600000005, 386657.98000000045 5449709.109999999, 386656.5800000001 5449706.26, 386653.5999999996 5449702.609999999, 386651.6699999999 5449701.199999999, 386649.88999999966 5449700.210000001, 386645.7000000002 5449698.550000001, 386642.1200000001 5449698.550000001, 386638.70999999996 5449699.07, 386635.63999999966 5449700.6899999995, 386633.4000000004 5449702.51, 386631.23000000045 5449705.57, 386627.2400000002 5449713.720000001, 386626.6699999999 5449715.84, 386626.61000000034 5449718.1, 386630.4900000002 5449726.140000001, 386631.01999999955 5449730.24, 386629.23000000045 5449740.84, 386627.75 5449743.16, 386627.1299999999 5449744.130000001, 386624.6799999997 5449747.970000001, 386623.5099999998 5449749.800000001, 386622.61000000034 5449751.220000001, 386613.6799999997 5449764.609999999, 386593.1200000001 5449781.779999999, 386580.3099999996 5449786.130000001, 386568.1299999999 5449782.779999999, 386566.04000000004 5449784.42, 386574.3099999996 5449794.34, 386577.0099999998 5449804.51, 386574.8700000001 5449811.359999999, 386561.3099999996 5449824.119999999, 386551.26999999955 5449829.99, 386542.4299999997 5449831.960000001, 386525.71999999974 5449841.25, 386516.75 5449845.02, 386506.6500000004 5449845.93, 386516.96999999974 5449847.789999999, 386521.66000000015 5449851.85, 386521.20999999996 5449858.529999999, 386508.6699999999 5449862.23, 386480.8700000001 5449853.369999999, 386475.1299999999 5449846.390000001, 386463.01999999955 5449842.0600000005, 386451.3099999996 5449835.1, 386439.8700000001 5449825.16, 386424.16000000015 5449812.59, 386420.38999999966 5449804.359999999, 386415.6299999999 5449797.74, 386401.66000000015 5449809.08, 386386.7400000002 5449811.949999999, 386365.86000000034 5449808.68, 386352.6500000004 5449804.039999999, 386336.5 5449793.130000001, 386325.01999999955 5449782.779999999, 386322.4199999999 5449774.529999999, 386326.76999999955 5449753.08, 386324.9000000004 5449733.609999999, 386319.45999999996 5449726.26, 386310.26999999955 5449727.640000001, 386296.9900000002 5449734.32, 386282.46999999974 5449746.619999999, 386274.88999999966 5449759.99, 386268.7599999998 5449766.75, 386264.4199999999 5449766.4399999995, 386257.1200000001 5449765.82, 386228.8700000001 5449758.710000001, 386210.01999999955 5449750.279999999, 386195.1200000001 5449748.82, 386173.9900000002 5449741.779999999, 386163.6699999999 5449739.25, 386157.0999999996 5449746.539999999, 386152.13999999966 5449755.17, 386146.54000000004 5449761.699999999, 386137.9199999999 5449766.66, 386126.6799999997 5449767.720000001, 386104.29000000004 5449760.08, 386087.4900000002 5449756.890000001, 386081.61000000034 5449753.050000001, 386076.6200000001 5449741.369999999, 386077.98000000045 5449724.199999999, 386076.6200000001 5449713.17, 386066.6299999999 5449709.42, 386056.3099999996 5449715.970000001, 386051.3499999996 5449725.83, 386056.0499999998 5449733.57, 386061.9000000004 5449740.91, 386063.28000000026 5449757.74, 386061.79000000004 5449771.07, 386056.8799999999 5449785.4, 386050.5099999998 5449798.529999999, 386037.9299999997 5449808.050000001, 386022.0700000003 5449813.41, 386009.33999999985 5449814.109999999, 385993.9500000002 5449820.5600000005, 385984.46999999974 5449822.07, 385980.66000000015 5449822.68, 385976.66000000015 5449823.3100000005, 385969.5700000003 5449823.59, 385962.16000000015 5449818.1, 385955.2400000002 5449803.390000001, 385947.4500000002 5449791.18, 385935.6799999997 5449778.93, 385923.45999999996 5449782.4399999995, 385893.46999999974 5449781.779999999, 385884.21999999974 5449787.130000001, 385870.88999999966 5449798.33, 385866.8799999999 5449812.609999999, 385863.29000000004 5449833.67, 385864.2000000002 5449853.51, 385864.2000000002 5449865.130000001, 385852.4199999999 5449881.73, 385846.9500000002 5449893.869999999, 385855.38999999966 5449896.82, 385882.91000000015 5449895.380000001, 385892.03000000026 5449902.029999999, 385893.20999999996 5449912.02, 385890.6500000004 5449919.859999999, 385879.3700000001 5449929.4, 385872.98000000045 5449938.1, 385867.5099999998 5449945.550000001, 385859.3300000001 5449956.550000001, 385850.4500000002 5449966.42, 385846.6900000004 5449976.18, 385856.6699999999 5449983.1899999995, 385865.03000000026 5449992.800000001, 385868.8499999996 5450003.279999999, 385870.36000000034 5450014.890000001, 385866.1299999999 5450029.3100000005, 385859.3799999999 5450042.27, 385853.36000000034 5450048.35, 385842.5499999998 5450058.960000001, 385832.9500000002 5450064.41, 385824.83999999985 5450071.82, 385817.6200000001 5450085.0600000005, 385797.7999999998 5450101.25, 385796.6799999997 5450108.27, 385803.3499999996 5450111.09, 385826.16000000015 5450108.25, 385836.53000000026 5450113.0600000005, 385841.33999999985 5450121.74, 385839.1299999999 5450132.289999999, 385827.45999999996 5450148.300000001, 385815.7999999998 5450157.5600000005, 385805.96999999974 5450170.3100000005, 385804.73000000045 5450176.51, 385804.01999999955 5450180.08, 385803.29000000004 5450183.880000001, 385804.21999999974 5450198.34, 385803.0099999998 5450208.6, 385804.8099999996 5450221.49, 385807.3099999996 5450239.289999999, 385809.96999999974 5450241.33, 385829.63999999966 5450237.75, 385840.25 5450242.9399999995, 385857.04000000004 5450259.93, 385872.0700000003 5450280.75, 385875.0499999998 5450296.99, 385868.46999999974 5450314.91, 385857.5700000003 5450332.609999999, 385854.5099999998 5450341.59, 385859.6699999999 5450354.779999999, 385860.83999999985 5450368.98, 385865.8200000003 5450378.199999999, 385870.1299999999 5450396.710000001, 385864.7599999998 5450406.039999999, 385864.4400000004 5450408.970000001, 385863.3200000003 5450417.380000001, 385866.20999999996 5450435.85, 385865.5800000001 5450453.17, 385859.9299999997 5450461.8100000005, 385838.5499999998 5450481.380000001, 385838.5999999996 5450487.34, 385860.1900000004 5450530.449999999, 385861.70999999996 5450542.74, 385859.6299999999 5450555.6899999995, 385851.6500000004 5450566.699999999, 385845.7400000002 5450570.6899999995, 385853.8200000003 5450574.66, 385864.79000000004 5450580.050000001, 385864.38999999966 5450584.35, 385852.1500000004 5450578.26, 385840.2599999998 5450574.390000001, 385823.53000000026 5450580.619999999, 385804.0499999998 5450589.779999999, 385798.83999999985 5450595.220000001, 385797.1699999999 5450601.15, 385808.88999999966 5450613.15, 385809.7000000002 5450627.619999999, 385803.9900000002 5450635.460000001, 385859.4500000002 5450640.050000001, 385857.86000000034 5450659.09, 385857.20999999996 5450677.58, 385857.0999999996 5450702.08, 385857.75 5450722.9399999995, 385857.4299999997 5450778.470000001, 385858.0599999996 5450789.550000001, 385859.5999999996 5450816.470000001, 385860.48000000045 5450830.51, 385865.38999999966 5450870.9399999995, 385872.73000000045 5450916.699999999, 385881.29000000004 5450969.66, 385883.5599999996 5450981.869999999, 385884.0800000001 5450984.74, 385885.4299999997 5450991.970000001, 385893.23000000045 5451023.57, 385901.7400000002 5451052.470000001, 385910.9900000002 5451068.9399999995, 385929.2599999998 5451116.449999999, 385945.26999999955 5451155.75, 385954.5 5451173.59, 385967.8799999999 5451192.609999999, 385970.1799999997 5451195.859999999, 385973.11000000034 5451199.99, 385991.7000000002 5451220.609999999, 386009.9199999999 5451238.109999999, 386029.5700000003 5451253.57, 386041.8799999999 5451261.32, 386047.76999999955 5451264.6, 386061.3799999999 5451272.119999999, 386075.9000000004 5451277.34, 386097.0099999998 5451284.619999999, 386115.98000000045 5451290.029999999, 386153.1200000001 5451298.48, 386161.3300000001 5451300.9, 386167.83999999985 5451303.73, 386175.6500000004 5451309.07, 386181.45999999996 5451316.92, 386186.4000000004 5451327.199999999, 386187.79000000004 5451334.039999999, 386190.26999999955 5451334.4399999995, 386195.66000000015 5451335.33, 386199.23000000045 5451335.92, 386203.4199999999 5451333.210000001, 386215.9299999997 5451336.01, 386235.7400000002 5451349.050000001, 386256.2599999998 5451357.66, 386278.1699999999 5451364.880000001, 386331.98000000045 5451394.43, 386382.5800000001 5451413.16, 386409.7000000002 5451424.0600000005, 386439.16000000015 5451431.609999999, 386482.8300000001 5451450.09, 386535.26999999955 5451469.84, 386577.54000000004 5451494.85, 386679.9000000004 5451532.68, 386707 5451541.27, 386751.4299999997 5451560.33, 386769.23000000045 5451570.779999999, 386793.5700000003 5451581.119999999, 386827.51999999955 5451592.3100000005, 386880.29000000004 5451614.24, 386903.7400000002 5451621.050000001, 386940.96999999974 5451638.699999999, 387007.5099999998 5451669.25, 387041.26999999955 5451672.08, 387089.1699999999 5451691.369999999, 387106.9400000004 5451704.380000001, 387141.5999999996 5451711.91, 387191.3799999999 5451724.76, 387330.11000000034 5451750.0600000005, 387383.86000000034 5451757.67, 387518.91000000015 5451780.029999999, 387519.0499999998 5451780.0600000005, 387520.8700000001 5451775.26, 387542.28000000026 5451723.109999999, 387544.26999999955 5451718.279999999, 387572.26999999955 5451649.880000001, 387575.2400000002 5451641.890000001, 387570.75 5451578.41, 387574.53000000026 5451533.76, 387576.36000000034 5451488.59, 387574.26999999955 5451451.710000001, 387570.4400000004 5451423.08, 387558.0800000001 5451384.369999999, 387554.86000000034 5451359.4, 387549.0999999996 5451324.17, 387540.7599999998 5451298.970000001, 387506.3499999996 5451217.73, 387485 5451173.82, 387454.2400000002 5451130.539999999, 387436.03000000026 5451104.9, 387430.9500000002 5451093.98, 387429.3799999999 5451088.460000001, 387426.4199999999 5451074.949999999, 387424.36000000034 5451062.34, 387424.6299999999 5451052.09, 387431.83999999985 5451011.720000001, 387430.6299999999 5450989.0600000005, 387427.3200000003 5450977.449999999, 387421.95999999996 5450969.68, 387408.2400000002 5450954.25, 387403.48000000045 5450947.41, 387399.6200000001 5450940.27, 387395.2999999998 5450919.470000001, 387389.8099999996 5450910.57, 387319.0700000003 5450861.0600000005, 387308.01999999955 5450852.970000001, 387286.5800000001 5450826.199999999, 387286.0099999998 5450822.32, 387285.98000000045 5450818.390000001, 387286.8200000003 5450814.07, 387288.91000000015 5450809.35, 387292.3200000003 5450802.91, 387300.0099999998 5450792.970000001, 387309.6500000004 5450784.369999999, 387318.4900000002 5450778.210000001, 387338.3200000003 5450767.220000001, 387351.9199999999 5450759.92, 387369.5999999996 5450751.4399999995, 387394.0800000001 5450743.630000001, 387417.03000000026 5450740.16, 387429.29000000004 5450739.52, 387438.7999999998 5450739.029999999, 387504.4400000004 5450735.949999999, 387552.08999999985 5450735.26, 387567.20999999996 5450735.74, 387576.08999999985 5450736.02, 387627.23000000045 5450737.619999999, 387680.9900000002 5450739.3100000005, 387729.3499999996 5450743.07, 387767.96999999974 5450750.41, 387812.8300000001 5450769.33, 387848.70999999996 5450781.23, 387920.04000000004 5450804.359999999, 387924.4900000002 5450805.710000001, 387979.70999999996 5450803.66, 388018.46999999974 5450794.0600000005, 388036.5599999996 5450788.9, 388052.29000000004 5450784.41, 388063.3799999999 5450784.369999999, 388073.53000000026 5450786.48, 388070.9199999999 5450799.779999999, 388068.5499999998 5450810.130000001, 388065.5700000003 5450823.23, 388053.38999999966 5450867.279999999, 388065.2000000002 5450868.199999999, 388053.8200000003 5450941.26, 388113.0800000001 5450957.279999999, 388164.1900000004 5450953.390000001, 388168.46999999974 5450981.17, 388167.29000000004 5450998.539999999, 388161.26999999955 5451020.1, 388154.9199999999 5451037.85, 388147.76999999955 5451053.119999999, 388135.21999999974 5451076.09, 388128.16000000015 5451087.93, 388115.08999999985 5451100.779999999, 388110.0700000003 5451107.74, 388106.4900000002 5451115.4, 388101.1200000001 5451149.109999999, 388098.21999999974 5451156.720000001, 388090.9400000004 5451167.17, 388077.48000000045 5451180.9, 388048.1799999997 5451207.4399999995, 388012.2000000002 5451243.74, 388003.8300000001 5451248.24, 387995.33999999985 5451254.1899999995, 387966.7000000002 5451264.4, 387931.53000000026 5451273.42, 387914.73000000045 5451274.76, 387894.7400000002 5451277.300000001, 387851.9400000004 5451275.76, 387835.4199999999 5451271.52, 387764.5099999998 5451132.789999999, 387672.8300000001 5451128.279999999, 387671.21999999974 5451129.58, 387667.0599999996 5451132.98, 387640.0599999996 5451155, 387630.11000000034 5451163.109999999, 387631.8499999996 5451171.199999999, 387638.7400000002 5451193.699999999, 387658.25 5451249.0600000005, 387674.25 5451305.619999999, 387676.3799999999 5451313.15, 387681.20999999996 5451311.74, 387681.96999999974 5451316.640000001, 387688.16000000015 5451359.35, 387700.1900000004 5451416.359999999, 387688.0499999998 5451418.6899999995, 387686.28000000026 5451481.57, 387678.6500000004 5451482.0600000005, 387660.6200000001 5451483.199999999, 387613.1500000004 5451486.24, 387623.58999999985 5451516.859999999, 387612.26999999955 5451575.74, 387576.2999999998 5451580.68, 387581.46999999974 5451647.050000001, 387576.36000000034 5451653.369999999, 387557.6299999999 5451698.890000001, 387548.86000000034 5451720.210000001, 387547.4000000004 5451723.76, 387526.26999999955 5451775.17, 387524.1200000001 5451780.880000001, 387709.9400000004 5451816.02, 387835.9000000004 5451834.66, 387869.3300000001 5451842.57, 387941.03000000026 5451854.460000001, 388003.76999999955 5451861.82, 388064.8799999999 5451863.630000001, 388114.9900000002 5451860.32, 388184.4500000002 5451849.6899999995, 388263.5099999998 5451836.77, 388331.4400000004 5451830.48, 388392.4400000004 5451822.640000001, 388411.7000000002 5451819.1, 388415.08999999985 5451818.52, 388488.6900000004 5451805.210000001, 388517.4500000002 5451806.1, 388578.8799999999 5451813.630000001, 388642.5700000003 5451826.470000001, 388683.08999999985 5451829.4, 388781.21999999974 5451834.390000001, 388824.6299999999 5451845.23, 388827.2999999998 5451845.65, 388833.6299999999 5451846.66, 388841.83999999985 5451847.960000001, 388903.46999999974 5451857.6899999995, 388965.76999999955 5451864.49, 388994.2000000002 5451863.82, 389053.7400000002 5451856.029999999, 389124.01999999955 5451844.08, 389225.66000000015 5451815.91, 389264.58999999985 5451800.99, 389329.4400000004 5451788.300000001, 389363.6900000004 5451774.75, 389373.04000000004 5451767.380000001, 389407.4400000004 5451720.26, 389431.79000000004 5451685.6899999995, 389456.38999999966 5451653.24, 389479.1299999999 5451616.35, 389493.63999999966 5451587.65, 389525.0800000001 5451539.539999999, 389538.0999999996 5451535.029999999, 389552.7999999998 5451535.68, 389687.0099999998 5451570.18, 389741.2400000002 5451585.369999999, 389785.20999999996 5451589.73, 389904.5099999998 5451624.470000001, 389952.88999999966 5451635.710000001, 389996.66000000015 5451644.619999999, 390032.33999999985 5451654.460000001, 390072.8499999996 5451666.49, 390109.7599999998 5451672.33, 390140.86000000034 5451678.09, 390141.23000000045 5451672.0600000005, 390142.63999999966 5451629.15, 390144.83999999985 5451565.23, 390145.08999999985 5451557.970000001, 390115.54000000004 5451510.5, 390098.86000000034 5451480.85, 390063.0099999998 5451405.130000001, 390054.0800000001 5451386.16, 390044.8300000001 5451375.449999999, 390039.71999999974 5451369.539999999, 390016.4500000002 5451328.619999999, 389999.0599999996 5451296.08, 389994.28000000026 5451286.289999999, 389983.9400000004 5451265.16, 389978.6699999999 5451250.039999999, 389963.61000000034 5451257.25, 389960.3700000001 5451258.8100000005, 389958.5700000003 5451251.970000001, 389958.4400000004 5451246.16, 389963.36000000034 5451232.289999999, 389964.6200000001 5451224.66, 389964.29000000004 5451216.32, 389962.76999999955 5451203.48, 389958.88999999966 5451186.630000001, 389955.11000000034 5451177.720000001, 389953.1299999999 5451175.24, 389950.2000000002 5451174.23, 389947.76999999955 5451170.210000001, 389942.78000000026 5451166.59, 389937.28000000026 5451161.779999999, 389932.9500000002 5451163.17, 389929.8300000001 5451164.18, 389687.79000000004 5451165.84, 389687.38999999966 5451164.92, 389682.36000000034 5451153.039999999, 389676.46999999974 5451139.140000001, 389668.63999999966 5451120.6899999995, 389640.83999999985 5451055.119999999, 389654.3300000001 5451051.98, 389700.9500000002 5451041.16, 389689.41000000015 5451001.67, 389684.25 5450984.029999999, 389683.5499999998 5450981.67, 389676.5999999996 5450958.5600000005, 389726.21999999974 5450937.65, 389739.6200000001 5450932, 389730.01999999955 5450886.68, 389709.9199999999 5450862.59, 389664.75 5450818.949999999, 389663.88999999966 5450801.02, 389663.4400000004 5450792.039999999, 389662.9900000002 5450783.050000001, 389662 5450762.91, 389661.28000000026 5450748.26, 389633 5450734.3100000005, 389625.75 5450705.25, 389626.46999999974 5450698.4, 389630.7999999998 5450657.029999999, 389630.8200000003 5450656.83, 389731.3300000001 5450702.619999999, 389740.88999999966 5450691.08, 389770.8799999999 5450654.82, 389784.8099999996 5450607.880000001, 389764.1900000004 5450502.210000001, 389752.5700000003 5450467.15, 389713.38999999966 5450423.380000001, 389721.5499999998 5450416.949999999, 389726.4900000002 5450413.050000001, 389745.41000000015 5450419.01, 389754.2999999998 5450421.8100000005, 389781.5499999998 5450423.550000001, 389801.6500000004 5450411.76, 389806.1799999997 5450409.1, 389817.5599999996 5450395.9399999995, 389824.4400000004 5450385.98, 389828.98000000045 5450371.33, 389832.36000000034 5450364.24, 389836.5099999998 5450358.220000001, 389844.29000000004 5450354.0600000005, 389876.79000000004 5450329.970000001, 389881.9199999999 5450334.550000001, 389920.08999999985 5450250.24, 389930.53000000026 5450223.279999999, 389935.5499999998 5450194.699999999, 389938.73000000045 5450154.83, 389974.7999999998 5450160.17, 390010.1500000004 5450171.9, 389997.73000000045 5450201.17, 389984.8799999999 5450231.890000001, 389990.6500000004 5450231.279999999, 389991.5 5450240.66, 389992.9199999999 5450247.119999999, 389994.4299999997 5450251.52, 389996.3099999996 5450255.5600000005, 389999.45999999996 5450260.32, 390006.91000000015 5450268.800000001, 390014.4400000004 5450275.369999999, 390023.01999999955 5450281.050000001, 390034.4299999997 5450286.970000001, 390062.1200000001 5450301.24, 390079.3700000001 5450310.220000001, 390085.01999999955 5450309.369999999, 390103.28000000026 5450306.08, 390110.23000000045 5450305.5, 390123.5499999998 5450306.9, 390135.58999999985 5450308.8100000005, 390163.36000000034 5450260.02, 390215.01999999955 5450169.289999999, 390214.20999999996 5450168.17, 390207.3499999996 5450160.51, 390206.98000000045 5450131.17, 390207.86000000034 5450128.84, 390209.3700000001 5450124.84, 390241.36000000034 5450040.470000001, 390279.13999999966 5449971.210000001, 390279.8700000001 5449969.869999999, 390280.23000000045 5449969.210000001, 390280.4400000004 5449968.5, 390316.1799999997 5449850.380000001, 390317.4900000002 5449851.32, 390363.41000000015 5449874.48, 390396.8799999999 5449836.890000001, 390411.53000000026 5449820.43, 390442.95999999996 5449785.6899999995, 390450.8300000001 5449786.93, 390535.11000000034 5449800.23, 390546.88999999966 5449764.02, 390721.75 5449857.35, 390723.6200000001 5449863.1, 390733.28000000026 5449900.68, 390732.79000000004 5449947.98, 390733.6299999999 5450001.33, 390741.98000000045 5450104.789999999, 390777.61000000034 5450176.050000001, 390792.25 5450209.210000001, 390799.9500000002 5450236.52, 390774.3200000003 5450418.59, 390765.3200000003 5450446.210000001, 390715.66000000015 5450534.6, 390749.6799999997 5450596.619999999, 390749.9199999999 5450599.66, 390804.1500000004 5450682.220000001, 390851.9400000004 5450756.050000001, 390876.6200000001 5450801.359999999, 390882.28000000026 5450839.140000001, 390935.4900000002 5450875.720000001, 390996.9400000004 5450888.4399999995, 390999.5700000003 5450887.49, 391004.1799999997 5450885.51, 390997.41000000015 5450879.800000001, 390999.7599999998 5450812.130000001, 391000.6299999999 5450786.74, 391003.0099999998 5450785.4, 391014.61000000034 5450780.73, 391023.2999999998 5450777.24, 391044.4900000002 5450769.73, 391046.4500000002 5450759.5, 391062.0599999996 5450695, 391065.51999999955 5450680.73, 391171.2999999998 5450690.52, 391178.8099999996 5450678.08, 391188.4500000002 5450663.109999999, 391214.5599999996 5450621.65, 391231.11000000034 5450596.699999999, 391239.03000000026 5450584.92, 391262.0599999996 5450549.390000001, 391278.5800000001 5450524.65, 391290.8300000001 5450506.0600000005, 391294.01999999955 5450501.74, 391298.5599999996 5450473.720000001, 391309.25 5450405.869999999, 391319.1299999999 5450411.1, 391327.9299999997 5450399.41, 391318.45999999996 5450373.699999999, 391300.5700000003 5450355.300000001, 391290.4000000004 5450342.57, 391284.8499999996 5450334.6, 391282.51999999955 5450330.26, 391317.46999999974 5450330.09, 391319.7000000002 5450330.09, 391337.4000000004 5450330, 391343.23000000045 5450323.880000001, 391349.61000000034 5450317.75, 391372.73000000045 5450293.5600000005, 391401.83999999985 5450326.75, 391406.13999999966 5450331.640000001, 391472.1799999997 5450399.119999999, 391466.16000000015 5450405.27, 391473.7000000002 5450412.02, 391603.5599999996 5450529.140000001, 391606.0599999996 5450531.59, 391610.8499999996 5450526.17, 391616.36000000034 5450519.9399999995, 391622.5099999998 5450512.99, 391666.5800000001 5450550.16, 391712.88999999966 5450592.58, 391759.7599999998 5450637.289999999, 391774.9400000004 5450639.630000001, 391780.9299999997 5450634.48, 391790.58999999985 5450626.17, 391799.54000000004 5450618.470000001, 391806.11000000034 5450612.83, 391815.96999999974 5450604.359999999, 391778.29000000004 5450552.699999999, 391749.61000000034 5450511.18, 391756.13999999966 5450462.75, 391760.5 5450430.48, 391771.51999999955 5450412.970000001, 391773.0700000003 5450410.16, 391784.0599999996 5450390.390000001, 391799.6900000004 5450374.369999999, 391769.96999999974 5450329.07, 391771.1900000004 5450327.699999999, 391775.4400000004 5450322.92, 391778.3099999996 5450320.43, 391798.5800000001 5450302.880000001, 391807.21999999974 5450295.41, 391818.70999999996 5450285.449999999, 391775.7999999998 5450223.199999999, 391783.78000000026 5450216.970000001, 391766.9500000002 5450199.779999999, 391750.0999999996 5450174.76, 391748.9000000004 5450168.59, 391748.9000000004 5450163.800000001, 391750.11000000034 5450157.6, 391753.91000000015 5450149.48, 391758.4199999999 5450143.199999999, 391762.21999999974 5450140.5, 391768.13999999966 5450138.380000001, 391763.78000000026 5450111.460000001, 391755.88999999966 5450070.92, 391781.20999999996 5450009.92, 391781.21999999974 5450005.789999999, 391767.9299999997 5450006.43, 391734.4000000004 5449999.289999999, 391721.4299999997 5449995.43, 391699.1299999999 5449986.58, 391613.23000000045 5449947.1899999995, 391569.61000000034 5449939.5600000005, 391518.8499999996 5449929.74, 391465.61000000034 5449905.52, 391440.0599999996 5449890.42, 391311.1799999997 5449811.220000001, 391359.51999999955 5449701.3100000005, 391352.51999999955 5449639.34, 391416.6299999999 5449558.91, 391492.3300000001 5449512.18, 391494.78000000026 5449511.0600000005, 391498.9900000002 5449510.32, 391509.33999999985 5449510.039999999, 391509.3499999996 5449505.369999999, 391510.6699999999 5449471.300000001, 391512.9299999997 5449413.15, 391489.1900000004 5449410.48, 391489.4400000004 5449398.3100000005, 391489.8200000003 5449378.75, 391403.29000000004 5449355.460000001, 391409.33999999985 5449349.68, 391415.83999999985 5449341.52, 391415.98000000045 5449323.98, 391426.0800000001 5449297.93, 391439.1299999999 5449297.99, 391472.33999999985 5449296.84, 391505.51999999955 5449295.5, 391529.6699999999 5449293.76, 391548.9000000004 5449291.3100000005, 391561.0999999996 5449288.85, 391577.4400000004 5449285.02, 391601.6699999999 5449278.1, 391635.70999999996 5449268.27, 391654.9299999997 5449263.82, 391685.04000000004 5449259.369999999, 391711.9299999997 5449253.66, 391721.88999999966 5449250.970000001, 391730.1500000004 5449248.92, 391729.7599999998 5449245.76, 391746.0099999998 5449237.039999999, 391755.95999999996 5449231.699999999, 391763.16000000015 5449227.029999999, 391771.54000000004 5449221.6, 391776.4900000002 5449217.74, 391778.5700000003 5449215.34, 391780.8700000001 5449212.6899999995, 391782.54000000004 5449207.779999999, 391782.88999999966 5449206.73, 391782.9400000004 5449198.65, 391782.9500000002 5449196.1899999995, 391782.3499999996 5449187.289999999, 391782.1699999999 5449184.74, 391781.0800000001 5449181.26, 391778.25 5449175.32, 391779.88999999966 5449169.539999999, 391781.33999999985 5449164.43, 391781.45999999996 5449158.779999999, 391780.8700000001 5449153.6899999995, 391780.73000000045 5449152.460000001, 391780.51999999955 5449150.67, 391778.0599999996 5449144.42, 391774.88999999966 5449139.25, 391770.7400000002 5449135.75, 391770.4400000004 5449135.5, 391763.88999999966 5449122.619999999, 391762.6900000004 5449120.279999999, 391762.21999999974 5449119.35, 391748.1500000004 5449106.6, 391733.4500000002 5449097.300000001, 391731.51999999955 5449096.09, 391716.0099999998 5449076.6, 391702.51999999955 5449059.65, 391698.9299999997 5449055.470000001, 391690.9000000004 5449046.119999999, 391679.1900000004 5449039.73, 391676.8300000001 5449038.4399999995, 391662.98000000045 5449031.65, 391640.51999999955 5449020.640000001, 391635.96999999974 5449018.41, 391629.1900000004 5449015.9, 391612.73000000045 5449028.92, 391604.28000000026 5449018.880000001, 391597.96999999974 5449012.869999999, 391587.5999999996 5449002.99, 391575.58999999985 5448992.869999999, 391561.04000000004 5448981.619999999, 391548.4900000002 5448971.93, 391540.5 5448965.76, 391533.1200000001 5448959.15, 391528.6900000004 5448954.65, 391517.8700000001 5448943.68, 391489.1200000001 5448917.5600000005, 391464.5800000001 5448897.460000001, 391447.98000000045 5448885.25, 391435.7999999998 5448877.17, 391420.75 5448869.800000001, 391446.4000000004 5448819.960000001, 391448.08999999985 5448816.6899999995, 391453.8799999999 5448805.42, 391471.11000000034 5448791.529999999, 391486.4500000002 5448776.59, 391511.6799999997 5448801.970000001, 391541.4400000004 5448829.08, 391561.70999999996 5448847.529999999, 391587 5448868.85, 391590.16000000015 5448871.5, 391597.3099999996 5448861.34, 391601.1699999999 5448863.859999999, 391627.45999999996 5448881.119999999, 391741.0499999998 5448955.640000001, 391743.3700000001 5448957.140000001, 391740.2599999998 5448963.5600000005, 391832.1900000004 5449026.42, 391840.88999999966 5449032.369999999, 391834.46999999974 5449053.15, 391839.0700000003 5449056.4, 391845.5800000001 5449061.5600000005, 391852.5 5449067.07, 391861.4900000002 5449074.220000001, 391862.9199999999 5449075.34, 391871.3099999996 5449083.82, 391881.1699999999 5449093.77, 391889.96999999974 5449102.67, 391892.38999999966 5449105.529999999, 391901.5499999998 5449116.4399999995, 391915.4900000002 5449077.59, 391925.46999999974 5449041.0600000005, 391942.04000000004 5449046.199999999, 391947.0099999998 5449022.6899999995, 391949.79000000004 5448996.67, 391953.61000000034 5448969.92, 391955 5448943.77, 391955.75 5448929.18, 391963.3300000001 5448933.93, 391976.3200000003 5448942.130000001, 391984.5599999996 5448947.34, 391993.3700000001 5448953.25, 392040.1200000001 5448984.619999999, 392049.7400000002 5448991.07, 392052.66000000015 5448993.140000001, 392070.4199999999 5449005.65, 392094.3700000001 5449134.26, 392083.5499999998 5449133.039999999, 392076.13999999966 5449132.98, 392074.48000000045 5449132.99, 392079.3499999996 5449137.050000001, 392166.25 5449208.51, 392167.96999999974 5449209.92, 392167.08999999985 5449210.93, 392172.7999999998 5449216.02, 392248.5599999996 5449282.67, 392256.76999999955 5449289.9, 392253.1900000004 5449293.92, 392250.29000000004 5449296.57, 392248.03000000026 5449298.619999999, 392245.9900000002 5449300.470000001, 392284.45999999996 5449331.02, 392321.73000000045 5449359.16, 392335.2599999998 5449368.83, 392351.3499999996 5449379.220000001, 392369 5449389.130000001, 392372.88999999966 5449387.550000001, 392374.70999999996 5449381.279999999, 392380.4299999997 5449361.5, 392408.0499999998 5449266.01, 392412.2000000002 5449262.5600000005, 392408.9500000002 5449257.6, 392380.91000000015 5449214.539999999, 392375.3799999999 5449206.449999999, 392372.5700000003 5449202.3100000005, 392371.3799999999 5449200.5600000005, 392332.71999999974 5449150.140000001, 392284.33999999985 5449069.640000001, 392243.2999999998 5449006.42, 392212.98000000045 5448955.18, 392183.4900000002 5448898.23, 392155.20999999996 5448825.93, 392157.3799999999 5448825.83, 392144.70999999996 5448795.369999999, 392127.8799999999 5448754.93, 392113.16000000015 5448719.550000001, 392097.8099999996 5448682.65, 392089.78000000026 5448663.34, 392088.16000000015 5448655.67, 392087.3700000001 5448648.890000001, 392088.4199999999 5448646.23, 392089.8099999996 5448642.699999999, 392090.83999999985 5448640.1, 392094.2999999998 5448633.34, 392097.03000000026 5448627.279999999, 392104.9000000004 5448613.08, 392112.58999999985 5448599.199999999, 392122.08999999985 5448582.0600000005, 392133.5099999998 5448561.4399999995, 392140.6699999999 5448548.02, 392148.23000000045 5448533.8100000005, 392155.45999999996 5448520.220000001, 392160.46999999974 5448510.8100000005, 392173.73000000045 5448481.98, 392183.79000000004 5448460.140000001, 392186.78000000026 5448456.779999999, 392190.51999999955 5448451.609999999, 392209.51999999955 5448432.75, 392241.2400000002 5448420.32, 392277.5999999996 5448412.220000001, 392319.5 5448405.9399999995, 392363.2999999998 5448400.48, 392414.53000000026 5448394.470000001, 392454.16000000015 5448389.800000001, 392499.16000000015 5448385.74, 392517.9299999997 5448376.9, 392519.3700000001 5448375.93, 392521.51999999955 5448374.5, 392571.61000000034 5448361, 392580.5099999998 5448359.15, 392622.11000000034 5448356.5, 392665.13999999966 5448355.35, 392689.8799999999 5448355.789999999, 392727.3700000001 5448360.42, 392763.1200000001 5448366.33, 392802.1699999999 5448367.43, 392823.4900000002 5448369.640000001, 392793.66000000015 5448438.029999999, 392766.0700000003 5448501.300000001, 392778.76999999955 5448515.289999999, 392793.88999999966 5448525.449999999, 392809.7000000002 5448536.050000001, 392823.58999999985 5448545.380000001, 392832.0499999998 5448551.050000001, 392840.20999999996 5448556.529999999, 392854.5099999998 5448566.119999999, 392869.2599999998 5448575.73, 392870.7999999998 5448576.73, 392878.71999999974 5448591.99, 392889.38999999966 5448612.539999999, 392899.21999999974 5448631.460000001, 392908.1500000004 5448648.640000001, 392913.5 5448658.949999999, 392918.29000000004 5448668.17, 392930.5999999996 5448691.869999999, 392915.5800000001 5448738.130000001, 392910.25 5448754.51, 392894.2999999998 5448761.58, 392890.0599999996 5448763.460000001, 392880.23000000045 5448768.119999999, 392844.66000000015 5448784.99, 392824.0999999996 5448794.73, 392789.1299999999 5448812.15, 392777.79000000004 5448819.6899999995, 392776.8799999999 5448820.289999999, 392770.73000000045 5448824.98, 392769.29000000004 5448830.029999999, 392768.6200000001 5448837.17, 392768.01999999955 5448843.4, 392772.13999999966 5448901.67, 392833.9199999999 5448935.5, 392859.54000000004 5448928.300000001, 392876.0099999998 5448923.66, 392946.2000000002 5448903.9399999995, 392967.3499999996 5448898, 393010.9000000004 5448879.140000001, 393018.5499999998 5448875.83, 393028.4500000002 5448871.960000001, 393041.88999999966 5448866.73, 393070.5999999996 5448890.789999999, 393095.25 5448889.6, 393126.1699999999 5448884.07, 393128.51999999955 5448883.18, 393153.6699999999 5448873.539999999, 393160.25 5448870.640000001, 393176.1900000004 5448863.59, 393186.8099999996 5448858.91, 393194.51999999955 5448854.75, 393212.19000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6710-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6710-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6710-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6710-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -520,90 +520,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-110" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6710-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6710-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6710-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-110" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6710-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6710-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6710-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -677,51 +677,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108937</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.44978622608</v>
+        <v>46067.90627290592</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>