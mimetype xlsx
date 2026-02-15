--- v0 (2025-11-09)
+++ v1 (2026-02-15)
@@ -140,51 +140,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6616-304</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((464158.3099999996 5475794.380000001, 464158.3700000001 5475789.32, 464158.8099999996 5475757.16, 464157.9500000002 5475706.35, 464152.36000000034 5475655.99, 464145.8799999999 5475606.289999999, 464135.45999999996 5475556.84, 464123.8700000001 5475507.369999999, 464107.3300000001 5475458.82, 464090.9400000004 5475411.23, 464070.5 5475363.470000001, 464049.58999999985 5475318.93, 464030.28000000026 5475271.98, 464009.1699999999 5475226.9, 463987.0800000001 5475183.09, 463974.5599999996 5475158.25, 463821.25 5475104.800000001, 463725.04000000004 5475072.380000001, 463700.2999999998 5475052.42, 463683.9400000004 5475024.93, 463672.8499999996 5474991.84, 463643.5599999996 5474906.52, 463586.1200000001 5474865.609999999, 463574.2000000002 5474859.869999999, 463469.6299999999 5474896.49, 463462.4299999997 5474899.02, 463455.6699999999 5474901.380000001, 463447.16000000015 5474901.83, 463440.5499999998 5474896.42, 463420.6699999999 5474862.98, 463383.73000000045 5474779.65, 463294.38999999966 5474569.619999999, 463263.1900000004 5474428.869999999, 463258.8499999996 5474408.960000001, 463254.9500000002 5474391.08, 463250.91000000015 5474372.609999999, 463246.95999999996 5474354.51, 463243.08999999985 5474336.76, 463242.86000000034 5474335.73, 463241.46999999974 5474329.029999999, 463240.1200000001 5474322.59, 463238.6200000001 5474315.449999999, 463237.1500000004 5474308.390000001, 463233.4299999997 5474290.609999999, 463231.3799999999 5474280.84, 463232.8099999996 5474272.82, 463235.88999999966 5474255.720000001, 463239.08999999985 5474237.82, 463240.5800000001 5474229.51, 463242.2999999998 5474219.949999999, 463245.6299999999 5474201.27, 463257.3099999996 5474135.24, 463261.1900000004 5474113.279999999, 463262.4299999997 5474106.289999999, 463247.45999999996 5474108.01, 463246.1799999997 5474108.25, 463243.23000000045 5474108.82, 463235.46999999974 5474110.24, 463233.8700000001 5474110.539999999, 463227.23000000045 5474111.77, 463219.0700000003 5474113.289999999, 463210.95999999996 5474114.789999999, 463202.9199999999 5474116.289999999, 463194.9500000002 5474117.779999999, 463162.5 5474157.800000001, 463135.1699999999 5474191.27, 463127.6200000001 5474200.33, 463112.03000000026 5474212.1899999995, 463101.3499999996 5474220.09, 463091.29000000004 5474227.75, 463073.4199999999 5474241.23, 463055.4199999999 5474254.8100000005, 463050.2999999998 5474258.67, 463048.4199999999 5474260.08, 463037.11000000034 5474268.539999999, 463022.5700000003 5474279.43, 463007.9000000004 5474290.42, 463000.45999999996 5474295.99, 462993.1699999999 5474301.449999999, 462986.1200000001 5474306.73, 462978.5999999996 5474311.390000001, 462968.21999999974 5474317.92, 462962.7400000002 5474307.66, 462963.96999999974 5474299.8100000005, 462963.3099999996 5474291.77, 462960.4400000004 5474284.17, 462950.5499999998 5474263.33, 462870.0700000003 5474141.68, 462845.45999999996 5474097.1899999995, 462833.70999999996 5474073.449999999, 462825.9199999999 5474053.41, 462823.0599999996 5474037.859999999, 462822.3300000001 5474022.93, 462822.0499999998 5474017.16, 462821.79000000004 5474011.83, 462823.3799999999 5473989.27, 462827.7599999998 5473945.460000001, 462844.7400000002 5473849.6, 462854.9199999999 5473786.380000001, 462857.08999999985 5473768.390000001, 462863.1500000004 5473736.24, 462865.71999999974 5473658.1, 462869.2999999998 5473562.609999999, 462872.38999999966 5473467.1899999995, 462877.11000000034 5473337.74, 462871.3499999996 5473308.029999999, 462867.95999999996 5473309.140000001, 462866.6299999999 5473304.880000001, 462867.45999999996 5473301.039999999, 462868.71999999974 5473297.33, 462870.38999999966 5473293.779999999, 462872.8300000001 5473289.949999999, 462875.76999999955 5473286.470000001, 462879.3799999999 5473283.9399999995, 462883.1299999999 5473281.59, 462887.1500000004 5473279.35, 462891.28000000026 5473277.33, 462901.5499999998 5473274.4, 462909.75 5473271.529999999, 462918.8499999996 5473268.49, 462927.54000000004 5473265.130000001, 462939.7999999998 5473260.029999999, 462952.5 5473254.0600000005, 462974.5499999998 5473243.3100000005, 462989.2000000002 5473239.359999999, 463031.16000000015 5473189.710000001, 463033.9400000004 5473186.42, 463077.16000000015 5473135.27, 463122.23000000045 5473081.66, 463162.63999999966 5473033.1, 463162.96999999974 5473025.08, 463166.71999999974 5473012.49, 463171.4900000002 5473001.34, 463175.8200000003 5472989.609999999, 463177.2999999998 5472983.59, 463178.45999999996 5472977.5, 463179.2000000002 5472971.1, 463179.5 5472964.67, 463179.54000000004 5472958.619999999, 463179.8200000003 5472952.58, 463180.6699999999 5472945.550000001, 463182.8200000003 5472940.84, 463187.41000000015 5472936.109999999, 463186.01999999955 5472933.119999999, 463185.66000000015 5472932.630000001, 463129.38999999966 5472853.050000001, 463124.3499999996 5472845.9399999995, 463116.71999999974 5472835.140000001, 463095.29000000004 5472808.779999999, 462938.0599999996 5472610.630000001, 462649.71999999974 5472251, 462603.6500000004 5472193.539999999, 462591.48000000045 5472203.23, 462453.75 5472029.300000001, 462429.95999999996 5472001.58, 462427.78000000026 5471999.039999999, 462397.73000000045 5471964.029999999, 462370.5800000001 5471925.07, 462369.5999999996 5471924.289999999, 462361.1200000001 5471917.539999999, 462322.11000000034 5471882.3100000005, 462269.5800000001 5471838.199999999, 462213.3799999999 5471801.07, 462105.1500000004 5471742.539999999, 462042.5599999996 5471716.98, 462027.95999999996 5471712.42, 462014.0599999996 5471708.08, 462003.2599999998 5471703.58, 461931.63999999966 5471673.220000001, 461887.0599999996 5471651.6899999995, 461866.5999999996 5471645.83, 461860.9500000002 5471644.65, 461751.6500000004 5471621.9, 461683.4299999997 5471607.699999999, 461678.5599999996 5471599.800000001, 461685.0999999996 5471595.640000001, 461589.3799999999 5471575.35, 461567.7999999998 5471579.0600000005, 461552.88999999966 5471575.24, 461504.9400000004 5471683.3100000005, 461555.0099999998 5471698.779999999, 461512.29000000004 5471735.0600000005, 461477.26999999955 5471764.8100000005, 461476.3200000003 5471764.02, 461449.3300000001 5471786.5600000005, 461437.7999999998 5471788.0600000005, 461435.9000000004 5471788.550000001, 461422.7599999998 5471791.93, 461385.9500000002 5471796.8100000005, 461349.9199999999 5471805.65, 461315.0800000001 5471812.26, 461279.45999999996 5471816.4, 461243.6500000004 5471816.539999999, 461204.0700000003 5471812.51, 461151.7999999998 5471804.0600000005, 460990.6500000004 5471778.210000001, 460975.4900000002 5471775.109999999, 460962.2000000002 5471772.4, 460922.2000000002 5471767.75, 460902.6500000004 5471767.34, 460874.7999999998 5471768.140000001, 460845.48000000045 5471772.710000001, 460839.7400000002 5471776.85, 460838.3799999999 5471777.83, 460813.7000000002 5471782.949999999, 460800.78000000026 5471785.630000001, 460792.76999999955 5471787.289999999, 460784.41000000015 5471789.039999999, 460768.66000000015 5471792.300000001, 460765.8499999996 5471792.880000001, 460760.76999999955 5471793.859999999, 460752.8200000003 5471795.369999999, 460737.36000000034 5471798.33, 460722.4900000002 5471801.16, 460715.5999999996 5471802.48, 460707.6900000004 5471803.99, 460692.8300000001 5471806.83, 460678.04000000004 5471809.65, 460663.70999999996 5471812.390000001, 460657.5999999996 5471813.550000001, 460656.5099999998 5471813.73, 460650.2000000002 5471814.75, 460642.88999999966 5471815.93, 460635.4299999997 5471817.130000001, 460634.25 5471817.33, 460628.6200000001 5471817.9399999995, 460621.61000000034 5471818.6899999995, 460611.0099999998 5471819.85, 460608.01999999955 5471819.890000001, 460601.20999999996 5471819.99, 460594.36000000034 5471820.140000001, 460587.2000000002 5471820.289999999, 460584.1299999999 5471820.359999999, 460579.75 5471820.140000001, 460571.9000000004 5471819.76, 460564.5700000003 5471819.52, 460551.41000000015 5471819.1, 460549.2400000002 5471819.0600000005, 460533.21999999974 5471818.789999999, 460518.8200000003 5471818.67, 460516.8099999996 5471818.779999999, 460499.25 5471820.3100000005, 460483.1299999999 5471822.59, 460474.5599999996 5471823.8100000005, 460466.4000000004 5471824.960000001, 460457.8099999996 5471827.58, 460449.3200000003 5471830.18, 460448.53000000026 5471820.09, 460448.2000000002 5471815.859999999, 460447.9199999999 5471812.35, 460444.7400000002 5471771.49, 460444.0499999998 5471762.77, 460428.03000000026 5471763.66, 460413.04000000004 5471764.82, 460398.1500000004 5471765.98, 460382.29000000004 5471767.23, 460367.16000000015 5471768.4, 460352.5599999996 5471769.539999999, 460345.2999999998 5471769.949999999, 460337.7599999998 5471770.6, 460337.4900000002 5471767.51, 460335.95999999996 5471750.199999999, 460334.45999999996 5471725.140000001, 460330.4199999999 5471657.1, 460198.75 5471662.57, 460197.8200000003 5471698.300000001, 460191.61000000034 5471701.6899999995, 460187.73000000045 5471703.93, 460183.76999999955 5471706.449999999, 460181.73000000045 5471707.75, 460180.0800000001 5471709.01, 460178.83999999985 5471709.9399999995, 460177.4299999997 5471711.119999999, 460176.20999999996 5471712.140000001, 460174.8200000003 5471713.199999999, 460173.51999999955 5471714.59, 460172.0700000003 5471715.85, 460171.1699999999 5471717.16, 460167.98000000045 5471722.9399999995, 460155.46999999974 5471721.4, 460147.36000000034 5471720.41, 460071.8499999996 5471674.58, 460105.23000000045 5471645.07, 460102.13999999966 5471641.5, 460011.08999999985 5471535.279999999, 459992.8099999996 5471550.949999999, 459982.6200000001 5471538.539999999, 459935.96999999974 5471576.880000001, 459943.3099999996 5471585.8100000005, 459928.04000000004 5471598.1, 459925.3799999999 5471600.24, 459929.73000000045 5471606.27, 459929.5700000003 5471606.390000001, 459910.86000000034 5471620.77, 459886.1799999997 5471570.460000001, 459885 5471551.75, 459885.16000000015 5471530.23, 459890.3300000001 5471487.93, 459903.9000000004 5471445.779999999, 459905.5999999996 5471438.52, 459906.0999999996 5471434.380000001, 459905.8200000003 5471430.609999999, 459903.4299999997 5471420.73, 459901.58999999985 5471415.039999999, 459898.1299999999 5471409.23, 459878.11000000034 5471384.1899999995, 459875.4900000002 5471380.92, 459876.2999999998 5471378.6, 459907.61000000034 5471289.369999999, 459906.2999999998 5471285.619999999, 459913.71999999974 5471264.52, 459923.04000000004 5471238.029999999, 459924.5 5471238.119999999, 459925.5499999998 5471235.23, 459934.88999999966 5471235.68, 459950.6799999997 5471236.140000001, 459970.0800000001 5471236.710000001, 459974.63999999966 5471236.84, 459979.5 5471236.99, 459984.53000000026 5471237.140000001, 459991.0800000001 5471237.33, 460003.9000000004 5471240.07, 460016.4299999997 5471242.74, 460021.2999999998 5471243.779999999, 460029.20999999996 5471245.470000001, 460032.5700000003 5471245.57, 460036.6900000004 5471245.67, 460042.91000000015 5471245.84, 460050.5700000003 5471246.050000001, 460057.0800000001 5471246.220000001, 460063.70999999996 5471246.4, 460083.45999999996 5471246.93, 460104.1500000004 5471247.49, 460118.4500000002 5471247.869999999, 460159.2599999998 5471252.630000001, 460191.98000000045 5471239.779999999, 460202.0800000001 5471235.76, 460212.29000000004 5471231.710000001, 460222.53000000026 5471227.630000001, 460223.13999999966 5471227.390000001, 460230.0999999996 5471225.98, 460239.6699999999 5471224.039999999, 460249.78000000026 5471221.970000001, 460260.6500000004 5471219.77, 460283.8200000003 5471215.0600000005, 460295.0700000003 5471212.77, 460306.33999999985 5471210.48, 460309.41000000015 5471209.85, 460317.7999999998 5471208.15, 460338.01999999955 5471203.390000001, 460343.6900000004 5471201.5600000005, 460354.33999999985 5471198.1, 460358.25 5471196.51, 460363.9199999999 5471194.199999999, 460367.9500000002 5471192.15, 460373.3200000003 5471188.99, 460376.8700000001 5471186.609999999, 460382.29000000004 5471182.41, 460398.6900000004 5471171.4399999995, 460407.53000000026 5471166.33, 460422.95999999996 5471157.41, 460427.86000000034 5471154.59, 460432.45999999996 5471153.23, 460433.0700000003 5471153.050000001, 460439.0499999998 5471153.5, 460443.6299999999 5471153.859999999, 460451.8099999996 5471154.529999999, 460465.0499999998 5471156.67, 460478.5999999996 5471158.859999999, 460484.83999999985 5471159.859999999, 460491.1500000004 5471160.6899999995, 460498.4400000004 5471161.210000001, 460508.7599999998 5471161.609999999, 460517.76999999955 5471161.65, 460520.1699999999 5471161.66, 460528.29000000004 5471161.51, 460537.01999999955 5471160.609999999, 460550.0599999996 5471158.619999999, 460557.0700000003 5471157.48, 460559.76999999955 5471157.130000001, 460562.8300000001 5471156.949999999, 460568.51999999955 5471156.609999999, 460582.36000000034 5471156.529999999, 460591.13999999966 5471156.48, 460594.6299999999 5471156.449999999, 460608.0700000003 5471156.380000001, 460619.8499999996 5471156.3100000005, 460631.3499999996 5471156.24, 460658.63999999966 5471157.119999999, 460707.0700000003 5471157.1899999995, 460718.1200000001 5471157.199999999, 460719.1500000004 5471157.199999999, 460731.4900000002 5471157.220000001, 460732.8300000001 5471157.220000001, 460743.33999999985 5471157.24, 460755.6699999999 5471157.26, 460768.1699999999 5471157.279999999, 460780.5599999996 5471157.470000001, 460789.66000000015 5471157.59, 460794.5599999996 5471158, 460807.3499999996 5471159.07, 460810.6500000004 5471159.34, 460814.0999999996 5471159.529999999, 460820.0599999996 5471159.85, 460828.51999999955 5471160.3100000005, 460845.1299999999 5471161.210000001, 460858.7000000002 5471161.949999999, 460865.03000000026 5471162.279999999, 460868.6299999999 5471162.48, 460871.48000000045 5471162.76, 460884.51999999955 5471164.01, 460897.1799999997 5471165.220000001, 460922.0700000003 5471167.58, 460923.2999999998 5471167.699999999, 460936.03000000026 5471168.9399999995, 460977.45999999996 5471173.58, 460991.53000000026 5471175.16, 460995.6699999999 5471175.619999999, 460998.76999999955 5471175.960000001, 461005.25 5471176.699999999, 461014.5499999998 5471177.74, 461019.38999999966 5471177.77, 461033.3300000001 5471177.880000001, 461040.79000000004 5471177.93, 461048.20999999996 5471178, 461057.75 5471178.07, 461007.5 5471103.859999999, 460995.0099999998 5471086.1899999995, 460956.95999999996 5471032.35, 460926.20999999996 5470992.470000001, 460871.9299999997 5470913.210000001, 460869.3300000001 5470910.24, 460844.48000000045 5470871.699999999, 460815.38999999966 5470832.42, 460763.75 5470759.33, 460700.9199999999 5470669.25, 460699.9400000004 5470667.0600000005, 460699.21999999974 5470664.779999999, 460698.7400000002 5470662.23, 460698.5700000003 5470659.66, 460713.8799999999 5470615.49, 460639.0499999998 5470435.619999999, 460637.5 5470431.33, 460636.3499999996 5470426.91, 460588.5099999998 5470255.640000001, 460564.36000000034 5470176.83, 460564.5599999996 5469921.720000001, 460563.2000000002 5469917.8100000005, 460538.38999999966 5469848.630000001, 460545.1299999999 5469850.17, 460578.3200000003 5469750.99, 460582.1900000004 5469739.039999999, 460593.96999999974 5469702.67, 460637 5469583.630000001, 460664.1900000004 5469515.550000001, 460672.4000000004 5469505.07, 460683.54000000004 5469494.289999999, 460682.1200000001 5469468.390000001, 460669.9500000002 5469319.199999999, 460670.2400000002 5469316.43, 460673.9900000002 5469276.359999999, 460674.1500000004 5469274.6, 460675.20999999996 5469263.16, 460680.86000000034 5469216.51, 460682.58999999985 5469216.630000001, 460685.8300000001 5469189.82, 460685.0499999998 5469172.359999999, 460665.0800000001 5469157.33, 460645.88999999966 5469126.59, 460642.8799999999 5469119.01, 460643.20999999996 5469116.779999999, 460643.71999999974 5469113.4, 460645.28000000026 5469110.67, 460646.8499999996 5469107.890000001, 460659.8300000001 5469095, 460670.86000000034 5469088.220000001, 460684.5499999998 5469079.8100000005, 460705.16000000015 5469066.42, 460710.2000000002 5469063.359999999, 460713.9000000004 5469061.130000001, 460720.75 5469057, 460732.79000000004 5469049.75, 460750.71999999974 5469038.960000001, 460772.54000000004 5469025.6, 460841.0700000003 5468983.67, 460850.2999999998 5468978.029999999, 460859.9199999999 5468971.970000001, 460864.6900000004 5468968.9399999995, 460869.7000000002 5468965.17, 460902.3499999996 5468940.539999999, 460903.7000000002 5468939.52, 460925.4000000004 5468945.369999999, 460936.26999999955 5468936.970000001, 460950.5800000001 5468925.93, 460956.38999999966 5468921.4399999995, 460942.86000000034 5468920.460000001, 460932.1799999997 5468918.98, 461011.3099999996 5468861.550000001, 461101.7000000002 5468832.4399999995, 461189.88999999966 5468794.75, 461271.73000000045 5468759.5600000005, 461289.5499999998 5468751.550000001, 461380.03000000026 5468711.6, 461392.79000000004 5468707.470000001, 461405.96999999974 5468706.630000001, 461505.6799999997 5468713.08, 461530.7400000002 5468713.720000001, 461599.1799999997 5468717.59, 461662.9500000002 5468721.98, 461674.98000000045 5468722.77, 461693.4500000002 5468722.789999999, 461705.0999999996 5468720.699999999, 461715.86000000034 5468712.789999999, 461732.3300000001 5468679.630000001, 461731.2599999998 5468679.039999999, 461732.9000000004 5468675.779999999, 461756.6299999999 5468628.609999999, 461785.95999999996 5468570.27, 461788 5468566.27, 461834.7000000002 5468470.26, 461855.83999999985 5468480.050000001, 461859.5 5468472.35, 461860.73000000045 5468469.43, 461863.29000000004 5468463.369999999, 461868.5099999998 5468451.17, 461979.5700000003 5468476.57, 462021.04000000004 5468481.8100000005, 462068.76999999955 5468484.380000001, 462092.6299999999 5468484.369999999, 462135.8300000001 5468481.369999999, 462202.6900000004 5468471.5, 462317.2999999998 5468441.65, 462348.1900000004 5468433.68, 462406.8700000001 5468416.4399999995, 462405.4199999999 5468410.59, 462402.3300000001 5468398.119999999, 462399.8799999999 5468390.029999999, 462431.4900000002 5468315.039999999, 462446.5 5468279.380000001, 462441.5999999996 5468277.470000001, 462449.6799999997 5468255.43, 462457.3300000001 5468235.0600000005, 462449.03000000026 5468213.880000001, 462447.96999999974 5468211.16, 462446.5599999996 5468207.960000001, 462443.45999999996 5468199.91, 462439.5800000001 5468199.93, 462426.8099999996 5468200, 462402.1900000004 5468200.27, 462396.03000000026 5468207.949999999, 462398.08999999985 5468211.02, 462410.41000000015 5468230.869999999, 462409.7400000002 5468239.51, 462396.0800000001 5468254.300000001, 462391.9900000002 5468257.859999999, 462368.41000000015 5468286.1, 462334.76999999955 5468305.4399999995, 462297.91000000015 5468315.800000001, 462293.6799999997 5468316.99, 462272.98000000045 5468323.23, 462271.4900000002 5468323.390000001, 462238.38999999966 5468326.15, 462212.1200000001 5468323.68, 462183.5700000003 5468321.15, 462149.9199999999 5468318.18, 462132.21999999974 5468330.460000001, 462126.13999999966 5468340.18, 462115.0999999996 5468343.67, 462099.3700000001 5468337.0600000005, 462071.38999999966 5468315.43, 462054.8300000001 5468305.9, 462041.91000000015 5468303.6, 462018.1699999999 5468312.59, 462007.3099999996 5468319.74, 461991.08999999985 5468333.68, 461982.5599999996 5468341.01, 461969.4299999997 5468347.609999999, 461914.13999999966 5468326.279999999, 461897.6200000001 5468319.890000001, 461851.04000000004 5468301.91, 461782.8700000001 5468284.59, 461771.3300000001 5468281.65, 461736.88999999966 5468269.92, 461722.0599999996 5468265.050000001, 461703.3300000001 5468259.52, 461693.3099999996 5468253.66, 461634.33999999985 5468228.890000001, 461624.03000000026 5468209, 461620.03000000026 5468194.300000001, 461618.8300000001 5468176.15, 461677.2599999998 5468098.789999999, 461731.9900000002 5468047.98, 461733.71999999974 5468040.16, 461721.48000000045 5468032.5600000005, 461723.95999999996 5468030.1, 461728.9199999999 5468024.9399999995, 461687.6699999999 5468001.4399999995, 461644.4900000002 5467973.85, 461615.1699999999 5467955.119999999, 461610.45999999996 5467952.119999999, 461608.66000000015 5467950.960000001, 461604.8499999996 5467948.609999999, 461524.29000000004 5467898.91, 461445.4299999997 5467841.359999999, 461412.95999999996 5467817.93, 461351.54000000004 5467761.5, 461341.20999999996 5467744.460000001, 461321.8300000001 5467710.4, 461308.29000000004 5467687.75, 461289.8200000003 5467654.52, 461286.33999999985 5467649.1899999995, 461265.2000000002 5467589.869999999, 461245.6799999997 5467533.220000001, 461231.9900000002 5467493.460000001, 461224.1900000004 5467460.210000001, 461217.58999999985 5467432.140000001, 461212.5700000003 5467431.4399999995, 461212.0999999996 5467431.35, 461192.0700000003 5467345.27, 461202.04000000004 5467261.789999999, 461203.23000000045 5467250.800000001, 461205.5700000003 5467231.15, 461219.1699999999 5467217.16, 461223.3799999999 5467211.76, 461226.4299999997 5467205.449999999, 461227.8300000001 5467199.67, 461231.3799999999 5467168.890000001, 461241.70999999996 5467129.75, 461245.1699999999 5467099.0600000005, 461249.7599999998 5467061.09, 461261.1200000001 5466961, 461260.33999999985 5466922.73, 461263.8499999996 5466891.859999999, 461257.8799999999 5466879.369999999, 461197.21999999974 5466868.039999999, 461178.04000000004 5466864.619999999, 461142.20999999996 5466858.23, 461079.83999999985 5466854.390000001, 461068.4199999999 5466853.27, 461067.7000000002 5466858.869999999, 460990.4400000004 5466859.49, 460984.7400000002 5466859.51, 460982.5499999998 5466859.529999999, 460997.29000000004 5466703.210000001, 460997.33999999985 5466697.970000001, 460997.3799999999 5466693.869999999, 460997.4400000004 5466688.1899999995, 461002.6699999999 5466652.859999999, 461003.91000000015 5466644.48, 461004.98000000045 5466637.26, 461005.58999999985 5466633.08, 461007.73000000045 5466618.6899999995, 461032.4000000004 5466549.5600000005, 461018.6500000004 5466499.0600000005, 460988.9299999997 5466403.279999999, 460989.63999999966 5466402.6899999995, 460995.03000000026 5466398.220000001, 461035.78000000026 5466364.34, 461074.9199999999 5466335.1899999995, 461079.70999999996 5466331.130000001, 461080.8799999999 5466330.130000001, 461110.5099999998 5466304.970000001, 461146.88999999966 5466272.07, 461193.23000000045 5466227.77, 461198.6799999997 5466222.57, 461200.0499999998 5466222.91, 461202.53000000026 5466223.529999999, 461213.6200000001 5466226.32, 461214.1200000001 5466213.6, 461218.01999999955 5466206.279999999, 461222.0099999998 5466203.59, 461224.16000000015 5466201.25, 461229.53000000026 5466195.029999999, 461266.6799999997 5466159.16, 461324.3799999999 5466098.43, 461348.5099999998 5466073.09, 461369.83999999985 5466050.67, 461377.41000000015 5466049.390000001, 461384.9199999999 5466046.16, 461380.7599999998 5466043.8100000005, 461411.08999999985 5466003.8100000005, 461432.61000000034 5465979.67, 461452.1699999999 5465957.93, 461468.95999999996 5465939.27, 461513.0999999996 5465875.529999999, 461559.6200000001 5465817.029999999, 461610.1500000004 5465759.15, 461617.38999999966 5465750.859999999, 461625.78000000026 5465741.380000001, 461650.4400000004 5465713.57, 461649.6699999999 5465708.550000001, 461648.33999999985 5465699.98, 461646.61000000034 5465688.859999999, 461645.76999999955 5465683.5, 461607.0099999998 5465655.050000001, 461592.95999999996 5465644.74, 461593.4900000002 5465648.84, 461464.5599999996 5465555.1899999995, 461400.3300000001 5465508.01, 461201.46999999974 5465361.949999999, 461133.8200000003 5465311.359999999, 461073.4000000004 5465268.0600000005, 461025.54000000004 5465233.119999999, 461010.25 5465221.67, 460986.33999999985 5465204.529999999, 460972.33999999985 5465199.99, 460969.5999999996 5465197.85, 460966.4500000002 5465195.380000001, 460968.04000000004 5465201.5600000005, 460965.16000000015 5465199.0600000005, 460950.5499999998 5465183.3100000005, 460899.63999999966 5465141.68, 460893.21999999974 5465136.32, 460892.20999999996 5465134.8100000005, 460781.5099999998 5465038.57, 460774.1500000004 5465031.800000001, 460738.98000000045 5465000.6, 460694.13999999966 5464960.720000001, 460683.6900000004 5464951.41, 460661.71999999974 5464929.539999999, 460648.25 5464914.699999999, 460634.5099999998 5464900.15, 460634.23000000045 5464904.800000001, 460599.3499999996 5464894.15, 460582.8200000003 5464876.359999999, 460580.4400000004 5464873.609999999, 460591.96999999974 5464862.199999999, 460567.20999999996 5464837.24, 460544.76999999955 5464810.17, 460511.16000000015 5464768.18, 460496.75 5464749.609999999, 460480.21999999974 5464732.51, 460454.0800000001 5464704.77, 460407.61000000034 5464656.48, 460367.8300000001 5464616.24, 460314.26999999955 5464562.23, 460275.4500000002 5464517.529999999, 460244.0700000003 5464477.83, 460237.5099999998 5464468.720000001, 460232.4400000004 5464461.140000001, 460218.23000000045 5464438.199999999, 460201.6699999999 5464410.0600000005, 460182.98000000045 5464376.92, 460167.0700000003 5464346.99, 460096.01999999955 5464196.98, 460046.20999999996 5464091.25, 460010.7599999998 5464013.380000001, 459992.0599999996 5463956.880000001, 459991.46999999974 5463955.6, 459977.5700000003 5463911.9399999995, 459973.38999999966 5463894.630000001, 459960.5800000001 5463831.93, 459953.4500000002 5463767.08, 459946.4500000002 5463649.83, 459943.7400000002 5463634.98, 459940.83999999985 5463619.9, 460060.2400000002 5463597.25, 460063.41000000015 5463606.789999999, 460068.26999999955 5463637.859999999, 460078.5999999996 5463761.84, 460087.63999999966 5463814.68, 460103.3200000003 5463881.59, 460117.98000000045 5463930.550000001, 460131.2000000002 5463972.949999999, 460242.70999999996 5464227.970000001, 460346.20999999996 5464393.32, 460421.4299999997 5464488.34, 460597.83999999985 5464683.529999999, 460608.54000000004 5464695.07, 460664.45999999996 5464763.779999999, 460675.5599999996 5464773.73, 460689.7999999998 5464783.539999999, 460698.98000000045 5464791.699999999, 460705.8499999996 5464798.25, 460746.21999999974 5464840.1899999995, 460884.9000000004 5464964.109999999, 460897.1900000004 5464974.390000001, 461006.73000000045 5465060.609999999, 461076.7000000002 5465112.49, 461521.4299999997 5465425.82, 461667.7000000002 5465540.640000001, 461802.45999999996 5465651.07, 462068.9500000002 5465898.630000001, 462131.4199999999 5465960.029999999, 462208.3799999999 5466041.0600000005, 462310.6500000004 5466151.3100000005, 462419.9299999997 5466274.68, 462521.6699999999 5466398.07, 462611.1200000001 5466511.359999999, 462736.3799999999 5466682.550000001, 462832.96999999974 5466821.66, 463007.4400000004 5467097.91, 463128.5099999998 5467328.210000001, 463165.7999999998 5467399.75, 463192.36000000034 5467451.880000001, 463206.3300000001 5467478.359999999, 463246.3099999996 5467560.460000001, 463284.45999999996 5467640.529999999, 463315.1200000001 5467707.039999999, 463344.3499999996 5467773.09, 463398.95999999996 5467900.279999999, 463437.86000000034 5467999.73, 463492.6299999999 5468152.5600000005, 463524.2599999998 5468237.82, 463528.96999999974 5468251.65, 463530.66000000015 5468257.27, 463593.63999999966 5468468.710000001, 463661.83999999985 5468749.66, 463679.51999999955 5468822.43, 463717.6299999999 5469019.93, 463729.0800000001 5469087.67, 463738.0800000001 5469146.539999999, 463753.5800000001 5469253.35, 463760.9400000004 5469303.890000001, 463782.1900000004 5469478.75, 463788.3099999996 5469537.98, 463795.61000000034 5469634.58, 463802.26999999955 5469748.289999999, 463803.53000000026 5469769.789999999, 463806.4900000002 5469866.01, 463805.7400000002 5469982.539999999, 463803.9900000002 5470110.82, 463797.3200000003 5470306.58, 463782.4500000002 5470535.4399999995, 463760.0999999996 5470723.619999999, 463741.83999999985 5470819.1, 463637.9199999999 5470776.800000001, 463632.5499999998 5470774.6, 463621.79000000004 5470770.23, 463615.2000000002 5470767.539999999, 463606.95999999996 5470764.1899999995, 463528.0599999996 5470732.0600000005, 463351.6699999999 5470660.24, 463240.25 5470587.43, 463141.54000000004 5470522.93, 463041.38999999966 5470450.67, 462878.01999999955 5470283.390000001, 462826.2000000002 5470214.9399999995, 462704.5 5470054.15, 462519.6200000001 5469748.67, 462515.73000000045 5469742.24, 462510.83999999985 5469734.199999999, 462474.51999999955 5469674.08, 462368.8300000001 5469543.59, 462356.25 5469531.93, 462241.7999999998 5469425.869999999, 462234.1200000001 5469418.74, 462131.66000000015 5469328.789999999, 462107.25 5469307.369999999, 462026.1900000004 5469236.199999999, 462025.1299999999 5469235.27, 462023.2599999998 5469234.4, 461943.2999999998 5469196.77, 461707.8700000001 5469087.529999999, 461604.1900000004 5469098.609999999, 461239.0800000001 5469337.800000001, 461157.91000000015 5469421.050000001, 461109.66000000015 5469489.970000001, 461071.0700000003 5469600.1, 461065.2000000002 5469689.789999999, 461052.70999999996 5469880.4, 461074.0700000003 5470017.4, 461069 5470211.57, 461065.7000000002 5470337.699999999, 461129.8499999996 5470537.5, 461213.71999999974 5470659.890000001, 461332.9900000002 5470752.970000001, 461371.0800000001 5470783.27, 461434.79000000004 5470834, 461465.66000000015 5470857.779999999, 461571.13999999966 5470917.619999999, 461766.0499999998 5470994.09, 461918.63999999966 5471102.619999999, 461922.66000000015 5471105.25, 461936.4000000004 5471114.210000001, 461990.5599999996 5471149.59, 461995.9199999999 5471153.09, 461999.6900000004 5471155.609999999, 462150.0800000001 5471255.99, 462384.1799999997 5471408.49, 462434.2400000002 5471442.449999999, 462654.2999999998 5471579.960000001, 462770.0599999996 5471672.890000001, 462901.9199999999 5471776.43, 463029.61000000034 5471859.039999999, 463155.70999999996 5471941.15, 463177.4500000002 5471955.300000001, 463203.6500000004 5471977.6, 463257.73000000045 5472024.32, 463327.5800000001 5472114.17, 463333.8200000003 5472122.210000001, 463344.8499999996 5472136.4, 463354.48000000045 5472148.77, 463459.0099999998 5472283.24, 463457.76999999955 5472330.140000001, 463451.5599999996 5472501.83, 463452.58999999985 5472699.369999999, 463468.91000000015 5472929.210000001, 463535.36000000034 5473250.869999999, 463577.7000000002 5473454.5, 463654.25 5473746.470000001, 463655.04000000004 5473749.6899999995, 463664.3499999996 5473778.960000001, 463811.9299999997 5474248.09, 463938.1900000004 5474584.0600000005, 464232.13999999966 5475248.85, 464243.8700000001 5475274.25, 464255.0800000001 5475299.869999999, 464265.7599999998 5475325.73, 464276.79000000004 5475354.16, 464287.1900000004 5475382.83, 464296.9500000002 5475411.73, 464305.33999999985 5475440.380000001, 464313.04000000004 5475469.220000001, 464320.0099999998 5475498.24, 464326.3200000003 5475527.630000001, 464331.91000000015 5475557.15, 464336.7599999998 5475586.8100000005, 464340.13999999966 5475610.32, 464343.0499999998 5475633.890000001, 464345.45999999996 5475657.52, 464347.38999999966 5475681.1899999995, 464350.9900000002 5475748.619999999, 464350.5700000003 5475777.42, 464349.4900000002 5475806.210000001, 464347.7400000002 5475834.960000001, 464345.3200000003 5475863.66, 464342.23000000045 5475892.3100000005, 464338.48000000045 5475920.869999999, 464334.0599999996 5475949.33, 464328.4400000004 5475978.380000001, 464322.0800000001 5476007.26, 464314.98000000045 5476035.960000001, 464307.1200000001 5476064.48, 464298.53000000026 5476092.779999999, 464289.20999999996 5476120.84, 464277.1799999997 5476153.17, 464264.46999999974 5476185.220000001, 464251.0499999998 5476216.99, 464236.9500000002 5476248.449999999, 464227.96999999974 5476267.41, 464218.5800000001 5476286.17, 464207.9400000004 5476306.380000001, 464196.9000000004 5476326.359999999, 464185.4500000002 5476346.109999999, 464173.61000000034 5476365.619999999, 464157.8300000001 5476389.6899999995, 464141.46999999974 5476413.380000001, 464124.5700000003 5476436.68, 464110.3099999996 5476454.82, 464095.6500000004 5476472.619999999, 464080.5800000001 5476490.08, 464065.11000000034 5476507.199999999, 464050.3300000001 5476523.199999999, 464035.1500000004 5476538.8100000005, 464019.54000000004 5476554.02, 464003.5499999998 5476568.800000001, 463981.1500000004 5476588.390000001, 463958.3200000003 5476607.48, 463935.0800000001 5476626.0600000005, 463908.0499999998 5476647.93, 463880.5700000003 5476669.210000001, 463852.6299999999 5476689.880000001, 463830.96999999974 5476705.630000001, 463808.88999999966 5476720.779999999, 463786.41000000015 5476735.32, 463770.0499999998 5476745.460000001, 463753.36000000034 5476755.02, 463736.33999999985 5476764, 463719.0099999998 5476772.369999999, 463701.4000000004 5476780.130000001, 463619.63999999966 5476813.84, 463531.5800000001 5476841.66, 463441 5476861.24, 463344.6200000001 5476876.99, 463251.66000000015 5476889.8100000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-304</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-304</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6616-304.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6616-304.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -518,90 +518,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-109" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6616-304.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-109" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6616-304.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -675,51 +675,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108936</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.97007288563</v>
+        <v>46068.99289342982</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>