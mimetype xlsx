--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -142,51 +142,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6616-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((457042.83999999985 5465096.470000001, 456647.4900000002 5465718.699999999, 456644.0099999998 5465724.1899999995, 456245.61000000034 5466351.23, 456205.3200000003 5466414.699999999, 456202.0700000003 5466419.82, 456052.7599999998 5466655.01, 456050.28000000026 5466658.91, 456042.79000000004 5466670.720000001, 455505.23000000045 5466786.84, 455502.11000000034 5466787.52, 455453.71999999974 5466797.970000001, 455451.71999999974 5466798.4, 455449.3799999999 5466798.9, 455447.04000000004 5466799.42, 455437.9500000002 5466804.460000001, 455429.75 5466792.390000001, 455363.8799999999 5466836.4399999995, 455352.25 5466826.960000001, 455127.0700000003 5466892.58, 455139.76999999955 5466936.390000001, 455164.0700000003 5466996.449999999, 455176.41000000015 5467010.800000001, 455203.9199999999 5467021.119999999, 455243.23000000045 5467032.279999999, 455307.91000000015 5467041.26, 455397.58999999985 5467033.68, 455438.21999999974 5467108.98, 455409.0999999996 5467117.539999999, 455356.29000000004 5467133.09, 455353.08999999985 5467134.029999999, 455317.8499999996 5467144.390000001, 455317.5800000001 5467144.460000001, 455300.71999999974 5467133.0600000005, 455109.03000000026 5467093.57, 455037.25 5466988.880000001, 454961.6200000001 5466939.65, 454764.58999999985 5466995, 454659.4900000002 5467033.119999999, 454655.96999999974 5467034.4, 454565.48000000045 5467067.210000001, 454560.0499999998 5467069.1899999995, 454337.0999999996 5467150.050000001, 454331.96999999974 5467151.9, 454319.1900000004 5467156.539999999, 454316.16000000015 5467157.640000001, 454225.1699999999 5467190.640000001, 454069.3200000003 5467267.359999999, 454175.0499999998 5467340.1899999995, 454104.6299999999 5467455.17, 454047.4900000002 5467404.5600000005, 453920.0599999996 5467399.369999999, 453849.5700000003 5467372.279999999, 453608.8700000001 5467501.5, 453606.0599999996 5467503.02, 453415.7000000002 5467593.800000001, 453341.0499999998 5467629.59, 453329.41000000015 5467635.18, 453028.4000000004 5467847.92, 452835.96999999974 5467984.109999999, 452730.51999999955 5468108.99, 452696.13999999966 5468148.15, 452694.7400000002 5468149.84, 452593.96999999974 5468270, 452591.73000000045 5468272.66, 452550.3200000003 5468322.050000001, 452470.6299999999 5468447.73, 452469.76999999955 5468449.08, 452364.1500000004 5468615.67, 452362.98000000045 5468617.51, 452290.83999999985 5468731.289999999, 452287.3799999999 5468736.74, 452271.16000000015 5468764.449999999, 452262.45999999996 5468779.5600000005, 452251.08999999985 5468799.3100000005, 452239.96999999974 5468818.640000001, 452229.3499999996 5468837.07, 452218.98000000045 5468855.07, 452208.6500000004 5468873.029999999, 452198.1900000004 5468891.1899999995, 452188.3099999996 5468908.35, 452178.2599999998 5468925.8100000005, 452168.3700000001 5468943, 452158.1799999997 5468960.6899999995, 452148.1699999999 5468977.800000001, 452138.2999999998 5468994.640000001, 452128.26999999955 5469011.77, 452118.45999999996 5469028.550000001, 452106.5099999998 5469049.83, 452105.78000000026 5469051.130000001, 452049.3700000001 5469151.66, 452027.3099999996 5469136.210000001, 451995.8799999999 5469117.51, 451914.1200000001 5469074.550000001, 451901 5469065.82, 451862.70999999996 5469043.289999999, 451850.8799999999 5469037.640000001, 451806.75 5469022.539999999, 451776.3499999996 5469014.66, 451762.11000000034 5469009.91, 451742.5099999998 5468993.619999999, 451725.1200000001 5468984.77, 451712.20999999996 5468982, 451693.4299999997 5468981.93, 451648.8499999996 5468976.27, 451642.6200000001 5468974.050000001, 451615.01999999955 5468961.74, 451611.1699999999 5468959.85, 451610.04000000004 5468961.43, 451588.25 5468992, 451584.7999999998 5468996.83, 451565.73000000045 5468994.99, 451472.1699999999 5468985.619999999, 451465.1699999999 5468986.93, 451463.26999999955 5468981.869999999, 451307.16000000015 5468917.470000001, 451300.46999999974 5468914.8100000005, 451277.4000000004 5468904.1, 451209.6699999999 5468872.66, 451102.58999999985 5468823.5, 451094.8300000001 5468817.24, 451093.2999999998 5468818.460000001, 451044.9199999999 5468803.869999999, 451024.6200000001 5468797.76, 451023.5999999996 5468795.27, 451058.3499999996 5468718.199999999, 451061.9500000002 5468710.220000001, 451071.95999999996 5468688.039999999, 451076.0700000003 5468678.91, 451086.3799999999 5468656.029999999, 451122.4199999999 5468575.59, 451126.51999999955 5468566.470000001, 451152.21999999974 5468509.1, 451154.0099999998 5468505.1, 451155.6200000001 5468501.5, 451229.51999999955 5468336.65, 451236.46999999974 5468321.140000001, 451239.76999999955 5468320.65, 451243.91000000015 5468317.27, 451237.83999999985 5468309.27, 451236.8300000001 5468307.93, 451235.58999999985 5468306.27, 451224.5599999996 5468305.119999999, 451105.3200000003 5468285.59, 451068.5099999998 5468280.01, 450990.8700000001 5468268.23, 450973.3099999996 5468265.08, 450951.75 5468259.41, 450926.96999999974 5468251.789999999, 450783.08999999985 5468207.619999999, 450786.61000000034 5468196.039999999, 450759.63999999966 5468187.16, 450729.26999999955 5468177.720000001, 450710.8099999996 5468171.58, 450713.29000000004 5468164.470000001, 450714.6200000001 5468160.640000001, 450754.73000000045 5468053.880000001, 450600.79000000004 5467995.08, 450596.1799999997 5468005.029999999, 450558.54000000004 5467983.970000001, 450566.4000000004 5467970.9399999995, 450576.75 5467954.02, 450587.23000000045 5467937.199999999, 450597.83999999985 5467920.16, 450599.95999999996 5467916.859999999, 450601.3099999996 5467914.77, 450608.5499999998 5467903.529999999, 450619.58999999985 5467886.93, 450623.9299999997 5467880.65, 450631.25 5467870.15, 450635.9000000004 5467863.470000001, 450647.6500000004 5467847.59, 450659.29000000004 5467831.85, 450671.48000000045 5467815.8100000005, 450683.6799999997 5467800.23, 450696.1299999999 5467784.4, 450708.4199999999 5467768.92, 450736.6900000004 5467733.17, 450748.76999999955 5467718.050000001, 450761.33999999985 5467702.35, 450773.9400000004 5467687.029999999, 450784.3200000003 5467674.539999999, 450790.1799999997 5467670.82, 450825.4400000004 5467633.32, 450856.83999999985 5467600.449999999, 450875.5700000003 5467577.57, 450876.79000000004 5467575.17, 450878.5800000001 5467571.6899999995, 450880.91000000015 5467569.4399999995, 450895.3300000001 5467555.699999999, 450904.6500000004 5467547.32, 450909.78000000026 5467542.710000001, 450924.9900000002 5467529.42, 450940.4199999999 5467517.029999999, 450954.0700000003 5467506.449999999, 450966.1500000004 5467497.460000001, 450978.70999999996 5467488.5600000005, 450991.0700000003 5467480.210000001, 450992.5599999996 5467479.25, 450995.46999999974 5467480.74, 450997.1500000004 5467479.68, 451016.7000000002 5467467.470000001, 451038.3300000001 5467455.029999999, 451060.38999999966 5467443.32, 451082.7999999998 5467432.449999999, 451105.51999999955 5467422.210000001, 451128.53000000026 5467412.48, 451151.5999999996 5467403.039999999, 451174.7599999998 5467393.77, 451221.0999999996 5467375.23, 451267.46999999974 5467356.720000001, 451313.70999999996 5467338.26, 451313.8099999996 5467338.220000001, 451313.6200000001 5467334.42, 451313.54000000004 5467332.93, 451313.4299999997 5467330.9, 451313 5467322.449999999, 451309.1900000004 5467320.32, 451305.1299999999 5467318.050000001, 451299.4299999997 5467314.85, 451247.7599999998 5467285.92, 451246.9199999999 5467285.449999999, 451237.91000000015 5467280.4, 451229.8499999996 5467275.890000001, 451229.1699999999 5467275.52, 451152.95999999996 5467232.84, 451154.4900000002 5467231.449999999, 451401.4000000004 5467011.5, 451769.0099999998 5466682.83, 451775.4900000002 5466678.52, 451783.61000000034 5466671.83, 451785.48000000045 5466671.289999999, 451779.6900000004 5466664.74, 451772.9000000004 5466669.41, 451771.29000000004 5466668.34, 451765.9000000004 5466665.33, 451757.53000000026 5466660.789999999, 451749.58999999985 5466656.43, 451741.04000000004 5466651.77, 451732.70999999996 5466647.26, 451724.76999999955 5466642.92, 451716.2400000002 5466638.27, 451707.63999999966 5466633.609999999, 451699.20999999996 5466629.02, 451690.95999999996 5466624.550000001, 451682.6500000004 5466620.0600000005, 451673.8099999996 5466615.23, 451665.9000000004 5466610.949999999, 451657.3300000001 5466606.32, 451649.3200000003 5466601.949999999, 451640.5999999996 5466597.210000001, 451632.2400000002 5466592.68, 451623.95999999996 5466588.1899999995, 451615.46999999974 5466583.5600000005, 451607.3200000003 5466579.119999999, 451603.33999999985 5466576.92, 451598.8799999999 5466574.52, 451590.79000000004 5466570.18, 451582.28000000026 5466565.539999999, 451573.9299999997 5466561.050000001, 451565.7999999998 5466556.65, 451557.0800000001 5466551.960000001, 451548.8099999996 5466547.51, 451540.2599999998 5466542.83, 451531.95999999996 5466538.359999999, 451523.4000000004 5466533.73, 451515.3200000003 5466529.369999999, 451510.83999999985 5466526.970000001, 451506.5800000001 5466524.65, 451498.26999999955 5466520.18, 451489.9400000004 5466515.67, 451481.4400000004 5466511.1, 451472.9000000004 5466506.51, 451468.48000000045 5466504.16, 451464.7999999998 5466502.1, 451456.3099999996 5466497.41, 451447.8300000001 5466492.789999999, 451439.3799999999 5466488.140000001, 451430.76999999955 5466483.359999999, 451422.3099999996 5466478.710000001, 451414.0800000001 5466474.24, 451405.4199999999 5466469.51, 451397.26999999955 5466465.050000001, 451388.9400000004 5466460.529999999, 451380.2400000002 5466455.710000001, 451372.01999999955 5466451.199999999, 451363.36000000034 5466446.43, 451355.1699999999 5466441.91, 451346.8099999996 5466437.3100000005, 451338.0099999998 5466432.5, 451329.54000000004 5466427.890000001, 451321.01999999955 5466423.23, 451312.8499999996 5466418.710000001, 451304.2000000002 5466413.99, 451291.70999999996 5466407.140000001, 451279.0499999998 5466400.17, 451270.4500000002 5466395.41, 451262.21999999974 5466390.93, 451253.6299999999 5466386.25, 451245.23000000045 5466381.699999999, 451239.9199999999 5466379.01, 451128.66000000015 5466348.029999999, 451020.48000000045 5466318, 451015.16000000015 5466316.52, 451009.5800000001 5466314.49, 450971.53000000026 5466301.58, 450969.3700000001 5466300.85, 450935.11000000034 5466289.3100000005, 450874.38999999966 5466268.85, 450871.6200000001 5466267.93, 450861.9900000002 5466264.65, 450853.01999999955 5466261.369999999, 450762.25 5466230.109999999, 450670.7999999998 5466199.33, 450578.58999999985 5466169.5, 450487.8799999999 5466138.8100000005, 450412.0499999998 5466114.130000001, 450408.4900000002 5466112.970000001, 450396.6299999999 5466109.109999999, 450305.6299999999 5466079.1, 450214.38999999966 5466048.8100000005, 450123.13999999966 5466017.720000001, 450025.78000000026 5465983.83, 450008.88999999966 5465977.949999999, 449998.51999999955 5465972.8100000005, 449860.45999999996 5466247.960000001, 449710.9500000002 5466546.4399999995, 449684.11000000034 5466635.4, 449678.66000000015 5466655.25, 449674.29000000004 5466680.380000001, 449662.0700000003 5466680.390000001, 449557.23000000045 5466680.140000001, 449417.46999999974 5466673.49, 449410.1799999997 5466672.57, 449405.6699999999 5466672, 449299.58999999985 5466658.529999999, 449297.5099999998 5466658.66, 449298.8700000001 5466650.039999999, 449299.25 5466647.82, 448846.6900000004 5466584.869999999, 448844.4299999997 5466584.5600000005, 448822.8799999999 5466581.460000001, 448688.1799999997 5466562.1, 448645.54000000004 5466555.98, 448155.29000000004 5466485.529999999, 448150.4199999999 5466482.5600000005, 448146 5466486.83, 448142.58999999985 5466487.210000001, 448043.5 5466471.68, 448035.3300000001 5466470.199999999, 448022.4199999999 5466467.08, 448007.58999999985 5466463.4399999995, 447965.25 5466451.949999999, 447935.0599999996 5466443.43, 447908.13999999966 5466435.609999999, 447889.2999999998 5466431.779999999, 447869.88999999966 5466432.15, 447870.3700000001 5466428.27, 447872.76999999955 5466397.550000001, 447880.63999999966 5466298.66, 447888.1799999997 5466223.949999999, 447888.3200000003 5466221.66, 447888.54000000004 5466217.699999999, 447893.75 5466125.470000001, 447901.25 5466029.68, 447908.91000000015 5465933.470000001, 447916.2999999998 5465837.4, 447923.4500000002 5465752.699999999, 447924.38999999966 5465741.720000001, 447932.46999999974 5465646.0600000005, 447937.13999999966 5465592.34, 447942.2000000002 5465516.52, 447950.28000000026 5465445.93, 447951.0499999998 5465443.550000001, 447952.0999999996 5465440.26, 447953.08999999985 5465437.130000001, 447954.88999999966 5465431.5, 447961.6900000004 5465356.23, 447968.3700000001 5465337.48, 447962.2000000002 5465323.32, 447967.8700000001 5465212.779999999, 447967.2999999998 5465207.130000001, 447973.3700000001 5465116.43, 447977.45999999996 5465056.699999999, 447986.91000000015 5464956.76, 448012.6900000004 5464853.9, 448025.88999999966 5464814.880000001, 448027.5099999998 5464812.08, 448030.9500000002 5464804.5, 448028.36000000034 5464803.76, 448055.0499999998 5464747.51, 448097.8200000003 5464657.18, 448135.0499999998 5464578.800000001, 448138.0800000001 5464577.109999999, 448665.86000000034 5464284.460000001, 449169.9299999997 5464158.720000001, 449438.61000000034 5464091.6899999995, 449446.3799999999 5464089.75, 449757.4500000002 5464012.130000001, 450118.91000000015 5463923.85, 450122.0499999998 5463922.710000001, 450153.2599999998 5463911.98, 450189.5499999998 5463896.74, 450189.78000000026 5463894.720000001, 450192.75 5463891.48, 450195.4299999997 5463891.33, 450198.13999999966 5463892.25, 450288.0099999998 5463829.34, 450288.11000000034 5463829.27, 450492.63999999966 5463883.619999999, 450565.9400000004 5463940.57, 450680.1699999999 5463963.16, 450701.88999999966 5463967.449999999, 450714.83999999985 5463970.01, 450744.9299999997 5463975.949999999, 450935.46999999974 5463974.449999999, 450946.79000000004 5463979.130000001, 451064.20999999996 5464009.859999999, 451224.21999999974 5463997.140000001, 451280.25 5464017.74, 451268.71999999974 5463948.75, 451269.7400000002 5463812.789999999, 451270.08999999985 5463768.57, 451284.96999999974 5463700.91, 451367.4400000004 5463692.130000001, 451465.6500000004 5463681.02, 451482.48000000045 5463678.779999999, 451492.95999999996 5463676.65, 451519.26999999955 5463671.529999999, 451529.1200000001 5463670.289999999, 451535.21999999974 5463670.16, 451540.5800000001 5463669.92, 451546.0700000003 5463670.41, 451557.7999999998 5463670.779999999, 451569.2599999998 5463670.9, 451588.95999999996 5463670.890000001, 451615.28000000026 5463669.66, 451662.66000000015 5463667.34, 451666.3300000001 5463667.25, 451672.5099999998 5463666.93, 451702.04000000004 5463665.42, 451705.46999999974 5463665.24, 451737.2000000002 5463664.039999999, 451770.7599999998 5463648.449999999, 451839.9400000004 5463645.66, 451840 5463645.76, 451855.91000000015 5463671.640000001, 451855.96999999974 5463671.73, 451869.2999999998 5463693.4, 451869.36000000034 5463693.49, 451873.08999999985 5463699.58, 451873.16000000015 5463699.68, 451981.7999999998 5463876.390000001, 451990.54000000004 5463890.52, 451993.2400000002 5463895, 451993.2999999998 5463895.1, 451997.3499999996 5463901.68, 451997.41000000015 5463901.779999999, 452034.73000000045 5463962.1, 452051.11000000034 5463988.65, 452071.6299999999 5464021.869999999, 452082.8700000001 5464040.140000001, 452082.9199999999 5464040.23, 452086.71999999974 5464046.369999999, 452086.76999999955 5464046.460000001, 452089.23000000045 5464050.34, 452102.83999999985 5464072.380000001, 452119.2000000002 5464098.83, 452124.2999999998 5464107.1899999995, 452124.3499999996 5464107.279999999, 452126.98000000045 5464111.49, 452127.03000000026 5464111.58, 452154.45999999996 5464155.630000001, 452154.51999999955 5464155.73, 452166.20999999996 5464174.51, 452166.2599999998 5464174.6, 452179.96999999974 5464196.609999999, 452180.03000000026 5464196.699999999, 452186.0099999998 5464206.300000001, 452186.0700000003 5464206.4, 452191.9199999999 5464215.789999999, 452191.96999999974 5464215.880000001, 452202.20999999996 5464232.300000001, 452202.2599999998 5464232.4, 452211.5 5464247.220000001, 452211.5599999996 5464247.32, 452215.4500000002 5464253.5600000005, 452215.5099999998 5464253.66, 452219.4500000002 5464259.98, 452219.5 5464260.07, 452227.33999999985 5464272.65, 452227.4000000004 5464272.74, 452234.4500000002 5464284.07, 452234.5099999998 5464284.17, 452241.1699999999 5464294.859999999, 452241.23000000045 5464294.949999999, 452248.20999999996 5464306.17, 452248.26999999955 5464306.26, 452254.11000000034 5464315.65, 452254.1699999999 5464315.74, 452267.0499999998 5464336.43, 452267.11000000034 5464336.529999999, 452269.0599999996 5464339.57, 452273.9000000004 5464342.390000001, 452273.9900000002 5464342.43, 452282.11000000034 5464347.08, 452282.20999999996 5464347.130000001, 452290.70999999996 5464351.99, 452290.7999999998 5464352.050000001, 452298.5599999996 5464356.48, 452298.6500000004 5464356.529999999, 452306.61000000034 5464361.08, 452306.7000000002 5464361.130000001, 452316.23000000045 5464366.58, 452316.3200000003 5464366.630000001, 452323.3700000001 5464370.66, 452323.46999999974 5464370.710000001, 452347.8300000001 5464384.640000001, 452347.9299999997 5464384.699999999, 452355.3200000003 5464388.92, 452355.41000000015 5464388.970000001, 452365.7400000002 5464394.880000001, 452365.8300000001 5464394.93, 452376.3300000001 5464400.9399999995, 452376.4199999999 5464400.98, 452384.0499999998 5464405.34, 452384.13999999966 5464405.4, 452391.53000000026 5464409.630000001, 452391.6200000001 5464409.68, 452398.5099999998 5464413.619999999, 452398.5999999996 5464413.67, 452405.5999999996 5464417.6899999995, 452405.6900000004 5464417.74, 452412.3300000001 5464421.550000001, 452412.4299999997 5464421.609999999, 452416.4900000002 5464423.93, 452416.5800000001 5464423.98, 452428.8099999996 5464431, 452428.9000000004 5464431.050000001, 452440.70999999996 5464437.83, 452440.7999999998 5464437.880000001, 452447.25 5464441.58, 452447.33999999985 5464441.640000001, 452453.9900000002 5464445.4399999995, 452454.0800000001 5464445.5, 452462.11000000034 5464450.109999999, 452462.2000000002 5464450.17, 452473.33999999985 5464456.5600000005, 452485.20999999996 5464463.369999999, 452491.61000000034 5464467.050000001, 452503.6200000001 5464473.949999999, 452516.5800000001 5464481.390000001, 452522.5700000003 5464484.85, 452528.1200000001 5464488.07, 452541.0599999996 5464495.57, 452551.2000000002 5464501.43, 452560.4199999999 5464506.779999999, 452569.0099999998 5464511.76, 452576.7400000002 5464516.24, 452587.08999999985 5464522.279999999, 452597.4299999997 5464528.279999999, 452604.08999999985 5464532.140000001, 452610.0800000001 5464535.619999999, 452616.11000000034 5464539.119999999, 452622.4000000004 5464542.779999999, 452625.8300000001 5464544.77, 452634.8300000001 5464550, 452638.6799999997 5464552.24, 452644.0599999996 5464555.380000001, 452647.8200000003 5464557.5600000005, 452651.4400000004 5464559.66, 452663.66000000015 5464566.779999999, 452667.9000000004 5464569.25, 452672.23000000045 5464571.779999999, 452680.46999999974 5464576.57, 452687.5700000003 5464580.710000001, 452688.9000000004 5464581.470000001, 452697.21999999974 5464586.32, 452700.3499999996 5464588.15, 452702.3300000001 5464589.300000001, 452705.98000000045 5464591.390000001, 452708.0499999998 5464592.5600000005, 452715.0099999998 5464596.550000001, 452723.25 5464601.25, 452729.08999999985 5464604.59, 452730.79000000004 5464605.550000001, 452738.6200000001 5464610.02, 452743.3099999996 5464612.699999999, 452755.8499999996 5464619.869999999, 452756.6200000001 5464620.289999999, 452763.48000000045 5464624.210000001, 452770.0700000003 5464627.970000001, 452774.8300000001 5464630.6899999995, 452776.9299999997 5464631.890000001, 452783.45999999996 5464635.609999999, 452783.83999999985 5464635.83, 452789.8499999996 5464639.25, 452792.4000000004 5464640.710000001, 452799.76999999955 5464644.91, 452803.9400000004 5464647.300000001, 452810.0800000001 5464650.789999999, 452814.9000000004 5464653.539999999, 452824.9400000004 5464659.26, 452826 5464659.859999999, 452837.28000000026 5464666.279999999, 452838.7599999998 5464667.130000001, 452842.0099999998 5464668.970000001, 452850.01999999955 5464673.539999999, 452853.0599999996 5464675.26, 452858.3099999996 5464678.26, 452859.66000000015 5464679.02, 452866.3700000001 5464682.85, 452873.4199999999 5464686.859999999, 452874.0800000001 5464687.24, 452880.6299999999 5464690.93, 452881.23000000045 5464691.279999999, 452888.3200000003 5464695.34, 452894.4400000004 5464698.83, 452896.13999999966 5464699.789999999, 452901.3499999996 5464702.76, 452903.4500000002 5464703.949999999, 452908.8099999996 5464707.01, 452917.3300000001 5464711.859999999, 452918.58999999985 5464712.57, 452924.8300000001 5464716.109999999, 452927.9500000002 5464717.880000001, 452932.1799999997 5464720.27, 452935.5999999996 5464722.210000001, 452942.9199999999 5464726.359999999, 452946.78000000026 5464728.539999999, 452959.1699999999 5464735.5600000005, 452971.3700000001 5464742.470000001, 452986.9299999997 5464751.279999999, 453009.88999999966 5464722.98, 453053.7999999998 5464668.890000001, 453060.4400000004 5464660.699999999, 453063.25 5464657.140000001, 452879.3700000001 5464539.18, 452640.3200000003 5464392.140000001, 452630.0999999996 5464385.869999999, 452508.1299999999 5464310.23, 452501.5700000003 5464306.039999999, 452495.16000000015 5464301.949999999, 452488.8700000001 5464297.93, 452481.8499999996 5464293.449999999, 452474.6500000004 5464288.85, 452464.2599999998 5464282.220000001, 452464.1699999999 5464282.16, 452453.91000000015 5464275.5600000005, 452453.8200000003 5464275.5, 452445.95999999996 5464270.48, 452445.8700000001 5464270.43, 452423.75 5464256.33, 452415.6500000004 5464251.16, 452407.28000000026 5464245.8100000005, 452398.8099999996 5464240.4, 452388.83999999985 5464234.02, 452382.2000000002 5464229.77, 452373.8499999996 5464224.4399999995, 452371.73000000045 5464222.529999999, 452368.86000000034 5464220.390000001, 452366.25 5464218.23, 452366.1699999999 5464218.140000001, 452352.01999999955 5464202.41, 452351.9400000004 5464202.33, 452344.71999999974 5464194.3100000005, 452344.63999999966 5464194.23, 452336.9299999997 5464185.6899999995, 452328.8099999996 5464176.68, 452320.95999999996 5464167.970000001, 452312.2000000002 5464158.24, 452315.48000000045 5464159.08, 452326.41000000015 5464161.84, 452339.04000000004 5464165.029999999, 452347.0099999998 5464167.039999999, 452347.9000000004 5464163, 452374.45999999996 5464041.41, 452384 5463997.73, 452385.08999999985 5463993.109999999, 452380.6299999999 5463991.99, 452374.1799999997 5463990.4, 452361.8300000001 5463987.34, 452349.41000000015 5463984.27, 452335.9500000002 5463980.949999999, 452323.48000000045 5463977.859999999, 452310.8799999999 5463974.74, 452304.9199999999 5463973.27, 452298.29000000004 5463971.630000001, 452299.3099999996 5463967.59, 452336.36000000034 5463821.51, 452337.86000000034 5463815.58, 452344.13999999966 5463817.16, 452350.0800000001 5463818.66, 452363.5 5463822.029999999, 452376.29000000004 5463825.24, 452388.16000000015 5463828.23, 452401.13999999966 5463831.49, 452414.0800000001 5463834.74, 452420.16000000015 5463836.27, 452426.66000000015 5463837.9, 452439.5099999998 5463841.130000001, 452440.1500000004 5463841.300000001, 452445.8200000003 5463842.77, 452451.8099999996 5463844.34, 452465.4000000004 5463847.869999999, 452478.1200000001 5463851.1899999995, 452490.26999999955 5463854.359999999, 452499.0499999998 5463856.640000001, 452500.36000000034 5463851.550000001, 452540.3300000001 5463699.15, 452541.5700000003 5463693.83, 452538.4199999999 5463692.970000001, 452527.54000000004 5463690.039999999, 452515.26999999955 5463686.74, 452506.8099999996 5463684.460000001, 452498.45999999996 5463682.220000001, 452490.51999999955 5463680.08, 452484.21999999974 5463678.380000001, 452478.3200000003 5463676.789999999, 452472.2999999998 5463675.279999999, 452466.1299999999 5463673.73, 452460.38999999966 5463672.289999999, 452453.7000000002 5463670.609999999, 452447.51999999955 5463669.050000001, 452441.45999999996 5463667.52, 452442.83999999985 5463661.82, 452478.7599999998 5463513.85, 452479.25 5463511.800000001, 452485.6500000004 5463513.18, 452492 5463514.539999999, 452497.8799999999 5463515.789999999, 452503.3099999996 5463516.9, 452503.4000000004 5463516.92, 452504.1799999997 5463513.08, 452505.3700000001 5463507.16, 452506.54000000004 5463501.380000001, 452507.5800000001 5463496.17, 452508.7400000002 5463490.41, 452510.98000000045 5463479.26, 452512.01999999955 5463474.050000001, 452513.0599999996 5463468.85, 452514.0999999996 5463463.720000001, 452515.13999999966 5463458.529999999, 452535.1799999997 5463464.289999999, 452554.1299999999 5463469.720000001, 452574.9400000004 5463475.699999999, 452596.04000000004 5463481.779999999, 452596.3700000001 5463472.4, 452596.7000000002 5463462.67, 452596.9000000004 5463457.17, 452597.33999999985 5463444.449999999, 452597.53000000026 5463439.279999999, 452597.8300000001 5463433.289999999, 452600.2999999998 5463432.07, 452608.5599999996 5463434.34, 452616.7400000002 5463436.58, 452624.96999999974 5463438.85, 452621.04000000004 5463463.1, 452621.0499999998 5463466.449999999, 452621.1799999997 5463470.619999999, 452622.0599999996 5463475.279999999, 452623.6699999999 5463479.83, 452625.9000000004 5463483.6899999995, 452627.91000000015 5463486.4399999995, 452628.78000000026 5463486.26, 452637.2400000002 5463488.390000001, 452644.25 5463490.15, 452651.5800000001 5463492, 452663.2999999998 5463494.960000001, 452674.3799999999 5463497.75, 452681.71999999974 5463499.6, 452688.9000000004 5463501.41, 452707.3499999996 5463506.0600000005, 452716.6299999999 5463508.390000001, 452725.70999999996 5463510.6899999995, 452733.4500000002 5463512.630000001, 452744.48000000045 5463515.41, 452755.98000000045 5463518.3100000005, 452761.0800000001 5463519.470000001, 452767.5499999998 5463520.9399999995, 452778.9900000002 5463523.529999999, 452785.46999999974 5463524.99, 452793.6500000004 5463526.85, 452804.25 5463529.26, 452833.6799999997 5463401.83, 452844.88999999966 5463405.32, 452859.20999999996 5463408.26, 452866.8799999999 5463409.83, 452874.46999999974 5463411.380000001, 452881.0499999998 5463412.73, 452888.7999999998 5463414.32, 452903.73000000045 5463417.390000001, 452912.6699999999 5463419.210000001, 452921.9500000002 5463421.119999999, 452936.0999999996 5463424.02, 452948.96999999974 5463426.66, 452966.91000000015 5463430.34, 452984.88999999966 5463434.02, 452993.41000000015 5463435.76, 453003.16000000015 5463437.77, 453019.11000000034 5463441.029999999, 453030.21999999974 5463443.3100000005, 453045.4900000002 5463446.4399999995, 453046.41000000015 5463443.640000001, 453044.8200000003 5463442.460000001, 453046.1799999997 5463437.66, 453046.5499999998 5463436.43, 453048.61000000034 5463429.6, 453050.1900000004 5463424.34, 453050.5999999996 5463422.640000001, 453052.70999999996 5463415.619999999, 453054.5099999998 5463409.640000001, 453057.4299999997 5463399.91, 453060.6699999999 5463389.15, 453067.6799999997 5463365.859999999, 453068.0700000003 5463364.91, 453054.51999999955 5463361.619999999, 453040.8499999996 5463358.01, 453025.03000000026 5463354.279999999, 453021.4199999999 5463353.49, 452980.5999999996 5463339.460000001, 452954.51999999955 5463330.49, 452954.4199999999 5463330.48, 452951.16000000015 5463329.9399999995, 452947.6900000004 5463329.140000001, 452911.9000000004 5463324.300000001, 452896.4900000002 5463323.880000001, 452881.6299999999 5463324.119999999, 452878.1500000004 5463324.119999999, 452874.7999999998 5463323.859999999, 452871.86000000034 5463323.59, 452868.48000000045 5463322.279999999, 452868.3799999999 5463322.26, 452864.9500000002 5463321.300000001, 452814.9400000004 5463304, 452809.70999999996 5463299.84, 452809.4400000004 5463298.529999999, 452809.4500000002 5463298.43, 452812.1799999997 5463282.16, 452810.8200000003 5463280.6, 452810.71999999974 5463280.58, 452745.7400000002 5463261.01, 452717.6500000004 5463254.460000001, 452701 5463252.23, 452699.29000000004 5463251.859999999, 452708.3799999999 5463250.789999999, 452714.5599999996 5463250.039999999, 452715.54000000004 5463249.92, 452731.08999999985 5463247.640000001, 452749.91000000015 5463244.880000001, 452767.4299999997 5463241.75, 452776.45999999996 5463240.140000001, 452786.3499999996 5463238.369999999, 452792.6900000004 5463237.08, 452804.4500000002 5463234.68, 452815.5599999996 5463232.42, 452821.83999999985 5463231.140000001, 452836.71999999974 5463227.720000001, 452851.03000000026 5463224.41, 452856.9900000002 5463223.039999999, 452861.8799999999 5463221.789999999, 452872.9299999997 5463218.970000001, 452883.98000000045 5463216.140000001, 452892.7999999998 5463213.890000001, 452897.08999999985 5463212.789999999, 452902.71999999974 5463211.23, 452913 5463208.380000001, 452922.8700000001 5463205.630000001, 452932.71999999974 5463202.890000001, 452935.61000000034 5463202.1, 452941.0700000003 5463200.59, 452946.23000000045 5463199.16, 452948.96999999974 5463198.390000001, 452955.25 5463196.65, 452961.8700000001 5463194.57, 452966.33999999985 5463193.18, 452975.01999999955 5463190.470000001, 452979.9199999999 5463188.9399999995, 452984.8300000001 5463187.41, 452996.46999999974 5463183.779999999, 453004.7599999998 5463181.18, 453013.4400000004 5463178.48, 453022.4500000002 5463175.66, 453031.20999999996 5463172.9399999995, 453040.0999999996 5463170.15, 453044.73000000045 5463168.710000001, 453049.3499999996 5463167.26, 453056.26999999955 5463164.98, 453063.2400000002 5463162.68, 453076.1799999997 5463158.41, 453085.1699999999 5463155.4399999995, 453089.75 5463153.93, 453094.33999999985 5463152.42, 453102.8099999996 5463149.619999999, 453104.91000000015 5463148.93, 453110.3499999996 5463147.130000001, 453118.46999999974 5463144.449999999, 453126.5999999996 5463141.77, 453134.9400000004 5463139.02, 453142.86000000034 5463136.4, 453150.78000000026 5463133.789999999, 453159.0499999998 5463131.0600000005, 453167.45999999996 5463128.279999999, 453169.9400000004 5463127.470000001, 453173.6900000004 5463125.91, 453175.9299999997 5463124.98, 453185.4199999999 5463133.6899999995, 453186.3300000001 5463134.5600000005, 453186.79000000004 5463134.4, 453193.2999999998 5463131.82, 453195.3200000003 5463137.82, 453198.96999999974 5463146.43, 453201.2400000002 5463151.77, 453203.38999999966 5463156.85, 453208.9000000004 5463165.460000001, 453212.0099999998 5463170.3100000005, 453213.7999999998 5463173.09, 453216.3499999996 5463175.85, 453222.5599999996 5463182.550000001, 453226.29000000004 5463186.58, 453247.0099999998 5463201.99, 453272.5 5463203.720000001, 453302.4400000004 5463196.59, 453317.36000000034 5463188.199999999, 453328.88999999966 5463179.9, 453338.7000000002 5463169.550000001, 453341.46999999974 5463165.289999999, 453339.7599999998 5463174.199999999, 453341.7999999998 5463172.050000001, 453347.0800000001 5463163.960000001, 453350.0099999998 5463159.460000001, 453355.3300000001 5463148.93, 453356.75 5463146.09, 453368.9400000004 5463113.77, 453371.96999999974 5463106.99, 453374.95999999996 5463100.32, 453382.53000000026 5463087.470000001, 453384.8300000001 5463084.75, 453392.3799999999 5463075.85, 453400.3099999996 5463068.83, 453403.5800000001 5463065.93, 453407.96999999974 5463063.02, 453415.8300000001 5463057.8100000005, 453417.3799999999 5463057.25, 453426.28000000026 5463054.07, 453430.1900000004 5463052.68, 453434.73000000045 5463051.470000001, 453443.5099999998 5463049.140000001, 453451.95999999996 5463046.9, 453459.03000000026 5463045.02, 453459.7000000002 5463040.77, 453504.16000000015 5463030.6899999995, 453534.76999999955 5463024.51, 453569.86000000034 5463016.369999999, 453571.91000000015 5463015.890000001, 453578.58999999985 5463014.720000001, 453608.20999999996 5463009.529999999, 453618.5800000001 5463008.23, 453623.91000000015 5463007.5600000005, 453631.63999999966 5463006.59, 453645.26999999955 5463004.869999999, 453692.08999999985 5463000.43, 453764.04000000004 5462997.539999999, 453763.79000000004 5463000.199999999, 453767.7599999998 5463000.029999999, 453770.61000000034 5462999.92, 453786.5800000001 5462999.26, 453833.78000000026 5462998.49, 453882.7999999998 5462998.76, 453891.2000000002 5462998.720000001, 453892.70999999996 5462994.5, 453957.61000000034 5462994.279999999, 454038.73000000045 5462997.83, 454246 5463011.630000001, 454453.3700000001 5463025.5, 454456.8700000001 5463051.35, 454453.8300000001 5463076.210000001, 454439.4400000004 5463116.23, 454438.7599999998 5463123.1, 454438.4199999999 5463126.630000001, 454444.04000000004 5463128.02, 454447.4199999999 5463128.92, 454448.2999999998 5463127.06000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6616-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6616-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -520,90 +520,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-108" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6616-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-108" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6616-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6616-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6616-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="57" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -677,51 +677,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108935</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.2903877762</v>
+        <v>46068.21607620765</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>