--- v0 (2025-11-10)
+++ v1 (2026-02-14)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6515-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((447248.4299999997 5481609.710000001, 447242.0499999998 5481621.49, 447238.91000000015 5481627.359999999, 447235.8200000003 5481633.119999999, 447232.79000000004 5481638.75, 447229.8099999996 5481644.300000001, 447226.79000000004 5481649.91, 447223.86000000034 5481655.380000001, 447218.0499999998 5481666.1899999995, 447212.29000000004 5481676.92, 447209.0599999996 5481682.93, 447206.54000000004 5481687.630000001, 447203.8799999999 5481692.57, 447201.4000000004 5481697.18, 447198.66000000015 5481702.289999999, 447195.9000000004 5481707.42, 447193.0999999996 5481712.630000001, 447190.29000000004 5481717.859999999, 447183.71999999974 5481730.08, 447176.1200000001 5481744.199999999, 447160.79000000004 5481770.1899999995, 447154.0700000003 5481781.58, 447151.8700000001 5481785.3100000005, 447145.0099999998 5481793.789999999, 447144.63999999966 5481794.74, 447142.38999999966 5481800.49, 447137.6799999997 5481812.65, 447128.5 5481822.16, 447111.4299999997 5481856.859999999, 447100.26999999955 5481879.59, 447098.2999999998 5481882.699999999, 447092.7400000002 5481891.51, 447071.79000000004 5481924.73, 447013.3499999996 5482001.57, 446962.2000000002 5482072.93, 446958.63999999966 5482077.91, 446957.4199999999 5482080.48, 446954.04000000004 5482087.66, 446941.4500000002 5482104.07, 446934.1200000001 5482113.640000001, 446928.1500000004 5482121.42, 446926.6500000004 5482123.42, 446925.2000000002 5482125.369999999, 446919.04000000004 5482133.529999999, 446911.5099999998 5482143.51, 446904.76999999955 5482152.43, 446892.8499999996 5482168.25, 446890.7999999998 5482170.970000001, 446880.61000000034 5482184.130000001, 446868.13999999966 5482200.26, 446867.4500000002 5482201.140000001, 446864.41000000015 5482205.17, 446855.70999999996 5482216.82, 446843.21999999974 5482233.550000001, 446828.8799999999 5482252.77, 446821.63999999966 5482262.449999999, 446814.54000000004 5482271.960000001, 446810.6500000004 5482277.16, 446804.83999999985 5482280.5, 446803.1699999999 5482282.720000001, 446801.2599999998 5482285.25, 446798.53000000026 5482285.33, 446798.3799999999 5482285.869999999, 446796.76999999955 5482291.199999999, 446784.23000000045 5482307.83, 446779.8700000001 5482313.619999999, 446766.3700000001 5482331.09, 446748.28000000026 5482354.539999999, 446730.9000000004 5482377.039999999, 446722.29000000004 5482388.18, 446713.78000000026 5482399.210000001, 446709.8099999996 5482404.35, 446697.1699999999 5482420.9, 446680.86000000034 5482442.25, 446666.4400000004 5482461.140000001, 446664.75 5482463.35, 446652.0800000001 5482479.93, 446637.5700000003 5482496.02, 446631.3700000001 5482502.9, 446622.1699999999 5482511.99, 446615.3099999996 5482518.76, 446613.25 5482520.800000001, 446609 5482524.65, 446601.4199999999 5482531.539999999, 446594.4199999999 5482537.890000001, 446593.36000000034 5482538.48, 446589.2400000002 5482540.77, 446581 5482545.369999999, 446577.1699999999 5482548.0600000005, 446571.1200000001 5482552.300000001, 446566.95999999996 5482554.92, 446557.33999999985 5482560.970000001, 446531.7999999998 5482577.470000001, 446527.33999999985 5482577.5600000005, 446527.53000000026 5482577.84, 446523.25 5482578.1, 446521.3799999999 5482578.24, 446490.54000000004 5482594.33, 446481.48000000045 5482599.050000001, 446478.08999999985 5482600.83, 446469.2599999998 5482606.220000001, 446463.5099999998 5482609.720000001, 446457.6799999997 5482613.300000001, 446448.23000000045 5482619.07, 446446.91000000015 5482620.01, 446438.0999999996 5482626.359999999, 446423.9000000004 5482636.59, 446419.1799999997 5482640.9, 446414.8799999999 5482644.83, 446412.36000000034 5482647.130000001, 446402.26999999955 5482656.34, 446392.4500000002 5482665.73, 446386.91000000015 5482671.039999999, 446374.2000000002 5482683.199999999, 446373.4400000004 5482683.92, 446374.2000000002 5482684.93, 446374.8700000001 5482686.16, 446376.28000000026 5482688.91, 446377.8300000001 5482692.02, 446378.41000000015 5482693.18, 446375.5499999998 5482696.619999999, 446345.04000000004 5482735.41, 446334.3099999996 5482735.15, 446315.08999999985 5482734.66, 446299.3700000001 5482734.27, 446293.03000000026 5482734.109999999, 446286.2000000002 5482733.9399999995, 446251.76999999955 5482736.32, 446248.20999999996 5482736.57, 446231.6200000001 5482737.710000001, 446222.9500000002 5482738.3100000005, 446198.01999999955 5482740.039999999, 446189.23000000045 5482740.640000001, 446179.3799999999 5482741.32, 446163.8799999999 5482742.4, 446153.51999999955 5482743.109999999, 446147.9400000004 5482743.49, 446135.0499999998 5482745.029999999, 446121.98000000045 5482746.58, 446106.9500000002 5482748.369999999, 446096.01999999955 5482752.970000001, 446084.79000000004 5482757.720000001, 446079.3200000003 5482760.029999999, 446074.51999999955 5482762.0600000005, 446085.54000000004 5482719.57, 446076.88999999966 5482717.98, 446066.95999999996 5482716.18, 446057.26999999955 5482714.41, 446047.8799999999 5482712.699999999, 446038.01999999955 5482710.9, 446018.86000000034 5482707.41, 446016.08999999985 5482706.9, 446017.8799999999 5482696.380000001, 446020.8200000003 5482682.35, 445974.61000000034 5482673.0600000005, 445969.54000000004 5482671.67, 445968.3300000001 5482667.98, 445969.71999999974 5482663.18, 445971.08999999985 5482658.48, 445988.61000000034 5482561.84, 445933.01999999955 5482550.470000001, 445932.23000000045 5482561.890000001, 445932.41000000015 5482583.779999999, 445924.58999999985 5482605.84, 445918.96999999974 5482616.699999999, 445914.2999999998 5482626.460000001, 445910.2599999998 5482635.300000001, 445906.71999999974 5482632.4399999995, 445895.8200000003 5482643.41, 445898.28000000026 5482645.630000001, 445894.5599999996 5482647.359999999, 445890.9400000004 5482648.300000001, 445886.6299999999 5482648.720000001, 445884.9500000002 5482648.93, 445880.0499999998 5482648.5600000005, 445877.13999999966 5482648.710000001, 445873.6200000001 5482660.050000001, 445870.88999999966 5482659.41, 445819.95999999996 5482650.109999999, 445808.98000000045 5482649.960000001, 445793.45999999996 5482652.0600000005, 445773.29000000004 5482656.630000001, 445757.7999999998 5482658.609999999, 445731.0800000001 5482657.27, 445725.3499999996 5482656.93, 445724.9500000002 5482658.390000001, 445724.23000000045 5482661.43, 445700.45999999996 5482763.33, 445699.8300000001 5482765.98, 445687.6299999999 5482764.949999999, 445675.0499999998 5482763.91, 445663.45999999996 5482762.9399999995, 445663.2000000002 5482762.92, 445645.7599999998 5482762.4399999995, 445623.03000000026 5482761.8100000005, 445614.1299999999 5482761.5600000005, 445608.9199999999 5482761.43, 445580.8300000001 5482760.65, 445569.76999999955 5482761.390000001, 445560.1200000001 5482762.029999999, 445555.51999999955 5482762.35, 445553.91000000015 5482762.09, 445550.36000000034 5482761.539999999, 445542.21999999974 5482760.279999999, 445536.29000000004 5482759.35, 445533.3300000001 5482758.890000001, 445521.9400000004 5482756.6, 445508.2400000002 5482753.27, 445501.0999999996 5482751.539999999, 445494.1500000004 5482749.85, 445487.20999999996 5482748.17, 445479.6900000004 5482746.34, 445472.2400000002 5482744.529999999, 445463.23000000045 5482742.34, 445454.03000000026 5482740.109999999, 445444.98000000045 5482737.91, 445436.0700000003 5482735.75, 445431.83999999985 5482734.720000001, 445427 5482733.5600000005, 445417.5800000001 5482731.26, 445405.63999999966 5482728.369999999, 445398.7000000002 5482726.68, 445392.6799999997 5482725.220000001, 445384.5 5482723.23, 445377.0499999998 5482721.42, 445366.6799999997 5482718.91, 445355.9299999997 5482716.300000001, 445345.1200000001 5482713.68, 445335.5499999998 5482711.35, 445317.95999999996 5482706.76, 445281.13999999966 5482697.140000001, 445267.16000000015 5482693.5, 445244.6900000004 5482687.630000001, 445238.8300000001 5482686.1, 445233.5599999996 5482684.73, 445221.36000000034 5482681.539999999, 445215.61000000034 5482680.039999999, 445209.26999999955 5482678.380000001, 445195.9299999997 5482672.91, 445187.6799999997 5482669.52, 445182.6699999999 5482667.470000001, 445162.3200000003 5482659.119999999, 445151.9000000004 5482654.85, 445143.38999999966 5482651.32, 445133.9500000002 5482647.41, 445125.7000000002 5482643.99, 445111.0099999998 5482637.890000001, 445096.98000000045 5482632.08, 445091.7999999998 5482629.9399999995, 445086.8200000003 5482627.880000001, 445067.41000000015 5482620.49, 445053.95999999996 5482615.359999999, 445026.71999999974 5482605, 444983.98000000045 5482588.75, 444971.51999999955 5482584.01, 444931.11000000034 5482568.630000001, 444909.08999999985 5482560.26, 444887.54000000004 5482552.07, 444871.9199999999 5482546.119999999, 444891.4400000004 5482466.949999999, 444883.03000000026 5482465.26, 444875.0599999996 5482463.66, 444871.3700000001 5482462.9, 444868.1299999999 5482462.26, 444873.3499999996 5482439.91, 444870.9199999999 5482440.0600000005, 444868.79000000004 5482440.359999999, 444866.7599999998 5482440.74, 444864.71999999974 5482441.109999999, 444857.78000000026 5482442.41, 444854.46999999974 5482442.57, 444851.5499999998 5482441.720000001, 444843.13999999966 5482436.550000001, 444837.9199999999 5482435.52, 444833.4900000002 5482435.16, 444822.98000000045 5482435.460000001, 444817.3700000001 5482435.42, 444810.6200000001 5482431.550000001, 444807.79000000004 5482430.289999999, 444804.66000000015 5482429.470000001, 444801.61000000034 5482429.1899999995, 444798.01999999955 5482429.16, 444795.6500000004 5482428.890000001, 444793.25 5482428.42, 444789.4900000002 5482427.130000001, 444787.3799999999 5482426.24, 444784.6699999999 5482425.35, 444782.5499999998 5482424.66, 444780.9199999999 5482424.460000001, 444778.6200000001 5482424.4, 444777.3300000001 5482424.800000001, 444774.9299999997 5482425.539999999, 444772.3799999999 5482425.82, 444770.11000000034 5482425.779999999, 444767.6500000004 5482424.710000001, 444761.45999999996 5482421.880000001, 444759.1299999999 5482420.779999999, 444757.2599999998 5482420.220000001, 444755.53000000026 5482419.92, 444753.3700000001 5482419.82, 444750.5999999996 5482420.119999999, 444748.5999999996 5482420.4, 444745.11000000034 5482420.550000001, 444741.38999999966 5482420.710000001, 444738.63999999966 5482420.58, 444736.76999999955 5482420.51, 444733.0499999998 5482420.199999999, 444728.3499999996 5482419.41, 444725.9500000002 5482418.949999999, 444723.53000000026 5482418.76, 444720.51999999955 5482418.49, 444717.71999999974 5482418.15, 444714.8300000001 5482417.75, 444713.36000000034 5482417.41, 444711.63999999966 5482416.15, 444710.3799999999 5482415.23, 444707.3700000001 5482412.74, 444705.0099999998 5482410.66, 444703.0099999998 5482409, 444702.5499999998 5482408.66, 444701.75 5482408.779999999, 444700.70999999996 5482409.07, 444698.3700000001 5482410.970000001, 444693.4500000002 5482414.77, 444690.79000000004 5482416.109999999, 444688.1699999999 5482417.42, 444686.38999999966 5482418.01, 444685.5 5482418.039999999, 444683.7400000002 5482418.130000001, 444682.3300000001 5482417.859999999, 444680.4400000004 5482417.17, 444677.38999999966 5482416.039999999, 444675.7400000002 5482415.460000001, 444673.03000000026 5482414.48, 444670.8499999996 5482413.720000001, 444669.6500000004 5482413.3100000005, 444668.3300000001 5482412.92, 444666.73000000045 5482412.57, 444664.9500000002 5482412.48, 444661.23000000045 5482412.359999999, 444660.04000000004 5482412.3100000005, 444656.5999999996 5482411.960000001, 444653.48000000045 5482411.76, 444650.1500000004 5482411.470000001, 444646.7000000002 5482411.539999999, 444642.9299999997 5482411.48, 444640.58999999985 5482411.42, 444639.0599999996 5482411.48, 444638.3200000003 5482411.42, 444637.1500000004 5482411.08, 444635.98000000045 5482410.34, 444634.2599999998 5482408.65, 444631.75 5482405.58, 444629.41000000015 5482403.289999999, 444628.1200000001 5482401.869999999, 444627.23000000045 5482400.98, 444626.70999999996 5482400.640000001, 444625.9400000004 5482400.449999999, 444624.9900000002 5482400.390000001, 444624.46999999974 5482400.48, 444621.3300000001 5482401.23, 444616.8099999996 5482402.199999999, 444614.3300000001 5482402.74, 444611.5599999996 5482403.17, 444608.1200000001 5482403.369999999, 444605.01999999955 5482403.41, 444603.5800000001 5482403.4399999995, 444601.7599999998 5482403.300000001, 444600.5999999996 5482403.01, 444592.8300000001 5482400.5600000005, 444585.45999999996 5482398.85, 444581.58999999985 5482398.109999999, 444577.9500000002 5482397.33, 444575.23000000045 5482396.880000001, 444572.9199999999 5482396.779999999, 444571.2400000002 5482397.1899999995, 444569.88999999966 5482397.65, 444564.01999999955 5482399.4, 444562.5700000003 5482399.75, 444561.4299999997 5482399.83, 444560.5499999998 5482399.529999999, 444552.0599999996 5482393.140000001, 444550.04000000004 5482391.890000001, 444547.73000000045 5482390.869999999, 444545.98000000045 5482390.109999999, 444543.8700000001 5482389.43, 444541.95999999996 5482389.029999999, 444540.36000000034 5482388.779999999, 444538.4900000002 5482388.6, 444535.8799999999 5482388.6, 444533.2000000002 5482388.42, 444532.28000000026 5482388.17, 444529.63999999966 5482387.16, 444524.4900000002 5482384.73, 444520 5482381.720000001, 444517.7599999998 5482380.01, 444516.3200000003 5482379.029999999, 444514.9000000004 5482378.5600000005, 444513.98000000045 5482378.470000001, 444512.3499999996 5482378.9399999995, 444510.4400000004 5482379.390000001, 444508.78000000026 5482379.949999999, 444506.86000000034 5482380.460000001, 444504.26999999955 5482380.470000001, 444501.9400000004 5482380.199999999, 444499.6699999999 5482379.640000001, 444497.5999999996 5482378.9399999995, 444494.54000000004 5482377.369999999, 444488.79000000004 5482373.4399999995, 444486.3200000003 5482371.800000001, 444483.36000000034 5482369.609999999, 444480.5 5482367.449999999, 444480.0099999998 5482367.300000001, 444479.4000000004 5482367.300000001, 444478.33999999985 5482367.68, 444474.75 5482369.449999999, 444473.03000000026 5482370.220000001, 444471.96999999974 5482370.3100000005, 444470.7599999998 5482370.220000001, 444469.5499999998 5482369.880000001, 444467.11000000034 5482369.3100000005, 444460.46999999974 5482366.75, 444457.33999999985 5482365.6899999995, 444451.8700000001 5482363.9, 444447.6699999999 5482362.4, 444445.0099999998 5482361.5600000005, 444439.61000000034 5482358.85, 444432.8300000001 5482355.470000001, 444425.4500000002 5482353.26, 444419.4500000002 5482351.470000001, 444413.4299999997 5482348.789999999, 444409.3700000001 5482345.970000001, 444403.1200000001 5482336.67, 444399.8700000001 5482334.880000001, 444396.5 5482334.699999999, 444391.0999999996 5482335.220000001, 444387.11000000034 5482335.279999999, 444383.73000000045 5482334.220000001, 444380.8499999996 5482332.390000001, 444379.0700000003 5482330.140000001, 444376.51999999955 5482324.82, 444373.4199999999 5482320.0600000005, 444369.9199999999 5482317.289999999, 444368.9900000002 5482316.550000001, 444365.08999999985 5482314.99, 444361.45999999996 5482315.25, 444358.11000000034 5482315.0600000005, 444353.04000000004 5482313.470000001, 444349.63999999966 5482310.77, 444343.3099999996 5482304.029999999, 444341.20999999996 5482302.15, 444332.3099999996 5482296.75, 444327.2999999998 5482291.76, 444322.9900000002 5482286.4399999995, 444306.9000000004 5482277.039999999, 444300.1299999999 5482273.08, 444293.6299999999 5482269.289999999, 444283.96999999974 5482263.640000001, 444281.1699999999 5482262, 444277.9000000004 5482260.1, 444275 5482258.4, 444268.76999999955 5482254.76, 444265.95999999996 5482253.119999999, 444255.45999999996 5482246.68, 444244.33999999985 5482243.99, 444238.8799999999 5482242.25, 444234.8799999999 5482240.609999999, 444230.6799999997 5482235.85, 444228.8099999996 5482231.3100000005, 444229.33999999985 5482227.07, 444227.7000000002 5482224.08, 444226.7000000002 5482223.029999999, 444224.2000000002 5482222.109999999, 444220.6200000001 5482221.609999999, 444215.0800000001 5482220.859999999, 444210.4900000002 5482218.1899999995, 444205.33999999985 5482215.07, 444202.11000000034 5482212.789999999, 444198.7999999998 5482210.59, 444195.7999999998 5482208.640000001, 444194.2000000002 5482205.0600000005, 444190.6200000001 5482196.6, 444186.0700000003 5482190.33, 444182.83999999985 5482185.699999999, 444179.6500000004 5482181.75, 444176.0999999996 5482177.85, 444172 5482173.58, 444166.8099999996 5482168.59, 444163.0499999998 5482163.949999999, 444157.4299999997 5482157.07, 444156.7999999998 5482156.390000001, 444142.58999999985 5482147.99, 444133.53000000026 5482137.65, 444128.76999999955 5482130.630000001, 444107.8499999996 5482112.5600000005, 444108.9000000004 5482108.34, 444112.9000000004 5482104.880000001, 444143.96999999974 5482076.3100000005, 444175.3799999999 5482046.869999999, 444202.8799999999 5482056.869999999, 444211.2000000002 5482059.9399999995, 444218.3799999999 5482063.130000001, 444230.9000000004 5482069.699999999, 444238.61000000034 5482073.619999999, 444246.5700000003 5482077.76, 444250.2000000002 5482079.59, 444254.1799999997 5482081.6, 444261.33999999985 5482085.25, 444264.2400000002 5482086.6899999995, 444271.2400000002 5482090.710000001, 444281.16000000015 5482096.27, 444290.51999999955 5482101.630000001, 444302.21999999974 5482108.289999999, 444304.16000000015 5482109.369999999, 444315.3300000001 5482115.539999999, 444316.0700000003 5482116.039999999, 444314.0999999996 5482120.039999999, 444292.5800000001 5482161.539999999, 444286.0700000003 5482174.16, 444292.9199999999 5482182.449999999, 444295.54000000004 5482185.630000001, 444303.8700000001 5482195.24, 444335.6699999999 5482133.4399999995, 444337.53000000026 5482130.039999999, 444342.3099999996 5482133.300000001, 444348.0700000003 5482137.210000001, 444357.88999999966 5482143.91, 444366.70999999996 5482149.9, 444373.33999999985 5482154.4, 444373.9000000004 5482154.68, 444374.58999999985 5482155.029999999, 444383.9400000004 5482159.83, 444393.11000000034 5482164.42, 444404.4500000002 5482170.17, 444415.28000000026 5482175.58, 444420.4900000002 5482178.73, 444425.0999999996 5482181.529999999, 444434.0999999996 5482186.98, 444438.96999999974 5482189.9399999995, 444443.1200000001 5482192.449999999, 444458.3300000001 5482201.68, 444472.2999999998 5482210.140000001, 444480.66000000015 5482213.039999999, 444489.3200000003 5482214.859999999, 444490.53000000026 5482211.41, 444502.03000000026 5482177.4, 444532.0099999998 5482088.789999999, 444547.6299999999 5482042.630000001, 444552.51999999955 5482043.609999999, 444557.04000000004 5482044.51, 444561.9400000004 5482045.49, 444563.9000000004 5482045.880000001, 444564.1900000004 5482045.050000001, 444600.26999999955 5481946.85, 444604.01999999955 5481944.74, 444605.98000000045 5481943.619999999, 444612.4500000002 5481926.369999999, 444664.2000000002 5481787.9399999995, 444667.5999999996 5481778.82, 444667.7599999998 5481777.32, 444668.3099999996 5481772, 444651.4900000002 5481765.699999999, 444634.3200000003 5481759.289999999, 444632.4500000002 5481758.58, 444600.8499999996 5481746.789999999, 444599.28000000026 5481746.1899999995, 444584.0999999996 5481740.84, 444566.3200000003 5481734.539999999, 444537.9299999997 5481724.52, 444535.83999999985 5481723.77, 444520.11000000034 5481718.199999999, 444508.75 5481713.91, 444506.66000000015 5481713.130000001, 444502.8300000001 5481712.35, 444493.5 5481710.48, 444489.5099999998 5481709.67, 444479.5999999996 5481709.390000001, 444473.5599999996 5481708.199999999, 444467.28000000026 5481706.960000001, 444460.8499999996 5481705.68, 444451.46999999974 5481703.83, 444442.26999999955 5481702, 444432.26999999955 5481700.02, 444422.8099999996 5481698.34, 444417.7000000002 5481697.43, 444413.0599999996 5481696.6, 444408.26999999955 5481695.76, 444403.9400000004 5481694.99, 444398.98000000045 5481694.109999999, 444394.8300000001 5481693.359999999, 444390.6900000004 5481692.619999999, 444386.4500000002 5481691.85, 444382.96999999974 5481688.6899999995, 444379.5099999998 5481685.529999999, 444371.96999999974 5481678.67, 444367.76999999955 5481674.83, 444362.2000000002 5481669.76, 444357.54000000004 5481671.33, 444354.36000000034 5481670.6899999995, 444344.6200000001 5481668.74, 444334.71999999974 5481666.720000001, 444324.78000000026 5481664.710000001, 444317.3499999996 5481663.199999999, 444315.4500000002 5481662.82, 444309.79000000004 5481661.66, 444301.4000000004 5481659.970000001, 444294.5599999996 5481658.58, 444292.03000000026 5481658.0600000005, 444283.1900000004 5481656.27, 444270.1900000004 5481653.630000001, 444268.51999999955 5481653.300000001, 444255.5700000003 5481650.67, 444241.95999999996 5481647.9, 444239.21999999974 5481647.35, 444235.3799999999 5481646.039999999, 444228.70999999996 5481643.76, 444223.4400000004 5481641.970000001, 444217.58999999985 5481639.970000001, 444208.08999999985 5481636.73, 444202.5800000001 5481634.85, 444190.6699999999 5481630.800000001, 444186.5 5481629.369999999, 444182.3200000003 5481627.949999999, 444174.88999999966 5481625.41, 444170.29000000004 5481623.84, 444142.2400000002 5481614.27, 444137.96999999974 5481612.82, 444121.28000000026 5481607.130000001, 444104.8799999999 5481601.539999999, 444061.1299999999 5481681.59, 444059.5999999996 5481684.390000001, 444058.08999999985 5481687.15, 444053.8099999996 5481688.949999999, 444052.13999999966 5481688.99, 444044.9000000004 5481689.16, 444037.7599999998 5481689.33, 444030.5099999998 5481689.51, 444014.95999999996 5481689.880000001, 444007.5700000003 5481690.0600000005, 444000.3099999996 5481690.24, 443995.3200000003 5481690.35, 443990.45999999996 5481690.470000001, 443985.38999999966 5481690.65, 443981.5800000001 5481690.789999999, 443978.04000000004 5481690.92, 443970.3799999999 5481691.199999999, 443955.13999999966 5481691.75, 443947.29000000004 5481692.039999999, 443946.23000000045 5481691.99, 443940.29000000004 5481691.65, 443934.8700000001 5481691.33, 443924.3799999999 5481690.73, 443914.3700000001 5481690.15, 443906.5800000001 5481689.699999999, 443903.6299999999 5481689.539999999, 443891.0099999998 5481688.8100000005, 443887.4400000004 5481688.6, 443880.03000000026 5481685.76, 443877.66000000015 5481696.970000001, 443875.46999999974 5481707.34, 443871.01999999955 5481728.380000001, 443866.33999999985 5481750.529999999, 443861.86000000034 5481771.779999999, 443857.36000000034 5481793.039999999, 443852.86000000034 5481814.34, 443850.8799999999 5481823.710000001, 443848.2400000002 5481836.199999999, 443847.3700000001 5481840.32, 443846.91000000015 5481842.210000001, 443846.7999999998 5481842.699999999, 443845.70999999996 5481842.3100000005, 443824.63999999966 5481834.74, 443803.73000000045 5481827.1899999995, 443782.23000000045 5481822.83, 443760.54000000004 5481819.050000001, 443733.4500000002 5481814.33, 443692.21999999974 5481805.91, 443686.13999999966 5481806.34, 443680.1799999997 5481806.6899999995, 443675.5800000001 5481805.859999999, 443668.8499999996 5481806.220000001, 443663.0800000001 5481806.52, 443656.38999999966 5481806.869999999, 443648.20999999996 5481807.109999999, 443644.7000000002 5481807, 443639.88999999966 5481807.07, 443634.6900000004 5481807.16, 443630.0700000003 5481808.550000001, 443624.9000000004 5481810.130000001, 443620.6799999997 5481811.6, 443615.8099999996 5481813.35, 443611.63999999966 5481814.880000001, 443606.9199999999 5481816.5600000005, 443597.5700000003 5481819.98, 443588.58999999985 5481823.3100000005, 443581.54000000004 5481825.77, 443579.9500000002 5481825.59, 443575.29000000004 5481825.07, 443570.58999999985 5481824.460000001, 443560.13999999966 5481823.1899999995, 443547.25 5481821.3100000005, 443534.28000000026 5481821.109999999, 443522.4900000002 5481821.380000001, 443520 5481821.58, 443516.2000000002 5481821.82, 443505.7400000002 5481821.609999999, 443497.20999999996 5481821.9, 443488.0800000001 5481821.83, 443483.26999999955 5481821.640000001, 443469.96999999974 5481819.51, 443458.2000000002 5481817.8100000005, 443451.6500000004 5481817.84, 443445.0700000003 5481817.880000001, 443438.21999999974 5481817.359999999, 443431.8099999996 5481815.960000001, 443423.2400000002 5481814.1, 443414.9500000002 5481812.3100000005, 443397.41000000015 5481807.949999999, 443360.7400000002 5481798.869999999, 443274.6200000001 5481777.529999999, 443264.4299999997 5481775.01, 443256.9000000004 5481773.15, 443254.79000000004 5481773.02, 443231.6799999997 5481771.67, 443220.9000000004 5481771.039999999, 443216.0800000001 5481770.75, 443211.2599999998 5481770.25, 443208.70999999996 5481769.99, 443201.8099999996 5481769.08, 443201.8499999996 5481773.1, 443201.76999999955 5481777.84, 443202.0099999998 5481789.15, 443200.2000000002 5481795.48, 443189.21999999974 5481834.01, 443186.5099999998 5481841.369999999, 443174.61000000034 5481873.67, 443155.5700000003 5481867.77, 443147.0599999996 5481865.140000001, 443141.4199999999 5481863.4, 443134.1200000001 5481861.140000001, 443125.66000000015 5481858.529999999, 443121.1299999999 5481857.130000001, 443111.11000000034 5481854.02, 443106.0700000003 5481852.460000001, 443101.03000000026 5481850.91, 443094.4000000004 5481848.85, 443092.2000000002 5481848.18, 443087.76999999955 5481846.789999999, 443081.0499999998 5481844.720000001, 443074.45999999996 5481842.67, 443073.5700000003 5481842.41, 443067.71999999974 5481840.6, 443063.28000000026 5481839.220000001, 443058.98000000045 5481837.890000001, 443055.41000000015 5481836.789999999, 443054.6299999999 5481836.550000001, 443050.3099999996 5481835.210000001, 443041.41000000015 5481832.449999999, 443038.3099999996 5481831.5, 443032.51999999955 5481829.699999999, 443020.9400000004 5481826.119999999, 443019.6799999997 5481825.73, 443009.6900000004 5481822.640000001, 443004.38999999966 5481821, 442990.54000000004 5481816.73, 442989.0999999996 5481816.279999999, 442981.0599999996 5481813.789999999, 442971.6699999999 5481810.880000001, 442957.1200000001 5481846.34, 442950.0499999998 5481863.58, 442948.58999999985 5481867.130000001, 442942.96999999974 5481880.85, 442942.2000000002 5481882.73, 442940.29000000004 5481887.369999999, 442936.38999999966 5481896.880000001, 442916.76999999955 5481892.24, 442915.0800000001 5481891.84, 442912.13999999966 5481891.85, 442910.4400000004 5481891.84, 442907.6900000004 5481892.92, 442896.8700000001 5481889.960000001, 442896.6799999997 5481889.91, 442893.8700000001 5481889.140000001, 442889.23000000045 5481887.75, 442885.38999999966 5481886.83, 442880.1200000001 5481903.99, 442878.6799999997 5481908.0600000005, 442877.6200000001 5481911.07, 442876.86000000034 5481913.23, 442872.5 5481929.99, 442866.11000000034 5481954.6, 442865.46999999974 5481957.140000001, 442854.4299999997 5481951.970000001, 442846.54000000004 5481948.289999999, 442841.66000000015 5481945.99, 442832.26999999955 5481941.699999999, 442832.86000000034 5481939.529999999, 442827.4299999997 5481936.99, 442822.5099999998 5481934.68, 442816.86000000034 5481932.449999999, 442794.3099999996 5481923.48, 442793.71999999974 5481923.24, 442784.5700000003 5481919.470000001, 442772.95999999996 5481914.68, 442771.11000000034 5481913.93, 442765.4400000004 5481911.58, 442764.29000000004 5481911.119999999, 442756.9900000002 5481907.859999999, 442746.4000000004 5481903.140000001, 442726.8799999999 5481894.43, 442717.8700000001 5481890.109999999, 442707.8200000003 5481885.279999999, 442699.8700000001 5481881.48, 442692.6699999999 5481878.02, 442667.61000000034 5481865.5, 442649.8700000001 5481856.16, 442638.3300000001 5481850.08, 442629.70999999996 5481845.52, 442622.41000000015 5481841.779999999, 442616.7999999998 5481838.91, 442610.04000000004 5481835.4399999995, 442600.6900000004 5481830.66, 442593.53000000026 5481826.99, 442592.9199999999 5481826.640000001, 442585.9199999999 5481822.77, 442571.58999999985 5481814.82, 442558.29000000004 5481807.470000001, 442551.21999999974 5481803.539999999, 442549.58999999985 5481802.640000001, 442535.3700000001 5481794.279999999, 442529.9400000004 5481791.09, 442514.9299999997 5481782.279999999, 442507.1900000004 5481777.74, 442503.3499999996 5481775.609999999, 442494.0800000001 5481770.51, 442488.3099999996 5481767.33, 442475.2400000002 5481760.130000001, 442473.83999999985 5481759.369999999, 442444.8200000003 5481746.359999999, 442412.3799999999 5481734.779999999, 442364.66000000015 5481719.6, 442347.8200000003 5481714.48, 442342.48000000045 5481712.85, 442326.88999999966 5481708.1, 442319.45999999996 5481705.84, 442312.83999999985 5481703.91, 442298.9299999997 5481699.859999999, 442274.3799999999 5481692.6899999995, 442265.91000000015 5481690.3100000005, 442253.4900000002 5481686.82, 442218.4000000004 5481676.93, 442211.38999999966 5481674.949999999, 442162.9000000004 5481661.210000001, 442154.8799999999 5481659.300000001, 442172.0499999998 5481636.050000001, 442166.4199999999 5481633.42, 442151.8799999999 5481624.449999999, 442128.25 5481609.859999999, 442125.4900000002 5481608.16, 442103.2999999998 5481594.48, 442098.96999999974 5481591.800000001, 442095.04000000004 5481589.390000001, 442090.95999999996 5481586.869999999, 442080.41000000015 5481582.529999999, 442072.46999999974 5481579.25, 442058.58999999985 5481573.539999999, 442043.25 5481567.24, 442026.5999999996 5481560.390000001, 442025.73000000045 5481559.710000001, 442019.88999999966 5481555.18, 442014.45999999996 5481550.99, 442010.9500000002 5481548.27, 442003.13999999966 5481542.220000001, 441998.2999999998 5481538.390000001, 441981.66000000015 5481525.24, 441980.1799999997 5481524.08, 441975.73000000045 5481522.109999999, 441962.33999999985 5481516.199999999, 441961.3300000001 5481515.76, 441934.63999999966 5481504.380000001, 441938.1500000004 5481494.65, 441939.25 5481491.6, 441940.8200000003 5481487.23, 441972.6699999999 5481412.16, 441979.7000000002 5481395.59, 441886.0499999998 5481346.33, 441884.0800000001 5481345.289999999, 441878.9400000004 5481347.15, 441873.83999999985 5481343.710000001, 441841.0999999996 5481420.970000001, 441831.36000000034 5481428.279999999, 441819.66000000015 5481431.65, 441805 5481429.6, 441799.3300000001 5481426.619999999, 441797.0800000001 5481428.48, 441793.9299999997 5481431, 441791.5800000001 5481432.869999999, 441789.7599999998 5481434.32, 441786.5499999998 5481439.93, 441777.23000000045 5481432.699999999, 441769.73000000045 5481426.880000001, 441766.4000000004 5481424.300000001, 441763.1299999999 5481421.76, 441759.95999999996 5481419.3100000005, 441752.8499999996 5481413.779999999, 441746.75 5481409.050000001, 441742.33999999985 5481405.619999999, 441737.7000000002 5481402.01, 441731.9299999997 5481397.550000001, 441726.26999999955 5481393.140000001, 441719.7599999998 5481388.1, 441715.6500000004 5481384.91, 441708.98000000045 5481379.73, 441702.7599999998 5481374.9, 441700.6200000001 5481373.550000001, 441691.0700000003 5481367.51, 441683.33999999985 5481362.6, 441678.6299999999 5481359.609999999, 441673.20999999996 5481356.1899999995, 441670.8099999996 5481354.67, 441660.3799999999 5481348.0600000005, 441655.11000000034 5481344.73, 441652.88999999966 5481343.33, 441648.6900000004 5481340.66, 441644.0599999996 5481337.74, 441640.4000000004 5481335.41, 441638.75 5481334.380000001, 441636.0700000003 5481333.82, 441627.2999999998 5481332.02, 441621.13999999966 5481330.77, 441616.0499999998 5481329.720000001, 441593.5499999998 5481325.109999999, 441584.4400000004 5481323.24, 441579.3200000003 5481322.1899999995, 441574.86000000034 5481321.279999999, 441571.7599999998 5481320.640000001, 441570.2000000002 5481320.33, 441569.95999999996 5481320.23, 441564.16000000015 5481317.949999999, 441556.6500000004 5481314.98, 441548.98000000045 5481311.960000001, 441531.25 5481304.960000001, 441522.38999999966 5481301.460000001, 441514.13999999966 5481298.220000001, 441506.96999999974 5481295.380000001, 441501.8200000003 5481293.359999999, 441492.76999999955 5481289.52, 441485.25 5481286.34, 441477.2999999998 5481282.970000001, 441469.28000000026 5481279.58, 441463.63999999966 5481277.199999999, 441459.26999999955 5481275.16, 441455.03000000026 5481273.199999999, 441450.5599999996 5481271.130000001, 441446.26999999955 5481269.119999999, 441439.9900000002 5481266.210000001, 441433.9199999999 5481263.390000001, 441427.1699999999 5481260.25, 441420.0599999996 5481256.949999999, 441409.21999999974 5481251.91, 441403.1200000001 5481247.85, 441394.3099999996 5481242, 441382.29000000004 5481234.02, 441377.63999999966 5481230.93, 441371.95999999996 5481227.15, 441356.01999999955 5481216.550000001, 441349.3499999996 5481212.140000001, 441342.4900000002 5481207.57, 441338.0499999998 5481204.619999999, 441327.88999999966 5481201.57, 441331.25 5481193.85, 441338.26999999955 5481175.960000001, 441336.0099999998 5481170.6, 441336.95999999996 5481168.1899999995, 441338.4199999999 5481164.470000001, 441339.8799999999 5481160.75, 441379.13</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6515-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6515-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6515-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6515-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-107" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6515-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6515-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6515-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-107" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6515-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6515-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6515-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108934</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.78890707513</v>
+        <v>46067.6648399269</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>