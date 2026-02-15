--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -143,51 +143,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6416-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((455367.7400000002 5492748.9399999995, 455325.9400000004 5492892.279999999, 455325.29000000004 5492896.92, 455289.23000000045 5492879.529999999, 455246.3099999996 5492858.82, 455159.33999999985 5492816.960000001, 455132.2400000002 5492803.800000001, 455108.71999999974 5492792.449999999, 455077.51999999955 5492777.4, 455061.3099999996 5492769.57, 455057.45999999996 5492767.75, 455051.3099999996 5492781.68, 455014.33999999985 5492864.68, 455007.9000000004 5492879.08, 454864.41000000015 5492798.57, 454736.25 5492693.74, 454721.5099999998 5492681.68, 454722.5800000001 5492677.51, 454749.9500000002 5492676.92, 454747.8099999996 5492579.42, 454747.5999999996 5492569.92, 454747.48000000045 5492564.449999999, 454747.45999999996 5492563.6, 454747.23000000045 5492552.779999999, 454746.9400000004 5492539.24, 454746.6699999999 5492527.119999999, 454743.5700000003 5492521.140000001, 454732.26999999955 5492499.460000001, 454728.23000000045 5492491.6899999995, 454672 5492383.699999999, 454668.71999999974 5492377.4, 454661.25 5492363.039999999, 454654.78000000026 5492350.609999999, 454619.6799999997 5492303.65, 454612.54000000004 5492306.98, 454597.6500000004 5492313.93, 454581.53000000026 5492279.9, 454577.23000000045 5492270.800000001, 454582.8099999996 5492268.119999999, 454568.5 5492248.970000001, 454540.2599999998 5492211.17, 454506.63999999966 5492234.9399999995, 454502.86000000034 5492237.619999999, 454485.45999999996 5492217.470000001, 454462.53000000026 5492190.91, 454449 5492171.550000001, 454439.75 5492156.75, 454424.1699999999 5492131.8100000005, 454406.9000000004 5492109.630000001, 454401.61000000034 5492104.449999999, 454394.9000000004 5492095.859999999, 454377.3799999999 5492055.43, 454363.0099999998 5491990.460000001, 454372.01999999955 5491987.359999999, 454369 5491978.68, 454373.1500000004 5491977.1899999995, 454377.71999999974 5491975.550000001, 454422.1500000004 5491959.57, 454411.3300000001 5491952.720000001, 454390.6200000001 5491900.34, 454379.8099999996 5491874.039999999, 454373.78000000026 5491859.789999999, 454368.9400000004 5491847.75, 454362.2999999998 5491831.720000001, 454345.21999999974 5491790.5, 454341.9500000002 5491782.23, 454328.2400000002 5491764.4399999995, 454326.7999999998 5491762.529999999, 454266.0499999998 5491681.27, 454260.0999999996 5491685.65, 454261.11000000034 5491687.0600000005, 454258.28000000026 5491689.0600000005, 454247.2999999998 5491670.5, 454242.8700000001 5491663.02, 454239.5700000003 5491657.449999999, 454238.08999999985 5491654.949999999, 454227.9500000002 5491637.83, 454223.7599999998 5491630.76, 454200.9299999997 5491592.1, 454197.38999999966 5491586.1, 454191.9000000004 5491576.82, 454186.91000000015 5491568.380000001, 454186.6799999997 5491562.73, 454185.58999999985 5491535.67, 454184.3700000001 5491505.390000001, 454183.8799999999 5491493.49, 454183.04000000004 5491472.51, 454182.36000000034 5491455.300000001, 454181.5 5491434.029999999, 454180.8499999996 5491417.8100000005, 454179.28000000026 5491378.619999999, 454168.70999999996 5491374.619999999, 454172.88999999966 5491363.5600000005, 454174.1299999999 5491361.880000001, 454188.08999999985 5491343.09, 454209.5800000001 5491316.48, 454252.28000000026 5491263.609999999, 454274.6900000004 5491233.83, 454274.71999999974 5491225.24, 454299.8099999996 5491186.699999999, 454305.5099999998 5491178.210000001, 454311.5 5491170.210000001, 454316.1299999999 5491165.65, 454318.6200000001 5491163.1899999995, 454324.66000000015 5491160.43, 454331.28000000026 5491156.699999999, 454359.0599999996 5491140.68, 454406.5800000001 5491113.279999999, 454428.03000000026 5491103.029999999, 454489 5491070.16, 454523.66000000015 5491052.550000001, 454549.8700000001 5491040.6899999995, 454726.01999999955 5490963.279999999, 454737.8499999996 5490958.07, 454756.46999999974 5490951.65, 454757.3799999999 5490951.35, 454757.3799999999 5490950.27, 454757.4000000004 5490947.26, 454757 5490946.640000001, 454763.04000000004 5490944.25, 454768.66000000015 5490942.050000001, 454769.38999999966 5490941.68, 454769.95999999996 5490941.369999999, 454789.3099999996 5490939.74, 454788.20999999996 5490933.449999999, 454793.86000000034 5490933.970000001, 454804.3200000003 5490939.619999999, 454825.96999999974 5490968.699999999, 454851.1799999997 5491028.59, 454860.53000000026 5491027.42, 454863.0700000003 5491027.449999999, 454866.9000000004 5491016.460000001, 454870.45999999996 5491006.9399999995, 454873.73000000045 5491000.0600000005, 454877.66000000015 5490993.9399999995, 454891.5999999996 5490981.75, 454897.4000000004 5490977.83, 454901.7599999998 5490974.890000001, 454900.86000000034 5490971.57, 454886.79000000004 5490963.84, 454886.95999999996 5490960.26, 454939.2599999998 5490964.77, 454960.53000000026 5490966.619999999, 455011.88999999966 5490971.0600000005, 455044.8200000003 5490961.58, 455060.75 5490964.26, 455164.3200000003 5490981.640000001, 455172.7400000002 5490983.050000001, 455237.78000000026 5490937.23, 455248.3200000003 5490950.5, 455258.1200000001 5490958.890000001, 455266.4000000004 5490963.66, 455282.5700000003 5490969.1, 455291.08999999985 5490974.050000001, 455327.26999999955 5491008.91, 455348.54000000004 5491014.32, 455430.95999999996 5491013.630000001, 455495.0599999996 5491028.859999999, 455555.16000000015 5491048.460000001, 455570.83999999985 5491055.85, 455581.3300000001 5491066.050000001, 455585.78000000026 5491070.4, 455673.2400000002 5491165.359999999, 455695.8099999996 5491191.6, 455714.8099999996 5491213.710000001, 455715.45999999996 5491214.460000001, 455849.51999999955 5491352.52, 455916.4000000004 5491425.1, 455981.98000000045 5491492.380000001, 456050.13999999966 5491564.130000001, 456151.4400000004 5491669.07, 456190.45999999996 5491703.42, 456241.7400000002 5491751.98, 456248.4199999999 5491758.300000001, 456248.8200000003 5491758.68, 456248.4900000002 5491762.300000001, 456247.29000000004 5491775.1899999995, 456245.0800000001 5491799.1, 456236.1200000001 5491896, 456230.2000000002 5491959.99, 456225.5 5492010.890000001, 456222.5999999996 5492042.18, 456204.08999999985 5492242.33, 456193.11000000034 5492361.1, 456166.5099999998 5492340.32, 456161.5599999996 5492336.460000001, 456075.96999999974 5492269.52, 455972.70999999996 5492133.17, 455969.8300000001 5492128.26, 455962.36000000034 5492115.52, 455879.6900000004 5491974.529999999, 455890.48000000045 5491968.140000001, 455745.9199999999 5491710.07, 455652.8700000001 5491553.529999999, 455573.6500000004 5491480.9, 455581.04000000004 5491473.470000001, 455559.5 5491451.51, 455551.0999999996 5491460.779999999, 455520.11000000034 5491431.720000001, 455512.0499999998 5491425.52, 455446.79000000004 5491374.3100000005, 455351.25 5491322.93, 455271.2599999998 5491289.140000001, 455278.2999999998 5491266.800000001, 455230 5491244.24, 455233.2000000002 5491224.140000001, 455104.9900000002 5491204.289999999, 454951.91000000015 5491189.52, 454934.21999999974 5491196.970000001, 454891.88999999966 5491206.91, 454892.7400000002 5491211.34, 454895.1799999997 5491224.25, 454894.9900000002 5491225.16, 454892.88999999966 5491235.210000001, 454893.9000000004 5491267.65, 454898.4000000004 5491412.9, 454823.2000000002 5491445.8100000005, 454765.0700000003 5491493.029999999, 454724.2999999998 5491539.59, 454715.0700000003 5491550.130000001, 454686.03000000026 5491597.380000001, 454647.6699999999 5491683.539999999, 454641.0499999998 5491716.26, 454628.21999999974 5491779.6, 454623.53000000026 5491802.82, 454622.6200000001 5491807.289999999, 454619.8499999996 5491820.99, 454629.8799999999 5491863.050000001, 454631.46999999974 5491869.35, 454642.9000000004 5491917.09, 454655.33999999985 5491958.74, 454701.0800000001 5492007.74, 454769.73000000045 5492067.42, 454753.8300000001 5492100.48, 454748.28000000026 5492112.02, 454744.7599999998 5492119.32, 454744.9000000004 5492119.449999999, 454849.3799999999 5492223.41, 454896.3700000001 5492276.699999999, 454909.1200000001 5492299.5600000005, 454907.5 5492302.289999999, 454906.6699999999 5492304.66, 454899.1500000004 5492318.539999999, 454918.11000000034 5492330.02, 454924.6799999997 5492329.18, 455011.33999999985 5492385.460000001, 455028.9000000004 5492396.73, 455082.4199999999 5492438.15, 455177.79000000004 5492496.48, 455177.88999999966 5492496.550000001, 455175.7000000002 5492501.449999999, 455170.75 5492513.24, 455141.51999999955 5492578.83, 455141.46999999974 5492578.949999999, 455146.01999999955 5492580.82, 455151.9900000002 5492579.42, 455169.1299999999 5492593.02, 455190.1299999999 5492609.6, 455210.61000000034 5492625.779999999, 455232.9000000004 5492643.43, 455236.16000000015 5492646, 455299.2000000002 5492695.720000001, 455339.9000000004 5492727.85, 455365.51999999955 5492748.07, 455367.7400000002 5492748.9399999995)), ((456022.6299999999 5496226.449999999, 455948.9299999997 5496363.59, 455774.63999999966 5496711.32, 455588.9500000002 5496600.859999999, 455636.86000000034 5496522.970000001, 455696.96999999974 5496430.130000001, 455782.41000000015 5496300.18, 455798.7400000002 5496272.1, 455841.46999999974 5496175.380000001, 455863.5999999996 5496143.109999999, 455891.2599999998 5496115.65, 455896.0999999996 5496110.859999999, 455958.91000000015 5496036.6, 456036.2000000002 5495927.720000001, 456099.5099999998 5495861.460000001, 456225.04000000004 5495743, 456267.8799999999 5495707.65, 456374.4900000002 5495591.73, 456395.5 5495572.16, 456439.8799999999 5495530.58, 456478.36000000034 5495498.369999999, 456522.5800000001 5495462.73, 456557.73000000045 5495437.449999999, 456599.5999999996 5495409.93, 456640.1500000004 5495380.35, 456689.0999999996 5495344.59, 456736.4500000002 5495306.75, 456781.8099999996 5495267.279999999, 456797.6299999999 5495253.539999999, 456827.4400000004 5495226.949999999, 456871.03000000026 5495185.039999999, 456954.8799999999 5495098.550000001, 457033.28000000026 5495006.0600000005, 457100.3200000003 5494915.49, 457170.86000000034 5494806.789999999, 457201.13999999966 5494754.08, 457229.78000000026 5494701.34, 457257.1500000004 5494647.07, 457282.6299999999 5494592.3100000005, 457306.7999999998 5494537.0600000005, 457328.9000000004 5494479.75, 457348.1500000004 5494423.15, 457366.03000000026 5494365.48, 457383.38999999966 5494307.369999999, 457398.75 5494249.4, 457418.96999999974 5494165.35, 457435.5700000003 5494097.02, 457459.0099999998 5493989.4399999995, 457475.0499999998 5493931.6899999995, 457481.75 5493907.390000001, 457486.3499999996 5493890.99, 457498.8799999999 5493860.8100000005, 457516.70999999996 5493819.75, 457521.7599999998 5493808.119999999, 457561.86000000034 5493715.789999999, 457551.2400000002 5493713.82, 457505.96999999974 5493705.48, 457476.78000000026 5493700.02, 457457.76999999955 5493697.18, 457433.75 5493695.199999999, 457429.7000000002 5493694.869999999, 457426.4500000002 5493694.6, 457421.28000000026 5493693.539999999, 457352.33999999985 5493679.43, 457315.1900000004 5493668.130000001, 457269.5800000001 5493648.23, 457206.2599999998 5493613.550000001, 457193.5499999998 5493603.83, 457139.3200000003 5493562.3100000005, 457101.01999999955 5493537.17, 457075.11000000034 5493520.16, 456955.45999999996 5493525.74, 456957.5999999996 5493516.49, 456956.03000000026 5493505.49, 456955.1200000001 5493502.140000001, 456954.70999999996 5493499.039999999, 456960.75 5493465.08, 456962.96999999974 5493453.619999999, 456965.3499999996 5493445.109999999, 456967.4900000002 5493439.65, 456971.2400000002 5493432.210000001, 456974.91000000015 5493426.43, 456977.86000000034 5493422.43, 456979.79000000004 5493420.6899999995, 456984.4400000004 5493403.970000001, 456985.8499999996 5493396.699999999, 456988.70999999996 5493382.41, 457000.1200000001 5493379.890000001, 457001.98000000045 5493383.449999999, 457021.4500000002 5493420.720000001, 457211.3700000001 5493556.66, 457227.9500000002 5493566.199999999, 457280.8499999996 5493596.640000001, 457304.4900000002 5493608.25, 457359.3200000003 5493635.130000001, 457376.8700000001 5493641.130000001, 457378.3099999996 5493641.630000001, 457413.29000000004 5493650.119999999, 457466.9900000002 5493658.26, 457515.4900000002 5493665.619999999, 457520.58999999985 5493636.960000001, 457534.95999999996 5493568.130000001, 457541.3700000001 5493544.59, 457561.9299999997 5493468.85, 457572.3799999999 5493401.07, 457591.9900000002 5493343.51, 457622.98000000045 5493277.75, 457647.6299999999 5493212.609999999, 457677.5599999996 5493152.220000001, 457695.4400000004 5493116.029999999, 457700.11000000034 5493106.609999999, 457707.36000000034 5493092.109999999, 457708.3499999996 5493090.130000001, 457726.4000000004 5493054.050000001, 457745.5 5493016.35, 457754.36000000034 5492998.34, 457768.6200000001 5492969.42, 457777.4000000004 5492948.52, 457791.29000000004 5492915.460000001, 457797.23000000045 5492900.27, 457804.0700000003 5492871.82, 457813.8499999996 5492851.34, 457871.5 5492817.210000001, 457922.95999999996 5492744.84, 457924.4900000002 5492742.67, 457927.9000000004 5492739.220000001, 457948.9900000002 5492721.300000001, 457964 5492708.48, 457995.38999999966 5492681, 458018.45999999996 5492633.23, 458038.3700000001 5492591, 458057.5 5492542.93, 458059.76999999955 5492537.220000001, 458075.2599999998 5492498.32, 458102.5700000003 5492403.050000001, 458119.28000000026 5492305.779999999, 458121.16000000015 5492281.66, 458128.16000000015 5492205.859999999, 458130.7000000002 5492178.77, 458135.0999999996 5492131.84, 458136.46999999974 5492106.01, 458132.21999999974 5492069.380000001, 458139.5499999998 5492027.6, 458140.7000000002 5492021.029999999, 458141.3099999996 5492006.859999999, 458137.54000000004 5491929.720000001, 458129.46999999974 5491847.699999999, 458127.9900000002 5491832.57, 458126.11000000034 5491807.550000001, 458119.98000000045 5491768.970000001, 458117.63999999966 5491754.289999999, 458108.3300000001 5491709.119999999, 458099.4199999999 5491669.42, 458089.98000000045 5491627.390000001, 458086.5 5491611.859999999, 458077.8099999996 5491542.57, 458076.2400000002 5491529.9399999995, 458074.8799999999 5491519.07, 458074.3799999999 5491516.970000001, 458073.25 5491512.130000001, 458071.1299999999 5491502.039999999, 458070.6900000004 5491499.9399999995, 458068.0800000001 5491487.550000001, 458067.53000000026 5491484.93, 458065.1900000004 5491473.789999999, 458063.04000000004 5491463.58, 458091.8200000003 5491446.6899999995, 458100.61000000034 5491428.74, 458102.96999999974 5491423.92, 458098.2000000002 5491411.710000001, 458073.76999999955 5491346.91, 458066.9299999997 5491332.4, 458062.9000000004 5491327.9, 458045.3499999996 5491311.67, 458040.2400000002 5491300.539999999, 458036.0800000001 5491301.029999999, 458032.5499999998 5491287.15, 458028.1500000004 5491279.800000001, 458017.6799999997 5491263.859999999, 458011.38999999966 5491251.869999999, 457999.83999999985 5491229.75, 457989.9199999999 5491210.289999999, 457971.08999999985 5491172.58, 457925.5599999996 5491082.34, 457901.71999999974 5491036.9399999995, 457845.0999999996 5490941.68, 457788.1299999999 5490841.789999999, 457770.70999999996 5490810.859999999, 457766.11000000034 5490801.23, 457737.58999999985 5490741.02, 457708.58999999985 5490682.09, 457694.6500000004 5490656, 457670.5800000001 5490611, 457631.3799999999 5490541.49, 457764.9199999999 5490489.970000001, 457777.9400000004 5490520.59, 457794.6200000001 5490558.91, 457809.20999999996 5490592.24, 457819.2599999998 5490614.1899999995, 457849.9900000002 5490674.8100000005, 457867.48000000045 5490706.9, 457895.5999999996 5490756.550000001, 458172.91000000015 5491246.029999999, 458196.2599999998 5491282.51, 458198.76999999955 5491286, 458207.46999999974 5491304.890000001, 458249.29000000004 5491452.1899999995, 458287.25 5491577.27, 458316.78000000026 5491699.529999999, 458330.83999999985 5491772.609999999, 458346.29000000004 5491899.09, 458349.0999999996 5491991.85, 458334.41000000015 5492212.119999999, 458326.6200000001 5492250.449999999, 458266.6200000001 5492483.3100000005, 458186.1299999999 5492713.1899999995, 457937.5700000003 5493240.8100000005, 457918.79000000004 5493281.32, 457840.5099999998 5493457.630000001, 457823.6500000004 5493498.59, 457733.33999999985 5493709.4, 457707.9500000002 5493768.300000001, 457667.9500000002 5493859.91, 457632.98000000045 5493953.529999999, 457604.66000000015 5494049.369999999, 457583.1200000001 5494146.960000001, 457563.33999999985 5494244.92, 457539.0499999998 5494341.869999999, 457510.26999999955 5494437.6, 457477.0700000003 5494531.869999999, 457439.53000000026 5494624.5, 457397.71999999974 5494715.300000001, 457351.73000000045 5494804.039999999, 457301.6799999997 5494890.470000001, 457247.63999999966 5494974.640000001, 457189.76999999955 5495056.130000001, 457128.16000000015 5495134.85, 457062.95999999996 5495210.609999999, 456994.3099999996 5495283.25, 456922.3499999996 5495352.630000001, 456847.4900000002 5495408.6899999995, 456827.4900000002 5495423.880000001, 456658.6200000001 5495552.16, 456509.0099999998 5495672.83, 456324.0999999996 5495830.640000001, 456145.79000000004 5496024.779999999, 456022.6299999999 5496226.449999999)), ((454863.3300000001 5493359.5600000005, 454856.04000000004 5493354.460000001, 454893.4199999999 5493331.0600000005, 454897.0499999998 5493324.93, 454899.1699999999 5493327.3100000005, 454902.4299999997 5493325.25, 454917.6900000004 5493346.199999999, 454979.70999999996 5493295.98, 454983.4400000004 5493292.970000001, 454989.2400000002 5493288.3100000005, 455004.3700000001 5493313.550000001, 455034.83999999985 5493337.550000001, 455052.03000000026 5493351.1, 455071.96999999974 5493354.49, 455123.73000000045 5493363.35, 455174.8799999999 5493360.460000001, 455371.29000000004 5493323.27, 455499.33999999985 5493289.529999999, 455531.1299999999 5493281.15, 455585.76999999955 5493265.6, 455656.9400000004 5493245.33, 455667.83999999985 5493243.77, 455746.29000000004 5493232.57, 455768.98000000045 5493229.33, 455793.75 5493225.800000001, 455819.1699999999 5493222.17, 455866.7400000002 5493215.390000001, 455866.75 5493214.279999999, 455867.0800000001 5493170.800000001, 455872.0599999996 5493166.52, 455889.76999999955 5493169.15, 455912.36000000034 5493172.460000001, 455936.23000000045 5493175.970000001, 456001.5 5493185.57, 456021.4900000002 5493188.51, 456043.46999999974 5493191.74, 456044.46999999974 5493191.789999999, 456057.36000000034 5493192.48, 456070.33999999985 5493192.08, 456095.66000000015 5493191.3100000005, 456169.7599999998 5493189.050000001, 456198.3499999996 5493188.18, 456229.75 5493187.220000001, 456240.03000000026 5493186.91, 456251.33999999985 5493191.27, 456256.4299999997 5493202.24, 456256.1500000004 5493291.140000001, 456268.0700000003 5493303.140000001, 456271.70999999996 5493306.800000001, 456313.8700000001 5493300.27, 456340.5800000001 5493298.880000001, 456367.13999999966 5493301.630000001, 456377.1900000004 5493305.109999999, 456392.4400000004 5493310.369999999, 456562.33999999985 5493390.02, 456679.83999999985 5493444.83, 456738.3200000003 5493478.09, 456774.3300000001 5493498.630000001, 456774.9500000002 5493501.789999999, 456775.0700000003 5493504.220000001, 456775.0999999996 5493506.609999999, 456774.3799999999 5493509.550000001, 456790.5999999996 5493517.550000001, 456794.83999999985 5493519.65, 456799.5700000003 5493525.869999999, 456761.6200000001 5493587.9399999995, 456758.61000000034 5493592.970000001, 456726.66000000015 5493639.17, 456726.5099999998 5493640.119999999, 456725.96999999974 5493644.92, 456724.13999999966 5493661.449999999, 456726.91000000015 5493675.51, 456735.54000000004 5493690.16, 456757.58999999985 5493710.52, 456766.91000000015 5493726.02, 456770.25 5493741.970000001, 456766.61000000034 5493759.550000001, 456734.51999999955 5493831.99, 456720.0499999998 5493857.23, 456718.79000000004 5493859.800000001, 456699.9400000004 5493900.01, 456474.7000000002 5493804.630000001, 456474.98000000045 5493803.460000001, 456481.03000000026 5493779.619999999, 456460.1500000004 5493772.5600000005, 456489.28000000026 5493602.359999999, 456490.1200000001 5493597.4399999995, 456434.91000000015 5493587.460000001, 456261.48000000045 5493556.210000001, 456042.03000000026 5493516.67, 455824.6299999999 5493477.49, 455784.4000000004 5493470.24, 455767.6299999999 5493467.16, 455753.6299999999 5493465.220000001, 455747.8200000003 5493464.43, 455740.7599999998 5493464.08, 455730.3200000003 5493460.880000001, 455723.3099999996 5493456.1, 455719.73000000045 5493453.67, 455711.7599999998 5493448.23, 455708.1799999997 5493445.789999999, 455690.1500000004 5493458.880000001, 455689.41000000015 5493459.42, 455638.6699999999 5493504.220000001, 455619.61000000034 5493521.07, 455614.04000000004 5493526.529999999, 455565.8300000001 5493573.9399999995, 455565.5099999998 5493574.279999999, 455523.53000000026 5493619.119999999, 455518.1699999999 5493624.84, 455504.16000000015 5493623.9, 455445.5700000003 5493619.93, 455425.36000000034 5493598.32, 455423.0099999998 5493595.800000001, 455407.2400000002 5493588.43, 455383.2999999998 5493586.09, 455380.1799999997 5493585.779999999, 455356.4199999999 5493592.720000001, 455330.7599999998 5493617.77, 455328.96999999974 5493617.859999999, 455274.6900000004 5493620.289999999, 455261.78000000026 5493620.880000001, 455258.70999999996 5493618.220000001, 455229.95999999996 5493593.279999999, 455212.4900000002 5493578.109999999, 455206.20999999996 5493572.68, 455169.26999999955 5493550.58, 455115.9000000004 5493518.66, 455103.3200000003 5493511.119999999, 455089.5099999998 5493502.859999999, 455085.7400000002 5493495.23, 455082.04000000004 5493493.109999999, 455071.3700000001 5493497.17, 455065.0599999996 5493493.6899999995, 455038.0599999996 5493479.07, 454952.96999999974 5493427.779999999, 454902.4000000004 5493393.199999999, 454905.9400000004 5493388.800000001, 454883.61000000034 5493373.789999999, 454878.73000000045 5493370.57, 454872.78000000026 5493366.039999999, 454863.3300000001 5493359.5600000005)), ((455197.03000000026 5495214.35, 455177.13999999966 5495222.050000001, 455153.4299999997 5495227.98, 455118.3300000001 5495228.1899999995, 455087.66000000015 5495224.07, 455037.79000000004 5495208.74, 455017.6500000004 5495201.460000001, 455000.54000000004 5495195.300000001, 454977.08999999985 5495186.109999999, 454952.9199999999 5495175.859999999, 454941.6900000004 5495168.220000001, 454885.9400000004 5495136.4399999995, 454841.98000000045 5495112.6, 454797.6699999999 5495089.3100000005, 454778.4500000002 5495079.0600000005, 454753.5499999998 5495065.800000001, 454756.8799999999 5495063.09, 454721.28000000026 5495044.199999999, 454710.0599999996 5495038.25, 454706 5495036.1, 454703.78000000026 5495040.050000001, 454696.03000000026 5495036.039999999, 454664.8799999999 5495019.050000001, 454620.86000000034 5494995.85, 454576.8300000001 5494972.529999999, 454568.63999999966 5494968.24, 454532.4299999997 5494949.23, 454488.1799999997 5494926.140000001, 454443.8799999999 5494902.51, 454413.5800000001 5494886.6, 454409.0599999996 5494884.23, 454355.11000000034 5494856.720000001, 454357.9900000002 5494849.130000001, 454395.61000000034 5494826.119999999, 454416.71999999974 5494813.199999999, 454511.88999999966 5494768.4399999995, 454568.66000000015 5494741.74, 454604.25 5494715.76, 454673.6299999999 5494688.76, 454676.1699999999 5494694.18, 454749.8099999996 5494850.85, 454788.5599999996 5494849.1, 454793.8200000003 5494848.869999999, 454805.01999999955 5494839.74, 454825.4199999999 5494823.109999999, 454834.4900000002 5494830.74, 454901.8200000003 5494860.800000001, 454975.9199999999 5494893.880000001, 455073.46999999974 5494933.380000001, 455081.0499999998 5494933.98, 455085.79000000004 5494933.3100000005, 455164.0800000001 5494905.529999999, 455199.0800000001 5494891.65, 455212.63999999966 5494881.52, 455231.8700000001 5494863.5, 455271.9900000002 5494835.859999999, 455295.7000000002 5494819.550000001, 455375.1699999999 5494781.02, 455493.21999999974 5494736.710000001, 455606.16000000015 5494672.0600000005, 455638.21999999974 5494758.02, 455649.23000000045 5494767.59, 455832.7400000002 5494777.16, 455925.58999999985 5494778.550000001, 455934.9400000004 5494783.26, 455917.8300000001 5494795.109999999, 455916.4900000002 5494799.470000001, 455916.29000000004 5494800.130000001, 455873.5599999996 5494824.85, 455836.1299999999 5494844.17, 455839.0700000003 5494847.93, 455811.1299999999 5494864.029999999, 455799.1900000004 5494871.0600000005, 455788.8499999996 5494876.57, 455741.0499999998 5494902.0600000005, 455608.3200000003 5494974.33, 455604.71999999974 5494976.289999999, 455526.1299999999 5495019.07, 455452.1299999999 5495061.220000001, 455342.28000000026 5495127.470000001, 455303.4400000004 5495148.65, 455264.3300000001 5495174.380000001, 455252.2400000002 5495182.369999999, 455239.73000000045 5495190.65, 455226.2000000002 5495198.24, 455198.53000000026 5495213.76, 455197.03000000026 5495214.35)), ((455847.23000000045 5494073.5600000005, 455830.36000000034 5494072.91, 455829.1200000001 5494072.859999999, 455377.2599999998 5494055.75, 455288.01999999955 5494053.49, 455277.5999999996 5494053.220000001, 455163.9400000004 5494050.35, 455156.73000000045 5494049.75, 455145.1799999997 5494048.199999999, 455203.7400000002 5494004.32, 455260.96999999974 5493962, 455324.03000000026 5493914.220000001, 455338.08999999985 5493903.5600000005, 455407.9299999997 5493851.65, 455463.3700000001 5493808.8100000005, 455518.9299999997 5493768.77, 455530.6299999999 5493759.24, 455577.29000000004 5493721.300000001, 455610.5099999998 5493691.949999999, 455648.01999999955 5493660.050000001, 455678.58999999985 5493628.65, 455719.2400000002 5493593.619999999, 455727.29000000004 5493580.4399999995, 455732.91000000015 5493565.050000001, 455740.2599999998 5493566.779999999, 455746.0499999998 5493568.15, 455944.48000000045 5493614.59, 455947.13999999966 5493615.109999999, 455945.45999999996 5493623.35, 455937.2599999998 5493664.07, 455931.7400000002 5493680.460000001, 455917.9199999999 5493747.52, 455893.1500000004 5493867.73, 455887.5700000003 5493894.76, 455887.13999999966 5493896.890000001, 455882.6900000004 5493918.619999999, 455852.11000000034 5494067.9399999995, 455850.9299999997 5494073.710000001, 455847.23000000045 5494073.5600000005)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6416-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6416-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6416-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6416-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -521,90 +521,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-104" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6416-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6416-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6416-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-104" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6416-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6416-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6416-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -678,51 +678,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108931</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.88317890293</v>
+        <v>46068.02005872941</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>