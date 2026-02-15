--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6414-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((429068.1900000004 5493001.6899999995, 429054.79000000004 5492963.58, 429053.41000000015 5492959.82, 429052.0499999998 5492955.25, 429045.54000000004 5492941.76, 429038.16000000015 5492915.02, 429022.0499999998 5492856.74, 429014 5492827.58, 429007.96999999974 5492805.76, 429006.5999999996 5492800.779999999, 428975.9500000002 5492689.960000001, 428969.28000000026 5492666.130000001, 428968.96999999974 5492664.98, 428964.4199999999 5492660.17, 428900.9299999997 5492544.16, 428901.88999999966 5492538.59, 428796.88999999966 5492466.039999999, 428689.04000000004 5492417.970000001, 428591.8200000003 5492379.039999999, 428490.51999999955 5492326.300000001, 428478.3300000001 5492320.07, 428458.0099999998 5492356.390000001, 428455.5999999996 5492360.779999999, 428441.8499999996 5492350.789999999, 428431.66000000015 5492330.470000001, 428430.6799999997 5492307.279999999, 428412.95999999996 5492287.18, 428411.2999999998 5492285.300000001, 428396.08999999985 5492274.640000001, 428364.5 5492252.609999999, 428349.3799999999 5492234.529999999, 428302.25 5492172.24, 428304.88999999966 5492167.529999999, 428289.6699999999 5492152.380000001, 428291.6500000004 5492149.869999999, 428308.0599999996 5492122.039999999, 428317.28000000026 5492106.5600000005, 428258.3499999996 5492072.51, 428248.8200000003 5492066.9399999995, 428163.8499999996 5492008.5, 428132.9500000002 5492069.470000001, 428127.4000000004 5492065.210000001, 428109.5800000001 5492056.27, 428097.36000000034 5492050.140000001, 428067.0700000003 5492025.99, 428011.1900000004 5491967.25, 428045.4000000004 5491927.1899999995, 428021.78000000026 5491912.130000001, 428001.95999999996 5491901.550000001, 428005.78000000026 5491895.539999999, 427963.4199999999 5491873.039999999, 427966.63999999966 5491866.4, 427982.33999999985 5491840.800000001, 427977.8300000001 5491838.960000001, 427930.75 5491813.23, 427915.01999999955 5491805.130000001, 427900.0800000001 5491797.289999999, 427877.2400000002 5491785.58, 427870.1299999999 5491781.93, 427839.0499999998 5491766, 427835.11000000034 5491770.9399999995, 427819.1200000001 5491758.470000001, 427800.7400000002 5491747.65, 427785.8300000001 5491740.66, 427777.04000000004 5491761.33, 427765.6299999999 5491788.199999999, 427759.0800000001 5491799.960000001, 427746.29000000004 5491791.33, 427745.25 5491790.65, 427728.3099999996 5491779.6899999995, 427711.8700000001 5491769, 427706.2000000002 5491765.32, 427693.6699999999 5491757.17, 427683.51999999955 5491750.57, 427674.28000000026 5491744.5600000005, 427644.5099999998 5491725.210000001, 427617.36000000034 5491707.5600000005, 427575.46999999974 5491680.32, 427556.73000000045 5491665.59, 427513.83999999985 5491631.35, 427465.16000000015 5491593.359999999, 427455.96999999974 5491607.09, 427403.3300000001 5491685.75, 427398.54000000004 5491694.01, 427395.9299999997 5491698.5, 427390.9199999999 5491707.15, 427386.73000000045 5491713.26, 427383.29000000004 5491718.279999999, 427368.41000000015 5491739.98, 427365.23000000045 5491744.609999999, 427350.8200000003 5491769.380000001, 427342.75 5491790.5600000005, 427151.73000000045 5491688.789999999, 427109.25 5491671.380000001, 427093.8700000001 5491665.07, 427066.6200000001 5491653.76, 427033.2999999998 5491643.720000001, 427028.8200000003 5491641.539999999, 426984.1799999997 5491613.25, 426979.26999999955 5491610.77, 426971.6799999997 5491606.9399999995, 426956.7400000002 5491599.390000001, 426945.45999999996 5491592.23, 426938.25 5491582.91, 426929.88999999966 5491571.6, 426916.5700000003 5491555.640000001, 426900.3300000001 5491530.84, 426898.8200000003 5491528.66, 426898.11000000034 5491526.01, 426896.6900000004 5491517.199999999, 426896.7999999998 5491486.24, 426892.0599999996 5491427.720000001, 426890.8200000003 5491406.039999999, 426884.0999999996 5491388.6899999995, 426882.3499999996 5491382.85, 426881.6299999999 5491375.119999999, 426882.26999999955 5491369.960000001, 426884.7999999998 5491361.779999999, 426888.9299999997 5491353.17, 426892.4299999997 5491348.609999999, 426900.23000000045 5491343.74, 426934.71999999974 5491329.050000001, 426950.01999999955 5491322.550000001, 426972 5491314.07, 426985.3200000003 5491305.449999999, 426996.0499999998 5491296.23, 427002.8799999999 5491256.09, 427003.29000000004 5491237.529999999, 427006.3099999996 5491226.789999999, 427008.4400000004 5491201.789999999, 427009.4299999997 5491196.779999999, 427010.8700000001 5491191.66, 427014.20999999996 5491185.789999999, 427018.6200000001 5491180.26, 427022.2599999998 5491175.779999999, 427024.71999999974 5491171.8100000005, 427029.63999999966 5491161.57, 427033.9500000002 5491151.720000001, 427038.4500000002 5491143.6899999995, 427041.71999999974 5491140.6, 427051.5700000003 5491134.6, 427063.28000000026 5491127.98, 427101.01999999955 5491105.99, 427113.1299999999 5491096.960000001, 427119.13999999966 5491091.43, 427125.0800000001 5491084.880000001, 427131.2599999998 5491074.48, 427137.28000000026 5491051.539999999, 427140.3799999999 5491036.52, 427141.75 5491033.6, 427149.0099999998 5491001.369999999, 427153.21999999974 5490975.8100000005, 427156.23000000045 5490953.52, 427158.23000000045 5490940.92, 427160.6299999999 5490932.26, 427164.63999999966 5490924.359999999, 427175.6500000004 5490907.199999999, 427180.25 5490901.9399999995, 427184.04000000004 5490898.58, 427187.4299999997 5490896.130000001, 427191.23000000045 5490894.0600000005, 427194.4299999997 5490893.119999999, 427199.21999999974 5490891.609999999, 427214.8099999996 5490889.16, 427223.58999999985 5490887.65, 427231.75 5490884.789999999, 427237.0099999998 5490882.1899999995, 427240.23000000045 5490879.300000001, 427242.8099999996 5490875.359999999, 427244.7000000002 5490871.609999999, 427245.9500000002 5490867.640000001, 427245.9400000004 5490862.42, 427245.1900000004 5490858.02, 427244.1500000004 5490853.289999999, 427241.48000000045 5490844.960000001, 427236.0599999996 5490831.85, 427229.9000000004 5490819.970000001, 427225.0599999996 5490809.529999999, 427223.6500000004 5490805.5, 427222.98000000045 5490802.43, 427221.51999999955 5490795.18, 427219.4000000004 5490767.949999999, 427219.96999999974 5490760.449999999, 427220.8099999996 5490756.630000001, 427221.7999999998 5490753.470000001, 427223.75 5490750.25, 427225.9199999999 5490747.6899999995, 427228.5 5490745.25, 427230.58999999985 5490743.609999999, 427233.38999999966 5490741.970000001, 427236.25 5490740.3100000005, 427238.76999999955 5490739.26, 427241.04000000004 5490738.84, 427321.9500000002 5490737.27, 427322.8200000003 5490738.82, 427340.6299999999 5490770.73, 427380.25 5490824.85, 427410.16000000015 5490861.68, 427447.53000000026 5490900.82, 427614.8700000001 5491056.74, 427637.5999999996 5491075.140000001, 427661.8799999999 5491092.859999999, 427687.41000000015 5491108.0600000005, 427713.48000000045 5491123, 428151.1900000004 5491341.74, 428201.79000000004 5491365.550000001, 428237.2400000002 5491383.390000001, 428267.6299999999 5491395.859999999, 428315.0700000003 5491411.210000001, 428364.1200000001 5491423.9, 428460.7000000002 5491448.390000001, 428556.96999999974 5491473.33, 428572.0099999998 5491476.890000001, 428598.61000000034 5491483.1899999995, 428603.75 5491484.41, 428611.46999999974 5491486.23, 428619.41000000015 5491488.15, 428700.1299999999 5491511.65, 428765.8300000001 5491535.449999999, 428794.58999999985 5491545.869999999, 428890.54000000004 5491578.82, 428962.8499999996 5491603.970000001, 428983.1699999999 5491610.9399999995, 429076.41000000015 5491643.65, 429169.4299999997 5491676.02, 429272.1500000004 5491711.65, 429275.5499999998 5491701.800000001, 429269.4299999997 5491696.119999999, 429257.4000000004 5491675.4399999995, 429437.54000000004 5491741, 429652.8799999999 5491801.33, 429784.9000000004 5491876.390000001, 429786.8200000003 5491877.07, 429793.71999999974 5491879.449999999, 429795.9299999997 5491874.130000001, 429821.11000000034 5491850.41, 429833.1900000004 5491841.5600000005, 429842.2999999998 5491837.33, 429856.2400000002 5491834.35, 429874.2999999998 5491818.08, 429891.4400000004 5491800.869999999, 429907.76999999955 5491782.92, 429915.3499999996 5491775.789999999, 429930.61000000034 5491763.91, 429948.13999999966 5491756.390000001, 429979.88999999966 5491743.59, 430005.38999999966 5491732.34, 430023.5800000001 5491721.66, 430043.6299999999 5491705.119999999, 430068.1699999999 5491682.640000001, 430086.4299999997 5491666.970000001, 430101.6699999999 5491654.5600000005, 430111.3700000001 5491648.140000001, 430123.5 5491643.210000001, 430140.1200000001 5491639.130000001, 430169.8499999996 5491634.93, 430199.1299999999 5491632.98, 430228.25 5491633.130000001, 430246.98000000045 5491636.18, 430248.6900000004 5491636.800000001, 430251.8300000001 5491637.949999999, 430300.73000000045 5491655.800000001, 430344.83999999985 5491676.85, 430377.7400000002 5491699.67, 430411.3499999996 5491720.609999999, 430446.0800000001 5491736.66, 430502.91000000015 5491754.720000001, 430550.6299999999 5491760.9399999995, 430584.4000000004 5491764.76, 430578.86000000034 5491779.890000001, 430593.6900000004 5491785.949999999, 430593.9000000004 5491788.859999999, 430598.6200000001 5491789.050000001, 430621.38999999966 5491791.75, 430629.3200000003 5491793.1899999995, 430650.23000000045 5491802.41, 430656.5 5491803.68, 430686.86000000034 5491806.859999999, 430693.9199999999 5491807.17, 430694.3499999996 5491806.83, 430695.1799999997 5491809.449999999, 430699.4900000002 5491825.34, 430703.33999999985 5491838.85, 430725.25 5491920.67, 430730.01999999955 5491939.970000001, 430735.8200000003 5491963.390000001, 430778.4400000004 5491965.6, 430782.29000000004 5491965.789999999, 430791.73000000045 5491966.09, 430800.20999999996 5491966.359999999, 430819.26999999955 5491966.960000001, 430845.91000000015 5491967.800000001, 430896.9400000004 5491899.8100000005, 430899.66000000015 5491916.01, 430900.3099999996 5491918.33, 430904.21999999974 5491916.85, 430909.6299999999 5491915.43, 430910.4400000004 5491915.32, 430920.7999999998 5491914.050000001, 430921.9299999997 5491913.9, 430929.1799999997 5491913.49, 430932.9299999997 5491937.5, 430946.53000000026 5492024.630000001, 430947.45999999996 5492030.619999999, 430955.08999999985 5492075.27, 430966.48000000045 5492083.130000001, 430976.3099999996 5492089.9, 431003.1699999999 5492108.4, 431020.5999999996 5492120.41, 431025.6200000001 5492123.869999999, 431030.8200000003 5492127.449999999, 431040.1799999997 5492133.9, 431049.98000000045 5492140.65, 431051.5999999996 5492141.77, 431050.25 5492144.3100000005, 431049.1799999997 5492146.67, 431022.95999999996 5492181.85, 430999.04000000004 5492208.73, 430982.8300000001 5492225.65, 430981.66000000015 5492224.779999999, 430961.38999999966 5492251.880000001, 430916.61000000034 5492246.949999999, 430784.5099999998 5492245.41, 430741.83999999985 5492234.74, 430728.4000000004 5492232.76, 430658.0700000003 5492211.52, 430657.8200000003 5492211.449999999, 430656.5999999996 5492214.130000001, 430589.5 5492378.77, 430502.6699999999 5492405, 430493.5800000001 5492418.390000001, 430491.78000000026 5492420.52, 430427.23000000045 5492440.75, 430418.28000000026 5492434.289999999, 430342.3200000003 5492406.18, 430243.4500000002 5492368.039999999, 430063.98000000045 5492300.33, 430009.98000000045 5492281.23, 429964.28000000026 5492268.9, 429887.3200000003 5492249.08, 429876.0099999998 5492243.76, 429867.2000000002 5492239.619999999, 429825.8799999999 5492213.449999999, 429803.11000000034 5492199.390000001, 429756.4199999999 5492177.630000001, 429729.25 5492163.720000001, 429708.36000000034 5492148.949999999, 429681.36000000034 5492121.6899999995, 429667.88999999966 5492103.67, 429660.2999999998 5492088.359999999, 429657.7999999998 5492070.4, 429665.04000000004 5492031.1899999995, 429650.8799999999 5492028.699999999, 429638.0999999996 5492043.3100000005, 429617.0700000003 5492055.65, 429592.8099999996 5492061.4399999995, 429583.48000000045 5492059.960000001, 429574.46999999974 5492053.1, 429414.36000000034 5492250.15, 429411.13999999966 5492253.76, 429411.95999999996 5492254.42, 429410.88999999966 5492259.3100000005, 429410.3700000001 5492262.1899999995, 429409.5999999996 5492264.66, 429408.78000000026 5492267.140000001, 429408.0999999996 5492269.6, 429405.0099999998 5492279.74, 429403.36000000034 5492285.16, 429403 5492286.369999999, 429402.8200000003 5492287.619999999, 429402.76999999955 5492288.710000001, 429402.9000000004 5492290, 429402.9000000004 5492290.789999999, 429403.4199999999 5492308.57, 429400.25 5492312.8100000005, 429399.3499999996 5492368.77, 429399.66000000015 5492370.970000001, 429399.9400000004 5492372.9399999995, 429400.5099999998 5492375.6, 429401.5 5492378.279999999, 429402.54000000004 5492381.07, 429403.5999999996 5492383.220000001, 429404.6799999997 5492385.6, 429406 5492387.92, 429407.13999999966 5492390.390000001, 429505.4000000004 5492492.68, 429589.73000000045 5492683.98, 429597.83999999985 5492691.470000001, 429633.1799999997 5492711.16, 429674.3499999996 5492742.470000001, 429674.2999999998 5492747.66, 429674.2599999998 5492752.1, 429634.9900000002 5492753.98, 429628.3499999996 5492754.35, 429607.70999999996 5492816.9, 429605.2999999998 5492830.23, 429598.6900000004 5492850.65, 429592.5 5492868.18, 429586.7400000002 5492879.17, 429538.1799999997 5492980.25, 429443.4000000004 5492907.1899999995, 429410.8300000001 5492883.1899999995, 429377.98000000045 5492860.25, 429305.3300000001 5492808.470000001, 429250.5 5492772.880000001, 429246.23000000045 5492770.1, 429245.4199999999 5492771.3100000005, 429244.0800000001 5492776.43, 429230.7400000002 5492827.65, 429212.6500000004 5492854.77, 429194.04000000004 5492867.869999999, 429158.8099999996 5492911.73, 429108.8799999999 5492977.33, 429068.1900000004 5493001.6899999995)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6414-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6414-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-103" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6414-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-103" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6414-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108930</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.6374560527</v>
+        <v>46068.38143529611</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>