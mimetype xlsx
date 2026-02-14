--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6414-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((436241.53000000026 5488747.710000001, 436251.79000000004 5488729.07, 436261.29000000004 5488711.789999999, 436264.0700000003 5488706.74, 436288.6500000004 5488662.0600000005, 436293.01999999955 5488656.800000001, 436302.41000000015 5488645.48, 436313.79000000004 5488631.76, 436320.4199999999 5488623.77, 436326.01999999955 5488617.039999999, 436340.6299999999 5488599.4399999995, 436363.5800000001 5488571.789999999, 436369.9400000004 5488571.83, 436460.1500000004 5488687.08, 436482.21999999974 5488715.42, 436490.5599999996 5488706.640000001, 436492.5499999998 5488698.470000001, 436498.2999999998 5488692.880000001, 436507.4400000004 5488683.970000001, 436512.5 5488679.07, 436522.5499999998 5488669.35, 436545.6500000004 5488646.99, 436550.76999999955 5488642.039999999, 436552.8300000001 5488640.050000001, 436582.5999999996 5488611.220000001, 436592.29000000004 5488601.84, 436607.8700000001 5488586.76, 436617.3099999996 5488577.619999999, 436623.83999999985 5488571.300000001, 436630.4299999997 5488571.800000001, 436634.2999999998 5488568.59, 436628.4000000004 5488560.85, 436626.6200000001 5488553.710000001, 436629.3300000001 5488536.470000001, 436630.8700000001 5488526.75, 436631.86000000034 5488520.43, 436636.75 5488489.51, 436638.4199999999 5488478.9, 436825.03000000026 5488543.34, 436828.9000000004 5488544.67, 436855.1699999999 5488553.74, 436859.20999999996 5488555.130000001, 436967.6299999999 5488592.5600000005, 437036.8700000001 5488616.460000001, 437041.11000000034 5488617.92, 437075.16000000015 5488584.8100000005, 437082.2599999998 5488577.91, 437091.1699999999 5488569.25, 437098.36000000034 5488562.24, 437105.2999999998 5488557, 437127.96999999974 5488539.880000001, 437204.2999999998 5488574.73, 437247.3700000001 5488594.4, 437237.8499999996 5488607.99, 437235.3099999996 5488616.380000001, 437230.3499999996 5488632.82, 437228.04000000004 5488640.49, 437226.98000000045 5488644.01, 437224.28000000026 5488652.92, 437211.0999999996 5488696.58, 437201.5800000001 5488727.119999999, 437187.8300000001 5488771.25, 437186.4500000002 5488774.779999999, 437164.71999999974 5488830.41, 437156.2599999998 5488852.07, 437151.04000000004 5488863.859999999, 437094.91000000015 5488959.960000001, 437082.9400000004 5488978.710000001, 437063.1200000001 5489002.3100000005, 437053.5999999996 5489013.640000001, 437008.01999999955 5489053.710000001, 436993.8799999999 5489063.98, 436949.3700000001 5489097.300000001, 436935.88999999966 5489109.83, 436895.21999999974 5489157.1, 436887.7000000002 5489167.789999999, 436877.7000000002 5489182.01, 436870.2999999998 5489184.01, 436874.8200000003 5489186.109999999, 436875 5489186.1899999995, 436873.1900000004 5489189.449999999, 436877.0700000003 5489191.42, 436885.1799999997 5489196.449999999, 436885.75 5489196.800000001, 436899 5489205.01, 436911.91000000015 5489213.02, 436925.5 5489221.43, 436938.83999999985 5489229.699999999, 436951.6200000001 5489237.630000001, 436961.3200000003 5489243.880000001, 437027.61000000034 5489284.48, 437040.6900000004 5489292.49, 437041.3799999999 5489292.960000001, 437123.6200000001 5489347.52, 437208.11000000034 5489403.57, 437219.6299999999 5489410.109999999, 437315.20999999996 5489481.289999999, 437323.6900000004 5489487.970000001, 437341.20999999996 5489504.83, 437361.86000000034 5489524.720000001, 437367.1900000004 5489529.74, 437377.9199999999 5489539.859999999, 437378.71999999974 5489540.609999999, 437427.25 5489579.75, 437433.3499999996 5489584.109999999, 437436.4500000002 5489579.539999999, 437437.11000000034 5489576.09, 437502.51999999955 5489558.75, 437508.66000000015 5489559.48, 437580.45999999996 5489593.41, 437646.38999999966 5489624.57, 437723.78000000026 5489646.01, 437725.4500000002 5489648.42, 437729.03000000026 5489649.960000001, 437798.0099999998 5489646.210000001, 437871.8300000001 5489640.75, 437924.9199999999 5489629.24, 437977.0800000001 5489617.93, 437979.9199999999 5489617.289999999, 438090.5999999996 5489593.029999999, 438096.29000000004 5489614.83, 438098.83999999985 5489624.82, 438101.7000000002 5489636.050000001, 438114.6200000001 5489634.17, 438120.5 5489639.279999999, 438120.3799999999 5489649.800000001, 438120.3099999996 5489657.92, 438120.03000000026 5489684.57, 438119.6900000004 5489718.609999999, 438119.16000000015 5489770.51, 438116.8700000001 5489773.140000001, 438009.9900000002 5489777.24, 437980.98000000045 5489776.9399999995, 437978 5489776.9399999995, 437956.23000000045 5489776.960000001, 437925.8200000003 5489766.710000001, 437873.7999999998 5489749.18, 437798.95999999996 5489723.9399999995, 437770.9900000002 5489713.630000001, 437769.13999999966 5489717.67, 437763.5800000001 5489730.27, 437728.25 5489810.34, 437726.1200000001 5489815.16, 437715.5700000003 5489839.0600000005, 437711.4900000002 5489848.289999999, 437740.4199999999 5489858.17, 437738.7999999998 5489861.869999999, 437692.13999999966 5489971.539999999, 437648.6299999999 5489956.77, 437605.26999999955 5489942.07, 437595.5099999998 5489938.75, 437590.66000000015 5489937.109999999, 437589.01999999955 5489943.029999999, 437588.53000000026 5489950.32, 437588.3300000001 5489953.35, 437587.6299999999 5489963.83, 437586.5599999996 5489979.880000001, 437585.5700000003 5489994.6, 437584.5499999998 5490009.77, 437584.20999999996 5490014.8100000005, 437583.3499999996 5490027.73, 437582.13999999966 5490045.77, 437581.2599999998 5490058.789999999, 437579.0800000001 5490091.48, 437578.3700000001 5490102.07, 437578.03000000026 5490107.24, 437577.9000000004 5490109.130000001, 437576.38999999966 5490131.51, 437574.8499999996 5490154.59, 437573.29000000004 5490177.970000001, 437461.7400000002 5490151.039999999, 437396.29000000004 5490135.220000001, 437364.21999999974 5490127.48, 437365.4400000004 5490108.4399999995, 437366.4900000002 5490087.74, 437368.33999999985 5490055.15, 437370.01999999955 5490025.390000001, 437370.73000000045 5490013, 437371.6200000001 5489997.25, 437372.4299999997 5489982.949999999, 437373.20999999996 5489969.24, 437373.9299999997 5489956.48, 437374.7000000002 5489943.02, 437369.4199999999 5489942.49, 437370.1799999997 5489928, 437274.7000000002 5489911.039999999, 437270.58999999985 5489929.91, 437107.3300000001 5489892.77, 437110.0999999996 5489844.01, 437110.71999999974 5489836.09, 437104.45999999996 5489835.609999999, 437024.78000000026 5489798.970000001, 436886.98000000045 5489735.630000001, 436884.7400000002 5489734.6, 436880.9299999997 5489732.050000001, 436876.38999999966 5489726.359999999, 436836.5700000003 5489720.640000001, 436758.54000000004 5489709.4399999995, 436732.46999999974 5489705.6899999995, 436719.4400000004 5489700.1899999995, 436723.2400000002 5489708.029999999, 436721.0999999996 5489730.23, 436715.6799999997 5489786.779999999, 436710.0499999998 5489846.0600000005, 436707.2599999998 5489875.289999999, 436703.29000000004 5489917.24, 436702.54000000004 5489925.050000001, 436699.26999999955 5489959.52, 436698.3700000001 5489969.01, 436696.28000000026 5489990.949999999, 436653.2000000002 5489963.6899999995, 436599.28000000026 5489929.59, 436536.9500000002 5489890.17, 436536.7000000002 5489893.199999999, 436531.63999999966 5489892.57, 436527.1299999999 5489894.460000001, 436437.9400000004 5489827.93, 436433.9400000004 5489824.9399999995, 436425.95999999996 5489819.1, 436401.51999999955 5489801.24, 436283.6200000001 5489715.0600000005, 436243.0800000001 5489685.43, 436206.5499999998 5489658.73, 436142.6900000004 5489612.039999999, 435986.1699999999 5489497.630000001, 435987 5489493.279999999, 435985.53000000026 5489489.550000001, 435978.1900000004 5489491.800000001, 435959.45999999996 5489497.51, 435950.58999999985 5489509.35, 435944.9299999997 5489516.890000001, 435938.01999999955 5489526.1, 435929.0599999996 5489529.73, 435889.2999999998 5489503.32, 435843.9900000002 5489473.210000001, 435800.0599999996 5489444.029999999, 435792.03000000026 5489438.76, 435792.98000000045 5489433.85, 435823.73000000045 5489275.23, 435825.5099999998 5489266.0600000005, 435826.36000000034 5489261.23, 435831.98000000045 5489232.48, 435834.38999999966 5489220.0600000005, 435836.1299999999 5489211.130000001, 435836.8799999999 5489207.140000001, 435960.1500000004 5489201.07, 435969.25 5489196.609999999, 436039.0800000001 5489162.380000001, 436051 5489156.550000001, 436066.6900000004 5489148.859999999, 436068.98000000045 5489147.8100000005, 436079.9299999997 5489142.779999999, 436096.9000000004 5489134.99, 436113.78000000026 5489127.24, 436122.1299999999 5489123.41, 436144.33999999985 5489113.210000001, 436151.3200000003 5489110, 436153.8300000001 5489095.49, 436158.0499999998 5489071.0600000005, 436162.7400000002 5489069.23, 436277.4400000004 5489165.43, 436280.4000000004 5489173.640000001, 436272.6900000004 5489221.140000001, 436267.01999999955 5489227.26, 436267.6299999999 5489231.1, 436294.98000000045 5489224.66, 436313.79000000004 5489220.23, 436323.51999999955 5489217.9399999995, 436360.28000000026 5489209.300000001, 436359.04000000004 5489205.58, 436354.6900000004 5489201.73, 436359.9900000002 5489143.5, 436363.71999999974 5489134.84, 436364.13999999966 5489130.140000001, 436374 5489022.15, 436375.1500000004 5489020.5, 436371.78000000026 5489018.25, 436364.5999999996 5489019.800000001, 436338.1200000001 5489003.98, 436246.5099999998 5488949.1899999995, 436238.6900000004 5488944.51, 436222.46999999974 5488934.82, 436212.95999999996 5488929.119999999, 436206.5 5488925.26, 436169.9199999999 5488903.390000001, 436161.4000000004 5488898.289999999, 436135.03000000026 5488882.52, 436152.1299999999 5488858.050000001, 436177.5 5488821.699999999, 436202.3700000001 5488786.07, 436227.1200000001 5488750.619999999, 436236.7999999998 5488761.07, 436242.4000000004 5488755.869999999, 436241.53000000026 5488747.710000001)), ((438681.4400000004 5494694.4399999995, 438663.7000000002 5494690.42, 438658.4400000004 5494689.23, 438653.70999999996 5494688.16, 438649.0700000003 5494687.119999999, 438634.71999999974 5494683.859999999, 438632.7000000002 5494680.34, 438631.5599999996 5494689.27, 438631.08999999985 5494700.630000001, 438626.25 5494696.130000001, 438623.8799999999 5494693.93, 438612.4500000002 5494681.35, 438594.1500000004 5494661.18, 438592.1200000001 5494658.949999999, 438578.9199999999 5494644.41, 438543.1500000004 5494605.01, 438537.0499999998 5494599.43, 438517.66000000015 5494581.6899999995, 438497.45999999996 5494563.210000001, 438494.9000000004 5494559.83, 438491.8099999996 5494555.75, 438490.2400000002 5494553.66, 438489 5494552.039999999, 438480.4400000004 5494540.720000001, 438473.7999999998 5494526.67, 438467.88999999966 5494514.130000001, 438440.0099999998 5494455.039999999, 438437.25 5494449.1899999995, 438408.8200000003 5494356.130000001, 438393.0099999998 5494304.359999999, 438391.8300000001 5494300.49, 438394.41000000015 5494291.15, 438396.0700000003 5494285.119999999, 438402.5499999998 5494261.529999999, 438406.3700000001 5494247.67, 438411.8099999996 5494227.970000001, 438413.61000000034 5494221.460000001, 438415.4000000004 5494214.949999999, 438411.58999999985 5494213.720000001, 438393.08999999985 5494207.720000001, 438270.98000000045 5494168.140000001, 438268.95999999996 5494164.32, 438276.1900000004 5494139.1, 438282.75 5494116.25, 438286.04000000004 5494104.789999999, 438289.26999999955 5494093.529999999, 438296.33999999985 5494068.92, 438299.1200000001 5494059.199999999, 438300.8099999996 5494053.32, 438304.54000000004 5494051.199999999, 438305.63999999966 5494047.35, 438303.5599999996 5494043.710000001, 438310.1900000004 5494020.470000001, 438357.01999999955 5493887.380000001, 438359.36000000034 5493880.779999999, 438360.08999999985 5493877.869999999, 438382.28000000026 5493790.92, 438402.9400000004 5493709.970000001, 438437.26999999955 5493720.960000001, 438438.25 5493721.279999999, 438441.21999999974 5493711.039999999, 438442.25 5493701.16, 438443.29000000004 5493691.220000001, 438443.1699999999 5493685.970000001, 438436.23000000045 5493385.49, 438440.96999999974 5493381.800000001, 438456.6299999999 5493385.98, 438520.26999999955 5493398.24, 438537.0099999998 5493401.460000001, 438567.3300000001 5493416.220000001, 438580.4500000002 5493422.85, 438581.36000000034 5493427.02, 438590.11000000034 5493426.550000001, 438602.8700000001 5493426.68, 438614.70999999996 5493427.42, 438620.98000000045 5493427.98, 438626.7400000002 5493428.49, 438632.7400000002 5493429.02, 438638.6900000004 5493429.5600000005, 438639.11000000034 5493429.6, 438644.75 5493430.09, 438651.2599999998 5493430.66, 438658.46999999974 5493431.27, 438677.6900000004 5493432.9, 438685.9000000004 5493433.6, 438700.3200000003 5493434.83, 438706.01999999955 5493435.3100000005, 438722.78000000026 5493435.380000001, 438741.7400000002 5493442.539999999, 438766.0999999996 5493456.380000001, 438771.36000000034 5493460.59, 438777.8300000001 5493465.77, 438786.6200000001 5493471.15, 438797.5700000003 5493476.59, 438779.63999999966 5493535.49, 438773.8200000003 5493554.6, 438733.0999999996 5493704.68, 438714.3700000001 5493808.58, 438732.61000000034 5493826.109999999, 438738.1799999997 5493831.84, 438746.3300000001 5493840.220000001, 438757.13999999966 5493851.699999999, 438794.0099999998 5493872.5600000005, 438787.25 5493884.42, 438783.70999999996 5493890.51, 438782.8700000001 5493891.960000001, 438781.96999999974 5493893.529999999, 438780.9400000004 5493895.43, 438777.0999999996 5493902.550000001, 438774.95999999996 5493906.539999999, 438772.8200000003 5493910.52, 438812.0800000001 5493935.0600000005, 438941.4199999999 5494016.32, 439036.2400000002 5494076.1, 439034.6200000001 5494096.890000001, 439033.8099999996 5494107.1899999995, 439032.8499999996 5494119.390000001, 439031.8700000001 5494131.779999999, 439027.1799999997 5494134.1899999995, 439027.70999999996 5494139.779999999, 439036.1299999999 5494145.35, 439090.1500000004 5494182.76, 439097.1200000001 5494187.59, 439127.8099999996 5494204.880000001, 439139.13999999966 5494211.26, 439147.5099999998 5494236.369999999, 439151.3300000001 5494247.77, 439155.3499999996 5494259.83, 439158.66000000015 5494269.720000001, 439162.04000000004 5494279.869999999, 439168.13999999966 5494298.16, 439173.23000000045 5494313.23, 439177.41000000015 5494325.609999999, 439178.5099999998 5494328.92, 439178.95999999996 5494332.49, 439181.5099999998 5494352.91, 439182.9900000002 5494364.800000001, 439183.79000000004 5494371.1, 439186.9400000004 5494383.800000001, 439190.8300000001 5494399.390000001, 439194.91000000015 5494407.1899999995, 439204.3300000001 5494425.220000001, 439208.73000000045 5494433.630000001, 439215.0800000001 5494445.75, 439224.3799999999 5494463.550000001, 439224.7999999998 5494467.289999999, 439226.1500000004 5494477.92, 439227.46999999974 5494488.710000001, 439228.7999999998 5494499.609999999, 439233.25 5494535.91, 439235.0800000001 5494550.890000001, 439236.88999999966 5494565.6899999995, 439237.3200000003 5494569.1899999995, 439234.76999999955 5494571.49, 439131.88999999966 5494547.640000001, 439081.0700000003 5494535.859999999, 439046.8499999996 5494527.93, 439029.11000000034 5494523.82, 439026.1900000004 5494523.15, 439019.2999999998 5494521.539999999, 438993.48000000045 5494515.550000001, 438916.8200000003 5494497.76, 438814.21999999974 5494473.949999999, 438812.0599999996 5494470.369999999, 438811.2999999998 5494473.27, 438807.41000000015 5494472.369999999, 438794.7400000002 5494521.609999999, 438781.03000000026 5494574.949999999, 438779.9000000004 5494579.109999999, 438763.83999999985 5494638.890000001, 438763.3700000001 5494640.609999999, 438745.8200000003 5494705.960000001, 438742.1200000001 5494708.199999999, 438727.36000000034 5494704.84, 438719.2599999998 5494703.02, 438707.5 5494700.35, 438703.6200000001 5494699.470000001, 438698.0599999996 5494698.210000001, 438687.38999999966 5494695.789999999, 438681.4400000004 5494694.4399999995)), ((437710.98000000045 5493481.529999999, 437772.79000000004 5493357.529999999, 437768.6799999997 5493130.82, 437663.0599999996 5493072.57, 437660.9400000004 5493065.630000001, 437701.6200000001 5492987.300000001, 437617.13999999966 5492938.029999999, 437615.1900000004 5492931.050000001, 437650.8700000001 5492865.390000001, 437620.58999999985 5492847.74, 437617.5800000001 5492840.4, 437654.76999999955 5492708.17, 437661.0499999998 5492704.73, 437663.1500000004 5492699.130000001, 437656.5999999996 5492690.25, 437661.8300000001 5492522.18, 437662.16000000015 5492512.1, 437658.1500000004 5492511.98, 437653.1799999997 5492515.65, 437643.9000000004 5492513.109999999, 437639.46999999974 5492511.9, 437627.2999999998 5492508.550000001, 437623.36000000034 5492507.470000001, 437615.8799999999 5492505.42, 437612.3799999999 5492504.460000001, 437554.04000000004 5492488.4399999995, 437550.8499999996 5492487.57, 437528.4900000002 5492481.43, 437524.6500000004 5492480.380000001, 437501.78000000026 5492474.1, 437475.9900000002 5492467.02, 437467.3499999996 5492464.65, 437452.0800000001 5492460.460000001, 437442.5800000001 5492457.85, 437459.4299999997 5492283.470000001, 437461.61000000034 5492271.029999999, 437464.7999999998 5492267, 437414.13999999966 5492240.66, 437414.4400000004 5492226.41, 437504.0099999998 5492236.210000001, 437596.6799999997 5492246.35, 437600.26999999955 5492246.16, 437599.4500000002 5492236.789999999, 437598.46999999974 5492225.380000001, 437596.98000000045 5492208.15, 437596.2400000002 5492199.550000001, 437600.2599999998 5492199.619999999, 437598.9500000002 5492191.68, 437597.03000000026 5492179.99, 437595.2400000002 5492169.140000001, 437592.7999999998 5492154.32, 437591.4199999999 5492145.92, 437589.0700000003 5492134.119999999, 437586.13999999966 5492119.3100000005, 437584.2599999998 5492109.83, 437581.78000000026 5492097.359999999, 437580.2400000002 5492085.83, 437578.38999999966 5492072.050000001, 437576.63999999966 5492059.02, 437574.96999999974 5492046.51, 437572.11000000034 5492025.1899999995, 437571.4299999997 5492020.09, 437570.9500000002 5492012.529999999, 437562.21999999974 5492012.609999999, 437552.86000000034 5492012.710000001, 437544.8300000001 5492012.779999999, 437522.21999999974 5492011.9, 437496.1200000001 5492010.84, 437428.4400000004 5492008.1, 437427.58999999985 5491994.92, 437411.7400000002 5491994.41, 437387 5491993.619999999, 437382.8300000001 5491993.48, 437385.54000000004 5491975.74, 437386.25 5491967.550000001, 437387.71999999974 5491950.83, 437389.71999999974 5491927.82, 437404.78000000026 5491929.59, 437409.1200000001 5491930.1, 437456.78000000026 5491932.26, 437457.78000000026 5491906.23, 437458.6900000004 5491882.4, 437459.1699999999 5491869.82, 437472.8499999996 5491864.24, 437464.0599999996 5491857.07, 437448.2000000002 5491844.140000001, 437440.7000000002 5491838.029999999, 437437.9299999997 5491833.4399999995, 437433.95999999996 5491826.85, 437428.0099999998 5491817, 437424.23000000045 5491810.73, 437414.3099999996 5491794.279999999, 437412.01999999955 5491790.5, 437410.66000000015 5491783.98, 437407.45999999996 5491768.5600000005, 437407.63999999966 5491767.49, 437410.4900000002 5491750.66, 437412.95999999996 5491735.970000001, 437414.20999999996 5491728.5600000005, 437415.5800000001 5491720.460000001, 437417.4199999999 5491709.58, 437418.61000000034 5491702.5600000005, 437418.6299999999 5491700.130000001, 437512.0700000003 5491695.15, 437555 5491692.859999999, 437559.3799999999 5491692.35, 437624.9199999999 5491680.199999999, 437667.88999999966 5491672.0600000005, 437689.13999999966 5491668.050000001, 437770.9900000002 5491669.85, 437778.5800000001 5491670.02, 437813.3799999999 5491676.75, 437841.91000000015 5491682.279999999, 437871.5099999998 5491688.35, 437872.4500000002 5491688.6899999995, 437886.0599999996 5491693.67, 437940.4199999999 5491718.039999999, 437964.6299999999 5491728.9, 437983.4199999999 5491737.33, 438012.63999999966 5491751.109999999, 438013.53000000026 5491748.609999999, 438017.5 5491737.449999999, 438064.08999999985 5491759.359999999, 438101.5999999996 5491776.98, 438106.48000000045 5491779.279999999, 438106.51999999955 5491781.74, 438106.6699999999 5491785.789999999, 438108.2599999998 5491829.0600000005, 438108.48000000045 5491835.130000001, 438108.63999999966 5491839.41, 438108.6799999997 5491841.279999999, 438108.9500000002 5491851.66, 438109.1200000001 5491858.8100000005, 438109.3799999999 5491869.07, 438109.73000000045 5491883.050000001, 438054.16000000015 5491865.470000001, 437965.3700000001 5491834.41, 437967.53000000026 5491857.529999999, 437968.21999999974 5491865.029999999, 437968.96999999974 5491872.9399999995, 437969.8099999996 5491881.949999999, 437971.75 5491902.8100000005, 437971.9199999999 5491904.6899999995, 437970.6500000004 5491937.210000001, 437975.53000000026 5491972.49, 437979.6200000001 5492002.1, 437981.5800000001 5492017.35, 437988.28000000026 5492069.41, 437988.9400000004 5492073.630000001, 438003.5099999998 5492166.15, 438021.1500000004 5492200.779999999, 438020.1900000004 5492207.699999999, 438015.16000000015 5492243.960000001, 438004.1200000001 5492254.130000001, 438005.6500000004 5492256.73, 438015.04000000004 5492272.58, 438023.54000000004 5492286.890000001, 437856.2599999998 5492319.109999999, 437850.6500000004 5492318.869999999, 437851.4400000004 5492329.18, 437852.3300000001 5492340.84, 437852.9400000004 5492348.93, 437853.9900000002 5492362.57, 437855.13999999966 5492377.529999999, 437856.4400000004 5492394.529999999, 437858.21999999974 5492417.73, 437859.48000000045 5492434.199999999, 437862.51999999955 5492473.92, 437859.54000000004 5492476.949999999, 437863.29000000004 5492484.109999999, 437834.20999999996 5492673.800000001, 437824.1200000001 5492740.369999999, 437821.5999999996 5492756.199999999, 437818.6299999999 5492775.1899999995, 437816.4199999999 5492804.050000001, 437819.6900000004 5493131.210000001, 437821.6799999997 5493293.4399999995, 437826.1900000004 5493512.1, 437825.5599999996 5493517.699999999, 437822.03000000026 5493521.699999999, 437786.8799999999 5493520.470000001, 437775.6900000004 5493517.4399999995, 437758.2400000002 5493512.710000001, 437713.1500000004 5493488.380000001, 437710.98000000045 5493481.529999999)), ((435908.4299999997 5490578.68, 435872.5800000001 5490550.73, 435840.1799999997 5490510.880000001, 435815.6699999999 5490473.9399999995, 435792.03000000026 5490424.1, 435773.7400000002 5490380.15, 435780.21999999974 5490377.380000001, 435778.71999999974 5490373.65, 435769.88999999966 5490351.67, 435760.51999999955 5490331.6899999995, 435752.13999999966 5490314.220000001, 435736.5099999998 5490281.67, 435719.3700000001 5490250.220000001, 435703.3200000003 5490220.539999999, 435684.28000000026 5490185.27, 435667.01999999955 5490153.33, 435657.2999999998 5490126.93, 435651.4000000004 5490110.859999999, 435649.9900000002 5490108.51, 435623.8300000001 5490064.6899999995, 435622.20999999996 5490061.98, 435615.7999999998 5490051.26, 435604.51999999955 5490032.41, 435597.38999999966 5490018.73, 435588.5499999998 5490001.84, 435552.6799999997 5489933.140000001, 435524.70999999996 5489868.970000001, 435512.0800000001 5489839.82, 435489.73000000045 5489788.5600000005, 435433.38999999966 5489663.18, 435396.53000000026 5489597.210000001, 435382.2599999998 5489578.1, 435373.5999999996 5489566.51, 435367.5800000001 5489545.09, 435417.9299999997 5489421.83, 435420.8499999996 5489412.93, 435428.48000000045 5489414.17, 435441.4299999997 5489416.25, 435445.25 5489421.85, 435428.54000000004 5489491.039999999, 435507.2400000002 5489495.67, 435526.7400000002 5489502.449999999, 435529.98000000045 5489508.880000001, 435503.03000000026 5489587.130000001, 435493.0599999996 5489616.130000001, 435496.53000000026 5489618.4399999995, 435522.4400000004 5489635.58, 435580.83999999985 5489674.17, 435603.3300000001 5489689.039999999, 435650.7999999998 5489720.4, 435655.04000000004 5489723.32, 435651.70999999996 5489690.359999999, 435659.95999999996 5489681.41, 435666.9000000004 5489677.84, 435669.5800000001 5489676.470000001, 435678.9199999999 5489675.16, 435710.0700000003 5489681.539999999, 435719.20999999996 5489685.35, 435780.61000000034 5489726.220000001, 435781.73000000045 5489732.960000001, 435770.9199999999 5489747.15, 435758.0099999998 5489764.09, 435743.86000000034 5489782.51, 435721.3700000001 5489820.66, 435682.8300000001 5489867.789999999, 435677.7000000002 5489873.5, 435681.70999999996 5489877.869999999, 435689.0700000003 5489877, 435745.13999999966 5489916.52, 435768.2000000002 5489947.199999999, 435789.6900000004 5489975.77, 435792.13999999966 5489979.029999999, 435811.61000000034 5490004.9399999995, 435812.54000000004 5490020.460000001, 435809.9400000004 5490029.4399999995, 435789.58999999985 5490056.880000001, 435780.86000000034 5490098.470000001, 435810.0700000003 5490139.640000001, 435805.73000000045 5490174.74, 435809.1200000001 5490187.699999999, 435817.8099999996 5490220.98, 435827.61000000034 5490228.880000001, 435875.6299999999 5490284.51, 435920.46999999974 5490336.43, 435938.9900000002 5490329.470000001, 435941.7000000002 5490328.449999999, 435973.2999999998 5490300.99, 435998.0599999996 5490279.49, 435940.9000000004 5490224.029999999, 435936.75 5490220, 435899.63999999966 5490177.01, 435861.48000000045 5490132.8100000005, 435864.25 5490129.210000001, 435876.3200000003 5490113.449999999, 435880 5490108.66, 435887.16000000015 5490099.43, 435945.5599999996 5490024.17, 435998.5 5489951.199999999, 436005.58999999985 5489950.01, 436092.5099999998 5490013.76, 436179.38999999966 5490077.48, 436180.48000000045 5490084.449999999, 436183.83999999985 5490086.630000001, 436183.73000000045 5490086.789999999, 436176.1299999999 5490096.93, 436158.5700000003 5490120.369999999, 436195.41000000015 5490146.119999999, 436261.6699999999 5490192.43, 436343.53000000026 5490249.65, 436379.3300000001 5490274.66, 436400.6900000004 5490289.6, 436396.13999999966 5490296.539999999, 436386.51999999955 5490311.210000001, 436384.45999999996 5490324.630000001, 436494.1799999997 5490390.369999999, 436512.58999999985 5490440.16, 436516 5490442.3100000005, 436582.7400000002 5490484.1899999995, 436589.0599999996 5490491.33, 436604.61000000034 5490524.199999999, 436617.20999999996 5490550.84, 436626 5490569.4399999995, 436634.45999999996 5490587.35, 436636.9000000004 5490592.5, 436640.1699999999 5490599.390000001, 436638.4400000004 5490607.08, 436623.5999999996 5490618.66, 436614.3700000001 5490625.92, 436607.9199999999 5490630.960000001, 436493.86000000034 5490611.85, 436506.2599999998 5490583.83, 436475.25 5490565.9399999995, 436439.6500000004 5490535.92, 436450.73000000045 5490521.08, 436453.4299999997 5490517.85, 436450.21999999974 5490515.48, 436438.3300000001 5490506.73, 436442.2400000002 5490498.4, 436435.3099999996 5490492.279999999, 436411.4199999999 5490471.210000001, 436405.13999999966 5490467.300000001, 436360.8300000001 5490439.74, 436329.0599999996 5490419.98, 436325.79000000004 5490425.609999999, 436322.4900000002 5490423.33, 436241.66000000015 5490382.34, 436148.96999999974 5490331.25, 436130.9400000004 5490323.779999999, 436097.7400000002 5490310.07, 436084.7400000002 5490313.4399999995, 436082.38999999966 5490315.890000001, 436075.95999999996 5490322.59, 436071.6900000004 5490331.8100000005, 436061.3799999999 5490354.119999999, 436031.7400000002 5490377.699999999, 435997.0800000001 5490444.210000001, 436011.0700000003 5490469.17, 436014.0499999998 5490477.869999999, 435997.6799999997 5490505.460000001, 435986.7400000002 5490516.220000001, 435959.3099999996 5490498.51, 435951.4000000004 5490499.289999999, 435933.2000000002 5490524.039999999, 435956.01999999955 5490546.449999999, 435929.5599999996 5490572.5, 435951.01999999955 5490598.9399999995, 435908.4299999997 5490578.68)), ((439088.1200000001 5491723.25, 439089.5 5491736.800000001, 439093.0099999998 5491743.93, 439079.36000000034 5491738.970000001, 439018.3200000003 5491719.93, 439015.8700000001 5491719.35, 438996.79000000004 5491711.08, 438875.1900000004 5491645.34, 438872.8200000003 5491650.789999999, 438866.6699999999 5491647.710000001, 438863.4299999997 5491653.859999999, 438821.4500000002 5491639.4399999995, 438817.20999999996 5491638.07, 438747.53000000026 5491615.369999999, 438746.3300000001 5491614.93, 438743.45999999996 5491613.859999999, 438706.1699999999 5491599.41, 438650.4400000004 5491586.949999999, 438583.1299999999 5491564.710000001, 438576.6299999999 5491555.25, 438571.1299999999 5491566.390000001, 438568.29000000004 5491564.92, 438509.6299999999 5491534.74, 438487.78000000026 5491524.26, 438481.6200000001 5491521.3100000005, 438477.01999999955 5491519.050000001, 438444.4400000004 5491503.039999999, 438421.1299999999 5491491.57, 438373.6500000004 5491466.949999999, 438342.2400000002 5491427.27, 438331.4400000004 5491413.630000001, 438307.3099999996 5491404.24, 438280.73000000045 5491401.41, 438270.8700000001 5491382.99, 438281.33999999985 5491360, 438278.79000000004 5491356.710000001, 438276.33999999985 5491353.550000001, 438274.01999999955 5491351.789999999, 438266.8799999999 5491348.369999999, 438252.9900000002 5491346.33, 438242.96999999974 5491347.82, 438218.41000000015 5491349.289999999, 438176.8499999996 5491318.93, 438182.1799999997 5491309.970000001, 438184.61000000034 5491305.890000001, 438192.96999999974 5491290.460000001, 438194.0499999998 5491288.449999999, 438202.6699999999 5491272.57, 438204.4900000002 5491270.470000001, 438204.5499999998 5491269.880000001, 438204.75 5491267.98, 438214.48000000045 5491250.25, 438217.1299999999 5491245.43, 438219.0999999996 5491241.800000001, 438221.1299999999 5491238.08, 438226.0999999996 5491229.039999999, 438233.9299999997 5491214.77, 438235.75 5491211.449999999, 438219.4400000004 5491204.67, 438223.8200000003 5491192.130000001, 438229.6200000001 5491175.539999999, 438230.98000000045 5491171.630000001, 438235.1900000004 5491159.609999999, 438237.2000000002 5491153.859999999, 438239.8499999996 5491146.24, 438242.91000000015 5491137.48, 438243.8099999996 5491134.93, 438249.03000000026 5491119.970000001, 438253.1200000001 5491108.26, 438313.7400000002 5491117.65, 438404.03000000026 5491107.91, 438406.71999999974 5491111.949999999, 438413.86000000034 5491122.630000001, 438417.8799999999 5491127.4399999995, 438430.33999999985 5491142.33, 438435.29000000004 5491147.26, 438444.4199999999 5491156.42, 438449.3300000001 5491161.33, 438452.46999999974 5491164.48, 438459.8799999999 5491169.859999999, 438474.11000000034 5491179.880000001, 438492.7400000002 5491192.15, 438499.4199999999 5491196.65, 438506.51999999955 5491201.789999999, 438507.1500000004 5491202.140000001, 438509.88999999966 5491204.039999999, 438513.08999999985 5491202.27, 438528.61000000034 5491189.85, 438532.33999999985 5491186.869999999, 438545.5099999998 5491173.82, 438571.11000000034 5491137.52, 438595.9299999997 5491113.73, 438626.21999999974 5491048.960000001, 438638.7599999998 5491033.359999999, 438656.45999999996 5491011.35, 438661.2400000002 5491003.5, 438674.8700000001 5490981.17, 438683.11000000034 5490961.85, 438695.8499999996 5490979.74, 438702.03000000026 5491000.380000001, 438700.6699999999 5491029.4, 438693.3700000001 5491045.85, 438674.9299999997 5491087.4399999995, 438672.70999999996 5491098.85, 438653.9900000002 5491195.1899999995, 438633.5099999998 5491303.199999999, 438680.5499999998 5491317.550000001, 438716.76999999955 5491329.039999999, 438774.2000000002 5491346.41, 438798.11000000034 5491353.640000001, 438833.8200000003 5491368.23, 438853.01999999955 5491376.359999999, 438855.26999999955 5491377.300000001, 438912.6699999999 5491401.58, 438937.83999999985 5491410.91, 439020.23000000045 5491439.23, 439021.11000000034 5491445.08, 439023.1900000004 5491458.92, 439026.1299999999 5491468.720000001, 439029.3499999996 5491479.42, 439033.3700000001 5491492.789999999, 439036.3799999999 5491502.800000001, 439042.25 5491522.34, 439043.6799999997 5491527.1, 439045.2400000002 5491532.59, 439054.61000000034 5491548.390000001, 439056.9299999997 5491552.300000001, 439062.7000000002 5491563.51, 439073 5491583.48, 439073.0700000003 5491584.050000001, 439074.0599999996 5491592.99, 439074.9900000002 5491601.33, 439075.95999999996 5491610.02, 439077.8200000003 5491626.75, 439081.03000000026 5491656.220000001, 439081.54000000004 5491660.24, 439082.3200000003 5491667.220000001, 439083.3099999996 5491676.08, 439083.5499999998 5491678.1899999995, 439084.4199999999 5491686.8100000005, 439085.53000000026 5491697.779999999, 439086.38999999966 5491706.15, 439086.8300000001 5491710.58, 439088.1200000001 5491723.25)), ((438628.3799999999 5492363.98, 438618.8300000001 5492369.380000001, 438614.3300000001 5492376.08, 438637.0700000003 5492285.77, 438641.0599999996 5492279.050000001, 438647.28000000026 5492272.51, 438651.6900000004 5492269.4, 438657.3099999996 5492267.41, 438663.0700000003 5492267.029999999, 438669.639999999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6414-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6414-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-102" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6414-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-102" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6414-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6414-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6414-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108929</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.42131641645</v>
+        <v>46067.92828161657</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>