--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6413-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((416511.0599999996 5489080.24, 416494.5599999996 5489101.220000001, 416487.66000000015 5489105.57, 416482.0700000003 5489094.83, 416468.78000000026 5489075.9399999995, 416465.98000000045 5489050.949999999, 416428.79000000004 5488996.470000001, 416424.4900000002 5489000.65, 416414.25 5489010.609999999, 416183.4400000004 5488795.01, 416178.38999999966 5488790.34, 416171.21999999974 5488797.289999999, 416156.4000000004 5488811.65, 416100.23000000045 5488759.199999999, 416001.16000000015 5488701.640000001, 415909.4400000004 5488677.789999999, 415713.03000000026 5488675.109999999, 415714.29000000004 5488658.949999999, 415656.2599999998 5488658.6, 415657.2999999998 5488651.75, 415640.2000000002 5488658.119999999, 415604.33999999985 5488650.5, 415589.28000000026 5488650.0600000005, 415583.76999999955 5488660.32, 415532.8799999999 5488673.98, 415532.26999999955 5488689.779999999, 415551.0599999996 5488733.210000001, 415566.3300000001 5488734.119999999, 415567.28000000026 5488741.74, 415569.04000000004 5488761.66, 415569.1799999997 5488766.300000001, 415660.76999999955 5488774.119999999, 415665.01999999955 5488779.58, 415662.0999999996 5488798.970000001, 415657.58999999985 5488831.09, 415655.28000000026 5488840.0600000005, 415648.83999999985 5488865.029999999, 415643.16000000015 5488875.73, 415574.4900000002 5488863.949999999, 415501.5800000001 5488851.43, 415498.25 5488850.859999999, 415495.28000000026 5488890.92, 415494.1699999999 5488896.1899999995, 415489.9000000004 5488916.24, 415481.95999999996 5488954.390000001, 415411.16000000015 5488942.23, 415317.1500000004 5488926.09, 415278.0099999998 5488919.369999999, 415273.96999999974 5488918.619999999, 415273.0999999996 5488928.390000001, 415273.1900000004 5488984.140000001, 415224.8499999996 5488975.27, 415141.1500000004 5488959.91, 415146.0700000003 5488930.82, 415154.78000000026 5488879.289999999, 415021.6299999999 5488852.710000001, 415039.21999999974 5488777.029999999, 415033.46999999974 5488775.3100000005, 414997.79000000004 5488762.890000001, 414828.63999999966 5488703.99, 414793.6299999999 5488691.800000001, 414712.04000000004 5488663.390000001, 414705.6900000004 5488667.5, 414719.4900000002 5488686.35, 414741.38999999966 5488720.109999999, 414753.0099999998 5488738.039999999, 414761.16000000015 5488750.6, 414779.9299999997 5488773.51, 414754.3099999996 5488759.300000001, 414742.1200000001 5488753.390000001, 414732.6200000001 5488749.199999999, 414715.63999999966 5488742.73, 414523.1699999999 5488672.34, 414414.20999999996 5488636.17, 414431.45999999996 5488624.83, 414450.3300000001 5488609.08, 414461.8700000001 5488599.199999999, 414458.5999999996 5488595.42, 414469.0099999998 5488586.43, 414479.3300000001 5488577.51, 414496.0499999998 5488562.83, 414518.2000000002 5488541.82, 414539.28000000026 5488521.85, 414550.16000000015 5488511.529999999, 414561.03000000026 5488499.1899999995, 414561.8799999999 5488491.18, 414569.3099999996 5488466.640000001, 414571.95999999996 5488457.890000001, 414573.6200000001 5488442.960000001, 414572.36000000034 5488425.73, 414568.96999999974 5488411.92, 414594.8799999999 5488406.380000001, 414628.75 5488399.140000001, 414663.8799999999 5488387.84, 414665.98000000045 5488394.3100000005, 414667.1799999997 5488398.23, 414672.8799999999 5488396.380000001, 414680.0499999998 5488394.26, 414687.91000000015 5488423.029999999, 414699.88999999966 5488418.32, 414692.83999999985 5488394.380000001, 414752.36000000034 5488370.880000001, 414756.0800000001 5488369.41, 414758.16000000015 5488361.779999999, 414764.9199999999 5488356.529999999, 414768.1299999999 5488354.050000001, 414786.71999999974 5488339.51, 414832.73000000045 5488398.699999999, 414837.7400000002 5488408.75, 414847.76999999955 5488433.27, 414855.8700000001 5488453.109999999, 414869.46999999974 5488474.01, 414888.45999999996 5488492.85, 414903.78000000026 5488504.48, 414910.3799999999 5488509.460000001, 414980.70999999996 5488549.58, 415016.54000000004 5488552.710000001, 415020.9400000004 5488552.33, 415065.23000000045 5488548.550000001, 415078.6799999997 5488547.41, 415106.5999999996 5488541.77, 415131.5499999998 5488536.74, 415168.73000000045 5488508.949999999, 415094.21999999974 5488398.26, 415009.28000000026 5488289.210000001, 414983.6699999999 5488262.01, 414974.53000000026 5488249.43, 414919.3700000001 5488206.75, 414918.36000000034 5488200.890000001, 414930.6900000004 5488181.5, 414990.13999999966 5488115.300000001, 414994.5 5488116.210000001, 415011.6799999997 5488119.720000001, 415071.0700000003 5488127.57, 415072.2599999998 5488120.3100000005, 415121.4400000004 5488092.07, 415116.0499999998 5488082.529999999, 414927.6200000001 5487955.529999999, 414932.3499999996 5487947.15, 414948.0099999998 5487919.34, 414954.83999999985 5487907.23, 414962.5 5487893.619999999, 414974.6900000004 5487871.98, 414981.7000000002 5487859.539999999, 414987.5800000001 5487848.58, 414977.08999999985 5487842.300000001, 414974.01999999955 5487840.699999999, 414951.86000000034 5487829.15, 414898.03000000026 5487801.0600000005, 414889.20999999996 5487791.07, 414888.9299999997 5487758.039999999, 414888.8300000001 5487747.539999999, 414890.8700000001 5487739.960000001, 414896.3099999996 5487734.68, 414913.13999999966 5487731.4, 414913.70999999996 5487725.640000001, 414916.9900000002 5487694.24, 414922.45999999996 5487675.880000001, 414931.45999999996 5487651.41, 414876.8200000003 5487628.27, 414847.0700000003 5487615.67, 414840.76999999955 5487613, 414847.73000000045 5487602.01, 414857.45999999996 5487586.609999999, 414874.51999999955 5487562.859999999, 414881.5700000003 5487561.65, 414901.41000000015 5487575.1, 414934.3700000001 5487582.83, 414937.5999999996 5487584.949999999, 414939.6500000004 5487581.41, 414938.1900000004 5487575.710000001, 414947.0599999996 5487559.25, 414949.8300000001 5487551.380000001, 414955.8799999999 5487534.15, 414960.9500000002 5487519.73, 414967.5099999998 5487498.529999999, 414976.26999999955 5487485.27, 414978.5599999996 5487482.77, 414984.83999999985 5487475.75, 414989.03000000026 5487473.18, 414998.1799999997 5487467.529999999, 415016.4199999999 5487456.300000001, 415019.04000000004 5487454.68, 415037.20999999996 5487440.18, 415044.4000000004 5487434.23, 415066.54000000004 5487415.880000001, 415078.4500000002 5487406.01, 415086.3300000001 5487405.779999999, 415088.6900000004 5487402.66, 415122.13999999966 5487358.91, 415112.48000000045 5487332.369999999, 415111.48000000045 5487329.65, 415100.0599999996 5487298.3100000005, 415090.1500000004 5487271.09, 415082.4199999999 5487249.859999999, 415115.9400000004 5487255.5600000005, 415142.36000000034 5487256.960000001, 415198.8499999996 5487251.51, 415241.1500000004 5487237.9399999995, 415265.76999999955 5487251.470000001, 415278.76999999955 5487266.43, 415293.3799999999 5487285, 415308.03000000026 5487296.449999999, 415338.45999999996 5487317.699999999, 415349.11000000034 5487325.140000001, 415370.5 5487338.039999999, 415393.79000000004 5487348.93, 415416.1799999997 5487354.619999999, 415417.0800000001 5487359.43, 415420.3300000001 5487365.800000001, 415432.26999999955 5487360.32, 415447.26999999955 5487360.82, 415462.26999999955 5487364.92, 415473.7599999998 5487369.02, 415476.7599999998 5487384.91, 415477.0099999998 5487388.41, 415478.2599999998 5487405.699999999, 415481.0599999996 5487413.800000001, 415497.5499999998 5487437.59, 415504.4400000004 5487456.18, 415544.9299999997 5487524.26, 415556.9199999999 5487540.35, 415523.01999999955 5487584.109999999, 415534.54000000004 5487608.82, 415548.53000000026 5487629.32, 415568.9199999999 5487653.800000001, 415589.0099999998 5487672.6, 415608.41000000015 5487687.390000001, 415631.7000000002 5487701.289999999, 415675.28000000026 5487722.279999999, 415680.46999999974 5487722.4399999995, 415680.1200000001 5487718.15, 415861.1799999997 5487747.01, 415860.3499999996 5487762.16, 415859.45999999996 5487779.1, 415857.4500000002 5487786.859999999, 415857.0099999998 5487792.32, 415854.9900000002 5487799.390000001, 415853.86000000034 5487810.92, 415852.75 5487822.119999999, 415851.3099999996 5487831.51, 415850.66000000015 5487834.49, 415846.5099999998 5487833.84, 415836.71999999974 5487822.539999999, 415835.51999999955 5487841.23, 415829.9400000004 5487860.15, 415825.3300000001 5487858.210000001, 415792.4900000002 5487844.460000001, 415761.7400000002 5487831.6, 415659.7599999998 5487795.300000001, 415634.1500000004 5487790.140000001, 415573.6500000004 5487777.949999999, 415565.3099999996 5487810.57, 415429.2999999998 5487802.699999999, 415430.8700000001 5487855.59, 415432.5700000003 5487912.539999999, 415432.71999999974 5487917.539999999, 415471.6900000004 5487916.119999999, 415501.95999999996 5487917.35, 415536.4900000002 5487923.25, 415522.5 5487970.0600000005, 415522.25 5487970.91, 415517.45999999996 5487986.98, 415513.03000000026 5488001.890000001, 415511.0800000001 5488008.42, 415509.6699999999 5488013.130000001, 415506.23000000045 5488024.66, 415504.21999999974 5488033.51, 415696.1299999999 5488104.35, 415703.6900000004 5488107.109999999, 415858.26999999955 5488163.15, 415882.9199999999 5488175.23, 415890.20999999996 5488178.720000001, 415889.9400000004 5488179.98, 415934.0800000001 5488210.48, 415971.1699999999 5488232.08, 416112.3099999996 5488302.949999999, 416192.28000000026 5488333.029999999, 416222.76999999955 5488348.529999999, 416327.4299999997 5488410.9, 416376.41000000015 5488442.1899999995, 416442.5800000001 5488489.369999999, 416442.78000000026 5488493.27, 416431.98000000045 5488519.460000001, 416409.04000000004 5488553.83, 416407.4299999997 5488556.210000001, 416402.5999999996 5488563.470000001, 416393.7999999998 5488576.630000001, 416376.4400000004 5488597.84, 416364.48000000045 5488612.449999999, 416347.8200000003 5488632.8100000005, 416352.71999999974 5488637.32, 416505.86000000034 5488846.869999999, 416472.58999999985 5488875.119999999, 416474.1200000001 5488879.119999999, 416520.95999999996 5489001.869999999, 416547.5800000001 5488995.449999999, 416567.7599999998 5489045.140000001, 416573.8700000001 5489056.550000001, 416551.9400000004 5489068.24, 416511.0599999996 5489080.24)), ((413937.5599999996 5488623.550000001, 414029.1500000004 5488633.41, 414101.3499999996 5488610.67, 414104.28000000026 5488608.75, 414102.23000000045 5488605.289999999, 414096.4400000004 5488604.33, 414072.5700000003 5488573.6, 414042.23000000045 5488534.539999999, 414034.1200000001 5488524.09, 414016.8499999996 5488501.789999999, 413974.8200000003 5488447.5, 414001.0700000003 5488413.640000001, 414013.78000000026 5488397.25, 414016.9299999997 5488393.18, 414010.5599999996 5488386.07, 413979.0999999996 5488387.93, 413942.9400000004 5488386.92, 413919.3300000001 5488386.02, 413908.2000000002 5488383.4, 413878.29000000004 5488370.210000001, 413862.6900000004 5488362.869999999, 413867.25 5488352.4399999995, 413874.2000000002 5488352.59, 413874.8300000001 5488352.609999999, 413876.13999999966 5488350.130000001, 413883.6799999997 5488336.630000001, 413892.0999999996 5488340.27, 413899.5999999996 5488320.970000001, 413899.28000000026 5488316.92, 413861.79000000004 5488278.720000001, 413871.41000000015 5488262.789999999, 413817.1900000004 5488234.890000001, 413834.8700000001 5488196.8100000005, 413837.58999999985 5488188.93, 413814.1200000001 5488194.630000001, 413796.5800000001 5488196.52, 413779.3799999999 5488192.98, 413769.45999999996 5488189.17, 413754.16000000015 5488177.1, 413749.71999999974 5488173.68, 413744.4000000004 5488179.49, 413739.46999999974 5488190.1899999995, 413732 5488206.43, 413722.5599999996 5488226.949999999, 413698.86000000034 5488278.470000001, 413672.7599999998 5488335.18, 413670.5599999996 5488338.93, 413637.1799999997 5488379.77, 413631.6799999997 5488386, 413592.5800000001 5488434.07, 413527.63999999966 5488348.130000001, 413517.0099999998 5488338.550000001, 413500.6299999999 5488321.869999999, 413495.6699999999 5488316.84, 413459.2400000002 5488279.84, 413404.79000000004 5488234.449999999, 413372.5 5488216.35, 413324.3799999999 5488189.23, 413309.3300000001 5488167.869999999, 413272.5800000001 5488163.26, 413255.4000000004 5488157.42, 413245.4299999997 5488155.710000001, 413240.0800000001 5488154.8100000005, 413235.1500000004 5488153.800000001, 413237.5700000003 5488167.93, 413235.63999999966 5488168.01, 413215.58999999985 5488168.74, 413173.4400000004 5488170.279999999, 413161.9199999999 5488170.710000001, 413167.0099999998 5488128.33, 413166.63999999966 5488107.66, 413233.9199999999 5488098.210000001, 413237.83999999985 5488091.609999999, 413236.5800000001 5488087.0600000005, 413228.83999999985 5488058.92, 413227.58999999985 5488049.119999999, 413220.98000000045 5487998.24, 413216.8300000001 5487966.34, 413213.58999999985 5487946.77, 413211.66000000015 5487936.609999999, 413202.9500000002 5487910.300000001, 413198.9299999997 5487893.640000001, 413195.45999999996 5487875.26, 413210.41000000015 5487863.720000001, 413214.08999999985 5487851.789999999, 413248.33999999985 5487861.35, 413257.63999999966 5487806.109999999, 413260.6699999999 5487788.08, 413277.98000000045 5487804.0600000005, 413293.8499999996 5487828.210000001, 413300.03000000026 5487824.890000001, 413301.76999999955 5487819.68, 413318.9400000004 5487811.449999999, 413337.6299999999 5487806.4, 413356.0999999996 5487801.41, 413377.8700000001 5487795.630000001, 413386.03000000026 5487793.35, 413412.9199999999 5487841.460000001, 413420.8499999996 5487855.65, 413502.9000000004 5487922.869999999, 413600.41000000015 5487993.58, 413602.0700000003 5487989.699999999, 413625.1299999999 5487936.199999999, 413647.9500000002 5487957.0600000005, 413662.4500000002 5487965.859999999, 413684.2599999998 5487974.800000001, 413702.4500000002 5487981.27, 413704.4000000004 5487981.960000001, 413751.78000000026 5487998.8100000005, 413783.20999999996 5488009.02, 413802.3499999996 5488014.58, 413809.8700000001 5488016.75, 413836.8200000003 5488024.539999999, 413845.66000000015 5488027.1, 413877.3700000001 5488033.130000001, 413896.33999999985 5488034.539999999, 413903.25 5488035.07, 413938.58999999985 5488041.710000001, 413951.51999999955 5488043.949999999, 413969.48000000045 5488047.130000001, 413986.79000000004 5488054.25, 414025.5499999998 5488076.140000001, 414050.63999999966 5488086.279999999, 414054.9900000002 5488087.619999999, 414081.03000000026 5488095.57, 414130.5999999996 5488104.66, 414126.25 5488127.42, 414116.75 5488176.34, 414100.7400000002 5488171.609999999, 414085.2599999998 5488167.960000001, 414070.2999999998 5488164.869999999, 414040.01999999955 5488160.85, 414030.86000000034 5488160.93, 414030.6299999999 5488170.050000001, 414026.6699999999 5488175.880000001, 414039.45999999996 5488211.119999999, 414044.96999999974 5488226.3100000005, 414049.4299999997 5488232.539999999, 414146.53000000026 5488310.289999999, 414203.6200000001 5488345.9, 414214.4000000004 5488352.619999999, 414218.5099999998 5488345.51, 414265.5999999996 5488365.74, 414265.23000000045 5488367.82, 414264.46999999974 5488379.66, 414268.95999999996 5488379.869999999, 414414.3300000001 5488365.35, 414471.73000000045 5488356.51, 414478.1699999999 5488380.07, 414491.54000000004 5488377.68, 414497.46999999974 5488402.23, 414498.51999999955 5488406.59, 414502.75 5488424.09, 414558.33999999985 5488417.26, 414558.9199999999 5488439.98, 414554.4900000002 5488461.3100000005, 414548.63999999966 5488474.109999999, 414543.8700000001 5488484.539999999, 414537.16000000015 5488495.390000001, 414522.58999999985 5488511.51, 414487.73000000045 5488505.51, 414446.5499999998 5488498.42, 414416.04000000004 5488503.220000001, 414328.2599999998 5488517.02, 414321.91000000015 5488517.699999999, 414324.4400000004 5488524.98, 414292.8799999999 5488555.15, 414230.41000000015 5488614.869999999, 414192.48000000045 5488637.359999999, 414166.63999999966 5488652.6899999995, 414151.76999999955 5488659.119999999, 414131.1699999999 5488668.0600000005, 414093.2000000002 5488671.710000001, 414067.1900000004 5488674.210000001, 414030.54000000004 5488674.9399999995, 413997.66000000015 5488675.6, 413934.6900000004 5488675.359999999, 413912.70999999996 5488673.380000001, 413843.3300000001 5488651.630000001, 413851.3300000001 5488620.3100000005, 413860.6900000004 5488597.93, 413937.5599999996 5488623.550000001)), ((416317.86000000034 5489849.1899999995, 416332.04000000004 5489852.390000001, 416356.70999999996 5489903.42, 416376.3099999996 5489934.460000001, 416399.86000000034 5489957.390000001, 416450.1500000004 5489990.869999999, 416489.25 5490004.6, 416555.4199999999 5490018.859999999, 416549.6200000001 5490033.359999999, 416539.4299999997 5490050.949999999, 416439.4400000004 5490013.93, 416341.83999999985 5489972.130000001, 416113.3300000001 5489880.52, 416153.5999999996 5489799.550000001, 416153.7400000002 5489799.26, 416150.7000000002 5489797.359999999, 416077.83999999985 5489751.77, 416076.23000000045 5489749.470000001, 416105.4199999999 5489695.6899999995, 416110.8200000003 5489685.800000001, 416116.8200000003 5489675, 416107.9199999999 5489675, 416084.9299999997 5489717.119999999, 416071.83999999985 5489741.1, 416069.4400000004 5489745.48, 416062.2999999998 5489758.58, 416061.54000000004 5489759.970000001, 416052.3799999999 5489779.25, 416044.8700000001 5489795.050000001, 415619.0999999996 5489653.779999999, 415634.3099999996 5489640.33, 415635.71999999974 5489639.08, 415657.6500000004 5489624.109999999, 415663.46999999974 5489620.140000001, 415677.46999999974 5489615.210000001, 415695.9500000002 5489608.720000001, 415696.29000000004 5489602.9399999995, 415696.4299999997 5489600.84, 415697.7000000002 5489579.49, 415688.79000000004 5489504.550000001, 415692.2599999998 5489491.76, 415686.4400000004 5489490.17, 415683.1500000004 5489503.59, 415688.6200000001 5489547.0600000005, 415623.5599999996 5489505.01, 415601.9500000002 5489493.369999999, 415570.7599999998 5489487.619999999, 415518.1299999999 5489475.460000001, 415498.0700000003 5489469.890000001, 415492.9400000004 5489468.470000001, 415463.61000000034 5489462.6, 415459.7000000002 5489461.8100000005, 415454.7999999998 5489487.289999999, 415446.5599999996 5489530.119999999, 415445.0499999998 5489538, 415440.9900000002 5489539.66, 415415.88999999966 5489522.84, 415358.78000000026 5489502.470000001, 415325.54000000004 5489493.6899999995, 415296.3499999996 5489485.99, 415265.2599999998 5489482.99, 415205.1200000001 5489483.91, 415197.20999999996 5489484.029999999, 415195.23000000045 5489483.4, 415167.96999999974 5489475.4, 415087.9299999997 5489442.76, 415012.48000000045 5489417.220000001, 414992.8099999996 5489401.789999999, 414975.2400000002 5489388, 414930.8700000001 5489356.51, 414916.04000000004 5489353.609999999, 414915.1900000004 5489353.49, 414911.0700000003 5489359.35, 414888.5099999998 5489355.99, 414862.9500000002 5489357.359999999, 414854.21999999974 5489361.619999999, 414838.5599999996 5489388.23, 414829.51999999955 5489393.57, 414788.5599999996 5489401.6, 414750.8300000001 5489419.48, 414700.8300000001 5489450.65, 414670.7599999998 5489482.1, 414648.11000000034 5489520.74, 414630.2400000002 5489510.3100000005, 414578.21999999974 5489522.949999999, 414555.6900000004 5489536.77, 414553.3099999996 5489544.779999999, 414555.6299999999 5489580.02, 414540.6200000001 5489583.84, 414523.0599999996 5489608.890000001, 414495.45999999996 5489648.27, 414489.9199999999 5489645.99, 414441.04000000004 5489625.84, 414413.29000000004 5489615.43, 414403.11000000034 5489604.35, 414400.2599999998 5489600.99, 414390.8099999996 5489589.859999999, 414384.0099999998 5489572.23, 414379.23000000045 5489557.18, 414377.5 5489540.09, 414379.86000000034 5489528.74, 414439.95999999996 5489485.08, 414483.3499999996 5489453.57, 414496.4400000004 5489471.640000001, 414506.25 5489484.949999999, 414548.26999999955 5489487.18, 414594.9400000004 5489461.4399999995, 414647.9900000002 5489427.880000001, 414674.36000000034 5489411.1899999995, 414723.04000000004 5489370.609999999, 414727.4299999997 5489366.949999999, 414746.26999999955 5489346.390000001, 414756.5700000003 5489328.24, 414764.2000000002 5489304, 414767.25 5489274.68, 414768.08999999985 5489253.460000001, 414768.2400000002 5489249.6, 414756.1299999999 5489241.93, 414754.63999999966 5489245.220000001, 414673.20999999996 5489223.550000001, 414539.3099999996 5489194.0600000005, 414488.58999999985 5489178.49, 414440.46999999974 5489166.470000001, 414407.98000000045 5489162.779999999, 414415.3099999996 5489132.73, 414416.26999999955 5489128.800000001, 414421.1500000004 5489108.77, 414467.5999999996 5489122.609999999, 414468.96999999974 5489095.51, 414471.5099999998 5489045.1, 414472.23000000045 5489030.85, 414542.53000000026 5489060.970000001, 414560.8300000001 5489068.8100000005, 414581.6500000004 5489080.48, 414634.33999999985 5489115.800000001, 414763.3499999996 5489186.99, 414766.6299999999 5489192.9, 414770.0800000001 5489200.92, 414774.8499999996 5489202.26, 414783.9299999997 5489214.710000001, 414812.75 5489245.9399999995, 414825.41000000015 5489257.49, 414883.23000000045 5489304.42, 414897.4000000004 5489317.119999999, 414913.01999999955 5489347.76, 414923.08999999985 5489348.25, 414908.0099999998 5489323.26, 414910.28000000026 5489320.32, 415000.6200000001 5489345.27, 415105.38999999966 5489372.470000001, 415112.1299999999 5489374.220000001, 415126.48000000045 5489377.9399999995, 415156.48000000045 5489384.359999999, 415195.9900000002 5489383.140000001, 415274.2000000002 5489371.74, 415282.2000000002 5489363.76, 415284.3200000003 5489361.59, 415286.03000000026 5489306.5600000005, 415328.3099999996 5489312.77, 415331.5 5489313.24, 415350.11000000034 5489387.550000001, 415456.7000000002 5489395.09, 415459.6699999999 5489421.16, 415471.9400000004 5489419.07, 415476.83999999985 5489418.210000001, 415540.73000000045 5489407.08, 415544.78000000026 5489406.390000001, 415570.73000000045 5489401.82, 415583.8099999996 5489401.640000001, 415603.33999999985 5489403.25, 415611.8300000001 5489337.16, 415612.5800000001 5489332.9399999995, 415613.1299999999 5489317.9399999995, 415614.0499999998 5489305.18, 415789.4500000002 5489348.25, 415787.9400000004 5489350.83, 415764.9199999999 5489374.720000001, 415749.6699999999 5489390.5600000005, 415714.1299999999 5489436.01, 415700.6699999999 5489459.0600000005, 415688.2999999998 5489485.390000001, 415694.4000000004 5489486.789999999, 415705.7000000002 5489461.4, 415795.5499999998 5489499.220000001, 415847.3499999996 5489539.75, 416161.66000000015 5489613.42, 416146.5999999996 5489621.82, 416137.0099999998 5489628.619999999, 416131.41000000015 5489634.92, 416125.91000000015 5489642.91, 416117.48000000045 5489657.630000001, 416112.51999999955 5489666.300000001, 416120.3200000003 5489668.800000001, 416132.5099999998 5489646.41, 416137.0099999998 5489639.32, 416141.5999999996 5489634.119999999, 416149.8099999996 5489628.42, 416192.6900000004 5489605.029999999, 416199.58999999985 5489600.4399999995, 416206.28000000026 5489594.34, 416213.1799999997 5489585.84, 416241.5700000003 5489521.460000001, 416246.2599999998 5489514.960000001, 416251.66000000015 5489511.27, 416260.16000000015 5489508.57, 416268.95999999996 5489508.17, 416278.25 5489509.17, 416286.3499999996 5489511.26, 416311.9400000004 5489522.369999999, 416320.53000000026 5489524.5600000005, 416330.54000000004 5489523.5600000005, 416344.9299999997 5489520.960000001, 416361.21999999974 5489516.960000001, 416372.3099999996 5489513.67, 416399.5999999996 5489504.970000001, 416433.01999999955 5489493.75, 416442.4900000002 5489490.57, 416477.5800000001 5489475.380000001, 416530.0499999998 5489448.390000001, 416547.25 5489490.279999999, 416555.5499999998 5489519.26, 416562.25 5489549.050000001, 416562.3099999996 5489549.57, 416629.6699999999 5489539.9399999995, 416633.45999999996 5489561.220000001, 416645.41000000015 5489562.039999999, 416670.5 5489568.140000001, 416671.7999999998 5489573.140000001, 416676.0999999996 5489587.039999999, 416684.29000000004 5489589.529999999, 416726.6799999997 5489584.34, 416753.96999999974 5489575.140000001, 416781.25 5489566.34, 416800.1500000004 5489559.9399999995, 416818.54000000004 5489557.449999999, 416829.63999999966 5489558.65, 416833.3300000001 5489561.24, 416828.63999999966 5489581.130000001, 416821.4400000004 5489597.529999999, 416792.88999999966 5489655.08, 416749.96999999974 5489649.710000001, 416730.46999999974 5489649.710000001, 416681.2999999998 5489653.41, 416675.9000000004 5489669.5, 416639.51999999955 5489651.109999999, 416622.51999999955 5489644.619999999, 416601.23000000045 5489639.210000001, 416567.83999999985 5489632.51, 416550.7400000002 5489629.609999999, 416529.8499999996 5489627.220000001, 416513.45999999996 5489627.220000001, 416491.5700000003 5489629.02, 416462.3799999999 5489633.32, 416454.04000000004 5489634.93, 416384.11000000034 5489653.91, 416272.66000000015 5489708.789999999, 416274.75 5489727.779999999, 416276.9500000002 5489738.58, 416317.86000000034 5489849.1899999995)), ((419534.5999999996 5486932.359999999, 419532.3300000001 5486930.630000001, 419520.1299999999 5486921.390000001, 419516.9199999999 5486919.09, 419530.6699999999 5486894.65, 419602.21999999974 5486774.16, 419613.21999999974 5486766.039999999, 419621.01999999955 5486757.01, 419634.4299999997 5486733.300000001, 419599.5099999998 5486709.039999999, 419562.8799999999 5486683.609999999, 419561.33999999985 5486682.470000001, 419572.41000000015 5486662.800000001, 419590.61000000034 5486635.4399999995, 419600.9500000002 5486623.17, 419641.33999999985 5486582.039999999, 419652.0099999998 5486570.15, 419661.63999999966 5486557.609999999, 419669.63999999966 5486544.51, 419679.3799999999 5486525.300000001, 419688.8099999996 5486499.970000001, 419697.8099999996 5486480.550000001, 419711.0099999998 5486458.4, 419718.8300000001 5486457.0600000005, 419727.2000000002 5486449.24, 419727.95999999996 5486446.42, 419732.9199999999 5486427.9399999995, 419744.08999999985 5486414.35, 419795.5700000003 5486351.699999999, 419811.25 5486332.699999999, 419815.16000000015 5486327.869999999, 419821.4199999999 5486314.67, 419822.2400000002 5486303.67, 419821.7599999998 5486289.3100000005, 419820.9299999997 5486237.6, 419819.5599999996 5486181.9, 419819.3099999996 5486178.34, 419818.8499999996 5486164.34, 419820.16000000015 5486151.27, 419820.63999999966 5486138.210000001, 419819.3200000003 5486128.130000001, 419816.48000000045 5486118.4, 419808.45999999996 5486101.93, 419799.8300000001 5486083.73, 419797.13999999966 5486077.85, 419792.2599999998 5486065.199999999, 419784.29000000004 5486046.5600000005, 419781.78000000026 5486026.6, 419780.79000000004 5486017.92, 419777.0700000003 5486007.140000001, 419768.0800000001 5485988.779999999, 419753.91000000015 5485966.43, 419750.23000000045 5485951.93, 419745.6200000001 5485926.869999999, 419745.0099999998 5485920.630000001, 419741.91000000015 5485892.4399999995, 419739.23000000045 5485872.51, 419735.6200000001 5485853.1, 419731.53000000026 5485833.140000001, 419729.01999999955 5485813.140000001, 419723.9000000004 5485793.9399999995, 419719.63999999966 5485774.300000001, 419715.8099999996 5485753.9399999995, 419706 5485695.199999999, 419709.5099999998 5485694.949999999, 419711.4199999999 5485694.77, 419750.7000000002 5485689.529999999, 419753.3499999996 5485690.949999999, 419771.2000000002 5485687.82, 419762.03000000026 5485602.76, 419755 5485537.630000001, 419757.8499999996 5485537.699999999, 419723.78000000026 5485524.369999999, 419721.16000000015 5485523.289999999, 419718.46999999974 5485522.17, 419710.0800000001 5485518.6899999995, 419705.5599999996 5485514.960000001, 419699.8700000001 5485510.27, 419697.0800000001 5485493.17, 419694.9199999999 5485480.0600000005, 419695.23000000045 5485472.300000001, 419695.9500000002 5485454.359999999, 419699.96999999974 5485391.369999999, 419705.0099999998 5485331.48, 419706.78000000026 5485295.619999999, 419705.4199999999 5485282.83, 419702.9500000002 5485269.73, 419700.01999999955 5485255.4399999995, 419695.16000000015 5485245.51, 419688.1900000004 5485231.08, 419680.8700000001 5485222.4, 419671.1200000001 5485210.99, 419662.7400000002 5485201.24, 419659.38999999966 5485197.449999999, 419651.4199999999 5485186.66, 419649.0099999998 5485177.869999999, 419650.4000000004 5485167.6, 419664.11000000034 5485129.039999999, 419667.96999999974 5485118.199999999, 419673.86000000034 5485088.73, 419674.5 5485085.49, 419667.4400000004 5485041.84, 419666.11000000034 5485024.119999999, 419661.9900000002 5484977.1899999995, 419663.63999999966 5484949.859999999, 419670.7999999998 5484934.960000001, 419678.83999999985 5484918.73, 419691.5700000003 5484892.68, 419697.0700000003 5484882.18, 419725.11000000034 5484828.68, 419727.6299999999 5484824.02, 419728.0700000003 5484824.039999999, 419748.4000000004 5484823.58, 419779.13999999966 5484801.09, 419792.58999999985 5484794.07, 419794 5484773.609999999, 419803.4500000002 5484699.6899999995, 419804.08999999985 5484694.720000001, 419806.91000000015 5484643.02, 419813.8300000001 5484631.949999999, 419826.16000000015 5484612.25, 419828.91000000015 5484607.84, 419817.78000000026 5484597.880000001, 419820.3099999996 5484565.539999999, 419822.78000000026 5484536.67, 419824.71999999974 5484514.4, 419837.21999999974 5484528.8100000005, 419853.1500000004 5484548.029999999, 419867.1500000004 5484565.359999999, 419875.5700000003 5484582.800000001, 419880.26999999955 5484592.529999999, 419891.9900000002 5484617.199999999, 419902.1699999999 5484638.880000001, 419914.7400000002 5484665.109999999, 419926.0599999996 5484688.5, 419929.4900000002 5484695.470000001, 419939.0700000003 5484714.970000001, 419943.0800000001 5484723.15, 419949.2000000002 5484780, 419951.76999999955 5484803.869999999, 419952.21999999974 5484810.4, 419923.41000000015 5484818.85, 419914.51999999955 5484823.9, 419849.9000000004 5484860.66, 419839.7400000002 5484866.359999999, 419817.6500000004 5484878.76, 419800.8200000003 5484906.5, 419781.1900000004 5484904.279999999, 419761.11000000034 5484915.609999999, 419753.5099999998 5484925.5600000005, 419743.78000000026 5484938.02, 419744.5700000003 5484982.390000001, 419752.70999999996 5485018.66, 419750.54000000004 5485020.619999999, 419748.8099999996 5485022.1899999995, 419748.41000000015 5485062.73, 419750.9299999997 5485124.050000001, 419754.61000000034 5485160.42, 419757.8099999996 5485191.970000001, 419769.4299999997 5485282.16, 419771.38999999966 5485307.35, 419775.6799999997 5485362.27, 419776.3499999996 5485370.75, 419777.1299999999 5485378.52, 419779.0700000003 5485394.4399999995, 419781.1799999997 5485411.609999999, 419783.9400000004 5485433.869999999, 419784.73000000045 5485440.15, 419788.8300000001 5485474.699999999, 419791.51999999955 5485497.83, 419794.11000000034 5485518.17, 419795.7999999998 5485528.9399999995, 419795.1699999999 5485539.51, 419792.1200000001 5485595.3100000005, 419793.38999999966 5485599.949999999, 419807.6699999999 5485658.359999999, 419808.8499999996 5485660.68, 419810.1299999999 5485672.390000001, 419810.58999999985 5485680.52, 419810.91000000015 5485686.16, 419812.33999999985 5485698.74, 419812.53000000026 5485700.51, 419813.8700000001 5485711.57, 419814.8099999996 5485721.960000001, 419813.5499999998 5485747.609999999, 419813.41000000015 5485751.5, 419816.9900000002 5485774.98, 419825 5485788.82, 419824.5700000003 5485805.390000001, 419829.4199999999 5485885.76, 419835.8499999996 5485945.91, 419838.9199999999 5485944.91, 419861.41000000015 5485951.01, 419866.1500000004 5485960.130000001, 419872.8499999996 5485993.539999999, 419901.5700000003 5486050.039999999, 419898.54000000004 5486055.51, 419902.0599999996 5486068.99, 419908.4299999997 5486091.470000001, 419913.1299999999 5486112.58, 419914.1299999999 5486126.550000001, 419918.20999999996 5486136.529999999, 419939.6699999999 5486169.49, 419966.5999999996 5486207.869999999, 419974.0599999996 5486233.880000001, 419985.8099999996 5486269.91, 419991.04000000004 5486281.970000001, 419994.95999999996 5486289.91, 420006.4400000004 5486306.32, 420022.36000000034 5486317.5600000005, 420049.0599999996 5486323.77, 420079.1200000001 5486320.800000001, 420095.2000000002 5486319.26, 420099.6500000004 5486318.83, 420116.9400000004 5486320.43, 420164.86000000034 5486316.35, 420177.3799999999 5486315.289999999, 420238.6299999999 5486307.76, 420312.48000000045 5486307.8100000005, 420328.1500000004 5486306.77, 420331.6699999999 5486306.539999999, 420331.2000000002 5486301.369999999, 420382.75 5486294.6899999995, 420416.1200000001 5486297.27, 420417.6799999997 5486317.74, 420419.0599999996 5486335.65, 420419.2599999998 5486338.630000001, 420412.1699999999 5486339.630000001, 420413.9500000002 5486359.3100000005, 420414.91000000015 5486370.33, 420415.3700000001 5486390.279999999, 420266.8200000003 5486397.869999999, 420175.83999999985 54</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6413-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6413-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6413-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6413-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-101" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6413-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6413-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6413-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-101" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6413-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6413-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6413-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108928</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.4425078487</v>
+        <v>46068.19674020674</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>