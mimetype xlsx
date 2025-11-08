--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108927</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.54888050347</v>
+        <v>45969.56552580334</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>