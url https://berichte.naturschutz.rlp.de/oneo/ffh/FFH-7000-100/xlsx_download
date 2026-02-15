--- v1 (2025-11-08)
+++ v2 (2026-02-15)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6411-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((392770.11000000034 5486024.25, 392729.86000000034 5486180.460000001, 392715.5700000003 5486195.9, 392645.70999999996 5486219.609999999, 392598.91000000015 5486227.300000001, 392579.4900000002 5486225.0600000005, 392513.16000000015 5486209.67, 392491.4900000002 5486218.42, 392419.88999999966 5486117.289999999, 392425.1699999999 5486077.359999999, 392416.3799999999 5486033.76, 392416.0599999996 5486022.07, 392433.0999999996 5485997.9399999995, 392413.83999999985 5485939.09, 392413.76999999955 5485936.18, 392414.7400000002 5485916.859999999, 392421.5700000003 5485894.8100000005, 392429.70999999996 5485872.34, 392432.48000000045 5485859.67, 392440.20999999996 5485848.67, 392475.13999999966 5485861.050000001, 392507.83999999985 5485860.52, 392580.11000000034 5485892.74, 392620.88999999966 5485873.18, 392629.1699999999 5485874.1, 392644.5700000003 5485886.869999999, 392688.33999999985 5485923.140000001, 392692.5599999996 5485926.65, 392739 5485970.52, 392769.3799999999 5485999.369999999, 392770.11000000034 5486024.25)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-100" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-100" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108927</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.56552580334</v>
+        <v>46068.92733587132</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>