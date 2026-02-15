--- v0 (2025-11-10)
+++ v1 (2026-02-15)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6411-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((396364.48000000045 5491931.5600000005, 396379.8700000001 5491922.130000001, 396386.3300000001 5491908.6899999995, 396427.21999999974 5491798.380000001, 396433.4199999999 5491736.82, 396442.2999999998 5491668.550000001, 396447.95999999996 5491669.220000001, 396448.86000000034 5491705.4399999995, 396502.79000000004 5491687.1899999995, 396546.7400000002 5491689.59, 396581.1500000004 5491691.460000001, 396593.0499999998 5491696.9, 396621.5 5491709.869999999, 396624.20999999996 5491712.02, 396635.03000000026 5491720.6, 396631.63999999966 5491739.68, 396645.0599999996 5491745.890000001, 396640.9299999997 5491756.99, 396668.1299999999 5491767.039999999, 396728.95999999996 5491691.24, 396730.20999999996 5491676, 396750.73000000045 5491647.84, 396689.3700000001 5491596.98, 396706.41000000015 5491555.07, 396719.38999999966 5491561.91, 396720.8099999996 5491562.66, 396747.4500000002 5491573.199999999, 396781.96999999974 5491583.5, 396797.0999999996 5491585.949999999, 396807.48000000045 5491590.050000001, 396820.54000000004 5491592.220000001, 396859.7400000002 5491593.65, 396861.11000000034 5491588.16, 396865.5800000001 5491563.529999999, 396879.13999999966 5491566.970000001, 396880.9299999997 5491556.720000001, 396910.0800000001 5491561.5, 396913.26999999955 5491552.93, 396913.83999999985 5491551.390000001, 396932.9500000002 5491476.52, 396944.91000000015 5491443.75, 396951.5700000003 5491444.83, 396952.9900000002 5491445.15, 396958.3700000001 5491446.35, 396976.58999999985 5491450.43, 396983.3499999996 5491451.9399999995, 396990.58999999985 5491453.5600000005, 397030.8300000001 5491385.199999999, 397034.28000000026 5491379.34, 397035.13999999966 5491377.880000001, 397045.54000000004 5491357.67, 397049.6900000004 5491360.890000001, 397063.5599999996 5491371.66, 397071.76999999955 5491377.99, 397084.4500000002 5491364.01, 397111.7599999998 5491337.02, 397122.25 5491346.289999999, 397136.7999999998 5491325.3100000005, 397143.71999999974 5491315.960000001, 397158.3799999999 5491296.140000001, 397165.95999999996 5491309.51, 397168.9900000002 5491318.789999999, 397150.21999999974 5491357.199999999, 397154.75 5491363.220000001, 397162.0599999996 5491372.93, 397185.75 5491404.4, 397199.5599999996 5491422.75, 397270.96999999974 5491383.710000001, 397272.8200000003 5491382.960000001, 397273.0599999996 5491393.43, 397273.5099999998 5491414.27, 397291.1799999997 5491413.609999999, 397300.3200000003 5491413.289999999, 397313.76999999955 5491414.109999999, 397358.1299999999 5491418.66, 397430.2999999998 5491436.140000001, 397448.7599999998 5491440.609999999, 397454.1699999999 5491441.33, 397455.5800000001 5491431.27, 397456.3799999999 5491424.84, 397464.04000000004 5491397.8100000005, 397471.2999999998 5491393.0600000005, 397503.8300000001 5491376.1899999995, 397519.5800000001 5491346.15, 397552.5999999996 5491275.460000001, 397554.71999999974 5491270.93, 397558.61000000034 5491262.609999999, 397562.5599999996 5491254.15, 397599.3799999999 5491175.369999999, 397633.08999999985 5491200.76, 397665.0599999996 5491225.32, 397686.79000000004 5491242.01, 397705.75 5491257.01, 397703.9000000004 5491258.73, 397712.6200000001 5491352.1, 397712.8200000003 5491354.17, 397714.96999999974 5491354.92, 397788.23000000045 5491380.65, 397851.6900000004 5491402.93, 397869.3799999999 5491410.84, 397871.01999999955 5491403.5, 397872.3700000001 5491396.66, 397886.8700000001 5491322.93, 397887.6799999997 5491318.75, 397876.95999999996 5491319.52, 397876.4299999997 5491317.1, 397871.5099999998 5491294.77, 397869.20999999996 5491281.08, 397867.66000000015 5491269.119999999, 397867.1799999997 5491260.65, 397867.1299999999 5491249, 397867.9500000002 5491235.83, 397869.83999999985 5491219.02, 397873.1500000004 5491201.949999999, 397880.9500000002 5491167.460000001, 397868.1799999997 5491166.65, 397822.13999999966 5491163.74, 397817.1500000004 5491151.43, 397814.3099999996 5491138.779999999, 397811.76999999955 5491125.1, 397810.1500000004 5491116.17, 397808.01999999955 5491102.25, 397806.6500000004 5491094.26, 397805.28000000026 5491085.640000001, 397804.1699999999 5491078.609999999, 397800.7599999998 5491064.390000001, 397795.61000000034 5491049.48, 397786.5599999996 5491023.25, 397799.4000000004 5491018.5600000005, 397804.0800000001 5491025.470000001, 397824.9900000002 5491028.220000001, 397807 5491000.26, 397783.8099999996 5490958.82, 397761.98000000045 5490917.880000001, 397761.5 5490917, 397782.1200000001 5490907.77, 397798.0599999996 5490900.970000001, 397806.9500000002 5490897.18, 397816.9000000004 5490892.93, 397826.33999999985 5490888.9, 397833.73000000045 5490883.34, 397833.51999999955 5490883.050000001, 397827.4000000004 5490875.359999999, 397803.2000000002 5490849.380000001, 397795.7999999998 5490841.130000001, 397789.9199999999 5490833.039999999, 397786.4400000004 5490826.66, 397783.51999999955 5490820.35, 397771.5099999998 5490791.130000001, 397766.5 5490778.949999999, 397752.8499999996 5490749.85, 397745.04000000004 5490733.130000001, 397738.6500000004 5490715.67, 397728.70999999996 5490678.289999999, 397723.4000000004 5490649.58, 397721.96999999974 5490636.5, 397722.2999999998 5490623.5600000005, 397723.45999999996 5490613.640000001, 397726.41000000015 5490600.130000001, 397727.1699999999 5490597.58, 397732.66000000015 5490568.98, 397736.6699999999 5490557.84, 397740.9199999999 5490549.539999999, 397736.4500000002 5490545.630000001, 397735.5999999996 5490541.289999999, 397732.91000000015 5490527.66, 397731.46999999974 5490520.380000001, 397727.0499999998 5490497.42, 397734.4299999997 5490493.960000001, 397802.6200000001 5490461.91, 397808.5099999998 5490463.59, 397812.98000000045 5490456.74, 397825.25 5490435.449999999, 397833.8499999996 5490472.4, 397839.7999999998 5490500.01, 397842.9299999997 5490509.15, 397844.9000000004 5490514.9, 397848.7599999998 5490513.140000001, 397861.3300000001 5490507.4, 397903.96999999974 5490487.91, 397916.48000000045 5490480.49, 397963.2000000002 5490458.869999999, 397974.66000000015 5490453.58, 397971.8499999996 5490447.949999999, 397970.48000000045 5490444.619999999, 397974.5999999996 5490442.779999999, 397969.0499999998 5490429.710000001, 397964.1200000001 5490418.07, 398018.4299999997 5490388.49, 398057.8799999999 5490362.550000001, 398057.73000000045 5490360.18, 398075.2000000002 5490351.26, 398117.1900000004 5490324.99, 398172.0800000001 5490290.68, 398198.6900000004 5490274.15, 398204.3099999996 5490270.65, 398211.2999999998 5490265.65, 398211.04000000004 5490261.65, 398210.5999999996 5490254.85, 398210.4199999999 5490252.0600000005, 398210.1500000004 5490249.140000001, 398209.4000000004 5490242.9, 398208.75 5490237.529999999, 398207.29000000004 5490225.380000001, 398205.96999999974 5490214.51, 398204.3300000001 5490203.640000001, 398202.5599999996 5490191.92, 398197.7400000002 5490177.41, 398195.20999999996 5490174.109999999, 398245.3700000001 5490097.82, 398258.0700000003 5490089.43, 398276.8499999996 5490083.42, 398310.63999999966 5490078.380000001, 398342.2599999998 5490075.91, 398341.8300000001 5490091, 398341.6500000004 5490097.24, 398352.9299999997 5490096.34, 398395.46999999974 5490099.8100000005, 398444.0999999996 5490107.08, 398461.46999999974 5490110.84, 398477.4000000004 5490086.050000001, 398490.91000000015 5490088.5600000005, 398521.0499999998 5490068.01, 398525.71999999974 5490054.02, 398541.28000000026 5490050.6899999995, 398545.2400000002 5490040.5, 398554.0099999998 5490042.640000001, 398560.7599999998 5490026.75, 398568 5490010.3100000005, 398570.5599999996 5490004.4399999995, 398613.5599999996 5490016.77, 398673.83999999985 5490039.380000001, 398677.3700000001 5490018.23, 398680.66000000015 5489998.83, 398690.1200000001 5490006.869999999, 398694.1699999999 5490010.3100000005, 398743.5599999996 5490052.23, 398768.5 5490083.52, 398802.3300000001 5490129.59, 398805.25 5490134.210000001, 398809.04000000004 5490132.710000001, 398827.13999999966 5490145.029999999, 398857.0099999998 5490168.9399999995, 398879.11000000034 5490187.91, 398896.5599999996 5490204.960000001, 398894.86000000034 5490206.970000001, 398920.13999999966 5490227.17, 398935.3099999996 5490240.609999999, 398946.33999999985 5490252.359999999, 398966.98000000045 5490275.66, 398977.5999999996 5490290.369999999, 398989.0999999996 5490281.49, 398999.2000000002 5490273.68, 399011.45999999996 5490287.859999999, 399032.6900000004 5490332.6899999995, 399063.73000000045 5490317.27, 399064.2999999998 5490320.859999999, 399073.6900000004 5490379.1899999995, 399075.8700000001 5490452.800000001, 399076.0800000001 5490459.800000001, 399086.1900000004 5490461.16, 399086.9299999997 5490454.68, 399090.01999999955 5490409, 399093.25 5490338.57, 399090 5490317.789999999, 399087.0599999996 5490305.67, 399101.9500000002 5490296.76, 399127.16000000015 5490281.41, 399136.36000000034 5490275.800000001, 399151.54000000004 5490266.529999999, 399154.3200000003 5490264.83, 399158.4500000002 5490264.3100000005, 399166.46999999974 5490271.210000001, 399175.2000000002 5490271.82, 399179.0499999998 5490272.08, 399185.6699999999 5490272.539999999, 399196.01999999955 5490273.25, 399201.5999999996 5490273.630000001, 399195.75 5490372.710000001, 399191.79000000004 5490373.449999999, 399192.0599999996 5490376.619999999, 399192.0999999996 5490388.369999999, 399191.1900000004 5490432.359999999, 399191.03000000026 5490467.880000001, 399191.25 5490476.01, 399191.9299999997 5490482.93, 399193.76999999955 5490490.300000001, 399195.5 5490495.699999999, 399199.03000000026 5490501.49, 399201.9500000002 5490506.880000001, 399203.6799999997 5490510.92, 399206.3799999999 5490518.119999999, 399208.3300000001 5490523.65, 399208.75 5490526.49, 399208.75 5490534.6899999995, 399208.51999999955 5490545.24, 399208.6500000004 5490556.42, 399209.21999999974 5490566.890000001, 399209.5 5490575.07, 399203.1299999999 5490590.24, 399201.38999999966 5490596.35, 399201 5490598.57, 399201.0499999998 5490600.6899999995, 399201.33999999985 5490603.01, 399202.4000000004 5490605.449999999, 399203.3300000001 5490606.789999999, 399208.6500000004 5490612.49, 399215.5800000001 5490619.640000001, 399213.6200000001 5490623.33, 399211.98000000045 5490622.220000001, 399209.63999999966 5490620.970000001, 399206.3799999999 5490619.779999999, 399203.11000000034 5490619.01, 399200.0599999996 5490618.83, 399197.9400000004 5490618.84, 399195.2999999998 5490619.960000001, 399182.4900000002 5490627.27, 399170.8799999999 5490634.210000001, 399161.03000000026 5490637.5600000005, 399152.48000000045 5490640.77, 399150.9900000002 5490642.119999999, 399142.48000000045 5490652.84, 399135.7400000002 5490661.029999999, 399130.3499999996 5490670.890000001, 399126.4500000002 5490676.460000001, 399110.29000000004 5490688.66, 399093.9299999997 5490712.82, 399082.4900000002 5490729.75, 399076.03000000026 5490739.18, 399072.6200000001 5490744.1899999995, 399068.5499999998 5490750.18, 399062.26999999955 5490759.529999999, 399057.03000000026 5490767.35, 399053.46999999974 5490772.640000001, 399048.6799999997 5490781.970000001, 399062.61000000034 5490796.779999999, 399070.4900000002 5490805.16, 399059.03000000026 5490810.279999999, 399058.7999999998 5490809.8100000005, 399056.36000000034 5490834.59, 399059.04000000004 5490856.960000001, 399059.5999999996 5490876.8100000005, 399034.28000000026 5490879.73, 399025.36000000034 5490880.76, 399025.9299999997 5490892.470000001, 399026.9299999997 5490900.0600000005, 399025.4199999999 5490924.35, 399012.9000000004 5490924.630000001, 398993.66000000015 5490925.0600000005, 398993.33999999985 5490929, 398979.63999999966 5490946.17, 398983.4299999997 5490918.67, 398958.86000000034 5490919.800000001, 398954.01999999955 5490920.029999999, 398954.3200000003 5490916.630000001, 398949.70999999996 5490920.779999999, 398946.28000000026 5490957.82, 398945.0700000003 5490966.050000001, 398943.3799999999 5490973.51, 398931.3499999996 5491021.33, 398929.95999999996 5491026.24, 398920.95999999996 5491064.880000001, 398907.6900000004 5491090.449999999, 398892.1799999997 5491120.3100000005, 398886.4199999999 5491131.390000001, 398851.03000000026 5491220.9, 398788.63999999966 5491346.77, 398793.4500000002 5491360.949999999, 398797.36000000034 5491371.890000001, 398798.83999999985 5491379.17, 398802.29000000004 5491392.880000001, 398805.2599999998 5491406.98, 398807.11000000034 5491418.869999999, 398808.6500000004 5491433.470000001, 398811.2400000002 5491460.1, 398811.33999999985 5491464.15, 398820.73000000045 5491462.9399999995, 398830.7599999998 5491467.27, 398886.63999999966 5491490.65, 398926.9500000002 5491505.050000001, 398926.48000000045 5491525.18, 399004.6500000004 5491550.890000001, 399003.2400000002 5491554.859999999, 399001.8300000001 5491560.42, 399000.4400000004 5491568.4399999995, 398998.9900000002 5491579.16, 398998.5499999998 5491588.140000001, 398999.1299999999 5491607.99, 399000.5 5491612.42, 399006.8200000003 5491628.51, 399009.1299999999 5491634.390000001, 398949.2000000002 5491624.27, 398939.7400000002 5491672.109999999, 398946.4299999997 5491674.550000001, 398953.36000000034 5491676.52, 398960.61000000034 5491677.92, 398969.8200000003 5491679.5600000005, 398968.95999999996 5491691.640000001, 398967.5700000003 5491702.27, 398954.04000000004 5491723.76, 398946.6299999999 5491735.58, 398943.9199999999 5491739.859999999, 398945.73000000045 5491741.24, 398963.38999999966 5491757.6, 398967.6500000004 5491761.359999999, 398987.5800000001 5491778.92, 398999.16000000015 5491790.6, 399007.78000000026 5491797.3100000005, 399019.41000000015 5491805.18, 399037.4900000002 5491811.529999999, 399045.6900000004 5491813.3100000005, 399052.13999999966 5491814.25, 399059.53000000026 5491814.92, 399072.33999999985 5491816.300000001, 399076.3200000003 5491816.84, 399079.01999999955 5491817.9399999995, 399090.4199999999 5491827.140000001, 399104.0099999998 5491837.48, 399106.96999999974 5491839.98, 399110.6799999997 5491844.529999999, 399123.16000000015 5491862.550000001, 399127.0999999996 5491868.369999999, 399129.53000000026 5491873.25, 399129.9000000004 5491877.6899999995, 399133.0499999998 5491883.75, 399134.41000000015 5491885.77, 399141.58999999985 5491896.42, 399147.20999999996 5491903.49, 399152.2000000002 5491911.039999999, 399156.3799999999 5491914.57, 399160.1299999999 5491918.02, 399162.1699999999 5491922.039999999, 399164.28000000026 5491927.5600000005, 399165.9000000004 5491931.18, 399171.3499999996 5491936.92, 399175.3700000001 5491941.710000001, 399183.9900000002 5491954.529999999, 399190.29000000004 5491965.23, 399194.4299999997 5491974.220000001, 399192.6299999999 5491978.35, 399192.5999999996 5491982.470000001, 399196.28000000026 5491985.4399999995, 399202.26999999955 5491989.26, 399207.6799999997 5492014.9399999995, 399215.1500000004 5492033.380000001, 399217.1799999997 5492037.800000001, 399220.0700000003 5492040.699999999, 399221.76999999955 5492044.08, 399222.76999999955 5492048.43, 399226.6500000004 5492056.300000001, 399229.5099999998 5492064.75, 399231.0499999998 5492067.98, 399233.46999999974 5492071.52, 399229.7599999998 5492082.949999999, 399229.1500000004 5492086.359999999, 399230.46999999974 5492090.460000001, 399233.48000000045 5492098.27, 399238.45999999996 5492103.76, 399243.1900000004 5492108.539999999, 399245.21999999974 5492112.640000001, 399245.1699999999 5492117.390000001, 399242.7000000002 5492123.74, 399241.9199999999 5492125.73, 399243.45999999996 5492128.720000001, 399248.3099999996 5492137.779999999, 399250.26999999955 5492143.529999999, 399251.8200000003 5492148.029999999, 399253.9299999997 5492152.289999999, 399255.3099999996 5492156.15, 399254.29000000004 5492166.369999999, 399264.8499999996 5492160.199999999, 399350.21999999974 5492206.300000001, 399377.5800000001 5492261.609999999, 399396.45999999996 5492278.460000001, 399437.8700000001 5492315.4399999995, 399446.3300000001 5492322.98, 399492.4900000002 5492351.6899999995, 399480.33999999985 5492374.359999999, 399481.3099999996 5492375.01, 399527.6299999999 5492405.949999999, 399576.2999999998 5492439.539999999, 399575.3799999999 5492441.18, 399565.95999999996 5492458.210000001, 399564.5 5492457.27, 399541.6900000004 5492441.74, 399538.21999999974 5492445.73, 399505.11000000034 5492483.869999999, 399504.2400000002 5492483.140000001, 399496.11000000034 5492476.210000001, 399494.0099999998 5492478.6899999995, 399482.91000000015 5492491.779999999, 399481.5 5492493.4399999995, 399478.38999999966 5492495.460000001, 399437.83999999985 5492521.91, 399412.5099999998 5492538.43, 399407.5700000003 5492540.42, 399403.3499999996 5492542.119999999, 399399.1200000001 5492543.83, 399387.3099999996 5492548.6, 399369.4900000002 5492516.25, 399358.7400000002 5492517.949999999, 399346.08999999985 5492519.960000001, 399298.5 5492438.130000001, 399292.6699999999 5492428.789999999, 399265.6799999997 5492385.58, 399242.38999999966 5492359.02, 399215.66000000015 5492333.390000001, 399210.7999999998 5492328.73, 399184.0999999996 5492321.82, 399184.5999999996 5492319.539999999, 399185.70999999996 5492314.4, 399120.6500000004 5492291.710000001, 399106.4400000004 5492284.789999999, 399097.26999999955 5492273.3100000005, 399091.3700000001 5492262.130000001, 399075.3700000001 5492257.859999999, 399065.4199999999 5492255.76, 399054.71999999974 5492253.890000001, 399052.04000000004 5492253.42, 399032.54000000004 5492252.82, 399005.58999999985 5492252.01, 398997.6299999999 5492251.01, 398987.9299999997 5492249.77, 398974.5599999996 5492248.800000001, 398964.5499999998 5492248.43, 398941.08999999985 5492247.59, 398922.7000000002 5492246.92, 398919.79000000004 5492247.73, 398892.3700000001 5492255.289999999, 398890.8499999996 5492255.77, 398886.9400000004 5492252.130000001, 398885.0999999996 5492249.67, 398883.08999999985 5492246.75, 398881.2400000002 5492241.67, 398879.9500000002 5492237.23, 398879.4299999997 5492230.26, 398879.7999999998 5492224.140000001, 398881.20999999996 5492217.880000001, 398895.1299999999 5492168.539999999, 398898.66000000015 5492158.449999999, 398901.95999999996 5492150.1, 398910.6900000004 5492130.630000001, 398913.8200000003 5492118.789999999, 398914.26999999955 5492113.550000001, 398913.9199999999 5492106.890000001, 398913.46999999974 5492104.08, 398912.28000000026 5492096.73, 398907.71999999974 5492072.630000001, 398905.58999999985 5492060.02, 398903.71999999974 5492050.02, 398902.3099999996 5492039.24, 398895.7999999998 5491990.140000001, 398892.83999999985 5491972.779999999, 398890.73000000045 5491962.23, 398889.03000000026 5491954.9399999995, 398884.0099999998 5491937.74, 398883.0599999996 5491935.1, 398877.73000000045 5491920.48, 398868.98000000045 5491900.67, 398861.5599999996 5491887.779999999, 398816.9199999999 5491797.51, 398814.2599999998 5491790.6, 398813.4500000002 5491786.24, 398811.16000000015 5491756.800000001, 398809.9900000002 5491744.029999999, 398807.5999999996 5491726.8100000005, 398801.48000000045 5491725.800000001, 398794.91000000015 5491724.1899999995, 398788.5700000003 5491722.630000001, 398775.04000000004 5491719.3100000005, 398760.2999999998 5491715.699999999, 398758.8799999999 5491715.35, 398741.8700000001 5491711.18, 398735.4500000002 5491696.77, 398734.54000000004 5491698.91, 398732.3200000003 5491704.1899999995, 398730.4900000002 5491708.550000001, 398729.4000000004 5491711.130000001, 398727.58999999985 5491715.43, 398722.5099999998 5491718.220000001, 398717.4299999997 5491720.3100000005, 398710.95999999996 5491725.140000001, 398710.20999999996 5491725.699999999, 398703.5099999998 5491730.710000001, 398699.46999999974 5491733.73, 398690.6500000004 5491740.3100000005, 398687.2000000002 5491742.890000001, 398677.08999999985 5491750.449999999, 398666.8700000001 5491744.779999999, 398660.4000000004 5491741.789999999, 398652.9000000004 5491738.73, 398642.9199999999 5491735.199999999, 398626.1500000004 5491729.48, 398623.0599999996 5491728.68, 398620.8200000003 5491733.380000001, 398611.6299999999 5491752.609999999, 398603.61000000034 5491769.4, 398594.96999999974 5491778.25, 398584.48000000045 5491788.99, 398575.91000000015 5491780.609999999, 398567.5999999996 5491785.35, 398558.58999999985 5491790.49, 398548.8099999996 5491796.07, 398544.6900000004 5491798.41, 398541.29000000004 5491800.359999999, 398532.98000000045 5491805.09, 398515.4500000002 5491815.1, 398493.58999999985 5491818.699999999, 398481.71999999974 5491820.65, 398472.86000000034 5491822.109999999, 398462.29000000004 5491823.85, 398445.4199999999 5491826.619999999, 398493.16000000015 5491876.9399999995, 398533.9199999999 5491951.970000001, 398548.8499999996 5491949.630000001, 398558.71999999974 5491948.09, 398568.7400000002 5491946.52, 398577.8099999996 5491945.1, 398587.3499999996 5491943.609999999, 398613.0599999996 5491994.640000001, 398628.98000000045 5492029.119999999, 398631.7999999998 5492035.460000001, 398612.7000000002 5492051.23, 398638.58999999985 5492093.460000001, 398680.26999999955 5492160.630000001, 398674.41000000015 5492164.93, 398628.0999999996 5492258.73, 398585.9500000002 5492308.85, 398690.96999999974 5492349.9, 398681.66000000015 5492364.609999999, 398673.6900000004 5492377.17, 398668.48000000045 5492385.75, 398664.6900000004 5492391.949999999, 398660.9000000004 5492396.02, 398657.4900000002 5492398.720000001, 398653.36000000034 5492400.5600000005, 398649.5599999996 5492401.92, 398647.0099999998 5492402.25, 398643.58999999985 5492402.029999999, 398621.13999999966 5492396.15, 398616.58999999985 5492394.58, 398599.0700000003 5492388.300000001, 398595.3300000001 5492387.199999999, 398589.9900000002 5492385.949999999, 398580.4400000004 5492383.52, 398568.11000000034 5492382.609999999, 398562.86000000034 5492383.1899999995, 398558.73000000045 5492383.76, 398556.03000000026 5492385.27, 398553.91000000015 5492387.9399999995, 398553.83999999985 5492391.630000001, 398555.20999999996 5492395.109999999, 398556.6500000004 5492397.800000001, 398559.9199999999 5492400.17, 398571.41000000015 5492408.3100000005, 398577 5492412.57, 398580.4400000004 5492416.76, 398583.4900000002 5492421.59, 398592.25 5492439.8100000005, 398596.33999999985 5492447.41, 398601.3099999996 5492456.109999999, 398605.48000000045 5492462.609999999, 398611.4000000004 5492470.76, 398615.3300000001 5492475.98, 398617.3300000001 5492479.220000001, 398619.01999999955 5492484.300000001, 398623.5499999998 5492498.48, 398624.45999999996 5492506.65, 398624.88999999966 5492529.57, 398625.26999999955 5492540.84, 398624.5800000001 5492547.35, 398623.5700000003 5492551.710000001, 398621.7599999998 5492556.550000001, 398618.2999999998 5492562.449999999, 398614.4199999999 5492567.6899999995, 398612.1299999999 5492570.16, 398607.6200000001 5492574.07, 398590.6699999999 5492588.33, 398586.46999999974 5492592.07, 398582.36000000034 5492596.609999999, 398578.0099999998 5492602.02, 398572.8700000001 5492608.300000001, 398565.91000000015 5492616.5, 398562.04000000004 5492620.16, 398559.1799999997 5492622.550000001, 398555.2999999998 5492624.710000001, 398543.5599999996 5492630.07, 398540.3499999996 5492632.6, 398538.0800000001 5492633.859999999, 398536.7400000002 5492634.26, 398537.38999999966 5492636.49, 398551.70999999996 5492666.130000001, 398559.9199999999 5492682.77, 398566.71999999974 5492701.93, 398605.3799999999 5492803.57, 398632.8799999999 5492876.470000001, 398709.4000000004 5493042.890000001, 398748.28000000026 5493080.75, 398630.70999999996 5493197.109999999, 398625.2000000002 5493202.460000001, 398621.70999999996 5493205.85, 398616.95999999996 5493210.449999999, 398625.5599999996 5493219.380000001, 398633.4900000002 5493223.6899999995, 398619.9000000004 5493234.16, 398625.51999999955 5493244.529999999, 398630.9000000004 5493254.630000001, 398631.1799999997 5493254.550000001, 398672.8799999999 5493280.4399999995, 398671.7999999998 5493282.18, 398671.1900000004 5493283.529999999, 398699.5499999998 5493300.26, 398706.9400000004 5493287.08, 398728.26999999955 5493298.73, 398749.76999999955 5493310.460000001, 398770.71999999974 5493321.890000001, 398792.0700000003 5493333.550000001, 398813.91000000015 5493345.48, 398835.86000000034 5493357.460000001, 398857.71999999974 5493369.390000001, 398901.8499999996 5493393.470000001, 398923.8300000001 5493405.470000001, 398930.0099999998 5493409.3100000005, 398935.3200000003 5493412.619999999, 398948.25 5493420.67, 398962.6500000004 5493429.65, 398963.98000000045 5493430.470000001, 398977.95999999996 5493439.25, 398980.0099999998 5493440.42, 398985.88999999966 5493443.789999999, 398993.0099999998 5493447.880000001, 399008.58999999985 5493459.890000001, 399009.6500000004 5493460.41, 399025.23000000045 5493468.140000001, 399043.7999999998 5493476.539999999, 399049.46999999974 5493480.02, 399054.61000000034 5493483.18, 399065.45999999996 5493489.4399999995, 399075.1299999999 5493495.949999999, 399085.1699999999 5493502.960000001, 399088.3499999996 5493507.17, 399089.3799999999 5493511.83, 399089.0800000001 5493516.91, 399087.7999999998 5493520.23, 399086.0999999996 5493522.58, 399083.7599999998 5493523.35, 399054.96999999974 5493531.640000001, 399052.08999999985 5493534.92, 399034.0800000001 5493544.01, 399019.6900000004 5493545.93, 398974.3700000001 5493562.630000001, 398954.4000000004 5493565.609999999, 398934.6699999999 5493568.66, 398909.3799999999 5493582.67, 398914.0099999998 5493592.82, 398917.28000000026 5493599.83, 398920.95999999996 5493607.710000001, 398924.9000000004 5493616.17, 398936.0700000003 5493640.16, 398936.83999999985 5493641.789999999, 398938.4000000004 5493645.1899999995, 398943.78000000026 5493656.91, 398948.03000000026 5493666.140000001, 398948.8499999996 5493667.92, 398952.9900000002 5493676.93, 398920.26999999955 5493733.33, 398893.4900000002 5493764.869999999, 398850.95999999996 5493814.9399999995, 398858.13999999966 5493823.41, 398877.3700000001 5493824.58, 398930.20999999996 5493829.9, 398967.36000000034 5493832.890000001, 399003.9400000004 5493848.93, 399006.01999999955 5493849.85, 399003.4000000004 5493860.5600000005, 399002.9900000002 5493862.210000001, 399000.86000000034 5493873.18, 399000.1200000001 5493885.859999999, 398997.25 5493890.630000001, 398993.4199999999 5493904.99, 398990.1699999999 5493917.16, 398989.7999999998 5493918.539999999, 398992.11000000034 5493945.1899999995, 398992.1299999999 5493946.84, 398991.5099999998 5493950.140000001, 398989.41000000015 5493954.75, 398988.5 5493957.16, 398986.9400000004 5493967.17, 398986.8099999996 5493968.57, 398986.76999999955 5493969.380000001, 398986.8799999999 5493970.09, 398987.6699999999 5493973.039999999, 398989.0099999998 5493978.720000001, 398991.8099999996 5493992.51, 398992.25 5493999.039999999, 398992.2000000002 5494002.74, 398991.5800000001 5494005.6, 398990.6900000004 5494007.619999999, 398987.9199999999 5494011.949999999, 398984.5 5494016.6899999995, 398981.8799999999 5494019.699999999, 398965.13999999966 5494037.4, 398957.23000000045 5494036.25, 398954.38999999966 5494036.220000001, 398949.8200000003 5494035.27, 398945.9900000002 5494034.6, 398944.4299999997 5494034.65, 398938.25 5494033.109999999, 398936.86000000034 5494033.300000001, 398927.3099999996 5494032.609999999, 398923.66000000015 5494032.289999999, 398917.58999999985 5494031.859999999, 398915.5599999996 5494031.15, 398914.1500000004 5494031.09, 398913.5499999998 5494031.32, 398911.28000000026 5494031.800000001, 398905.70999999996 5494032.050000001, 398902.2999999998 5494031.32, 398900.51999999955 5494031.16, 398899.45999999996 5494031.23, 398898.3300000001 5494031.43, 398901.8300000001 5494035.43, 398913.5999999996 5494048.460000001, 398920.29000000004 5494060.449999999, 398928.2000000002 5494075.289999999, 398931.28000000026 5494090.15, 398982.2999999998 5494093.32, 398982.6699999999 5494096.35, 398983.9400000004 5494100.359999999, 398987.8700000001 5494113.99, 398988.13999999966 5494115.58, 398990.66000000015 5494115.01, 399017.5499999998 5494101.039999999, 399049.2599999998 5494084.5600000005, 399058.8200000003 5494097.609999999, 399066.5 5494108.119999999, 399070 5494112.9, 399076.6900000004 5494119.49, 399091.63999999966 5494134.220000001, 399095.71999999974 5494138.220000001, 399102.1900000004 5494144.25, 399117.6500000004 5494158.619999999, 399134.48000000045 5494172.15, 399142.1799999997 5494178.35, 399145.3099999996 5494180.550000001, 399166.36000000034 5494195.369999999, 399190.6299999999 5494210.3100000005, 399216.7599999998 5494224.109999999, 399242.08999999985 5494236.43, 399272.0700000003 5494251.58, 399294.4199999999 5494266.640000001, 399312.6699999999 5494283.460000001, 399327.41000000015 5494300.91, 399328.1699999999 5494302.140000001, 399328.45999999996 5494302.619999999, 399339.3300000001 5494320.33, 399347.4199999999 5494337.52, 399349.96999999974 5494349.699999999, 399350.5 5494352.220000001, 399350.9400000004 5494364.3100000005, 399350.13999999966 5494376.130000001, 399349.4199999999 5494379.23, 399319.4000000004 5494373.800000001, 399305.3700000001 5494371.33, 399303.95999999996 5494369.619999999, 399294.29000000004 5494371.67, 399295.0800000001 5494375.41, 399294.4900000002 5494379.24, 399263.9000000004 5494429.91, 399262.01999999955 5494431.369999999, 399259.79000000004 5494431.99, 399257.51999999955 5494431.48, 399249.75 5494436.58, 399252.26999999955 5494439.82, 399255.1900000004 5494445.039999999, 399257.29000000004 5494450.83, 399258.5 5494456.970000001, 399258.7400000002 5494463.16, 399257.9500000002 5494469.52, 399256.23000000045 5494475.779999999, 399254.08999999985 5494482.630000001, 399252.2999999998 5494490.98, 399251.2599999998 5494497.51, 399250.8099999996 5494501.4, 399211.96999999974 5494471.83, 399187.20999999996 5494504.359999999, 399209.5 5494521.34, 399196.0700000003 5494550.84, 399185.41000000015 5494574.24, 399169.5499999998 5494568.880000001, 399164.3200000003 5494581.58, 399154.51999999955 5494601.699999999, 399128.1500000004 5494655.82, 399126.61000000034 5494658.970000001, 399126.3700000001 5494661.52, 399137.45999999996 5494662.6899999995, 399141.9900000002 5494663.17, 399152.86000000034 5494666.65, 399168.95999999996 5494671.789999999, 399184.54000000004 5494676.77, 399200.38999999966 5494681.84, 399199.96999999974 5494683.82, 399196.3799999999 5494700.84, 399194.1699999999 5494714.65, 399192.2599999998 5494725.26, 399189.6500000004 5494749.359999999, 399190.2999999998 5494754.630000001, 399190.54000000004 5494758.359999999, 399190.7000000002 5494773.6899999995, 399190.7400000002 5494777.359999999, 399192.16000000015 5494794.970000001, 399192.4400000004 5494798.470000001, 399194.41000000015 5494811.93, 399196.3099999996 5494819.35, 399200.01999999955 5494833.85, 399202.4400000004 5494842.470000001, 399207.5099999998 5494860.43, 399217.2999999998 5494881.68, 399228.0800000001 5494901.09, 399238.9000000004 5494917.98, 399250.3300000001 5494935.390000001, 399253.88999999966 5494943.8100000005, 399262.66000000015 5494957.050000001, 399273.4400000004 5494967.640000001, 399312.6900000004 5495014.43, 399329.08999999985 5495034.25, 399350.04000000004 5495057.800000001, 399359.86000000034 5495072.98, 399361.2000000002 5495078.82, 399363.5099999998 5495088.9399999995, 399364.8099999996 5495094.57, 399383.3099999996 5495175.5600000005, 399334.2999999998 5495216.5600000005, 399292.9400000004 5495251.16, 399281.33999999985 5495260.859999999, 399333.4199999999 5495300.25, 399296.9000000004 5495351.699999999, 399232.08999999985 5495355.960000001, 399228.63999999966 5495356.17, 399150.36000000034 5495360.76, 399143.91000000015 5495338.609999999, 399121.6900000004 5495262.15, 399115.7599999998 5495260.289999999, 399080.88999999966 5495249.369999999, 399044.45999999996 5495237.960000001, 398994.91000000015 5495339.300000001, 399002.5 5495362.1899999995, 399007.3799999999 5495376.890000001, 399010.9199999999 5495387.5600000005, 398929.7400000002 5495373, 398862.28000000026 5495358.09, 398860.5999999996 5495365.449999999, 398852.4400000004 5495398.52, 398848.9000000004 5495413, 398838.86000000034 5495454.5, 398833.9500000002 5495451.01, 398791.3499999996 5495423.289999999, 398726.3099999996 5495380.59, 398713.2599999998 5495373.050000001, 398709.96999999974 5495371.890000001, 398667.96999999974 5495359.210000001, 398612.71999999974 5495344.140000001, 398598.5499999998 5495339.98, 398582.6699999999 5495335.1899999995, 398574.2599999998 5495326.85, 398573.28000000026 5495326.029999999, 398566.46999999974 5495321.42, 398542.4900000002 5495315.0600000005, 398533.28000000026 5495311.65, 398510.9199999999 5495287.609999999, 398497.03000000026 5495286.75, 398463.1200000001 5495274.02, 398461.8799999999 5495264.529999999, 398401.3499999996 5495260.359999999, 398287.66000000015 5495251.960000001, 398263.4900000002 5495250.199999999, 398238.88999999966 5495248.34, 398217.71999999974 5495246.75, 398194.48000000045 5495241.050000001, 398177.83000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-099" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-099" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108926</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.03352162023</v>
+        <v>46068.80189472867</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>