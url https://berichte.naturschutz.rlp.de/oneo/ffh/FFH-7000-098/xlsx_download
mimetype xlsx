--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6411-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((391828.7999999998 5489351.880000001, 391826.0700000003 5489352.5, 391813.3499999996 5489347.300000001, 391804.95999999996 5489344.970000001, 391796.46999999974 5489344.23, 391789 5489344.91, 391763.4299999997 5489355.43, 391764.1900000004 5489358.74, 391747.33999999985 5489352.390000001, 391741.8499999996 5489348.779999999, 391736.6500000004 5489344.34, 391730.0499999998 5489336.52, 391724.54000000004 5489338.970000001, 391717.46999999974 5489339.59, 391717.08999999985 5489369.32, 391707.8300000001 5489380.58, 391689.9900000002 5489380.630000001, 391688.3499999996 5489409.65, 391681.83999999985 5489407.76, 391665.5800000001 5489398.949999999, 391648.5099999998 5489389.6899999995, 391629.6900000004 5489379.1, 391612.13999999966 5489369.66, 391606.3499999996 5489367.26, 391572.5800000001 5489355.23, 391570.76999999955 5489338.199999999, 391570.71999999974 5489330.859999999, 391575.73000000045 5489305.710000001, 391579.91000000015 5489283.58, 391582.3099999996 5489268.890000001, 391584.9400000004 5489252.029999999, 391596.1299999999 5489226.43, 391591.25 5489224.68, 391466.2599999998 5489180.199999999, 391462.6900000004 5489181.02, 391450.6200000001 5489194.789999999, 391432.6500000004 5489213.050000001, 391416.20999999996 5489236.42, 391410.6799999997 5489262.390000001, 391410.8300000001 5489305, 391410.46999999974 5489313.09, 391406.75 5489311.289999999, 391369.75 5489240.470000001, 391355.96999999974 5489239.65, 391345.75 5489170.65, 391349.2999999998 5489166.84, 391356.0999999996 5489158.02, 391364.4199999999 5489145.33, 391367.0800000001 5489139.92, 391370.3700000001 5489129.85, 391372.3300000001 5489122.039999999, 391373.9500000002 5489113.9, 391374.28000000026 5489111.359999999, 391374.23000000045 5489088.02, 391347.08999999985 5489089.300000001, 391347.4199999999 5489081.74, 391352.03000000026 5489053.24, 391356.96999999974 5489029.16, 391356.7000000002 5489021.76, 391351.66000000015 5489020.869999999, 391350.4900000002 5489020.85, 391351.1500000004 5489011.130000001, 391354.54000000004 5488988.199999999, 391358.1799999997 5488974.869999999, 391361.0599999996 5488965.83, 391369.1299999999 5488945.130000001, 391371.29000000004 5488939.6, 391378.48000000045 5488942.41, 391380.0700000003 5488929.33, 391386.1500000004 5488880.16, 391391.75 5488841.859999999, 391392.5099999998 5488836.65, 391395.01999999955 5488830.130000001, 391402.8300000001 5488809.890000001, 391405.0999999996 5488803.99, 391413.2400000002 5488767.92, 391417.4299999997 5488749.33, 391427.2599999998 5488705.75, 391434.36000000034 5488710.18, 391452.38999999966 5488721.949999999, 391453.98000000045 5488726.029999999, 391456.33999999985 5488726.6, 391463.7599999998 5488730.640000001, 391473.8700000001 5488735.17, 391481.0099999998 5488737.9, 391490.73000000045 5488739.75, 391503.16000000015 5488741.359999999, 391516.88999999966 5488739.74, 391523.41000000015 5488737.83, 391526.13999999966 5488747.08, 391529.0099999998 5488756.41, 391534.73000000045 5488772.039999999, 391538.0499999998 5488780.300000001, 391550.4500000002 5488773.24, 391564.45999999996 5488763.859999999, 391565.79000000004 5488763.279999999, 391587.2400000002 5488749.34, 391576.5499999998 5488731.84, 391569.11000000034 5488718.710000001, 391570.71999999974 5488717.84, 391581.79000000004 5488710.93, 391592.3499999996 5488703.6, 391593.7599999998 5488702.48, 391610.0599999996 5488689.609999999, 391616.6500000004 5488684.220000001, 391620.76999999955 5488680.77, 391627.9900000002 5488672.289999999, 391632.98000000045 5488666.720000001, 391646.29000000004 5488651.83, 391662.1299999999 5488637.25, 391700.0800000001 5488618.380000001, 391711.8099999996 5488619.8100000005, 391734.4400000004 5488620.16, 391764.6799999997 5488620, 391785.83999999985 5488623.640000001, 391815.20999999996 5488624.3100000005, 391850.83999999985 5488630.52, 391897.1299999999 5488635.539999999, 391948.3700000001 5488643.300000001, 391964.29000000004 5488645.5600000005, 391982.8099999996 5488648.52, 391999.1299999999 5488651.109999999, 392018.1799999997 5488660.75, 392031.33999999985 5488667.24, 392037.45999999996 5488671, 392050.5099999998 5488679.970000001, 392053.73000000045 5488682.1899999995, 392067.3300000001 5488690.09, 392079.2999999998 5488697.43, 392090.36000000034 5488702.630000001, 392107.71999999974 5488709.859999999, 392114.0800000001 5488712.300000001, 392135.70999999996 5488721.6, 392146.4299999997 5488726.01, 392160.08999999985 5488728.699999999, 392173.95999999996 5488731.4399999995, 392195.03000000026 5488736.26, 392218.91000000015 5488742.140000001, 392246.7000000002 5488749.960000001, 392270.03000000026 5488757.57, 392287.9299999997 5488762.92, 392304.9299999997 5488767.26, 392318.8099999996 5488768.66, 392309.5 5488772.869999999, 392297.86000000034 5488801.4, 392269.8700000001 5488863.369999999, 392265.78000000026 5488872.43, 392260.71999999974 5488875.4, 392258 5488872.48, 392257.33999999985 5488870.1, 392257.3300000001 5488867.48, 392264.1500000004 5488843.970000001, 392264.20999999996 5488841.99, 392262.9299999997 5488839.300000001, 392257.9500000002 5488833.460000001, 392255.16000000015 5488832.68, 392252.13999999966 5488832.699999999, 392248.7999999998 5488833.35, 392179.6799999997 5488853.1, 392082.04000000004 5488865.25, 392072.2599999998 5488866.970000001, 392066.16000000015 5488868.9, 392060.03000000026 5488881.960000001, 392058.0099999998 5488887.0600000005, 392057.8200000003 5488891.8100000005, 392058.4900000002 5488895.85, 392060.1200000001 5488898.85, 392069.9000000004 5488913.630000001, 392086 5488929.609999999, 392044.2000000002 5488938.76, 392022.36000000034 5488944.699999999, 392026.5700000003 5488950.85, 392053.2400000002 5488983.23, 392067.9299999997 5488999.029999999, 392088.1799999997 5489020.779999999, 392115.0800000001 5489047.6899999995, 392118.2599999998 5489050.32, 392109.61000000034 5489059.52, 392108.0999999996 5489070.09, 392112.20999999996 5489117.27, 392109.8300000001 5489135.279999999, 392109.8300000001 5489145.449999999, 392115.23000000045 5489143.699999999, 392120.6299999999 5489143.6899999995, 392122.5800000001 5489147.800000001, 392120.41000000015 5489151.720000001, 392111.5599999996 5489157.01, 392112.4299999997 5489159.9399999995, 392123.8700000001 5489165.029999999, 392130.5700000003 5489167.57, 392133.8099999996 5489166.789999999, 392139.63999999966 5489164.050000001, 392146.98000000045 5489160.92, 392153.46999999974 5489157.99, 392159.73000000045 5489159.9399999995, 392167.71999999974 5489164.83, 392174.41000000015 5489172.27, 392180.2000000002 5489187.73, 392175.9500000002 5489193.17, 392160.0499999998 5489214.74, 392144.2000000002 5489251.58, 392142.5999999996 5489267.73, 392142.4000000004 5489283.01, 392143.2999999998 5489294.779999999, 392146.4199999999 5489305.890000001, 392152.4900000002 5489318.02, 392147.51999999955 5489323.07, 392130.58999999985 5489342.67, 392119.28000000026 5489378.08, 392130.9500000002 5489401, 392132.11000000034 5489405.6899999995, 392131.5099999998 5489418.119999999, 392084.96999999974 5489401.3100000005, 392065.11000000034 5489393.43, 392042.7999999998 5489383.92, 392002.6299999999 5489335.109999999, 392000.0800000001 5489332.84, 391986.0499999998 5489362.699999999, 391958.2000000002 5489349.15, 391941.61000000034 5489341.08, 391924.78000000026 5489335.859999999, 391919.5800000001 5489334.15, 391918.7599999998 5489345.41, 391917.53000000026 5489348.4399999995, 391903.9199999999 5489354.09, 391888.48000000045 5489356.08, 391876.2999999998 5489353.59, 391872 5489353.300000001, 391853.03000000026 5489350.369999999, 391849.33999999985 5489350.34, 391828.7999999998 5489351.880000001)), ((392240.61000000034 5488708.619999999, 392239.5099999998 5488711.32, 392236.26999999955 5488730.26, 392233.38999999966 5488729.16, 392218.96999999974 5488725.4399999995, 392195.58999999985 5488719.4, 392112.0099999998 5488696.859999999, 392107.3799999999 5488695.609999999, 392087.20999999996 5488686.050000001, 392048.45999999996 5488663.48, 392001.3700000001 5488638.210000001, 391988.96999999974 5488635.6899999995, 391972.9500000002 5488632.41, 391948.9000000004 5488628.84, 391941.28000000026 5488625.359999999, 391936.86000000034 5488621.779999999, 391933.78000000026 5488616.93, 391932.9199999999 5488611.16, 391939.95999999996 5488577.07, 391939.3799999999 5488575.380000001, 391940.1900000004 5488571.630000001, 391941.4299999997 5488570.24, 391942.6699999999 5488551.67, 391958.9400000004 5488483.33, 391965.4299999997 5488470.65, 391973.23000000045 5488458.75, 391982.45999999996 5488447.73, 391984.58999999985 5488445.539999999, 391989.4299999997 5488440.34, 391998.6200000001 5488429.4399999995, 392007.6900000004 5488422.27, 392015.4299999997 5488416.710000001, 392023.11000000034 5488410.970000001, 392034.25 5488405.26, 392042.1699999999 5488403.82, 392050.9500000002 5488401.460000001, 392063.86000000034 5488398.82, 392076.96999999974 5488395.960000001, 392102.6200000001 5488388.119999999, 392123.9299999997 5488386.890000001, 392141.3300000001 5488383.460000001, 392155.5999999996 5488377.51, 392164.8799999999 5488372.619999999, 392174.73000000045 5488362.1899999995, 392183.20999999996 5488346.75, 392189 5488333.57, 392194.7400000002 5488311.5, 392194.63999999966 5488295.48, 392185.8200000003 5488272.380000001, 392176.2400000002 5488256.66, 392166.1699999999 5488244.970000001, 392150.1699999999 5488227.09, 392131.3700000001 5488208.18, 392121.58999999985 5488178.9399999995, 392115.41000000015 5488167.619999999, 392112.78000000026 5488155.09, 392113.1299999999 5488142.01, 392117.1299999999 5488129.27, 392131.8099999996 5488116.470000001, 392141.58999999985 5488107.949999999, 392160.6799999997 5488089.32, 392190.6900000004 5488062.75, 392210.48000000045 5488045.02, 392221.98000000045 5488034.720000001, 392232.53000000026 5488019.02, 392241.01999999955 5487998.01, 392243.61000000034 5487981.380000001, 392250.9500000002 5487984.289999999, 392266.46999999974 5487989.960000001, 392283.04000000004 5487996.039999999, 392311.0099999998 5488006.66, 392281.1699999999 5488025.3100000005, 392303.5 5488065.27, 392308.96999999974 5488074.24, 392330.7000000002 5488105.710000001, 392324.9000000004 5488134.92, 392323.88999999966 5488138.449999999, 392313.6799999997 5488153.199999999, 392306.20999999996 5488164.01, 392298.11000000034 5488173.699999999, 392307.20999999996 5488226.0600000005, 392315.0599999996 5488261.42, 392322.7599999998 5488283.82, 392321.2000000002 5488289.460000001, 392316.83999999985 5488356.4, 392299.28000000026 5488396.84, 392291.0599999996 5488419.619999999, 392276.1200000001 5488435.48, 392245.95999999996 5488450.85, 392244.7400000002 5488454.59, 392243.0800000001 5488459.720000001, 392234.2999999998 5488482.119999999, 392204.13999999966 5488513.6899999995, 392201.36000000034 5488525.85, 392197.75 5488542.550000001, 392196.78000000026 5488547.07, 392260.3300000001 5488555.289999999, 392259.61000000034 5488571.01, 392253.73000000045 5488570.800000001, 392251.63999999966 5488589.3100000005, 392249.41000000015 5488609.08, 392255.3799999999 5488622.300000001, 392262.21999999974 5488635.67, 392258.0499999998 5488678.529999999, 392247.45999999996 5488675.890000001, 392240.61000000034 5488708.619999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-098" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6411-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-098" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6411-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6411-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6411-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108925</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.00981530368</v>
+        <v>46069.12706949903</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>