--- v0 (2025-11-07)
+++ v1 (2026-02-16)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6410-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((390175.8499999996 5493237.3100000005, 390178.79000000004 5493243.039999999, 390183.4199999999 5493267.07, 390183.9299999997 5493269.710000001, 390182.3300000001 5493292.960000001, 390035.38999999966 5493308.0600000005, 389973.4000000004 5493301.9, 389917.7999999998 5493280.960000001, 389848.0999999996 5493242.640000001, 389827.1500000004 5493229.84, 389815.6900000004 5493222.84, 389763.4000000004 5493208.960000001, 389802.23000000045 5493185.07, 389837.1799999997 5493156.550000001, 389842.0700000003 5493152.59, 389848.5599999996 5493141.91, 389843.4299999997 5493139.800000001, 389752.29000000004 5493103.779999999, 389672.83999999985 5493097.949999999, 389631.45999999996 5493094.92, 389632.0499999998 5493086.949999999, 389606.6500000004 5493084.699999999, 389619.4299999997 5492988.98, 389686.21999999974 5492998.57, 389710.2000000002 5493002.02, 389768.46999999974 5493011.16, 389855.46999999974 5493024.8100000005, 389903.48000000045 5493032.3100000005, 389914.9500000002 5493032.99, 390005.2999999998 5493048.74, 390168.01999999955 5493076.74, 390162.9500000002 5493091.470000001, 390159.3200000003 5493118.710000001, 390152.5800000001 5493169.380000001, 390154.33999999985 5493192.220000001, 390161.1900000004 5493206.890000001, 390170.8300000001 5493227.529999999, 390175.8499999996 5493237.3100000005)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6410-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6410-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6410-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6410-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-097" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6410-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6410-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6410-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-097" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6410-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6410-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6410-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108924</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.86110177394</v>
+        <v>46069.18067692292</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>