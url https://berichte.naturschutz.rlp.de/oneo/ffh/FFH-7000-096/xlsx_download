--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6405-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((323792.4299999997 5493005.34, 323789.1900000004 5493003.779999999, 323779.1299999999 5492998.9, 323758.8700000001 5492989.220000001, 323739.8799999999 5492976.6899999995, 323723.9000000004 5492957.33, 323692.71999999974 5492942.16, 323676.8300000001 5492957.59, 323668.79000000004 5492955.859999999, 323655.5800000001 5492951.01, 323643.9000000004 5492946.48, 323636.70999999996 5492943.6899999995, 323625.8799999999 5492939.5, 323619.6299999999 5492937.07, 323613.48000000045 5492934.6899999995, 323610.2400000002 5492932.210000001, 323607.33999999985 5492929.99, 323604.0800000001 5492934.02, 323595.23000000045 5492944.949999999, 323592.11000000034 5492948.82, 323588.2400000002 5492953.59, 323581.5800000001 5492963.58, 323574.98000000045 5492973.460000001, 323573.36000000034 5492975.17, 323553.8099999996 5492962.619999999, 323544.95999999996 5492953.960000001, 323537.5700000003 5492948.210000001, 323536.29000000004 5492946.18, 323531.29000000004 5492938.210000001, 323523.5999999996 5492924.359999999, 323522.3200000003 5492920.73, 323518.5800000001 5492909.470000001, 323520.79000000004 5492896.210000001, 323522.5999999996 5492885.359999999, 323523.53000000026 5492879.76, 323523.86000000034 5492877.75, 323525.98000000045 5492865.09, 323526.3799999999 5492863.25, 323532.4500000002 5492834.710000001, 323543.01999999955 5492821.16, 323552.45999999996 5492814.17, 323556.4900000002 5492787.41, 323546.8799999999 5492778.48, 323537.5099999998 5492769.779999999, 323532.98000000045 5492754.0600000005, 323529.8499999996 5492743.1899999995, 323523.7400000002 5492744.609999999, 323519.41000000015 5492739.15, 323510.36000000034 5492727.720000001, 323505.03000000026 5492725.529999999, 323490.0099999998 5492722.300000001, 323486.2999999998 5492727.68, 323477.0599999996 5492717.43, 323462.8499999996 5492728.640000001, 323450.16000000015 5492716.529999999, 323442.3799999999 5492713.109999999, 323411.28000000026 5492699.4, 323405.6900000004 5492709.449999999, 323391.1299999999 5492702.8100000005, 323367.0599999996 5492691.85, 323350.21999999974 5492678.630000001, 323325.5 5492647.32, 323318.8499999996 5492634.4399999995, 323328.3700000001 5492629.82, 323304.3300000001 5492600.07, 323281.83999999985 5492580.3100000005, 323256.95999999996 5492570.460000001, 323238.36000000034 5492563.1, 323220.45999999996 5492555.92, 323203.45999999996 5492544.220000001, 323195.23000000045 5492538.5600000005, 323159.7400000002 5492539.74, 323149.8700000001 5492540.07, 323151.95999999996 5492534.119999999, 323138.48000000045 5492532.57, 323102.3200000003 5492528.24, 323101.9199999999 5492524.140000001, 323087.8700000001 5492504.34, 323066.9000000004 5492493.51, 323046.54000000004 5492488.18, 323017.1299999999 5492468.33, 322996.48000000045 5492460.890000001, 322978.1799999997 5492459.93, 322962.5099999998 5492459.74, 322959.26999999955 5492473.8100000005, 322823.4400000004 5492432.18, 322826.29000000004 5492423.74, 322801.95999999996 5492407.93, 322795.86000000034 5492401.65, 322794.4000000004 5492400.16, 322788.9900000002 5492412.33, 322787.38999999966 5492415.93, 322779.63999999966 5492433.4, 322774.9199999999 5492444.02, 322768.95999999996 5492457.43, 322761.0700000003 5492475.210000001, 322758.5599999996 5492480.880000001, 322752.4000000004 5492494.75, 322747.5599999996 5492505.65, 322742.36000000034 5492517.359999999, 322741.29000000004 5492519.630000001, 322679.3300000001 5492513.359999999, 322661.8200000003 5492510.279999999, 322656.16000000015 5492509.279999999, 322630.11000000034 5492504.6899999995, 322594.73000000045 5492498.529999999, 322566.95999999996 5492490.1, 322517.95999999996 5492476.09, 322471.5800000001 5492462.83, 322470.38999999966 5492462.5, 322468.5599999996 5492461.720000001, 322438.7400000002 5492449.140000001, 322408.0499999998 5492434.369999999, 322365.0599999996 5492412.75, 322345.5800000001 5492402.949999999, 322310.1900000004 5492384.460000001, 322291.9900000002 5492375.3100000005, 322291.45999999996 5492375.59, 322266.4900000002 5492363.75, 322240.79000000004 5492351.5600000005, 322206.9900000002 5492338.3100000005, 322203.21999999974 5492331.16, 322201.91000000015 5492325.9399999995, 322188.25 5492252.01, 322187.91000000015 5492250.210000001, 322187.5700000003 5492248.35, 322172.6299999999 5492167.609999999, 322171.6900000004 5492162.51, 322171.5800000001 5492160.27, 322170.51999999955 5492138.59, 322169.21999999974 5492112.08, 322172.61000000034 5492094.640000001, 322175.71999999974 5492078.6, 322180.2400000002 5492055.33, 322184.7999999998 5492011.300000001, 322185.1299999999 5492008.199999999, 322189.0499999998 5491970.27, 322233.9500000002 5491814.43, 322251.0700000003 5491699.48, 322256.91000000015 5491660.220000001, 322257.20999999996 5491658.23, 322261.73000000045 5491664.029999999, 322280.5099999998 5491688.17, 322297.1500000004 5491709.58, 322298.4500000002 5491708.6899999995, 322306.04000000004 5491703.470000001, 322314.58999999985 5491697.630000001, 322342.11000000034 5491678.779999999, 322361.3499999996 5491665.59, 322375.61000000034 5491655.83, 322405.4299999997 5491635.390000001, 322415.4400000004 5491628.539999999, 322428.75 5491619.42, 322441.4500000002 5491611.720000001, 322490.2000000002 5491582.16, 322491.3099999996 5491583.470000001, 322494.3700000001 5491580.65, 322497.6900000004 5491577.57, 322491.4500000002 5491574.800000001, 322467.61000000034 5491561.1899999995, 322449.3799999999 5491542.630000001, 322433.3300000001 5491526.300000001, 322408.1900000004 5491500.720000001, 322373.0099999998 5491451.289999999, 322360.95999999996 5491434.369999999, 322359.91000000015 5491423.83, 322365.13999999966 5491394.140000001, 322371.83999999985 5491356.09, 322374.95999999996 5491338.34, 322375.8200000003 5491333.42, 322380 5491299.6, 322383.13999999966 5491275.34, 322380.5099999998 5491245.43, 322386.83999999985 5491200.4399999995, 322391.1699999999 5491169.65, 322391.8200000003 5491165, 322395.1500000004 5491167.460000001, 322399.58999999985 5491128.09, 322400.41000000015 5491120.699999999, 322400.1500000004 5491103.970000001, 322400 5491094.99, 322399.8300000001 5491084.99, 322399.38999999966 5491058.35, 322398.8700000001 5491029.1899999995, 322398.75 5491022.15, 322396.8300000001 5491008.779999999, 322408.9000000004 5491014.279999999, 322420.13999999966 5491019.390000001, 322426.8099999996 5490990.09, 322428.8200000003 5490981.1899999995, 322432.46999999974 5490981.890000001, 322442.88999999966 5490983.91, 322445.1699999999 5490972.07, 322448.5800000001 5490954.369999999, 322509.83999999985 5490968.050000001, 322526.63999999966 5490971.800000001, 322534.5599999996 5490974.0600000005, 322552.8200000003 5490979.25, 322559.0499999998 5490979.27, 322571.0999999996 5490978.93, 322580.1699999999 5490978.68, 322588.6900000004 5490980.029999999, 322725.5 5491011.949999999, 322738.6299999999 5491017.380000001, 322743.6799999997 5491019.529999999, 322740.28000000026 5491030.210000001, 322738.9000000004 5491034.539999999, 322729.51999999955 5491064.01, 322734.01999999955 5491066.6899999995, 322739.8799999999 5491071.52, 322729.6699999999 5491090.5600000005, 322727.41000000015 5491094.779999999, 322703.23000000045 5491139.9, 322701.96999999974 5491142.23, 322698.5999999996 5491147.369999999, 322731.3099999996 5491168.890000001, 322761.2999999998 5491190.279999999, 322808.9199999999 5491224.24, 322830.7999999998 5491235.0600000005, 322839.9299999997 5491239.57, 322846.5 5491242.82, 322865.6299999999 5491252.27, 322877.9900000002 5491258.390000001, 322886.2400000002 5491262.460000001, 322920.1500000004 5491279.220000001, 322926.5499999998 5491281.83, 322930.3700000001 5491283.390000001, 322958.48000000045 5491294.82, 322965.6200000001 5491296.93, 322982.4900000002 5491301.9399999995, 323013.66000000015 5491303.800000001, 323032.38999999966 5491304.93, 323036.13999999966 5491305.16, 323092.29000000004 5491307.48, 323126.20999999996 5491316.24, 323146.75 5491327.52, 323173.1900000004 5491347.460000001, 323175.8099999996 5491364.48, 323179.4299999997 5491367.199999999, 323181.3200000003 5491383.220000001, 323183.23000000045 5491391.9, 323193.4299999997 5491420.68, 323206.5800000001 5491457.82, 323217.08999999985 5491487.529999999, 323219.5999999996 5491494.5, 323221.2599999998 5491499.09, 323242.8200000003 5491558.85, 323268.96999999974 5491631.34, 323262.8499999996 5491637.33, 323268.8300000001 5491642.6899999995, 323279.54000000004 5491652.52, 323284.08999999985 5491656.6899999995, 323280.78000000026 5491660.8100000005, 323277.9199999999 5491664.380000001, 323396.45999999996 5491768.720000001, 323400.1799999997 5491771.949999999, 323392.53000000026 5491790.949999999, 323406.2999999998 5491803.289999999, 323405.3700000001 5491796.109999999, 323413.0700000003 5491775.08, 323419.04000000004 5491780.5600000005, 323421.26999999955 5491778.300000001, 323423.63999999966 5491775.91, 323436.6200000001 5491786.99, 323446.03000000026 5491795.029999999, 323441.33999999985 5491799.789999999, 323521.5999999996 5491852.4, 323533.7400000002 5491839.859999999, 323537.8200000003 5491859.26, 323547.0999999996 5491867.210000001, 323557.63999999966 5491885.8100000005, 323636.1900000004 5491951.5, 323712.4900000002 5492025.609999999, 323729.11000000034 5492007.07, 323743.1699999999 5491991.4, 323809.4500000002 5491917.52, 323829.54000000004 5491895.109999999, 323763.1799999997 5491822.99, 323726.66000000015 5491783.300000001, 323655.16000000015 5491705.59, 323655.1200000001 5491702.890000001, 323649.3499999996 5491699.1, 323647.86000000034 5491698.130000001, 323642.0999999996 5491694.359999999, 323645.8799999999 5491688.699999999, 323688.13999999966 5491625.57, 323692.66000000015 5491618.82, 323694.71999999974 5491615.73, 323672.0800000001 5491591.210000001, 323674.4299999997 5491588.470000001, 323695.51999999955 5491563.949999999, 323705.73000000045 5491552.07, 323712.0800000001 5491544.6899999995, 323723.0700000003 5491551.9, 323725.9199999999 5491554.390000001, 323729.1200000001 5491556.09, 323732.13999999966 5491559.49, 323737.53000000026 5491562.68, 323744.11000000034 5491567.300000001, 323746.96999999974 5491569.91, 323755.9900000002 5491576.130000001, 323758.95999999996 5491578.289999999, 323762.01999999955 5491579.75, 323765.9000000004 5491582.779999999, 323780.36000000034 5491590.15, 323788.3200000003 5491595.0600000005, 323794.0700000003 5491599.279999999, 323911.20999999996 5491602.140000001, 324012.75 5491631.67, 324035.26999999955 5491532.27, 324065.5499999998 5491474.220000001, 324186.3799999999 5491482.289999999, 324220.38999999966 5491485.539999999, 324256.0999999996 5491489.529999999, 324286.71999999974 5491489.619999999, 324309.3200000003 5491485.43, 324412.3200000003 5491451.029999999, 324431.79000000004 5491455.75, 324445.9000000004 5491459.16, 324453.0700000003 5491460.890000001, 324474.76999999955 5491466.15, 324486.98000000045 5491469.109999999, 324503.96999999974 5491473.210000001, 324505.1900000004 5491473.529999999, 324523.25 5491478.27, 324527.3099999996 5491479.34, 324539.95999999996 5491482.65, 324566.46999999974 5491489.6, 324581.23000000045 5491493.470000001, 324608.58999999985 5491500.640000001, 324634.75 5491507.5, 324673.54000000004 5491517.68, 324728.63999999966 5491440.26, 324739.71999999974 5491441.710000001, 324745.9400000004 5491443.07, 324756.79000000004 5491445.449999999, 324758.96999999974 5491445.93, 324767.5099999998 5491447.800000001, 324788.1799999997 5491453.800000001, 324813.1900000004 5491461.0600000005, 324814.6200000001 5491461.539999999, 324823.8099999996 5491464.609999999, 324829.0499999998 5491466.35, 324841.73000000045 5491471.890000001, 324855.8499999996 5491478.0600000005, 324896.5 5491495.83, 324907.86000000034 5491500.789999999, 324918.04000000004 5491505.25, 324920.51999999955 5491506.33, 324925.26999999955 5491508.4, 324926.2999999998 5491508.85, 324929.20999999996 5491510.130000001, 324941.8499999996 5491515.9399999995, 324947.78000000026 5491518.66, 324955.66000000015 5491525.050000001, 324957.5800000001 5491526.619999999, 324960.8300000001 5491529.3100000005, 324961.9400000004 5491532.359999999, 324967.4000000004 5491547.33, 324968.8300000001 5491555.6899999995, 324970.6200000001 5491566.15, 324967.01999999955 5491577.51, 324964.1799999997 5491586.449999999, 324964.08999999985 5491589.35, 324963.6900000004 5491602.9399999995, 324963.36000000034 5491613.779999999, 324962.2400000002 5491650.85, 324961.9000000004 5491662.6899999995, 324961.71999999974 5491668.359999999, 324964.5499999998 5491700.16, 324966.0999999996 5491717.6, 324965.21999999974 5491737.48, 324963.8499999996 5491768.32, 324963.16000000015 5491777.57, 324961.9000000004 5491794.279999999, 324960.5599999996 5491812.26, 324964.48000000045 5491810.970000001, 325018.23000000045 5491822.99, 325018.4400000004 5491824.9399999995, 325019.9299999997 5491839.390000001, 325021.46999999974 5491854.17, 325022.9900000002 5491868.84, 325025.46999999974 5491892.77, 325025.96999999974 5491897.529999999, 325022.3300000001 5491899.82, 325026.70999999996 5491906.039999999, 325029.86000000034 5491908.720000001, 325156.20999999996 5491990.92, 325158.6299999999 5491998.25, 325189.28000000026 5492004.27, 325196.5499999998 5492005.699999999, 325259.36000000034 5492075.720000001, 325262.54000000004 5492079.27, 325374.1200000001 5492069.25, 325436.7400000002 5492058.029999999, 325504.8499999996 5492023.369999999, 325536.6500000004 5492007.18, 325548.6699999999 5492001.07, 325565.4400000004 5491976.48, 325568.46999999974 5491972.02, 325572.4400000004 5491967.01, 325573.3700000001 5491965.82, 325555.4000000004 5491940.27, 325537.25 5491922.35, 325536.9299999997 5491922.029999999, 325536.4199999999 5491921.51, 325531.96999999974 5491917.130000001, 325535.13999999966 5491914.9, 325543.6500000004 5491913.369999999, 325563.4500000002 5491920.98, 325610.86000000034 5491954.460000001, 325633.4900000002 5491968.789999999, 325645.8799999999 5491976.630000001, 325695.96999999974 5491996.390000001, 325767.01999999955 5492007.34, 325781.7400000002 5491998.98, 325788.1500000004 5491995.359999999, 325803.2400000002 5491986.800000001, 325807.5800000001 5491984.33, 325818.5999999996 5491980.32, 325832.0800000001 5491975.42, 325847.9199999999 5491969.65, 325860.8499999996 5491964.960000001, 325877.04000000004 5491959.07, 325889.83999999985 5491954.41, 325901.75 5491950.08, 325906.5 5491950.85, 325924.29000000004 5491968.039999999, 325968.88999999966 5492011.119999999, 325979.1799999997 5492021.08, 325980.7400000002 5492026.16, 325983.79000000004 5492027.460000001, 325993.46999999974 5491983.9, 325999.0999999996 5491958.539999999, 326016.0800000001 5491915.42, 326017.8799999999 5491896.17, 326010.0599999996 5491865.23, 326009.46999999974 5491829.390000001, 326031.7599999998 5491784.470000001, 326042.7599999998 5491734.41, 326045.23000000045 5491723.210000001, 326060.9500000002 5491681.550000001, 326078.25 5491650.33, 326108.83999999985 5491609.59, 326110.96999999974 5491606.76, 326107.95999999996 5491605.289999999, 326117.8700000001 5491585.5, 326127.45999999996 5491566.369999999, 326084.01999999955 5491542.050000001, 326070.8300000001 5491534.67, 325944.3200000003 5491463.83, 325990.0499999998 5491435.52, 326022.53000000026 5491415.3100000005, 325996.88999999966 5491338.09, 325971.11000000034 5491261.300000001, 325990.6200000001 5491235.449999999, 325988.8300000001 5491215.210000001, 325980.78000000026 5491201.52, 325975.1699999999 5491192.73, 325973.1200000001 5491185.3100000005, 325971.5800000001 5491177.869999999, 325970.58999999985 5491171.9, 325966.01999999955 5491164.08, 325956.95999999996 5491156.43, 325951.5800000001 5491153.140000001, 325947.75 5491151.300000001, 325935.61000000034 5491141.77, 325912.1500000004 5491125.43, 325909.9000000004 5491123.85, 325901.5700000003 5491123.609999999, 325897.26999999955 5491118.09, 325896.6799999997 5491115.26, 325907.45999999996 5491099.73, 325927.8099999996 5491089, 325950.4000000004 5491093.960000001, 325973.6500000004 5491087.029999999, 325988.54000000004 5491073.24, 326013.23000000045 5491082.84, 326028.26999999955 5491091.91, 326039.4000000004 5491107.49, 326046.75 5491128.51, 326053.8799999999 5491146.52, 326062.16000000015 5491157.380000001, 326081.2000000002 5491173.779999999, 326093.54000000004 5491189.550000001, 326096.8200000003 5491192.119999999, 326127.79000000004 5491262.58, 326148.6900000004 5491295.800000001, 326171.5 5491307.23, 326208 5491304.23, 326256.7999999998 5491308.630000001, 326275.21999999974 5491309.82, 326295.91000000015 5491321.279999999, 326312.1299999999 5491324.130000001, 326329.26999999955 5491316.9, 326332.16000000015 5491305.75, 326353.95999999996 5491296.99, 326370.5599999996 5491281.539999999, 326392.7400000002 5491263.26, 326426.0999999996 5491231.9399999995, 326441.0599999996 5491245.23, 326439.1299999999 5491251.92, 326469.1900000004 5491253.130000001, 326494 5491262.83, 326502.2000000002 5491266.039999999, 326522.91000000015 5491274.140000001, 326522.1699999999 5491275.390000001, 326506.76999999955 5491299.140000001, 326481.88999999966 5491338.390000001, 326460.83999999985 5491363.3100000005, 326448.5700000003 5491378.960000001, 326433.21999999974 5491402.619999999, 326417.1200000001 5491427, 326410.78000000026 5491435.74, 326402.28000000026 5491444.390000001, 326393.3300000001 5491451.1899999995, 326363.9199999999 5491465.039999999, 326370.0800000001 5491474.08, 326343.2400000002 5491482.15, 326331.86000000034 5491477.26, 326325.3499999996 5491474.460000001, 326324.26999999955 5491474.77, 326321.7400000002 5491475.51, 326320.71999999974 5491475.8100000005, 326319.4000000004 5491485.85, 326318.63999999966 5491491.74, 326312.0999999996 5491494.210000001, 326310.8099999996 5491494.699999999, 326304.70999999996 5491510.67, 326307.6200000001 5491523.789999999, 326307.0999999996 5491551.529999999, 326306.08999999985 5491566.09, 326298.8099999996 5491599.529999999, 326284.4000000004 5491606.73, 326285 5491616.039999999, 326278.3799999999 5491625.5, 326258.79000000004 5491637.08, 326248.5700000003 5491649.4399999995, 326239.0700000003 5491658.51, 326243.2000000002 5491665.0600000005, 326246.8300000001 5491670.85, 326215.7999999998 5491699.17, 326207.0700000003 5491707.140000001, 326187.3099999996 5491727.32, 326172.36000000034 5491753.449999999, 326144.29000000004 5491812.23, 326125.0700000003 5491867.49, 326118.16000000015 5491905.33, 326124.9299999997 5491948.369999999, 326148.6699999999 5491977.59, 326150.70999999996 5492000.800000001, 326148.76999999955 5492040.949999999, 326158.3700000001 5492068.609999999, 326155.0999999996 5492081.92, 326151.71999999974 5492095.68, 326145.38999999966 5492116.050000001, 326150.5499999998 5492117.01, 326150.1799999997 5492118.470000001, 326145.79000000004 5492118.91, 326145.8700000001 5492124.57, 326146.20999999996 5492146.59, 326145.33999999985 5492146.779999999, 326139.4299999997 5492148.039999999, 326140.38999999966 5492157.039999999, 326132.5999999996 5492158.390000001, 326138.7000000002 5492167, 326143.70999999996 5492174.09, 326150.6799999997 5492181.08, 326156.45999999996 5492186.91, 326160.51999999955 5492190.99, 326165.5800000001 5492197.83, 326170.0099999998 5492203.82, 326176.01999999955 5492206.43, 326191.0800000001 5492212.970000001, 326193.8499999996 5492216.77, 326207.79000000004 5492235.9, 326213.9900000002 5492244.390000001, 326247.8499999996 5492290.84, 326259.86000000034 5492307.3100000005, 326269.8799999999 5492321.07, 326279.5800000001 5492334.380000001, 326290.45999999996 5492349.3100000005, 326293.9900000002 5492354.15, 326301.2000000002 5492364.050000001, 326302.9000000004 5492366.369999999, 326308.36000000034 5492370.09, 326316.08999999985 5492375.35, 326323.91000000015 5492380.68, 326331.70999999996 5492385.99, 326340.2999999998 5492391.83, 326348.9900000002 5492397.75, 326357.6799999997 5492403.66, 326366.41000000015 5492409.6, 326375.1200000001 5492415.529999999, 326392.4500000002 5492427.33, 326400.54000000004 5492432.84, 326422.3700000001 5492445.369999999, 326445.9299999997 5492458.91, 326469.25 5492472.300000001, 326492.76999999955 5492485.8100000005, 326516.0499999998 5492499.17, 326539.29000000004 5492512.52, 326549.8099999996 5492518.550000001, 326563.25 5492526.26, 326578.91000000015 5492537.300000001, 326594.9900000002 5492548.6, 326612.7999999998 5492561.109999999, 326630.4500000002 5492573.51, 326622.6500000004 5492577.24, 326619.0499999998 5492578.970000001, 326615.78000000026 5492580.539999999, 326604.5099999998 5492585.93, 326614.48000000045 5492590.789999999, 326624.38999999966 5492590.99, 326672.1299999999 5492616.01, 326712.75 5492638.51, 326715.0999999996 5492639.98, 326772.8499999996 5492676.34, 326803.1900000004 5492695.4399999995, 326809.5499999998 5492699.02, 326841.9299999997 5492717.24, 326860.5800000001 5492727.74, 326902.6500000004 5492751.42, 326892.7000000002 5492792.949999999, 326864.25 5492778.67, 326860.66000000015 5492777.07, 326849.91000000015 5492772.279999999, 326831.3499999996 5492763.99, 326825.3300000001 5492761.3100000005, 326821.6799999997 5492759.039999999, 326818.21999999974 5492756.9, 326800.1900000004 5492745.699999999, 326767.0800000001 5492728.41, 326761.54000000004 5492726.34, 326727.1500000004 5492713.49, 326718.5999999996 5492717.43, 326699.5099999998 5492708.92, 326672.04000000004 5492696.67, 326658.0999999996 5492692.18, 326654.91000000015 5492691.15, 326638.1699999999 5492690.42, 326615.51999999955 5492689.720000001, 326600.3300000001 5492687.720000001, 326582.75 5492683.619999999, 326556.04000000004 5492673.880000001, 326505.8099999996 5492729.02, 326471.7000000002 5492764.710000001, 326446.98000000045 5492787.210000001, 326433.8799999999 5492795.039999999, 326440.75 5492774.369999999, 326437.33999999985 5492771.74, 326432.8700000001 5492768.24, 326428.1699999999 5492764.699999999, 326419.3799999999 5492776.41, 326400.6799999997 5492795.25, 326375.9500000002 5492810.01, 326339.26999999955 5492828.67, 326306.6699999999 5492844.720000001, 326283.41000000015 5492852.42, 326253.25 5492858.32, 326234.95999999996 5492863.0600000005, 326198.0099999998 5492867.869999999, 326170.95999999996 5492869.960000001, 326142.26999999955 5492866.24, 326101.3200000003 5492861.970000001, 326059.53000000026 5492851.619999999, 326026.48000000045 5492850.73, 325994.5800000001 5492853.869999999, 325957.2599999998 5492861.130000001, 325932.95999999996 5492866.1899999995, 325915.11000000034 5492870.41, 325894.6900000004 5492875.25, 325838.1900000004 5492886.42, 325816.6200000001 5492892.57, 325799.8700000001 5492900.32, 325799.29000000004 5492900.59, 325768.45999999996 5492905.6899999995, 325739.08999999985 5492912.57, 325719.91000000015 5492921.75, 325700.4500000002 5492935.92, 325700.4199999999 5492936.050000001, 325699.1299999999 5492940.720000001, 325694.1900000004 5492958.6, 325692.01999999955 5492974.48, 325700.33999999985 5492994.289999999, 325700.5800000001 5493028.619999999, 325685.58999999985 5493024.109999999, 325679.8700000001 5493022.75, 325673.1900000004 5493021.970000001, 325662.3499999996 5493021.67, 325654.08999999985 5493021.85, 325644.9299999997 5493021.6, 325619.1200000001 5493019.859999999, 325601.1299999999 5493019.01, 325582.46999999974 5493018.85, 325557.4299999997 5493019.26, 325522.1299999999 5493020.390000001, 325483 5493022.01, 325462.16000000015 5493022.73, 325444.83999999985 5493022.99, 325429.25 5493022.57, 325393.79000000004 5493020.66, 325379.8700000001 5493019.619999999, 325317.51999999955 5493010.210000001, 325295.2999999998 5493011.5, 325287.98000000045 5493011.5, 325229.8200000003 5493011.57, 325201.3200000003 5493021.029999999, 325187.3799999999 5493024.220000001, 325175.0099999998 5493027.039999999, 325117.6200000001 5493045.470000001, 325091.2400000002 5493065.32, 325046 5493094.32, 325013.4500000002 5493112.23, 324976.83999999985 5493132.359999999, 324940.1200000001 5493150.32, 324889.0700000003 5493178.140000001, 324853.8700000001 5493206.9, 324848.8700000001 5493210.98, 324846.83999999985 5493211.65, 324823.4299999997 5493219.390000001, 324780.4199999999 5493244.57, 324770.36000000034 5493258.300000001, 324761.5599999996 5493270.300000001, 324760.4299999997 5493272.42, 324758.5 5493276.050000001, 324755.8200000003 5493281.09, 324748.3499999996 5493295.16, 324739.95999999996 5493315.970000001, 324729.2999999998 5493332.0600000005, 324689.3099999996 5493379.3100000005, 324665.83999999985 5493407.02, 324615.5700000003 5493471.300000001, 324599.6500000004 5493486.970000001, 324567.51999999955 5493527.859999999, 324551.5599999996 5493548.140000001, 324543.71999999974 5493558.119999999, 324531.48000000045 5493573.6899999995, 324520.3300000001 5493587.859999999, 324487.28000000026 5493628.640000001, 324468.4900000002 5493643.550000001, 324412.11000000034 5493690.539999999, 324387.58999999985 5493705.800000001, 324372.26999999955 5493715.41, 324327.3700000001 5493751.92, 324313.9299999997 5493764.68, 324317.95999999996 5493768.65, 324315.6900000004 5493770.710000001, 324304.9500000002 5493780.470000001, 324301.26999999955 5493786.109999999, 324299.23000000045 5493789.23, 324294.9299999997 5493792.84, 324282.5499999998 5493803.220000001, 324276.7999999998 5493807.720000001, 324273.7400000002 5493810.67, 324269.21999999974 5493815.01, 324248.03000000026 5493837.98, 324224.11000000034 5493879.4399999995, 324197.04000000004 5493914.23, 324154.48000000045 5493954.109999999, 324140.3700000001 5493980.4, 324134.25 5493985.43, 324127.5700000003 5493990.9, 324116.8300000001 5493999.699999999, 324094.8700000001 5493997.0600000005, 324093.25 5493996.050000001, 324088.7599999998 5493993.27, 324084.0999999996 5493997.07, 324056.83999999985 5493998.710000001, 324042.8300000001 5494001.609999999, 324011.1900000004 5494039.52, 323999.04000000004 5494053.130000001, 323990.4500000002 5494062.970000001, 323989.23000000045 5494064.68, 323973.9400000004 5494065.99, 323958.48000000045 5494061.630000001, 323942.1200000001 5494050.199999999, 323935.7599999998 5494033.220000001, 323933.0499999998 5494026.01, 323907.54000000004 5493991.960000001, 323852.96999999974 5493920.82, 323849.4900000002 5493916.17, 323848.1200000001 5493916.85, 323835.5599999996 5493901.08, 323824.6900000004 5493881.49, 323797.3099999996 5493841.1899999995, 323787.8099999996 5493821.949999999, 323778.04000000004 5493794.93, 323779.6900000004 5493770.109999999, 323782.45999999996 5493768.789999999, 323780.4400000004 5493759.74, 323787.4000000004 5493729.630000001, 323790.54000000004 5493716.1, 323792.1900000004 5493687.18, 323790.98000000045 5493670.279999999, 323786.3700000001 5493642.09, 323781.95999999996 5493628.01, 323775.9900000002 5493615.41, 323761.51999999955 5493587.380000001, 323740.5499999998 5493597.1, 323691.6799999997 5493620.07, 323587.5800000001 5493663.66, 323594.8300000001 5493689.699999999, 323597.25 5493698.41, 323600.5099999998 5493709.859999999, 323600.5700000003 5493710.16, 323542.0999999996 5493696.09, 323488.3499999996 5493627.34, 323478.5999999996 5493634.58, 323465.3200000003 5493634.109999999, 323421.9900000002 5493632.470000001, 323374.41000000015 5493626.949999999, 323342.2000000002 5493595.99, 323315.6799999997 5493589.539999999, 323257.5800000001 5493588.359999999, 323232.5999999996 5493570.34, 323186.0700000003 5493514.27, 323134.6699999999 5493502.5, 323128.88999999966 5493486.220000001, 323113.4000000004 5493473.039999999, 323105.1200000001 5493481.289999999, 323101.53000000026 5493502.960000001, 323098.3300000001 5493522.27, 323099.5599999996 5493539.85, 323099.86000000034 5493544.18, 323095.41000000015 5493554.279999999, 323096.61000000034 5493582.029999999, 323096.63999999966 5493585.16, 323096.78000000026 5493597.24, 323099.2999999998 5493645.359999999, 323095.86000000034 5493664.83, 323087.4199999999 5493677.1, 323078.8099999996 5493683.34, 323054.3700000001 5493685.3100000005, 323036.41000000015 5493684.92, 323031.2400000002 5493695.470000001, 323030.3200000003 5493706.970000001, 323033.4400000004 5493713.83, 323037.8099999996 5493719.32, 323047.0499999998 5493730.640000001, 323056.5499999998 5493735.449999999, 323064.25 5493741.109999999, 323116.88999999966 5493758.119999999, 323127.48000000045 5493765.119999999, 323131.8200000003 5493767.99, 323148.7000000002 5493779.130000001, 323152.2000000002 5493781.4399999995, 323171.5099999998 5493787.57, 323119.58999999985 5493784.859999999, 323119.8700000001 5493790.57, 323203.63999999966 5493818.76, 323301.6200000001 5493839.630000001, 323369.8700000001 5493859.050000001, 323403.9500000002 5493877.82, 323472.0599999996 5493900.720000001, 323541.3700000001 5493937.65, 323520.26999999955 5494021.02, 323467.46999999974 5494172.17, 323321.1900000004 5494143.0600000005, 323267.6500000004 5494117.08, 323189.38999999966 5494071.5, 323159.0700000003 5494059.109999999, 323105.6900000004 5494037.3100000005, 323043.5800000001 5494004.42, 323004.1699999999 5493983.57, 322859.9500000002 5494088.09, 322792.6200000001 5494002.970000001, 322772.6699999999 5493980.109999999, 322750.75 5493955.02, 322727.71999999974 5493928.67, 322717.9400000004 5493926.1899999995, 322696.0999999996 5493941.25, 322692.7000000002 5493936.3100000005, 322696.38999999966 5493933.17, 322694.6900000004 5493930.1899999995, 322646.3300000001 5493845.08, 322632.8200000003 5493823.17, 322573.9900000002 5493727.73, 322573.2000000002 5493726.449999999, 322571.95999999996 5493724.800000001, 322538.2599999998 5493680.09, 322535.08999999985 5493675.32, 322519.54000000004 5493648.460000001, 322509.4900000002 5493628.1899999995, 322488.38999999966 5493585.65, 322481.26999999955 5493558.41, 322469 5493511.52, 322468.3700000001 5493508.66, 322467 5493502.369999999, 322450.75 5493435.140000001, 322445.5499999998 5493413.630000001, 322440.3099999996 5493378.34, 322438.1900000004 5493364.02, 322437.53000000026 5493359.5600000005, 322438.70999999996 5493357.289999999, 322433.61000000034 5493291.25, 322433.9000000004 5493285.289999999, 322434.48000000045 5493273.27, 322437.1699999999 5493242.289999999, 322439.1200000001 5493237.640000001, 322439.9900000002 5493235.57, 322442.8799999999 5493236.789999999, 322444.3099999996 5493234.1899999995, 322441.21999999974 5493232.65, 322466.8799999999 5493199.1, 322470.26999999955 5493194.67, 322477.71999999974 5493184.92, 322480.6900000004 5493180.119999999, 322483.98000000045 5493174.789999999, 322490.1900000004 5493164.75, 322495.70999999996 5493155.82, 322502.8099999996 5493141.52, 322505.29000000004 5493136.5600000005, 322516.4900000002 5493114.08, 322522.95999999996 5493101.119999999, 322523.54000000004 5493099.83, 322524.3300000001 5493098.220000001, 322525.1900000004 5493096.33, 322542.6799999997 5493058.9, 322549.3499999996 5493044.640000001, 322568.29000000004 5493016.91, 322569.03000000026 5493015.869999999, 322569.66000000015 5493014.35, 322579.96999999974 5492990.75, 322586.26999999955 5492976.279999999, 322598.3099999996 5492973.68, 322622.3700000001 5492971.6, 322637.4400000004 5492970.949999999, 322667.1200000001 5492974.970000001, 322706.36000000034 5492984.380000001, 322732.8499999996 5492994.07, 322733.8499999996 5492994.42, 322735.2000000002 5492995.0600000005, 322751.95999999996 5493002.960000001, 322783.16000000015 5493014.710000001, 322803.1200000001 5493024.0600000005, 322832.1500000004 5493037.65, 322838.3200000003 5493040.01, 322848.78000000026 5493044.880000001, 322868.9299999997 5493053.52, 322878.9900000002 5493057.08, 322899.28000000026 5493064.23, 322944.76999999955 5493077.23, 322952.29000000004 5493078.42, 322947.73000000045 5493105.16, 322976.13999999966 5493113.66, 322975.3300000001 5493118.140000001, 322974.25 5493133.130000001, 322972.3200000003 5493159.8100000005, 322971.75 5493167.710000001, 322968.9199999999 5493224.18, 322968.33999999985 5493235.84, 322967.1900000004 5493258.8100000005, 322970.9000000004 5493262.74, 322955.4900000002 5493284.59, 322959.4900000002 5493287.41, 322957.36000000034 5493292.08, 322956.6299999999 5493295.619999999, 322956.5499999998 5493300.3100000005, 322929.9400000004 5493302.970000001, 322931.76999999955 5493320.779999999, 322921.7000000002 5493327.029999999, 322921.0999999996 5493337.210000001, 322927.3099999996 5493339.470000001, 322927.6699999999 5493358, 322932.53000000026 5493375.99, 322933.11000000034 5493383.66, 322935.0700000003 5493414.07, 322936.5800000001 5493439.15, 322962.5099999998 5493439.119999999, 322964.13999999966 5493439.08, 322970.53000000026 5493438.960000001, 322970.2999999998 5493416.66, 322974.3300000001 5493416.880000001, 322980.08999999985 5493403.83, 322985.1900000004 5493399.08, 322993.9900000002 5493381.83, 323003.88999999966 5493379.619999999, 323002.6299999999 5493364.029999999, 323001.11000000034 5493338.5, 322997.4000000004 5493320.789999999, 322993.38999999966 5493321.6899999995, 322996.04000000004 5493298.67, 322999 5493293.619999999, 323000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6405-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6405-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6405-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6405-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-096" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6405-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6405-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6405-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-096" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6405-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6405-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6405-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108923</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.00980365619</v>
+        <v>46069.2323590778</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>