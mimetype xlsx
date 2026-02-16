--- v0 (2025-11-07)
+++ v1 (2026-02-16)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6404-305</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((312367.4400000004 5495397.859999999, 312354.1699999999 5495400.029999999, 312325.53000000026 5495416.16, 312302.79000000004 5495427.640000001, 312282.7999999998 5495434.449999999, 312264.1200000001 5495438.17, 312260.70999999996 5495438.17, 312244.96999999974 5495436.880000001, 312231.4000000004 5495434.529999999, 312187.7999999998 5495394.039999999, 312181.5499999998 5495384.74, 312153.5499999998 5495343.050000001, 312161.91000000015 5495318.699999999, 312151.0499999998 5495308.82, 312137.1699999999 5495303.3100000005, 312136.28000000026 5495302.25, 312135.4400000004 5495301.41, 312135.4500000002 5495297.26, 312131.04000000004 5495289.68, 312127.66000000015 5495283.880000001, 312124.95999999996 5495281.33, 312121.2400000002 5495281.210000001, 312107.9299999997 5495288.77, 312099.5700000003 5495295.33, 312082.3799999999 5495306.9399999995, 312074.95999999996 5495309.77, 312047.0599999996 5495320.390000001, 312043.16000000015 5495321.23, 312017.86000000034 5495326.73, 312007.7999999998 5495327.609999999, 311980.3799999999 5495330.0600000005, 311965.73000000045 5495328.369999999, 311914.3099999996 5495294.74, 311909.45999999996 5495291.57, 311901.2400000002 5495285.710000001, 311897.48000000045 5495283.029999999, 311833.26999999955 5495258.640000001, 311789.1799999997 5495246.3100000005, 311705.3200000003 5495222.449999999, 311700.2000000002 5495231.289999999, 311694.0700000003 5495241.85, 311704.01999999955 5495249.789999999, 311698.0599999996 5495251.84, 311654.86000000034 5495266.0600000005, 311641.38999999966 5495270.5, 311593.33999999985 5495286.32, 311589.45999999996 5495287.699999999, 311533.98000000045 5495306.34, 311497.21999999974 5495307.07, 311448.7999999998 5495303.390000001, 311421.2400000002 5495303.029999999, 311390.3099999996 5495306.76, 311323.36000000034 5495322.369999999, 311311.5800000001 5495322, 311236.58999999985 5495301.49, 311197.3799999999 5495294.52, 311170.38999999966 5495287.68, 311167.2599999998 5495291.27, 311157.54000000004 5495302.4, 311142.8300000001 5495292.5, 311119.13999999966 5495274.59, 311094.4500000002 5495253.23, 311060.83999999985 5495219.6899999995, 311040.28000000026 5495190.26, 311037.5099999998 5495186.949999999, 311050.53000000026 5495178.640000001, 311064.58999999985 5495169.67, 311065.5 5495169.1, 311073.46999999974 5495161.35, 311085.88999999966 5495149.289999999, 311101.4400000004 5495159.68, 311112 5495145.25, 311114.6299999999 5495141.65, 311119.1200000001 5495135.5, 311123.3200000003 5495131.380000001, 311130.33999999985 5495124.470000001, 311142.51999999955 5495112.539999999, 311153.4900000002 5495101.76, 311158.38999999966 5495096.949999999, 311163.1200000001 5495092.3100000005, 311167.0099999998 5495088.49, 311171.75 5495084.0600000005, 311176.3099999996 5495079.779999999, 311203.76999999955 5495054.1, 311209.78000000026 5495048.48, 311213.5 5495044.99, 311225.33999999985 5495033.92, 311224.46999999974 5495032.59, 311198.4900000002 5494993.449999999, 311195.7599999998 5494989.34, 311199.5999999996 5494985.24, 311210.1900000004 5494973.9, 311195.66000000015 5494951.029999999, 311176.83999999985 5494890.25, 311174.1500000004 5494881.609999999, 311088.3499999996 5494958.92, 311075.25 5494935.34, 311039.3200000003 5494870.6899999995, 311060.38999999966 5494854.66, 311068.88999999966 5494848.199999999, 311084.33999999985 5494836.48, 311069.4400000004 5494809.73, 311030.63999999966 5494740.09, 311062.03000000026 5494726.98, 311059.71999999974 5494723.09, 311034.4199999999 5494672.380000001, 311000.8200000003 5494614.300000001, 310973.66000000015 5494613.050000001, 310936.25 5494611.3100000005, 310932.9199999999 5494584.98, 310933.23000000045 5494569.92, 310945.03000000026 5494531.949999999, 310948.0700000003 5494524.210000001, 310950.95999999996 5494520.73, 310954.5099999998 5494518.23, 310961.2000000002 5494516.1, 310983.04000000004 5494511.4399999995, 311010.01999999955 5494503.960000001, 311053.70999999996 5494488.59, 311065.9900000002 5494485.119999999, 311073.9000000004 5494484.26, 311081.2599999998 5494484.99, 311088.2000000002 5494487.57, 311098.3799999999 5494492.710000001, 311105.3700000001 5494493.5, 311110.8200000003 5494489.369999999, 311107.1299999999 5494482.93, 311101.0800000001 5494478.51, 311094.29000000004 5494475.42, 311035.0999999996 5494443.970000001, 310981.4400000004 5494421.1, 310968.58999999985 5494415.630000001, 310970.08999999985 5494412.01, 310970.6299999999 5494407.07, 310952.8499999996 5494403.58, 310930.1900000004 5494388.82, 310882.54000000004 5494343.550000001, 310858.2999999998 5494327.050000001, 310819.0999999996 5494306.890000001, 310782.96999999974 5494284.02, 310761.61000000034 5494269.23, 310744.63999999966 5494250.48, 310728.6500000004 5494224.279999999, 310712.1900000004 5494199.58, 310650.4400000004 5494123.6, 310616.70999999996 5494093.59, 310598.6299999999 5494076.130000001, 310582.4400000004 5494057.539999999, 310583.7599999998 5494048.57, 310631.6699999999 5494018.5, 310670.86000000034 5493999.880000001, 310696.73000000045 5493993.83, 310708.8799999999 5493989.33, 310719.0499999998 5493982.49, 310786.6200000001 5493911.73, 310797.53000000026 5493903.699999999, 310804.95999999996 5493901.25, 310812.9299999997 5493901.67, 310836.11000000034 5493911.24, 310848.76999999955 5493917.5, 310851.20999999996 5493912.02, 310856.8300000001 5493899.32, 310868.5800000001 5493872.779999999, 310876.36000000034 5493855.18, 310888.9000000004 5493835.75, 310925.6500000004 5493791.41, 310928.7400000002 5493787.6899999995, 310926.75 5493783.9399999995, 310926.25 5493783, 310897.66000000015 5493726.65, 310894.8700000001 5493721.16, 310866.1699999999 5493690.140000001, 310840.13999999966 5493675.08, 310828.16000000015 5493681.42, 310826.11000000034 5493682.5, 310818.73000000045 5493689.630000001, 310800.45999999996 5493691.66, 310777.75 5493730.779999999, 310768.95999999996 5493755.84, 310767.21999999974 5493754.93, 310742.16000000015 5493742.01, 310739.29000000004 5493740.52, 310736.0800000001 5493738.859999999, 310734.3700000001 5493742.48, 310733.91000000015 5493743.470000001, 310722.58999999985 5493764.23, 310721.76999999955 5493760.51, 310720.2400000002 5493753.5, 310685.8799999999 5493596.609999999, 310708.83999999985 5493593.880000001, 310717.45999999996 5493592.869999999, 310728.11000000034 5493591.609999999, 310773.04000000004 5493581.800000001, 310795.6299999999 5493576.130000001, 310839.1799999997 5493565.210000001, 310921.73000000045 5493544.609999999, 310961.29000000004 5493537.550000001, 310991.9199999999 5493535.039999999, 311007.4400000004 5493533.0600000005, 311020.9000000004 5493538.029999999, 311135.0599999996 5493611.880000001, 311220.26999999955 5493655.08, 311229.16000000015 5493656.92, 311229.4900000002 5493698.67, 311229.91000000015 5493751.869999999, 311229.48000000045 5493830.08, 311229.4199999999 5493840.15, 311156.2999999998 5493895.3100000005, 311114.4900000002 5493914.390000001, 311104.91000000015 5493923.869999999, 311098.91000000015 5493926.300000001, 311093.8300000001 5493928.359999999, 311086 5493932.25, 311087.61000000034 5493936.460000001, 311091.4500000002 5493942.390000001, 311107.3499999996 5493966.619999999, 311121.8799999999 5493984.390000001, 311130.1799999997 5493989.33, 311133.98000000045 5494000.359999999, 311141.96999999974 5494007.369999999, 311152.6900000004 5494021.869999999, 311166.33999999985 5494028.77, 311179.3300000001 5494036.699999999, 311184.3499999996 5494039.76, 311196.6900000004 5494052.869999999, 311201.1500000004 5494057.609999999, 311214.71999999974 5494066.83, 311228.6699999999 5494074.0600000005, 311256.28000000026 5494076.99, 311275.29000000004 5494082.75, 311288.6799999997 5494084.9, 311308.3300000001 5494083.470000001, 311318.1900000004 5494082.66, 311329.2000000002 5494082.27, 311337.04000000004 5494078.390000001, 311347.45999999996 5494078.34, 311356.4400000004 5494075.99, 311358.7400000002 5494075.970000001, 311362.0999999996 5494080.380000001, 311367.73000000045 5494088.789999999, 311384.0099999998 5494113.09, 311407.66000000015 5494148.33, 311407.3099999996 5494149.02, 311407.5700000003 5494149.57, 311408.13999999966 5494149.789999999, 311408.9000000004 5494149.09, 311428.4299999997 5494151.6, 311460.6500000004 5494150.59, 311489.51999999955 5494152.27, 311520.96999999974 5494154.09, 311535.1200000001 5494154.92, 311551.2000000002 5494155.85, 311507.51999999955 5494277.01, 311500.9000000004 5494295.369999999, 311539.0999999996 5494295.27, 311569.26999999955 5494295.1899999995, 311597.3300000001 5494295.109999999, 311620.98000000045 5494295.039999999, 311634.1699999999 5494295.01, 311624.4500000002 5494333.65, 311623.76999999955 5494337.609999999, 311727.98000000045 5494346.109999999, 311732.0499999998 5494355.039999999, 311735.96999999974 5494358.15, 311744.79000000004 5494346.029999999, 311788.4199999999 5494284.050000001, 311794.16000000015 5494282.710000001, 311805.9199999999 5494289.539999999, 311821.1299999999 5494298.390000001, 311829.03000000026 5494302.98, 311836.29000000004 5494306.039999999, 311852.2999999998 5494312.789999999, 311868.5499999998 5494319.630000001, 311884.6699999999 5494326.43, 311896.48000000045 5494331.41, 311766.3099999996 5494517.75, 311795.29000000004 5494544.529999999, 311821.4500000002 5494568.6899999995, 311837.9000000004 5494572.619999999, 311861.8700000001 5494578.35, 311871.4199999999 5494580.640000001, 311908.5499999998 5494580.880000001, 311929.98000000045 5494581.029999999, 311954.83999999985 5494581.199999999, 312024.1900000004 5494581.210000001, 312053.29000000004 5494581.220000001, 312063.1299999999 5494581.210000001, 312066.13999999966 5494581.210000001, 312075.5 5494585.24, 312080.13999999966 5494587.24, 312107.1900000004 5494598.880000001, 312161.51999999955 5494622.26, 312179.70999999996 5494626.949999999, 312186.1299999999 5494628.619999999, 312263.16000000015 5494648.52, 312270.5599999996 5494650.449999999, 312289.0599999996 5494665.5, 312297.21999999974 5494672.140000001, 312367.5999999996 5494734.039999999, 312402.8700000001 5494759.57, 312454.9500000002 5494794.02, 312469.6699999999 5494809.970000001, 312477.6200000001 5494822.869999999, 312480.63999999966 5494829.789999999, 312483.9900000002 5494837.4, 312489.9900000002 5494851.08, 312495.33999999985 5494859.52, 312500.83999999985 5494868.17, 312519.3200000003 5494891.5600000005, 312532.08999999985 5494907.73, 312539.23000000045 5494916.74, 312549.4299999997 5494930.619999999, 312555.8799999999 5494939.380000001, 312563.3499999996 5494949.52, 312563.5099999998 5494949.970000001, 312565.7599999998 5494956.18, 312574.71999999974 5494980.880000001, 312600.2999999998 5495018.050000001, 312600.70999999996 5495018.65, 312605.7400000002 5495034.6899999995, 312611.6699999999 5495080.640000001, 312612.8499999996 5495089.789999999, 312612.45999999996 5495124.779999999, 312611.73000000045 5495148.08, 312606.5999999996 5495186.27, 312605.25 5495204.66, 312610.4000000004 5495216.0600000005, 312626.5 5495225.859999999, 312631.9199999999 5495227.4, 312625.3200000003 5495244.199999999, 312612.9000000004 5495248.380000001, 312587.4199999999 5495256.9399999995, 312551.95999999996 5495263.57, 312528.1699999999 5495264.470000001, 312515.11000000034 5495263.1, 312503.58999999985 5495261.9, 312504.5499999998 5495275.32, 312479.36000000034 5495280.18, 312414.76999999955 5495292.640000001, 312368.45999999996 5495301.57, 312375.21999999974 5495351.74, 312378.51999999955 5495376.25, 312381.1200000001 5495395.6, 312367.4400000004 5495397.859999999)), ((314684.83999999985 5493295.859999999, 314681.5099999998 5493298.09, 314674.70999999996 5493302.65, 314658.7999999998 5493304.16, 314640.7999999998 5493295.91, 314631.29000000004 5493286.779999999, 314621.79000000004 5493277.66, 314605.46999999974 5493247.92, 314601.0999999996 5493237.6899999995, 314588.8300000001 5493208.9399999995, 314582.79000000004 5493197.199999999, 314576.6299999999 5493185.17, 314552.0499999998 5493137.3100000005, 314537.0599999996 5493108.1, 314481.04000000004 5493038.890000001, 314476.13999999966 5493032.83, 314473.58999999985 5493029.390000001, 314463.9199999999 5493016.359999999, 314443.6299999999 5492989.01, 314403.48000000045 5492934.869999999, 314373.91000000015 5492907.699999999, 314367.08999999985 5492903.15, 314336.76999999955 5492882.92, 314321.0099999998 5492872.4, 314309.9400000004 5492865.01, 314308.3099999996 5492863.74, 314291.3300000001 5492850.4399999995, 314269.4500000002 5492833.3100000005, 314264.71999999974 5492829.609999999, 314255.54000000004 5492815.85, 314242.16000000015 5492795.779999999, 314238.48000000045 5492790.27, 314233.78000000026 5492783.220000001, 314197.6299999999 5492728.99, 314195.2000000002 5492725.34, 314187.7999999998 5492714.23, 314185.11000000034 5492710.4399999995, 314168.1299999999 5492686.470000001, 314150.8799999999 5492662.140000001, 314142.5599999996 5492650.390000001, 314128.51999999955 5492655.529999999, 314098.8700000001 5492666.41, 314058.4500000002 5492686.84, 314040.58999999985 5492695.85, 314021.4500000002 5492702.630000001, 313980.01999999955 5492717.289999999, 313971.3499999996 5492720.359999999, 313954.3300000001 5492726.380000001, 313933.58999999985 5492733.720000001, 313933.29000000004 5492732.92, 313841.61000000034 5492768.27, 313732.61000000034 5492810.27, 313730.61000000034 5492811.050000001, 313727.9299999997 5492805.640000001, 313727.41000000015 5492804.6, 313723.6900000004 5492797.1, 313691.7599999998 5492794.300000001, 313667.01999999955 5492792.119999999, 313607.1900000004 5492786.880000001, 313607.78000000026 5492788.24, 313610.0599999996 5492793.550000001, 313656.4299999997 5492876.77, 313716.5 5492967.49, 313678.36000000034 5492985.01, 313670.2000000002 5492988.75, 313659.9500000002 5492984.76, 313639.8799999999 5493006.73, 313553.20999999996 5492895.779999999, 313499.21999999974 5492831.9399999995, 313497.1900000004 5492829.48, 313478.98000000045 5492808.42, 313437.1699999999 5492759.49, 313405.33999999985 5492770.59, 313392.9500000002 5492774.91, 313386.5499999998 5492767.9399999995, 313349.98000000045 5492795.640000001, 313348.2599999998 5492796.949999999, 313335.9000000004 5492809.8100000005, 313335.0499999998 5492810.6899999995, 313323.5 5492799.15, 313320.0800000001 5492799.6, 313293.46999999974 5492830.34, 313273.1699999999 5492853.8100000005, 313225.46999999974 5492889.92, 313189.8700000001 5492843.789999999, 313186.4199999999 5492839.27, 313184.63999999966 5492836.9399999995, 313182.46999999974 5492833.66, 313186.7599999998 5492831.08, 313232.28000000026 5492776, 313278.41000000015 5492740.93, 313318.6699999999 5492687.140000001, 313343.5700000003 5492674.029999999, 313367.76999999955 5492668.02, 313425.3799999999 5492641.630000001, 313492.8700000001 5492636.279999999, 313514.95999999996 5492642.029999999, 313517.2599999998 5492643.109999999, 313559.0999999996 5492673.66, 313566.6299999999 5492677.57, 313570.4400000004 5492680.109999999, 313575.01999999955 5492683.17, 313603.73000000045 5492702.35, 313622.11000000034 5492710.41, 313639.6799999997 5492716.369999999, 313656.0800000001 5492716.880000001, 313690.4500000002 5492713.199999999, 313713.95999999996 5492707.67, 313738.3499999996 5492700.039999999, 313739.9199999999 5492704.6, 313742.2599999998 5492703.33, 313786.2400000002 5492679.539999999, 313893.38999999966 5492624.369999999, 313890.0599999996 5492614.08, 313888.53000000026 5492609.32, 313883.0700000003 5492592.73, 313874.6900000004 5492567.1899999995, 313873.0700000003 5492562.289999999, 313871.3200000003 5492556.949999999, 313827.8200000003 5492496.140000001, 313824.5800000001 5492491.65, 313723.78000000026 5492350.710000001, 313721.04000000004 5492351.220000001, 313696.1699999999 5492355.880000001, 313687.48000000045 5492357.5, 313679.6200000001 5492358.98, 313633.98000000045 5492367.51, 313594.8499999996 5492529.73, 313594.6500000004 5492530.869999999, 313558.4900000002 5492525.5, 313489.8099999996 5492529.279999999, 313434.3499999996 5492544.92, 313386.8799999999 5492565.25, 313349.11000000034 5492577.43, 313281.36000000034 5492606.68, 313272.75 5492614.470000001, 313246.1500000004 5492623.98, 313215 5492635.75, 313190.45999999996 5492645.970000001, 313163.0499999998 5492650.59, 313079.0499999998 5492660.92, 313069.2599999998 5492660.039999999, 313052.7000000002 5492657.6, 312994.3799999999 5492649.59, 312972.9900000002 5492645, 312932.8300000001 5492636.380000001, 312840.78000000026 5492638.92, 312763.3099999996 5492659.890000001, 312725.1200000001 5492665.699999999, 312718.0499999998 5492665.369999999, 312706.51999999955 5492657.619999999, 312733.1900000004 5492621.41, 312732.83999999985 5492621.15, 312727.2000000002 5492616.99, 312725.58999999985 5492615.789999999, 312701 5492597.640000001, 312681.6799999997 5492583.390000001, 312669.41000000015 5492574.32, 312698.1299999999 5492539.380000001, 312687.3099999996 5492527.279999999, 312666.63999999966 5492504.18, 312660.01999999955 5492507.949999999, 312642.7400000002 5492478.470000001, 312642.8300000001 5492470.970000001, 312641.4199999999 5492470.949999999, 312641.4500000002 5492468.84, 312635.3099999996 5492468.789999999, 312635.28000000026 5492470.890000001, 312633.8200000003 5492470.880000001, 312633.73000000045 5492478.369999999, 312628.9900000002 5492479.67, 312623.95999999996 5492483.449999999, 312598.4400000004 5492501.710000001, 312592.70999999996 5492493.220000001, 312588.51999999955 5492495.85, 312574.96999999974 5492477.130000001, 312570.9400000004 5492480.460000001, 312556.38999999966 5492460.609999999, 312554.61000000034 5492458.1899999995, 312539.23000000045 5492437.220000001, 312530.5999999996 5492414.66, 312535.4199999999 5492407.99, 312541.38999999966 5492406.8100000005, 312552.1299999999 5492404.710000001, 312558 5492403.550000001, 312579.16000000015 5492399.4, 312600.3499999996 5492395.24, 312615.53000000026 5492392.26, 312628.5499999998 5492389.710000001, 312640.5599999996 5492387.359999999, 312646.8200000003 5492386.130000001, 312652.5800000001 5492385, 312672.0099999998 5492381.18, 312722.6500000004 5492370.92, 313044.9299999997 5492305.550000001, 313022.79000000004 5492159.74, 313074.75 5492147.77, 313124.0099999998 5492135.57, 313179.4199999999 5492120.74, 313193.98000000045 5492118.02, 313210.70999999996 5492117, 313227.1900000004 5492117.42, 313227.20999999996 5492111.199999999, 313227.2400000002 5492104.75, 313228.5499999998 5492102.23, 313240.0499999998 5492102.34, 313242.70999999996 5492098.859999999, 313236.3200000003 5492096.42, 313246.1299999999 5492092.58, 313250.79000000004 5492090.76, 313288.33999999985 5492076.039999999, 313267.8200000003 5492009.210000001, 313245.7000000002 5491937.970000001, 313350.9299999997 5491905.449999999, 313354.7599999998 5491904.25, 313498.5499999998 5491859.800000001, 313502.5499999998 5491858.699999999, 313499.8099999996 5491850.98, 313489.76999999955 5491822.76, 313587.11000000034 5491806.58, 313674.0099999998 5491805.699999999, 313800.8099999996 5491748.789999999, 313895.6299999999 5491738.34, 313904.16000000015 5491741.1, 313925.45999999996 5491761.5, 313929.95999999996 5491765.869999999, 313951.7999999998 5491786.789999999, 313968.5099999998 5491802.800000001, 313996.8799999999 5491831.039999999, 314011.5099999998 5491845.6, 314055.9000000004 5491894.43, 314074.95999999996 5491934.59, 314089.71999999974 5491964.26, 314091.33999999985 5491969.039999999, 314093.4199999999 5491975.02, 314094.63999999966 5491978.17, 314113.6799999997 5491972.15, 314137.7400000002 5491962.49, 314149.2400000002 5491962.49, 314168.0700000003 5491964.529999999, 314175.5 5491964.779999999, 314211.79000000004 5491966, 314216.1799999997 5491966.140000001, 314223.3799999999 5491963.619999999, 314227.9400000004 5491962.039999999, 314231.4000000004 5491960.82, 314239.8499999996 5491958.9399999995, 314248.08999999985 5491957.109999999, 314253.2400000002 5491955.970000001, 314269.6200000001 5491952.33, 314292.8499999996 5491951.08, 314313.4500000002 5491957.289999999, 314331.1699999999 5491964.77, 314330.79000000004 5491972.5600000005, 314268.3099999996 5492046.74, 314252.21999999974 5492065.859999999, 314241.4500000002 5492078.640000001, 314216.9299999997 5492107.75, 314204.8700000001 5492122.08, 314199.3700000001 5492129.24, 314196.58999999985 5492132.859999999, 314142.91000000015 5492202.800000001, 314129.38999999966 5492212.8100000005, 314062.91000000015 5492262.050000001, 314050.01999999955 5492271.619999999, 314042.28000000026 5492281.98, 314041.61000000034 5492295.369999999, 314047.71999999974 5492309.3100000005, 314051.21999999974 5492317.32, 314080.66000000015 5492384.52, 314143 5492427.380000001, 314219.4299999997 5492479.91, 314245.33999999985 5492497.720000001, 314246.21999999974 5492498.32, 314264.4299999997 5492524.449999999, 314368.48000000045 5492673.77, 314395.1299999999 5492706.07, 314424.0700000003 5492736.34, 314427.1299999999 5492739.529999999, 314440.88999999966 5492749.5, 314457.33999999985 5492754.51, 314466.7999999998 5492755.33, 314488.5 5492757.220000001, 314516.04000000004 5492760.43, 314534.16000000015 5492766.67, 314545.5099999998 5492770.58, 314553.3499999996 5492776.82, 314558.4000000004 5492783.98, 314559.2999999998 5492788.42, 314560.1699999999 5492792.6899999995, 314558.66000000015 5492802.3100000005, 314550.03000000026 5492820.91, 314546.73000000045 5492835.33, 314554.36000000034 5492854.1899999995, 314578.45999999996 5492882.77, 314585.5599999996 5492891.1899999995, 314591.5099999998 5492896.289999999, 314605.5800000001 5492908.359999999, 314614.1699999999 5492915.73, 314630.6699999999 5492929.880000001, 314674.95999999996 5492967.859999999, 314717.3200000003 5493014.98, 314736.6500000004 5493036.470000001, 314761.8200000003 5493064.470000001, 314762.6299999999 5493072.43, 314742.9400000004 5493106.74, 314736.3799999999 5493118.16, 314725.9299999997 5493144.789999999, 314716.0800000001 5493189.390000001, 314714.53000000026 5493210.17, 314712.5499999998 5493219.09, 314706.6500000004 5493245.710000001, 314703.3200000003 5493260.699999999, 314699.91000000015 5493270.59, 314695.4199999999 5493283.66, 314688.9900000002 5493293.08, 314684.83999999985 5493295.859999999)), ((312746.6900000004 5494068.460000001, 312747.1799999997 5494074.699999999, 312732.16000000015 5494068.75, 312721.5800000001 5494068.949999999, 312670.66000000015 5494057.49, 312629.20999999996 5494046.369999999, 312581.1500000004 5494033.48, 312578.96999999974 5494033.48, 312489.41000000015 5494003.49, 312344.5999999996 5493954.99, 312346.9900000002 5493948.609999999, 312347.1200000001 5493946.33, 312348.41000000015 5493938.5, 312340.46999999974 5493928.640000001, 312327.4000000004 5493920.51, 312310.83999999985 5493915.67, 312288.86000000034 5493909.15, 312273.01999999955 5493902.01, 312269.33999999985 5493899.1899999995, 312245.6200000001 5493881.01, 312245.28000000026 5493880.619999999, 312227.73000000045 5493859.91, 312223.78000000026 5493855.960000001, 312198.8099999996 5493831.02, 312171.3200000003 5493803.57, 312231.61000000034 5493738.630000001, 312112.8200000003 5493651.029999999, 312109.98000000045 5493643.98, 312003.73000000045 5493578.73, 311836.2000000002 5493547.1899999995, 311793.25 5493546.73, 311786.7000000002 5493541.93, 311748.41000000015 5493425.23, 311728.03000000026 5493369.550000001, 311718.3099999996 5493355.18, 311559.5499999998 5493203.550000001, 311560.01999999955 5493198.65, 311618.8200000003 5493160.01, 311652.7599999998 5493138.380000001, 311650.36000000034 5493134.619999999, 311647.6299999999 5493130.380000001, 311646 5493127.83, 311651.88999999966 5493122.49, 311690.70999999996 5493071.77, 311684.5099999998 5493060.08, 311684.03000000026 5493059.17, 311674 5493058.02, 311520.33999999985 5493040.52, 311457.4400000004 5493024.380000001, 311455.9299999997 5493023.779999999, 311445.6299999999 5493019.640000001, 311441.51999999955 5493018, 311438.2599999998 5493016.6899999995, 311403.9000000004 5492989.890000001, 311398.33999999985 5492986.289999999, 311391.9199999999 5492982.130000001, 311384.3700000001 5492981.23, 311377.8099999996 5492984.9, 311322.6299999999 5493064, 311319.45999999996 5493067.51, 311313.2999999998 5493074.32, 311269.7000000002 5493122.51, 311241.1299999999 5493159.26, 311232.83999999985 5493169.74, 311222.1299999999 5493175.91, 311190.1699999999 5493200.949999999, 311170.01999999955 5493216.720000001, 311153.5099999998 5493225.73, 311138.5599999996 5493233.880000001, 311136.4000000004 5493230.51, 311099.76999999955 5493225.869999999, 311094.0800000001 5493224.18, 311092.25 5493217.67, 311088.2999999998 5493212, 311064.36000000034 5493224.99, 311049.1500000004 5493229.1899999995, 311025.48000000045 5493229.8100000005, 310989.8099999996 5493215.73, 310983.7599999998 5493211.8100000005, 310943.1699999999 5493183.199999999, 310893.86000000034 5493153.949999999, 310943.73000000045 5493127, 310948.25 5493127.01, 310953.0999999996 5493117.8100000005, 310963.2599999998 5493109.02, 310916.53000000026 5493078.75, 310908.54000000004 5493083.6, 310879.78000000026 5493073.779999999, 310860.21999999974 5493076.26, 310818.76999999955 5493077.1, 310801.7000000002 5493064.35, 310783.66000000015 5493008.82, 310769.9400000004 5492979.539999999, 310750.9900000002 5492956.93, 310753.3499999996 5492953.24, 310760.86000000034 5492941.42, 310760.7999999998 5492935.859999999, 310783.91000000015 5492886.91, 310791.0999999996 5492870.279999999, 310795.9199999999 5492862.0600000005, 310801.70999999996 5492863.84, 310819.70999999996 5492869.35, 310863.08999999985 5492915.57, 310863.6200000001 5492916.119999999, 310909.54000000004 5492963.789999999, 310917.4199999999 5492971.880000001, 311014.3200000003 5492993.82, 311046.1299999999 5492990.289999999, 311100.26999999955 5492984.09, 311111.0099999998 5492980.640000001, 311120.29000000004 5492977.66, 311158.26999999955 5492965.48, 311167.0800000001 5492960.73, 311231.1900000004 5492884.369999999, 311296.3799999999 5492808.789999999, 311319.3700000001 5492783.359999999, 311317.91000000015 5492776.23, 311389.28000000026 5492765.59, 311436.16000000015 5492772.9, 311489.03000000026 5492771.92, 311525.9500000002 5492771.24, 311598.6500000004 5492768.27, 311680.9900000002 5492762.859999999, 311744.0800000001 5492755.619999999, 311823.8300000001 5492748.17, 311871.13999999966 5492747.93, 311905.9900000002 5492760.98, 311966.8700000001 5492775.390000001, 311990.0099999998 5492783.26, 312036.0099999998 5492798.9, 312043.4299999997 5492801.9399999995, 312038.41000000015 5492804.390000001, 312046.3300000001 5492822.49, 312048.9199999999 5492826.42, 312056.78000000026 5492838.289999999, 312088.9900000002 5492859.68, 312091.73000000045 5492861.51, 312092.0599999996 5492885.369999999, 312091.46999999974 5492904.83, 312090.4900000002 5492938.17, 312090.3499999996 5492940.720000001, 312088.6900000004 5492955.51, 312088.1900000004 5492960.279999999, 312087.08999999985 5492970.880000001, 312107.4000000004 5492962.41, 312116.2599999998 5492958.720000001, 312263.13999999966 5492897.630000001, 312313.5599999996 5492876.66, 312309.23000000045 5492849.66, 312307.79000000004 5492840.630000001, 312302.0099999998 5492810.380000001, 312300.1799999997 5492800.800000001, 312307.29000000004 5492799.529999999, 312408.5499999998 5492781.3100000005, 312421.5700000003 5492778.960000001, 312501.88999999966 5492773.09, 312505.9299999997 5492772.800000001, 312507.08999999985 5492782.449999999, 312507.1200000001 5492782.65, 312660.0800000001 5492761.25, 312663.0499999998 5492769.67, 312664.29000000004 5492773.18, 312666.1200000001 5492785.949999999, 312669.5700000003 5492809.98, 312670.20999999996 5492814.390000001, 312671.4900000002 5492824.890000001, 312671.51999999955 5492825.17, 312674.0800000001 5492846.18, 312674.16000000015 5492846.18, 312676.7400000002 5492864.18, 312681.33999999985 5492896.26, 312682.4900000002 5492903.449999999, 312682.9400000004 5492917.41, 312684.0800000001 5492952.470000001, 312682.5700000003 5492952.619999999, 312631.7400000002 5492957.710000001, 312602.7400000002 5492961.210000001, 312581.95999999996 5492965.390000001, 312543.16000000015 5492962.199999999, 312529.73000000045 5492961.109999999, 312487.5700000003 5492969, 312478.01999999955 5492972.5600000005, 312439.1699999999 5492987.050000001, 312425.86000000034 5492993.029999999, 312386.29000000004 5493010.8100000005, 312391.2400000002 5493021.25, 312386.5499999998 5493023.76, 312363.83999999985 5493035.92, 312336.73000000045 5493050.41, 312335.4199999999 5493050.83, 312293.63999999966 5493064.300000001, 312280.4400000004 5493068.550000001, 312207.7400000002 5493084.289999999, 312203.4000000004 5493085.220000001, 312204.6200000001 5493089.16, 312202.4000000004 5493089.4, 312182.3300000001 5493091.51, 312159.41000000015 5493093.91, 312150.26999999955 5493094.880000001, 312147.4400000004 5493095.18, 312134.66000000015 5493097.75, 312108.70999999996 5493100.93, 312106.01999999955 5493101.26, 312057.8200000003 5493108.5, 312050.61000000034 5493109.58, 312041.4400000004 5493110.960000001, 312035.1699999999 5493096.16, 312028.21999999974 5493096.76, 312046.3700000001 5493145.859999999, 312035.11000000034 5493152.6899999995, 312048.6699999999 5493186.449999999, 312057.71999999974 5493209.01, 312078.6500000004 5493246.4399999995, 312100.3700000001 5493281.800000001, 312131.3799999999 5493286.84, 312133.4199999999 5493288.74, 312134.26999999955 5493289.539999999, 312140.73000000045 5493295.529999999, 312260.0999999996 5493290.630000001, 312390.01999999955 5493274.800000001, 312448.36000000034 5493279.09, 312510.0700000003 5493275.9, 312516.61000000034 5493272.15, 312525.04000000004 5493277.08, 312534.53000000026 5493284.32, 312544.7000000002 5493292.07, 312555.6900000004 5493300.4399999995, 312561.73000000045 5493305.039999999, 312567.98000000045 5493309.800000001, 312581.5800000001 5493320.17, 312604.0700000003 5493337.3100000005, 312606.4500000002 5493342.460000001, 312624.70999999996 5493381.960000001, 312625.1799999997 5493418.800000001, 312626.7599999998 5493422.710000001, 312633.70999999996 5493439.92, 312649.4000000004 5493470.02, 312651.3799999999 5493473.51, 312668.46999999974 5493481.23, 312680.2400000002 5493486.539999999, 312692.9199999999 5493492.27, 312715.8799999999 5493502.630000001, 312721.01999999955 5493504.949999999, 312763.6699999999 5493524.220000001, 312771.6200000001 5493527.8100000005, 312816.08999999985 5493547.890000001, 312835.3300000001 5493555.779999999, 312851.95999999996 5493562.6, 312876.0700000003 5493572.49, 312888.25 5493577.470000001, 312899.7400000002 5493582.18, 312913.5499999998 5493587.85, 312964.3799999999 5493608.68, 312991 5493615.300000001, 313035.5800000001 5493626.390000001, 313025.4299999997 5493639.57, 313014.5800000001 5493653.720000001, 313003.2400000002 5493668.380000001, 312988.75 5493688.039999999, 312973.13999999966 5493708.57, 312967.8799999999 5493715.619999999, 312959.5700000003 5493717.880000001, 312942.41000000015 5493722.51, 312904.26999999955 5493732.82, 312896.53000000026 5493734.91, 312882.1200000001 5493738.8100000005, 312834.33999999985 5493751.73, 312810.38999999966 5493758.210000001, 312792.9299999997 5493762.93, 312793.41000000015 5493765.789999999, 312793.5800000001 5493766.800000001, 312825.3300000001 5493952.92, 312835.1200000001 5494010.359999999, 312836.8099999996 5494020.24, 312837.25 5494022.9, 312837.5499999998 5494024.640000001, 312837.8700000001 5494026.470000001, 312835.63999999966 5494026.119999999, 312814.88999999966 5494022.85, 312774.5700000003 5494021.83, 312752.4900000002 5494021.51, 312747.11000000034 5494022.470000001, 312743.6900000004 5494023.6899999995, 312743.1900000004 5494023.779999999, 312743.26999999955 5494024.76, 312743.36000000034 5494025.869999999, 312745.1500000004 5494048.75, 312746.45999999996 5494065.67, 312746.6900000004 5494068.460000001)), ((313727.08999999985 5494714.220000001, 313719.96999999974 5494718.949999999, 313700.96999999974 5494713.880000001, 313682.9400000004 5494712.73, 313683.1799999997 5494708.970000001, 313661.98000000045 5494704.529999999, 313666.23000000045 5494692.0600000005, 313673.3499999996 5494671.130000001, 313615.3499999996 5494629.029999999, 313610.75 5494625.6899999995, 313569.5099999998 5494595.720000001, 313572.7599999998 5494582.039999999, 313548.5800000001 5494576.35, 313542.13999999966 5494574.83, 313532.3799999999 5494572.529999999, 313521.20999999996 5494569.91, 313499.8099999996 5494564.880000001, 313499.1699999999 5494564.720000001, 313482.29000000004 5494560.75, 313499.2599999998 5494544.6899999995, 313574.0700000003 5494421.09, 313618.4299999997 5494347.8100000005, 313654.86000000034 5494290.0600000005, 313707.9299999997 5494303.34, 313726.26999999955 5494309.640000001, 313816.9900000002 5494340.84, 313821.1200000001 5494360.66, 313826.5499999998 5494386.789999999, 313826.2999999998 5494400.83, 31</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6404-305</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6404-305</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6404-305.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6404-305.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-095" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6404-305" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6404-305" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6404-305.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-095" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6404-305" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6404-305" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6404-305.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108922</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.86115307635</v>
+        <v>46069.1433732691</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>