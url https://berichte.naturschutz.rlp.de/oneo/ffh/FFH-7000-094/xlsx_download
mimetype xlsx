--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -146,51 +146,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6313-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((418688.20999999996 5496089.35, 418700.23000000045 5496091.119999999, 418702.6200000001 5496092.119999999, 418709.76999999955 5496097.18, 418714.08999999985 5496102.92, 418723.5700000003 5496122.77, 418735.7599999998 5496119.84, 418736.6699999999 5496122.470000001, 418754.4900000002 5496170.58, 418757.04000000004 5496179.02, 418757.73000000045 5496183.52, 418753.78000000026 5496204.85, 418742.9500000002 5496203.17, 418743.4299999997 5496205.73, 418735.8200000003 5496222.52, 418729.91000000015 5496226.630000001, 418744.8300000001 5496261.6899999995, 418739.96999999974 5496275.869999999, 418738.9299999997 5496277.84, 418738.1699999999 5496280.880000001, 418736.63999999966 5496285.390000001, 418725.71999999974 5496320.9, 418717.48000000045 5496353.23, 418717.4900000002 5496365, 418717.4900000002 5496396.59, 418710.38999999966 5496424.02, 418674.33999999985 5496464.84, 418620.16000000015 5496526.279999999, 418596.75 5496552.83, 418593.6200000001 5496560.68, 418579.76999999955 5496604.720000001, 418575.7000000002 5496611.630000001, 418569.04000000004 5496621.98, 418562.6699999999 5496632.8100000005, 418559.9299999997 5496634.880000001, 418529.95999999996 5496658.220000001, 418524.8099999996 5496662.220000001, 418497.2999999998 5496707.17, 418488.96999999974 5496721.449999999, 418480.1799999997 5496736.51, 418462.2999999998 5496712.41, 418446.9900000002 5496686.68, 418434.21999999974 5496697.85, 418409.8099999996 5496665.92, 418384.7599999998 5496633.210000001, 418371.9400000004 5496616.220000001, 418357.6699999999 5496621.33, 418352.54000000004 5496609.119999999, 418346.51999999955 5496594.869999999, 418345.7599999998 5496593.050000001, 418339.3099999996 5496577.76, 418335.41000000015 5496570.66, 418331.0700000003 5496562.75, 418315.58999999985 5496566.98, 418295.21999999974 5496542.800000001, 418274.7999999998 5496518.550000001, 418269.29000000004 5496512, 418270.9900000002 5496472.17, 418271.11000000034 5496469.289999999, 418253.73000000045 5496440.210000001, 418248.98000000045 5496423.210000001, 418225.4299999997 5496428.77, 418220.70999999996 5496416.449999999, 418215.8499999996 5496417.66, 418210.3200000003 5496394.369999999, 418209.16000000015 5496389.5, 418183.26999999955 5496403.17, 418173.3200000003 5496389.609999999, 418154.2999999998 5496419.24, 418131.98000000045 5496449.41, 418108.16000000015 5496481.609999999, 418105.6500000004 5496483.66, 418080.5800000001 5496494.609999999, 418070.6299999999 5496531.58, 418068.76999999955 5496538.48, 418048.48000000045 5496524.220000001, 418033.5800000001 5496525.039999999, 418013.6299999999 5496526.140000001, 417972.8099999996 5496549.720000001, 417970.0599999996 5496551.3100000005, 417961.4400000004 5496556.300000001, 417982.4000000004 5496576.43, 418003.5599999996 5496596.77, 418007.98000000045 5496601.01, 418019.0800000001 5496611.67, 418043.26999999955 5496643.34, 418050.6799999997 5496657.640000001, 418062 5496679.49, 418065.23000000045 5496685.720000001, 418069.36000000034 5496693.710000001, 418070.7000000002 5496696.18, 418082.6900000004 5496718.460000001, 418095.71999999974 5496742.630000001, 418107.6200000001 5496764.73, 418126.8700000001 5496800.74, 418127.79000000004 5496802.449999999, 418132.13999999966 5496810.630000001, 418143.79000000004 5496832.460000001, 418153.6799999997 5496913.49, 418158.0800000001 5496949.289999999, 418156.66000000015 5496984.48, 418154.5999999996 5497035.77, 418153.76999999955 5497057.52, 418153.96999999974 5497067.74, 418150.4199999999 5497144.619999999, 418149.36000000034 5497177.800000001, 418148.1299999999 5497202.6899999995, 418144.53000000026 5497302.3100000005, 418142.3499999996 5497365.85, 418137.9299999997 5497507.619999999, 418130.5999999996 5497547.529999999, 418096.6299999999 5497597.33, 418087.36000000034 5497583.4399999995, 418075.0499999998 5497565, 418066.4000000004 5497554.640000001, 418058.1500000004 5497543.15, 418050.6299999999 5497532.85, 418043.53000000026 5497523.869999999, 418034.6699999999 5497515.880000001, 418016.54000000004 5497504.24, 417994.3799999999 5497490.890000001, 417979.96999999974 5497483.050000001, 417973.01999999955 5497478.48, 417960.7400000002 5497466.630000001, 417956.61000000034 5497461.369999999, 417888.51999999955 5497396.380000001, 417841.04000000004 5497382.67, 417799.8200000003 5497370.9, 417737.6900000004 5497354.35, 417702.9299999997 5497345.1, 417699.0499999998 5497343.34, 417643.96999999974 5497307.67, 417579.0999999996 5497279.789999999, 417547.0099999998 5497275.92, 417509.11000000034 5497275.09, 417432.7000000002 5497249.26, 417424.96999999974 5497241.869999999, 417420.4299999997 5497236.289999999, 417414.1299999999 5497230.529999999, 417406.6500000004 5497224.300000001, 417397.7999999998 5497217.9, 417388.4500000002 5497211.67, 417383.1799999997 5497208.949999999, 417374.1699999999 5497203.529999999, 417359.54000000004 5497194.74, 417353.2400000002 5497190.27, 417345.41000000015 5497186.109999999, 417336.21999999974 5497181.65, 417327.20999999996 5497177.82, 417322.4400000004 5497175.42, 417318.51999999955 5497174.460000001, 417315.96999999974 5497174.300000001, 417314.0999999996 5497174.9399999995, 417306.0999999996 5497178.300000001, 417300.5099999998 5497180.4399999995, 417286.01999999955 5497185.98, 417268.04000000004 5497192.859999999, 417261.23000000045 5497195.74, 417250.5 5497199.58, 417241.13999999966 5497202.779999999, 417224.95999999996 5497206.93, 417214.23000000045 5497207.720000001, 417200.4299999997 5497208.67, 417182.5499999998 5497210.27, 417172.3300000001 5497210.73, 417157.6900000004 5497210.57, 417137.41000000015 5497210.369999999, 417132.8099999996 5497209.880000001, 417124.54000000004 5497207.949999999, 417116.54000000004 5497205.550000001, 417099.5099999998 5497199.449999999, 417092.36000000034 5497195.75, 417085.0499999998 5497191.1, 417081.46999999974 5497189.83, 417079.28000000026 5497189.630000001, 417077.5700000003 5497189.48, 417066.8300000001 5497188.52, 417031.0800000001 5497191.1899999995, 417006.0800000001 5497193.880000001, 416991.5700000003 5497196.84, 416965.83999999985 5497203.08, 416937.1299999999 5497210.050000001, 416931.1299999999 5497211.43, 416926.76999999955 5497211.92, 416920.6200000001 5497212.1899999995, 416915.21999999974 5497211.6, 416912.5800000001 5497210.68, 416910.46999999974 5497209.25, 416908.61000000034 5497207.76, 416897.46999999974 5497196.59, 416883.54000000004 5497183.039999999, 416879.1500000004 5497177.210000001, 416867.2999999998 5497155.57, 416819.8499999996 5497126.65, 416800.4299999997 5497114.789999999, 416758.33999999985 5497089.07, 416696.91000000015 5497080.59, 416646.29000000004 5497069.529999999, 416631.7599999998 5497066.35, 416602.83999999985 5497070.039999999, 416602.9400000004 5497067.960000001, 416603.6299999999 5497037.699999999, 416604.5999999996 5496995.34, 416606.16000000015 5496987.119999999, 416607.95999999996 5496977.619999999, 416621.03000000026 5496957.07, 416651.66000000015 5496925.25, 416679.6200000001 5496877.720000001, 416692.70999999996 5496854.800000001, 416711.6799999997 5496804.4399999995, 416719.5700000003 5496783.960000001, 416727.58999999985 5496761.300000001, 416737.5499999998 5496689.800000001, 416745.16000000015 5496628.33, 416746.0599999996 5496590.279999999, 416762.70999999996 5496572.23, 416796.1900000004 5496556.220000001, 416804.5800000001 5496559.73, 416807.83999999985 5496561.1, 416829.53000000026 5496528.130000001, 416839.45999999996 5496490.42, 416852.6200000001 5496453.279999999, 416857.9400000004 5496438.27, 416870 5496416.33, 416875.9299999997 5496405.529999999, 416841.21999999974 5496365.48, 416824.88999999966 5496340.74, 416820.88999999966 5496300.27, 416811.08999999985 5496303.359999999, 416816.26999999955 5496295.1899999995, 416818.2400000002 5496293.550000001, 416823.8099999996 5496292.550000001, 416831.8499999996 5496293.26, 416847.29000000004 5496299.109999999, 416856.48000000045 5496298.18, 416862.3700000001 5496294.960000001, 416863.3799999999 5496293.74, 416860.4400000004 5496292.6, 416857.0499999998 5496290.66, 416853.9500000002 5496288.26, 416851.25 5496285.449999999, 416848.95999999996 5496282.279999999, 416847.1500000004 5496278.8100000005, 416845.86000000034 5496275.119999999, 416841.66000000015 5496268.539999999, 416838.0099999998 5496261.630000001, 416834.96999999974 5496254.449999999, 416832.51999999955 5496247.029999999, 416831.0599999996 5496241.140000001, 416829.98000000045 5496235.16, 416835.4900000002 5496213.8100000005, 416839.3799999999 5496204.789999999, 416759.23000000045 5496161.6, 416620.5099999998 5496090.52, 416576.4900000002 5496082.6899999995, 416529.9199999999 5496085.75, 416459.86000000034 5496099.92, 416351.25 5496147.529999999, 416321.4500000002 5496160.6, 416352.38999999966 5496262.210000001, 416354.8300000001 5496273.23, 416344.28000000026 5496294, 416342.66000000015 5496313.220000001, 416347.8700000001 5496338.75, 416365.53000000026 5496376.359999999, 416376.13999999966 5496417.24, 416369.6799999997 5496465.380000001, 416351.25 5496513.41, 416327.79000000004 5496555.66, 416298.3300000001 5496601.65, 416283.1699999999 5496625.630000001, 416279.04000000004 5496632.18, 416275.13999999966 5496638.33, 416260.04000000004 5496662.25, 416251.8200000003 5496656.9399999995, 416246.7599999998 5496657.9399999995, 416244.9299999997 5496658.300000001, 416237.6799999997 5496660.18, 416237.71999999974 5496660.289999999, 416248.70999999996 5496676.8100000005, 416214.9900000002 5496702.039999999, 416217.3799999999 5496704.550000001, 416244.2999999998 5496731.02, 416288.2999999998 5496766.41, 416320.4000000004 5496791.789999999, 416341.46999999974 5496809.58, 416322.3499999996 5496825.539999999, 416335.51999999955 5496842.77, 416355.73000000045 5496869.1899999995, 416335.4900000002 5496897.99, 416330.7400000002 5496903.029999999, 416340.41000000015 5496907.880000001, 416355.1900000004 5496912.75, 416363.9199999999 5496915.92, 416372.75 5496918.42, 416378.41000000015 5496919.640000001, 416384.78000000026 5496920.460000001, 416394.0700000003 5496921.359999999, 416405.9299999997 5496919.07, 416437.1500000004 5496916.130000001, 416474.88999999966 5496912.59, 416516.95999999996 5496908.630000001, 416522.1500000004 5496900.890000001, 416533.0800000001 5496884.76, 416547.6500000004 5496851.220000001, 416550.91000000015 5496843.68, 416536.01999999955 5496837.77, 416536.96999999974 5496815.23, 416539.45999999996 5496814.539999999, 416560.0700000003 5496808.77, 416568.70999999996 5496806.35, 416575.3799999999 5496787.76, 416576.96999999974 5496783.33, 416641.54000000004 5496738.130000001, 416677.20999999996 5496738.699999999, 416680.6799999997 5496724.08, 416694.41000000015 5496670.43, 416699.4900000002 5496650.58, 416708.33999999985 5496620.4, 416719.6699999999 5496620.49, 416733.5700000003 5496630.789999999, 416735.26999999955 5496648.6899999995, 416728.3799999999 5496688.550000001, 416718.4400000004 5496759.58, 416710.5700000003 5496777.52, 416698.73000000045 5496793.699999999, 416683.4500000002 5496849.4, 416671.71999999974 5496871.43, 416641.48000000045 5496917.85, 416629.1699999999 5496930.609999999, 416610.33999999985 5496950.15, 416598.3799999999 5496973.140000001, 416597 5496979.68, 416593.2999999998 5496997.1899999995, 416591.5999999996 5497080.390000001, 416591.46999999974 5497086.68, 416535.75 5497133.1, 416525.28000000026 5497143.109999999, 416502.1200000001 5497165.27, 416492.0099999998 5497180.119999999, 416475.9000000004 5497216.91, 416469.8300000001 5497247, 416467.3799999999 5497269.970000001, 416462.7599999998 5497295.1899999995, 416459.8799999999 5497310.9, 416451.33999999985 5497347.119999999, 416436.5499999998 5497374.84, 416411.71999999974 5497404.539999999, 416364.0499999998 5497438.710000001, 416360.71999999974 5497441.09, 416334.66000000015 5497456.369999999, 416350.5700000003 5497418.25, 416370.78000000026 5497374.5, 416391.1900000004 5497309.869999999, 416386.54000000004 5497299.0600000005, 416370.58999999985 5497276.449999999, 416350.5999999996 5497264.24, 416344.0800000001 5497258.6, 416335.46999999974 5497251.15, 416318.16000000015 5497236.630000001, 416293.8799999999 5497213.82, 416257.25 5497179.41, 416257.46999999974 5497174.57, 416254.6799999997 5497170.27, 416248.95999999996 5497169.789999999, 416239.1799999997 5497160.880000001, 416222.8799999999 5497146.029999999, 416217.3200000003 5497140.98, 416214.6299999999 5497143.960000001, 416205.9900000002 5497134.550000001, 416189.20999999996 5497116.289999999, 416185.1799999997 5497111.890000001, 416183.3499999996 5497109.9, 416155.0800000001 5497099.67, 416150.1799999997 5497096.609999999, 416133.8099999996 5497086.4, 416113.7999999998 5497073.93, 416096.3799999999 5497063.0600000005, 416130.1500000004 5497048.960000001, 416154.91000000015 5497049.960000001, 416156.86000000034 5497036.41, 416151.95999999996 5497029.09, 416135.16000000015 5497029.8100000005, 416119.8799999999 5497026.699999999, 416092.6900000004 5497013.529999999, 416079.9400000004 5496999.16, 416073.2000000002 5496991.949999999, 416068.46999999974 5496986.1, 416065.8700000001 5496982.869999999, 416030.9000000004 5496939.5600000005, 416026.0999999996 5496933.52, 416021.78000000026 5496924.960000001, 415932.8700000001 5496877.23, 415898.9299999997 5496856.8100000005, 415868.53000000026 5496838.52, 415845.1799999997 5496819.880000001, 415822.1299999999 5496792.369999999, 415789.04000000004 5496760.93, 415772.9199999999 5496739.9399999995, 415768.5099999998 5496729.609999999, 415744.70999999996 5496702.3100000005, 415710.0800000001 5496662.57, 415645.5700000003 5496587.220000001, 415653.76999999955 5496581.77, 415658.23000000045 5496578.800000001, 415676.0800000001 5496566.93, 415686.1200000001 5496560.25, 415658.9900000002 5496532.890000001, 415656.2999999998 5496529.75, 415640.70999999996 5496511.460000001, 415630.7599999998 5496498.65, 415623.91000000015 5496487.73, 415612.6200000001 5496466.949999999, 415611.71999999974 5496465.279999999, 415604.48000000045 5496466.91, 415580.75 5496414.529999999, 415575.73000000045 5496360.66, 415563.83999999985 5496324.289999999, 415553.63999999966 5496312.6, 415542.5999999996 5496309.390000001, 415542.4199999999 5496317.32, 415537.26999999955 5496319.68, 415519.46999999974 5496327.779999999, 415514.4400000004 5496330.08, 415507.6699999999 5496333.16, 415504.0599999996 5496314.130000001, 415489.45999999996 5496313.66, 415460.4500000002 5496312.699999999, 415456.5700000003 5496312.58, 415444.5 5496312.18, 415434.1200000001 5496311.84, 415432.4900000002 5496341.51, 415423.58999999985 5496340.550000001, 415403.9900000002 5496338.470000001, 415394.71999999974 5496337.48, 415400.8099999996 5496295.48, 415388.70999999996 5496292.77, 415375.5700000003 5496289.83, 415373.9500000002 5496289.470000001, 415359.71999999974 5496286.279999999, 415342.1200000001 5496336.59, 415330.51999999955 5496329.630000001, 415317.11000000034 5496290.210000001, 415314.5599999996 5496282.710000001, 415310.4900000002 5496275.52, 415305.01999999955 5496267.75, 415301.53000000026 5496263.859999999, 415298.4500000002 5496262.17, 415304.1200000001 5496237.67, 415294.5 5496221.949999999, 415279.9299999997 5496206.33, 415228.1500000004 5496180.039999999, 415199.21999999974 5496168.33, 415145.8799999999 5496157.279999999, 415133.7999999998 5496153.25, 415111.0499999998 5496140.369999999, 415096.8099999996 5496135.890000001, 415058.46999999974 5496130.74, 415014.29000000004 5496121.359999999, 415001.16000000015 5496118.25, 414990.7599999998 5496115.779999999, 414985.3499999996 5496110.92, 414969.8099999996 5496126.630000001, 414957.1900000004 5496139.380000001, 414950.1900000004 5496146.43, 414928.38999999966 5496167.1, 414922.51999999955 5496172.66, 414902.3099999996 5496189.93, 414881.11000000034 5496203.529999999, 414843.88999999966 5496226.68, 414825.0099999998 5496240.67, 414802.8799999999 5496256.640000001, 414802.1699999999 5496228.779999999, 414802.08999999985 5496225.710000001, 414801.9900000002 5496221.380000001, 414801.5 5496201.73, 414805.4000000004 5496176.630000001, 414808.5999999996 5496167.630000001, 414814.38999999966 5496161.49, 414835.1699999999 5496144.26, 414840.21999999974 5496110.460000001, 414836.54000000004 5496106.27, 414833.4900000002 5496099.369999999, 414808.1900000004 5496042.17, 414785.2599999998 5495995.02, 414771.5499999998 5495971.880000001, 414770.5099999998 5495973.109999999, 414759.6500000004 5495986.02, 414748.3300000001 5495999.470000001, 414737.4400000004 5496012.41, 414717.3099999996 5495976.300000001, 414699.28000000026 5495947.380000001, 414684.4500000002 5495928.460000001, 414680.8099999996 5495924.02, 414659.3499999996 5495895.48, 414636.2000000002 5495868.859999999, 414606.3799999999 5495841.619999999, 414576.1299999999 5495815.09, 414557.4400000004 5495782.23, 414531.73000000045 5495752.8100000005, 414516.1200000001 5495741.109999999, 414490.1299999999 5495711.82, 414475.3700000001 5495698.199999999, 414436.1900000004 5495649.65, 414418.6299999999 5495631.460000001, 414414.5599999996 5495629.050000001, 414396.9199999999 5495593.359999999, 414385.28000000026 5495565.75, 414371.0700000003 5495529.720000001, 414352.1299999999 5495472.24, 414335.21999999974 5495426.300000001, 414315.98000000045 5495379.67, 414306.2400000002 5495357.960000001, 414292.3200000003 5495329.029999999, 414267.1699999999 5495290.539999999, 414242.38999999966 5495257.5600000005, 414223.2400000002 5495232.92, 414203.03000000026 5495212.27, 414166.2000000002 5495182.619999999, 414122.8700000001 5495151.41, 414081.3300000001 5495121.52, 414047.5999999996 5495097.07, 414010.2599999998 5495061.449999999, 414011.86000000034 5495056.699999999, 414011.98000000045 5495049.710000001, 414000.26999999955 5495048.050000001, 413992.48000000045 5495052.119999999, 413965.9199999999 5495020.77, 413980.0599999996 5495002.42, 413992.46999999974 5494997.41, 413995.6699999999 5494996.220000001, 414038.48000000045 5494990.8100000005, 414038.4400000004 5494985.77, 414003.6500000004 5494987.699999999, 413993.6699999999 5494984.369999999, 413989.1900000004 5494982.859999999, 413962.46999999974 5494939.01, 413962.0099999998 5494930.24, 413967.4900000002 5494918.75, 413976.6500000004 5494899.390000001, 413983.9900000002 5494883.970000001, 413992.91000000015 5494865.24, 414001.23000000045 5494853.35, 414040.66000000015 5494818.17, 414062.29000000004 5494789.92, 414078.4199999999 5494774.8100000005, 414093.79000000004 5494760.27, 414120.0599999996 5494745.960000001, 414146.7400000002 5494728.5, 414182.3099999996 5494707.130000001, 414197.3300000001 5494698.1, 414211.75 5494684.8100000005, 414209.2000000002 5494672.73, 414216.1900000004 5494657.789999999, 414230.6900000004 5494634.82, 414244.38999999966 5494618.3100000005, 414264.4900000002 5494603.66, 414302.79000000004 5494585.960000001, 414342.66000000015 5494567.890000001, 414370.7599999998 5494553.3100000005, 414430.03000000026 5494539.220000001, 414440.8499999996 5494536.6, 414445.73000000045 5494535.4399999995, 414508.0700000003 5494536.02, 414520.4299999997 5494530.6899999995, 414579.28000000026 5494477.01, 414593.4400000004 5494464.35, 414601.3099999996 5494430.0600000005, 414609.25 5494395.460000001, 414617.6500000004 5494358.880000001, 414620.91000000015 5494355.07, 414623.5099999998 5494352.050000001, 414631.71999999974 5494348.609999999, 414670.6799999997 5494332.3100000005, 414712.0999999996 5494302.6, 414709.0999999996 5494298.279999999, 414697.79000000004 5494283.43, 414688.5099999998 5494271.17, 414591.3799999999 5494138.83, 414591.8799999999 5494131.210000001, 414600.1500000004 5494122.84, 414644.5999999996 5494081.76, 414658.8200000003 5494076.380000001, 414665.1299999999 5494064.34, 414699.3099999996 5494010.529999999, 414706.88999999966 5494007.51, 414700.1799999997 5494001.859999999, 414733.73000000045 5494002.52, 414750.61000000034 5493992.369999999, 414769.76999999955 5493987.43, 414776.5999999996 5493980.02, 414791.9000000004 5493963.4399999995, 414800.5599999996 5493970.640000001, 414823.01999999955 5493994.98, 414826.63999999966 5494000.66, 414831.5099999998 5494023.41, 414837.96999999974 5494015.41, 414848.3499999996 5494002.57, 414854.1799999997 5494001.32, 414886.4400000004 5493994.35, 414932.11000000034 5493951.57, 414951.5999999996 5493951.539999999, 414971.3799999999 5493967.24, 414996.71999999974 5493980.27, 415003.36000000034 5494004.48, 415016.8099999996 5494010.380000001, 415020.2599999998 5494011.949999999, 415021.08999999985 5494013.279999999, 415021.9199999999 5494014.609999999, 415022.2400000002 5494015.119999999, 415035.1299999999 5494035.58, 415038.5599999996 5494056.42, 415054.8200000003 5494064.960000001, 415056.8499999996 5494066.029999999, 415068.33999999985 5494072.08, 415086.36000000034 5494034.41, 415087.0700000003 5494032.92, 415094.6799999997 5494040, 415086.8799999999 5494044.42, 415100.66000000015 5494075.779999999, 415122.78000000026 5494066.789999999, 415124.54000000004 5494071.119999999, 415145.6200000001 5494060.800000001, 415144.5099999998 5494057.83, 415156.0700000003 5494053.57, 415167.0800000001 5494049.51, 415168.70999999996 5494055.68, 415173.70999999996 5494055.1899999995, 415183.8099999996 5494054.210000001, 415197.8499999996 5494052.8100000005, 415194.6500000004 5494036.640000001, 415207.5599999996 5494034.4399999995, 415220.26999999955 5494027.33, 415234.13999999966 5494031.050000001, 415244.91000000015 5494033.93, 415254.8799999999 5494029.380000001, 415272.33999999985 5494021.42, 415335.08999999985 5494000.9, 415333.1799999997 5493998.25, 415323.0999999996 5493984.369999999, 415319.21999999974 5493974.460000001, 415317.20999999996 5493969.300000001, 415325.2000000002 5493966.48, 415314.5099999998 5493933.68, 415308.0700000003 5493911.02, 415316.70999999996 5493906.529999999, 415318.51999999955 5493911.27, 415324 5493909.41, 415322.9000000004 5493906.220000001, 415338.51999999955 5493899.18, 415357.3099999996 5493887.66, 415380.98000000045 5493864.609999999, 415416.04000000004 5493830.460000001, 415437.9400000004 5493806.99, 415463.0499999998 5493775.3100000005, 415479.7999999998 5493755.619999999, 415493.16000000015 5493738.07, 415512.38999999966 5493718.869999999, 415527.66000000015 5493710.449999999, 415555.04000000004 5493699.25, 415584.20999999996 5493690.33, 415582.36000000034 5493700.24, 415625.23000000045 5493696.1899999995, 415648.71999999974 5493695.539999999, 415648.6900000004 5493696.800000001, 415683.3099999996 5493703.51, 415678.48000000045 5493689.08, 415676.7599999998 5493683.960000001, 415675.08999999985 5493678.960000001, 415674.7000000002 5493677.779999999, 415674.4500000002 5493677.0600000005, 415689.61000000034 5493673.789999999, 415687.08999999985 5493664.32, 415686.75 5493663.08, 415688.6200000001 5493662.779999999, 415689.3099999996 5493665.390000001, 415710.25 5493662.82, 415733.1799999997 5493661.84, 415739.98000000045 5493662.91, 415749.23000000045 5493664.369999999, 415752.9000000004 5493664.98, 415762.5999999996 5493666.6, 415771.4199999999 5493668.07, 415774.4299999997 5493668.58, 415774.95999999996 5493664.34, 415779.9500000002 5493664.960000001, 415791.3200000003 5493666.369999999, 415802.16000000015 5493667.73, 415816.6500000004 5493665.390000001, 415824.33999999985 5493664.16, 415831.0599999996 5493663.07, 415839.0800000001 5493661.779999999, 415845.71999999974 5493660.720000001, 415852.36000000034 5493659.65, 415860.41000000015 5493658.35, 415871.23000000045 5493656.619999999, 415876.5700000003 5493655.76, 415891.5 5493652.869999999, 415896.8099999996 5493651.85, 415906.3300000001 5493650.01, 415932.95999999996 5493642.029999999, 415951.61000000034 5493632.82, 415958.86000000034 5493628.550000001, 415967.4400000004 5493623.49, 415971.29000000004 5493620.869999999, 415983.5999999996 5493603.27, 415998.3200000003 5493576.050000001, 416005.5599999996 5493559.34, 416009.4299999997 5493547.77, 416022.0999999996 5493505.869999999, 416029.6699999999 5493472.74, 416034.4900000002 5493442.9399999995, 416037.83999999985 5493413.800000001, 416038.29000000004 5493394.83, 416041.88999999966 5493378.279999999, 416043.8300000001 5493353.8100000005, 416050.4199999999 5493337.15, 416052.7599999998 5493331.1899999995, 416060.3099999996 5493311.550000001, 416076.2000000002 5493295.09, 416108.73000000045 5493270.32, 416113.36000000034 5493266.550000001, 416126.7400000002 5493264.220000001, 416139.29000000004 5493262.93, 416145 5493263.08, 416156.01999999955 5493263.380000001, 416174.13999999966 5493266.699999999, 416177.4299999997 5493268.539999999, 416191.0099999998 5493276.130000001, 416263.91000000015 5493354.470000001, 416312.29000000004 5493393.890000001, 416337.0499999998 5493409.449999999, 416379.5800000001 5493432.01, 416435.04000000004 5493460.01, 416458.0800000001 5493472.529999999, 416521.6900000004 5493507.1, 416528.0999999996 5493511.279999999, 416553.5599999996 5493527.279999999, 416581.3799999999 5493542.789999999, 416590.5800000001 5493545.550000001, 416595.46999999974 5493547.01, 416598.0800000001 5493547.800000001, 416599.63999999966 5493548.27, 416604.4299999997 5493549.699999999, 416609.48000000045 5493551.43, 416609.71999999974 5493551.550000001, 416642.4900000002 5493564.91, 416663.2000000002 5493573.27, 416663.3200000003 5493573.300000001, 416686.25 5493580.0600000005, 416703.0700000003 5493584.84, 416721.16000000015 5493588.8100000005, 416743.73000000045 5493592, 416767.6699999999 5493591.76, 416797.6299999999 5493590.890000001, 416799.7999999998 5493590.779999999, 416813.0599999996 5493591.84, 416850.7599999998 5493592.34, 416876.3300000001 5493590.699999999, 416882.7999999998 5493589.220000001, 416886.04000000004 5493607.58, 416922.51999999955 5493632.76, 416915.48000000045 5493653.51, 416926.78000000026 5493658.18, 416938.3499999996 5493635.880000001, 416934.5 5493633.43, 416942.1699999999 5493619.109999999, 416983.0800000001 5493665.609999999, 416983.03000000026 5493680.550000001, 416973.83999999985 5493698.220000001, 416964.5599999996 5493698.390000001, 416926.1299999999 5493699.08, 416884.0800000001 5493731.18, 416872.23000000045 5493757.369999999, 416837.96999999974 5493833.0600000005, 416817.58999999985 5493820.33, 416714.7999999998 5493869.74, 416685.7999999998 5493920.550000001, 416625.8300000001 5493878.35, 416621.29000000004 5493875.039999999, 416619.3499999996 5493877.34, 416609.0499999998 5493890.59, 416565.3799999999 5493948.449999999, 416489.0700000003 5493969.93, 416469.16000000015 5494009.039999999, 416446.8300000001 5494052.91, 416430.2999999998 5494085.369999999, 416417.4900000002 5494122.34, 416432.96999999974 5494153.300000001, 416457.3499999996 5494181.59, 416472.79000000004 5494160.789999999, 416482.5099999998 5494147.699999999, 416503.13999999966 5494125.48, 416526.5700000003 5494144.58, 416586.86000000034 5494174.84, 416579.13999999966 5494213.85, 416590.29000000004 5494218.109999999, 416598.58999999985 5494221.289999999, 416604.08999999985 5494206.210000001, 416611.9400000004 5494204.99, 416628.96999999974 5494216.17, 416620.8799999999 5494229.800000001, 416644.7400000002 5494246.68, 416667.3799999999 5494262.710000001, 416685.5499999998 5494271.6, 416696.1699999999 5494276.789999999, 416726.20999999996 5494292.109999999, 416730.01999999955 5494293.949999999, 416705.13999999966 5494345.77, 416734.63999999966 5494361.49, 416787.4299999997 5494389.619999999, 416783.28000000026 5494395.1899999995, 416771.5099999998 5494432.34, 416764.4400000004 5494471.859999999, 416762.9500000002 5494486.6, 416762.6799999997 5494536.9399999995, 416760.6900000004 5494544.43, 416755.75 5494555.529999999, 416749.8099999996 5494562.5, 416733.3799999999 5494574.74, 416724.48000000045 5494580.039999999, 416713.3099999996 5494584.5, 416709.8300000001 5494585.890000001, 416701.5800000001 5494589.960000001, 416601.5700000003 5494529.6899999995, 416600.88999999966 5494532.52, 416596.0499999998 5494552.26, 416582.61000000034 5494598.99, 416572.29000000004 5494593.42, 416561.2599999998 5494587.23, 416557.25 5494585.869999999, 416527.0499999998 5494575.5600000005, 416525.0499999998 5494574.890000001, 416523.9400000004 5494578.8100000005, 416518.46999999974 5494599.57, 416509.9000000004 5494597.41, 416502.0700000003 5494630.380000001, 416483.46999999974 5494627.59, 416482.54000000004 5494646.26, 416481.3300000001 5494664.42, 416480.2999999998 5494686.17, 416474.0599999996 5494728.619999999, 416473.51999999955 5494730.550000001, 416468.66000000015 5494751.52, 416452.8099999996 5494819.859999999, 416419.4400000004 5494808.58, 416421.4299999997 5494835.949999999, 416426.4000000004 5494904.199999999, 416409.3700000001 5494991.82, 416408.9000000004 5494994.5, 416504.6299999999 5495020.65, 416509.3700000001 5495022.130000001, 416513.5999999996 5495008.9, 416527.5800000001 5494965.109999999, 416532.5599999996 5494952.85, 416549.26999999955 5494961.710000001, 416553.91000000015 5494964.18, 416644.1500000004 5494858.130000001, 416649.98000000045 5494865.17, 416658.5099999998 5494877.050000001, 416693.73000000045 5494859.09, 416705.2999999998 5494876.1, 416729.1200000001 5494862.49, 416731.0800000001 5494861.359999999, 416755.6500000004 5494838.4, 416778.3099999996 5494817.24, 416808.3200000003 5494830.91, 416849.33999999985 5494798.32, 416870.9900000002 5494781.109999999, 416876.0099999998 5494777.119999999, 416895.3799999999 5494758.369999999, 416900.0700000003 5494763.15, 416906.9199999999 5494749.5, 416915.3799999999 5494732.67, 416918.8700000001 5494724.18, 416919.03000000026 5494715.130000001, 416916.01999999955 5494702.02, 416908.63999999966 5494689.84, 416891.8099999996 5494672.4399999995, 416877.20999999996 5494655.029999999, 416845.4199999999 5494632.5600000005, 416851.7999999998 5494591.01, 416874.8300000001 5494594.619999999, 416875.6799999997 5494591.300000001, 416900.16000000015 5494537.4, 416902.7599999998 5494527.0600000005, 416908.1500000004 5494487.050000001, 416908.6200000001 5494468.18, 416901.2000000002 5494391.640000001, 416901.13999999966 5494387.359999999, 416873.29000000004 5494387.67, 416904.2000000002 5494243.779999999, 416893.03000000026 5494239.4399999995, 416899.36000000034 5494227.050000001, 416905.5099999998 5494217.390000001, 416938.11000000034 5494174.890000001, 416970.33999999985 5494139, 416994.2000000002 5494126.699999999, 417021.61000000034 5494112.5600000005, 417027.51999999955 5494109.52, 417040.98000000045 5494102.949999999, 417056.45999999996 5494095.390000001, 417120.4400000004 5494056.390000001, 417136.7400000002 5494038.08, 417160.0099999998 5494005.35, 417177.3700000001 5493978.58, 417192.8499999996 5493953.74, 417201.9199999999 5493934.970000001, 417206.3200000003 5493915.77, 417207.53000000026 5493909.09, 417213.63999999966 5493875.24, 417215.4299999997 5493854.800000001, 417224.8700000001 5493823.16, 417230.4000000004 5493806.57, 417239.26999999955 5493780.01, 417241.61000000034 5493771.039999999, 417242.11000000034 5493765.1899999995, 417243.1299999999 5493736.4399999995, 417240.86000000034 5493723.1, 417227.1799999997 5493676.51, 417238.3300000001 5493673.01, 417249.9500000002 5493666.539999999, 417258.6699999999 5493658.59, 417264.26999999955 5493652.02, 417267.76999999955 5493644.6, 417268.48000000045 5493641.74, 417269.41000000015 5493638.039999999, 417269.8499999996 5493629.16, 417269.51999999955 5493627.4399999995, 417268.03000000026 5493619.57, 417265.5999999996 5493610.3100000005, 417262.04000000004 5493600.16, 417260.7599999998 5493595.93, 417260.5599999996 5493590.9399999995, 417270.1799999997 5493582.9399999995, 417288.8700000001 5493562.24, 417303.5 5493541.42, 417320.58999999985 5493511.65, 417313.86000000034 5493507.76, 417321.4900000002 5493491.68, 417325.58999999985 5493485.02, 417326.4400000004 5493481.24, 417327.78000000026 5493478.43, 417333.28000000026 5493457.32, 417335.6299999999 5493458.109999999, 417340.1799999997 5493459.640000001, 417344.41000000015 5493450.6899999995, 417380.16000000015 5493484.67, 417392.71999999974 5493476.85, 417411.54000000004 5493504.0600000005, 417470.25 5493468.859999999, 417495.76999999955 5493462.33, 417520.83999999985 5493455.68, 417569.54000000004 5493493.09, 417610.1200000001 5493466.93, 417646.26999999955 5493528.859999999, 417640.6500000004 5493538.109999999, 417635.5700000003 5493545.119999999, 417586.4500000002 5493603.470000001, 417575.9299999997 5493624.550000001, 417565.75 5493644.970000001, 417551.41000000015 5493691.09, 417581.5 5493768.58, 417596.98000000045 5493799.82, 417607.9000000004 5493821.85, 417615.33999999985 5493832.630000001, 417624.11000000034 5493845.359999999, 417637.46999999974 5493863.859999999, 417650.96999999974 5493882.5600000005, 417673.38999999966 5493913.359999999, 417696.6500000004 5493888.0600000005, 417735.20999999996 5493846.08, 417744.54000000004 5493835.9399999995, 417751.8099999996 5493828.029999999, 417755.3300000001 5493824.199999999, 41</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6313-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6313-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6313-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6313-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -524,90 +524,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-094" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6313-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6313-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6313-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-094" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6313-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6313-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6313-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -681,51 +681,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108921</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.2425152074</v>
+        <v>46069.17100729221</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>