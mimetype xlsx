--- v0 (2025-11-07)
+++ v1 (2025-11-08)
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108920</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.99424134655</v>
+        <v>45969.15638444007</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>