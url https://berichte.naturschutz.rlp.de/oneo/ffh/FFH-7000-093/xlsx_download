--- v1 (2025-11-08)
+++ v2 (2026-02-16)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6310-301</t>
   </si>
   <si>
     <t xml:space="preserve">MULTIPOLYGON (((390118.7999999998 5503186.3100000005, 390118.9400000004 5503209.02, 390113.41000000015 5503240.01, 390104.20999999996 5503256.880000001, 390095.9000000004 5503265.039999999, 390091.95999999996 5503273.449999999, 390092.5999999996 5503282.119999999, 390094.6699999999 5503285.300000001, 390107.3300000001 5503308.220000001, 390110.5499999998 5503309.9399999995, 390113.1200000001 5503310.960000001, 390117.36000000034 5503317.380000001, 390125.95999999996 5503324.539999999, 390137.79000000004 5503347.42, 390139.83999999985 5503357.800000001, 390139.5599999996 5503367.23, 390138.5700000003 5503371.289999999, 390135.33999999985 5503384.4399999995, 390130.7400000002 5503394.66, 390128.2400000002 5503394.369999999, 390118.8700000001 5503405.130000001, 390109.0999999996 5503414.800000001, 390072.5599999996 5503435.52, 390048.36000000034 5503440.67, 390024.3799999999 5503447.960000001, 390005.48000000045 5503452.6899999995, 389978.7599999998 5503459.359999999, 389978.1900000004 5503448.369999999, 389954.8700000001 5503450.18, 389947.4900000002 5503451.83, 389935.0800000001 5503454.58, 389923.4199999999 5503441.26, 389890.5099999998 5503469.029999999, 389847.2999999998 5503498.35, 389790.23000000045 5503525.8100000005, 389729.8499999996 5503545.609999999, 389673.45999999996 5503560.16, 389592.5 5503575.390000001, 389531.86000000034 5503587.41, 389522.8099999996 5503596.8100000005, 389507.41000000015 5503583.84, 389500.7599999998 5503574.77, 389502.4199999999 5503579.76, 389502.4199999999 5503585.24, 389500.7999999998 5503589.75, 389497.6200000001 5503593.140000001, 389493.2000000002 5503595.98, 389486.9500000002 5503597.550000001, 389454.01999999955 5503604.619999999, 389421.2000000002 5503609.609999999, 389391.61000000034 5503610.789999999, 389355.78000000026 5503608.779999999, 389291.4199999999 5503600.08, 389261.0099999998 5503598.890000001, 389231.71999999974 5503600.33, 389197.8799999999 5503606.9, 389162.3200000003 5503620.800000001, 389137.11000000034 5503635.91, 389113.8499999996 5503654.470000001, 389087.83999999985 5503678.77, 389001.48000000045 5503764.35, 388974.1200000001 5503793.130000001, 388960.5099999998 5503812.1899999995, 388948.6299999999 5503831.4, 388939.0099999998 5503853.98, 388934.04000000004 5503870.109999999, 388930.20999999996 5503891.109999999, 388910.86000000034 5504036.039999999, 388907.6500000004 5504061.460000001, 388902.33999999985 5504106.0600000005, 388893.4299999997 5504169.18, 388881.2000000002 5504261.51, 388874.9000000004 5504301.08, 388868.54000000004 5504339.25, 388862.98000000045 5504354.789999999, 388854.78000000026 5504373.9399999995, 388842.4199999999 5504393.529999999, 388829.25 5504411.26, 388824.04000000004 5504418.279999999, 388796.11000000034 5504447.630000001, 388697.7599999998 5504547.609999999, 388664.5499999998 5504576.32, 388635.6900000004 5504598.130000001, 388599.8799999999 5504616.4, 388573.0499999998 5504626.76, 388541.1699999999 5504635.33, 388504.38999999966 5504641.289999999, 388455.8799999999 5504643.949999999, 388385.58999999985 5504644.1, 388355.23000000045 5504644.0600000005, 388280.1500000004 5504645.09, 388250.95999999996 5504646.6899999995, 388230.1900000004 5504650.470000001, 388203.7000000002 5504661.359999999, 388184.16000000015 5504672.539999999, 388162.38999999966 5504689.98, 388145.16000000015 5504711.73, 388131.7599999998 5504736.84, 388122.70999999996 5504761.640000001, 388119.7000000002 5504779.3100000005, 388118.11000000034 5504804.93, 388120.1799999997 5504829.5600000005, 388126.79000000004 5504854.73, 388141.13999999966 5504883.65, 388161.2400000002 5504913.039999999, 388264.0099999998 5505047.539999999, 388278.4900000002 5505068.859999999, 388288.5800000001 5505092.75, 388291.16000000015 5505117.640000001, 388290.2400000002 5505128.4399999995, 388289.4500000002 5505137.800000001, 388284.98000000045 5505154.58, 388274.23000000045 5505174.289999999, 388255.2999999998 5505194.6, 388234.5 5505207.91, 388210.4400000004 5505214.1899999995, 388181.4900000002 5505214.130000001, 388158.7400000002 5505206.57, 388131.76999999955 5505191.42, 388105.4000000004 5505173.67, 388083.4199999999 5505161.949999999, 388061.5599999996 5505153.59, 388038.3700000001 5505152.85, 388021.20999999996 5505155.529999999, 387999.66000000015 5505165.140000001, 387983.4199999999 5505178.66, 387952.7999999998 5505210.3100000005, 387946.3300000001 5505213.51, 387939.5800000001 5505212.4399999995, 387932.4400000004 5505207.27, 387923.8200000003 5505209.039999999, 387922.70999999996 5505214.720000001, 387919.66000000015 5505218.18, 387921.08999999985 5505229.92, 387925.83999999985 5505233.33, 387929.28000000026 5505239.82, 387931.2999999998 5505250.4, 387933.5 5505265.720000001, 387934.0999999996 5505288.9, 387932.5 5505304.369999999, 387931.51999999955 5505315.5, 387929.08999999985 5505330.4399999995, 387926.53000000026 5505338.029999999, 387922.9000000004 5505350.85, 387916.9299999997 5505368.24, 387907.98000000045 5505390.859999999, 387904.11000000034 5505401.4399999995, 387896.86000000034 5505422.91, 387878.78000000026 5505471.76, 387874.3300000001 5505483.74, 387868.38999999966 5505494.0600000005, 387857.20999999996 5505512.800000001, 387841.0700000003 5505538.51, 387831.91000000015 5505551.84, 387823.75 5505562.6899999995, 387817.6799999997 5505569.699999999, 387810.9500000002 5505576.3100000005, 387800.98000000045 5505585.49, 387783.9000000004 5505599.57, 387768.0499999998 5505612.449999999, 387748.26999999955 5505626.779999999, 387736.66000000015 5505634.74, 387726 5505642.220000001, 387715.88999999966 5505647.82, 387708.1299999999 5505652.59, 387695.8099999996 5505658.550000001, 387681.11000000034 5505664.470000001, 387664.6699999999 5505671.029999999, 387646.5 5505677.67, 387620.16000000015 5505686.789999999, 387595.5800000001 5505696.119999999, 387577.25 5505703.050000001, 387559.91000000015 5505710.51, 387536.3099999996 5505720.529999999, 387522.0999999996 5505727, 387507.1200000001 5505734.08, 387490.1299999999 5505742.539999999, 387460.3799999999 5505757.710000001, 387406.46999999974 5505784.92, 387374.0599999996 5505801.199999999, 387363.75 5505805.9399999995, 387351.0599999996 5505810.48, 387335.63999999966 5505814.4, 387317.04000000004 5505818.460000001, 387270.4500000002 5505825.9399999995, 387247.66000000015 5505828.59, 387237.66000000015 5505829.119999999, 387225.88999999966 5505828.73, 387215.03000000026 5505827.58, 387202.8700000001 5505825.470000001, 387184.4900000002 5505823.039999999, 387165.79000000004 5505820.609999999, 387151.4000000004 5505818.460000001, 387151.28000000026 5505828.130000001, 387151.21999999974 5505832.09, 387201.4199999999 5505921.4, 387251.0700000003 5506005.470000001, 387298 5506084.92, 387419.91000000015 5506308.470000001, 387569.3700000001 5506569.470000001, 387356.88999999966 5506756.869999999, 387348.61000000034 5506764.1899999995, 387338.88999999966 5506772.77, 387334.6500000004 5506776.8100000005, 387325.63999999966 5506787.18, 387322.98000000045 5506790.470000001, 387343.7000000002 5506818.199999999, 387349.98000000045 5506834.449999999, 387352.1900000004 5506851.73, 387352.2400000002 5506880.43, 387328.4400000004 5506932.300000001, 387317.7000000002 5506955.800000001, 387316.3700000001 5506957.02, 387303.3499999996 5506971.3100000005, 387304.53000000026 5506984.640000001, 387305.3200000003 5506994.779999999, 387305.8200000003 5506998.800000001, 387305.70999999996 5506999.460000001, 387300.5 5507034.01, 387289.3200000003 5507059.359999999, 387246.5700000003 5507033.109999999, 387247.70999999996 5507027.24, 387229.3700000001 5507028.220000001, 387212.9199999999 5507030.91, 387192.3499999996 5507024.48, 387180.38999999966 5507018.83, 387172.25 5507027.51, 387144.20999999996 5507031.779999999, 387132.2000000002 5507026.449999999, 387127.7599999998 5507034.960000001, 387121.20999999996 5507039.220000001, 387083.2400000002 5507053.210000001, 387079.88999999966 5507081.550000001, 387097.53000000026 5507168.369999999, 387102.3799999999 5507235.43, 386983.2000000002 5507277.5, 386992.0800000001 5507294.3100000005, 387022.6200000001 5507345.57, 387036.41000000015 5507377.619999999, 387048.4199999999 5507410.42, 387055.53000000026 5507438.59, 387066.2999999998 5507466.369999999, 387076.48000000045 5507505.390000001, 387078.2999999998 5507529.6899999995, 387076.86000000034 5507559.6, 387067.23000000045 5507558.470000001, 387068.01999999955 5507567.58, 387076.2400000002 5507588.630000001, 387076.7999999998 5507601.75, 387087.2000000002 5507635.17, 387092.5999999996 5507664.74, 387089.16000000015 5507666.67, 387096.11000000034 5507699.43, 387098.3099999996 5507718.18, 387096.45999999996 5507733.74, 387094.3300000001 5507760.050000001, 387087.26999999955 5507760.24, 387084.6500000004 5507760.3100000005, 387082.0499999998 5507760.380000001, 387079.70999999996 5507753.67, 387081.6900000004 5507749.93, 387047.2999999998 5507747.08, 386964.6299999999 5507806.869999999, 386702.6799999997 5507885.77, 386697.33999999985 5507887.380000001, 386693.71999999974 5507888.529999999, 386602.9900000002 5507915.98, 386590.71999999974 5507922.699999999, 386587.58999999985 5507924.369999999, 386585.1699999999 5507925.68, 386569.86000000034 5507883.289999999, 386544.66000000015 5507754.130000001, 386511.1699999999 5507686.699999999, 386480.4500000002 5507564.470000001, 386483.1500000004 5507410.859999999, 386489.4299999997 5507341.4, 386477 5507257.76, 386486.3200000003 5507157.630000001, 386489.9900000002 5507118.119999999, 386448.8300000001 5506913.529999999, 386445.79000000004 5506913.609999999, 386383.04000000004 5506915.43, 386354.5599999996 5506916.25, 386350.2400000002 5506916.369999999, 386329.79000000004 5506916.970000001, 386325.88999999966 5506917.029999999, 386227.7000000002 5506919.51, 386165.8499999996 5506837.68, 386153.76999999955 5506821.699999999, 386102.71999999974 5506755.199999999, 386080.9900000002 5506724.890000001, 386061.23000000045 5506697.34, 386025.4900000002 5506647.49, 386012.45999999996 5506629.32, 385981.0099999998 5506585.460000001, 385973.91000000015 5506575.57, 385945.01999999955 5506535.27, 385940.5999999996 5506529.119999999, 385931.0599999996 5506515.8100000005, 385995.9299999997 5506442.0600000005, 386021.0599999996 5506413.48, 386119.36000000034 5506301.710000001, 386193.1900000004 5506217.09, 386204.3300000001 5506204.32, 386291.3099999996 5506104.619999999, 386323.8099999996 5506098.9, 386386.76999999955 5506088.550000001, 386386.51999999955 5506083.07, 386385.29000000004 5506066.82, 386379.0800000001 5505984.609999999, 386373.29000000004 5505907.890000001, 386378.91000000015 5505908.279999999, 386384.63999999966 5505908.67, 386388.26999999955 5505908.91, 386390.2400000002 5505908.74, 386395.83999999985 5505908.23, 386401.2599999998 5505907.76, 386406.8499999996 5505907.25, 386412.51999999955 5505906.75, 386418.25 5505906.23, 386429.45999999996 5505905.220000001, 386435.25 5505904.710000001, 386440.7999999998 5505904.199999999, 386446.4900000002 5505903.699999999, 386452.2599999998 5505903.18, 386458.0800000001 5505902.65, 386463.88999999966 5505902.130000001, 386469.78000000026 5505901.609999999, 386472.1299999999 5505901.390000001, 386475.76999999955 5505900.029999999, 386481.5700000003 5505897.84, 386487.5499999998 5505895.58, 386493.48000000045 5505893.359999999, 386499.6799999997 5505891.029999999, 386505.76999999955 5505888.73, 386512.08999999985 5505886.35, 386518.3300000001 5505884, 386531.2999999998 5505879.109999999, 386537.9400000004 5505876.609999999, 386544.7999999998 5505874.029999999, 386581.16000000015 5505840.85, 386713.78000000026 5505719.83, 386713.4400000004 5505718.99, 386710.5599999996 5505712.07, 386708.51999999955 5505707.17, 386706.86000000034 5505703.18, 386704.73000000045 5505698.02, 386700.4400000004 5505687.73, 386701.8200000003 5505673.1, 386702.53000000026 5505665.529999999, 386702.70999999996 5505663.5600000005, 386703.5099999998 5505655.0600000005, 386704.08999999985 5505648.949999999, 386704.33999999985 5505646.15, 386690.5 5505622.93, 386667.08999999985 5505592.539999999, 386654.38999999966 5505584.449999999, 386625.20999999996 5505579.380000001, 386624.70999999996 5505571.34, 386624.3700000001 5505565.84, 386584.61000000034 5505566.779999999, 386547.26999999955 5505580.380000001, 386523.41000000015 5505580.609999999, 386524.5999999996 5505600.4, 386474.2599999998 5505552.220000001, 386467.2400000002 5505591.59, 386459.58999999985 5505585.380000001, 386458.7400000002 5505571.890000001, 386450.45999999996 5505568.470000001, 386438.1900000004 5505570.4, 386429.26999999955 5505580.99, 386419.54000000004 5505600.0600000005, 386409.3200000003 5505616.119999999, 386399.2999999998 5505613.710000001, 386393.20999999996 5505628.82, 386388.29000000004 5505625.43, 386386.5099999998 5505622.3100000005, 386387.5800000001 5505605.1899999995, 386380.4500000002 5505580.18, 386368.0099999998 5505564.48, 386359.96999999974 5505546.619999999, 386349.98000000045 5505516.35, 386361.41000000015 5505508.710000001, 386364.3700000001 5505506.74, 386351.6900000004 5505509.6, 386360.26999999955 5505499.75, 386338.7400000002 5505505.41, 386335.11000000034 5505506.58, 386310.76999999955 5505514.470000001, 386309.08999999985 5505514.640000001, 386290.01999999955 5505494.26, 386288.83999999985 5505493.01, 386283.4400000004 5505487.25, 386279.5999999996 5505483.130000001, 386278.8300000001 5505472.43, 386278.08999999985 5505462.1, 386278.0599999996 5505461.720000001, 386276.7999999998 5505453.6899999995, 386275.0999999996 5505442.789999999, 386273.36000000034 5505431.65, 386271.6900000004 5505421, 386267.29000000004 5505410.92, 386264.28000000026 5505404.050000001, 386261.58999999985 5505397.9, 386260.45999999996 5505395.34, 386259.0700000003 5505392.140000001, 386256.0999999996 5505385.359999999, 386253.0599999996 5505378.4, 386250.5 5505372.529999999, 386247.63999999966 5505366, 386244.63999999966 5505359.130000001, 386242.20999999996 5505353.529999999, 386239.4500000002 5505347.18, 386237.03000000026 5505341.6, 386234.3300000001 5505335.369999999, 386231.9299999997 5505329.859999999, 386229.23000000045 5505323.640000001, 386226.6299999999 5505317.640000001, 386223.61000000034 5505310.710000001, 386221.91000000015 5505306.800000001, 386220.0099999998 5505302.43, 386215.5099999998 5505292.08, 386211.8799999999 5505283.42, 386206.2999999998 5505270.08, 386201.76999999955 5505257.949999999, 386199.46999999974 5505251.84, 386163.11000000034 5505257.640000001, 386153.75 5505258.07, 386140.0499999998 5505258.6899999995, 386137.16000000015 5505256.58, 386067.29000000004 5505265.460000001, 386043.7400000002 5505268.4399999995, 386007.8200000003 5505272.99, 385975.6200000001 5505277.08, 385952.6500000004 5505280, 385948.3300000001 5505280.539999999, 385926.86000000034 5505277.3100000005, 385906.5 5505268.51, 385901.76999999955 5505259.09, 385896.20999999996 5505248.09, 385894.08999999985 5505247.01, 385863.8099999996 5505231.66, 385851.1500000004 5505234.34, 385845.0499999998 5505235.640000001, 385840.38999999966 5505236.619999999, 385832.2400000002 5505236.859999999, 385820.7400000002 5505237.029999999, 385815.6799999997 5505239.43, 385804.4199999999 5505238.5, 385792.4400000004 5505237.51, 385787.9400000004 5505237.140000001, 385737.75 5505236.359999999, 385683.21999999974 5505235.529999999, 385679.5999999996 5505228.98, 385655.8499999996 5505186.09, 385635.2599999998 5505148.85, 385617.20999999996 5505116.23, 385585.3099999996 5505058.59, 385562.4400000004 5505073.26, 385543.41000000015 5505085.48, 385516.6699999999 5505062.85, 385510.0700000003 5505056.42, 385492.96999999974 5505039.710000001, 385458.83999999985 5504966.039999999, 385438.4199999999 5504975.449999999, 385426.0800000001 5504981.15, 385419.71999999974 5504984.07, 385419.08999999985 5504984.369999999, 385355.8799999999 5505013.529999999, 385328.6500000004 5505026.09, 385295.53000000026 5504961.720000001, 385271.83999999985 5504931.699999999, 385238.0700000003 5504875.109999999, 385220.5999999996 5504841.449999999, 385200.46999999974 5504811.33, 385186.7599999998 5504773.029999999, 385173.6200000001 5504754.26, 385106.71999999974 5504693.6, 385048.45999999996 5504805.57, 385030.75 5504789.9, 385013.7400000002 5504774.85, 385008.4199999999 5504767.17, 384971.7400000002 5504750.57, 384954.13999999966 5504730.220000001, 384944.9900000002 5504727.0600000005, 384936.04000000004 5504723.98, 384908.0999999996 5504714.359999999, 384894.71999999974 5504709.76, 384879.9500000002 5504702.4, 384874.01999999955 5504699.4399999995, 384873.6299999999 5504698.529999999, 384869.1900000004 5504688.369999999, 384864.3300000001 5504677.24, 384862.23000000045 5504672.869999999, 384854.1500000004 5504673.720000001, 384848.0800000001 5504684.609999999, 384842.4900000002 5504682.93, 384831.4000000004 5504679.6, 384827.9900000002 5504678.460000001, 384802.2400000002 5504669.859999999, 384801.2999999998 5504669.1899999995, 384785.9500000002 5504658.34, 384771.9199999999 5504648.43, 384749.13999999966 5504639.279999999, 384703.1299999999 5504621.18, 384681.0599999996 5504612.5, 384679.7400000002 5504615.029999999, 384675.7400000002 5504623.09, 384667.4900000002 5504639.66, 384656.9299999997 5504659.52, 384647.6699999999 5504655, 384622.3300000001 5504672.77, 384610.61000000034 5504681.789999999, 384600.5700000003 5504689.529999999, 384590.2400000002 5504707.32, 384583.6699999999 5504718.66, 384581.7599999998 5504721.949999999, 384583.5999999996 5504723.720000001, 384587.45999999996 5504727.43, 384555 5504769.41, 384517.3700000001 5504818.0600000005, 384516.95999999996 5504818.640000001, 384476.5999999996 5504875.82, 384475.79000000004 5504876.9399999995, 384468.45999999996 5504886.98, 384452.4900000002 5504909.52, 384449.5499999998 5504913.65, 384397.6699999999 5504872.59, 384367.9199999999 5504852.32, 384358.6900000004 5504845.65, 384324.04000000004 5504820.609999999, 384321.3099999996 5504818.41, 384267.9199999999 5504778.869999999, 384249.8499999996 5504765.35, 384226.78000000026 5504748.0600000005, 384183.1799999997 5504711.619999999, 384133.7599999998 5504681.359999999, 384068.4900000002 5504641.23, 384014.2999999998 5504601.109999999, 383998.58999999985 5504583, 383962.2599999998 5504552.789999999, 383927.7999999998 5504505.58, 383874.0599999996 5504474.460000001, 383823.04000000004 5504443.68, 383775.16000000015 5504404.76, 383774.5 5504404.08, 383757.11000000034 5504386.1899999995, 383726.7000000002 5504363.84, 383715.4299999997 5504355.42, 383679.75 5504328.74, 383672.2999999998 5504323.92, 383654 5504312.050000001, 383647.71999999974 5504307.98, 383641.1900000004 5504303.74, 383622.26999999955 5504296.890000001, 383602.0999999996 5504289.59, 383596.53000000026 5504288.960000001, 383584.5099999998 5504287.609999999, 383576.66000000015 5504286.720000001, 383551.6500000004 5504283.91, 383530.9299999997 5504279.08, 383508.36000000034 5504274.16, 383493.29000000004 5504272.9399999995, 383484.78000000026 5504272.25, 383463.1500000004 5504266.52, 383411.5599999996 5504261.84, 383352.08999999985 5504251.970000001, 383320 5504235.789999999, 383302.01999999955 5504226.73, 383294.1500000004 5504224.609999999, 383255.21999999974 5504214.130000001, 383225.53000000026 5504194.359999999, 383196.73000000045 5504181.380000001, 383173.9400000004 5504168.98, 383172.5599999996 5504159.16, 383169.5099999998 5504157.8100000005, 383164.96999999974 5504155.82, 383159.5099999998 5504154, 383110.3099999996 5504137.52, 383071 5504123.84, 383017.95999999996 5504105.4, 382970.23000000045 5504089.289999999, 382958.5700000003 5504084.75, 382890.08999999985 5504060.960000001, 382829.38999999966 5504039.85, 382772.6699999999 5504020.130000001, 382716.5999999996 5504000.630000001, 382674.88999999966 5503986.130000001, 382642.01999999955 5503975.17, 382640.0999999996 5503974.42, 382631.8300000001 5503971.220000001, 382628 5503969.74, 382568.5800000001 5504003.99, 382529.20999999996 5504026.6899999995, 382490.0599999996 5504049.26, 382445.23000000045 5504075.1, 382404.5 5504098.58, 382359.5099999998 5504124.32, 382309.36000000034 5504153.01, 382267.9400000004 5504176.710000001, 382228.6699999999 5504199.17, 382190.8099999996 5504220.83, 382152.4500000002 5504242.779999999, 382108.70999999996 5504267.8100000005, 382068.71999999974 5504290.91, 382028.4400000004 5504314.18, 381987.6299999999 5504337.77, 381951.03000000026 5504358.91, 381917.53000000026 5504378.27, 381883.0700000003 5504398.1899999995, 381848.88999999966 5504417.93, 381812.3099999996 5504453.050000001, 381765.78000000026 5504497.720000001, 381718.7999999998 5504481.3100000005, 381674.88999999966 5504465.98, 381667.01999999955 5504463.25, 381618.2999999998 5504446.33, 381601.9400000004 5504440.65, 381578.21999999974 5504432.359999999, 381520.8700000001 5504412.289999999, 381485.70999999996 5504400, 381434.4000000004 5504389.970000001, 381390.76999999955 5504381.4399999995, 381385.3300000001 5504380.6, 381341.33999999985 5504373.710000001, 381279.36000000034 5504364, 381211.4500000002 5504348.630000001, 381155.1500000004 5504335.84, 381108.98000000045 5504305.029999999, 381075.6900000004 5504282.83, 381072.95999999996 5504281.01, 381040.7599999998 5504259.52, 381003.48000000045 5504234.66, 380953.75 5504201.48, 381020.76999999955 5504548.119999999, 380918.73000000045 5504585.15, 380790.76999999955 5504632.1, 380737.21999999974 5504650.369999999, 380367.4900000002 5504776.6, 380352.1900000004 5504779.619999999, 380350.8200000003 5504780.220000001, 380347.6200000001 5504781.6, 380338.73000000045 5504785.460000001, 380333.71999999974 5504787.630000001, 380328.79000000004 5504789.77, 380314.38999999966 5504812.57, 380304.2599999998 5504828.609999999, 380299.0499999998 5504836.48, 380292.8700000001 5504845.8100000005, 380279.66000000015 5504865.880000001, 380274.96999999974 5504867.039999999, 380267.5499999998 5504882.67, 380261.1299999999 5504893.52, 380259.0999999996 5504892.289999999, 380231.9500000002 5504875.9399999995, 380219.1799999997 5504868.3100000005, 380214.9500000002 5504867.789999999, 380211.6900000004 5504867.460000001, 380205.2400000002 5504866.74, 380194.9900000002 5504865.6, 380193.96999999974 5504865.49, 380139.63999999966 5504859.74, 380125.1299999999 5504858.199999999, 380074.96999999974 5504852.949999999, 380068.1500000004 5504852.23, 380055.78000000026 5504850.91, 380007.28000000026 5504825.24, 379957.54000000004 5504798.880000001, 379911.33999999985 5504789.34, 379837.1200000001 5504761.800000001, 379788.3300000001 5504742.050000001, 379777.9000000004 5504732.59, 379775.03000000026 5504731.869999999, 379729.7000000002 5504720.4399999995, 379697.0800000001 5504712.220000001, 379690.6699999999 5504710.5600000005, 379622.08999999985 5504693.289999999, 379620.95999999996 5504692.949999999, 379568.51999999955 5504678.210000001, 379525.9400000004 5504666.25, 379523.29000000004 5504665.5, 379497.4000000004 5504658.24, 379414.29000000004 5504663.710000001, 379413.29000000004 5504663.779999999, 379406.73000000045 5504664.210000001, 379401.70999999996 5504664.539999999, 379339.75 5504668.65, 379328.0099999998 5504669.43, 379297.1500000004 5504671.460000001, 379263.5499999998 5504673.68, 379236.33999999985 5504675.48, 379168.33999999985 5504714.9, 379167.29000000004 5504715.359999999, 379165.1900000004 5504716.07, 379158.75 5504718.26, 379157.13999999966 5504718.8100000005, 379120.8700000001 5504737.359999999, 379120.0099999998 5504737.8100000005, 379051.33999999985 5504773.07, 379037.38999999966 5504780.23, 378982.26999999955 5504808.52, 378981.3799999999 5504808.98, 378963.9400000004 5504817.949999999, 378959.70999999996 5504820.119999999, 378935.3200000003 5504832.66, 378898.9900000002 5504851.33, 378898.08999999985 5504851.77, 378841.04000000004 5504879.85, 378840.20999999996 5504880.26, 378838.9199999999 5504905.5, 378821.29000000004 5504937, 378816.0700000003 5504964.01, 378792.1299999999 5504978.42, 378789.5499999998 5505027.26, 378778.2400000002 5505075.49, 378777.4900000002 5505075.109999999, 378769.88999999966 5505071.050000001, 378750.71999999974 5505093.8100000005, 378747.70999999996 5505110.51, 378746.63999999966 5505116.59, 378725.20999999996 5505123.539999999, 378719.79000000004 5505125.289999999, 378715.78000000026 5505126.6, 378704.76999999955 5505118.800000001, 378702.5700000003 5505117.25, 378681.8499999996 5505111.57, 378665.5800000001 5505107.07, 378642.29000000004 5505106.16, 378615.48000000045 5505088.1, 378621.3700000001 5505079.609999999, 378610.5599999996 5505074.869999999, 378568.48000000045 5505058.26, 378550.0099999998 5505028.16, 378549.5099999998 5505027.33, 378551.51999999955 5505025.4399999995, 378527.88999999966 5504986.77, 378516.5999999996 5504965.98, 378508.0800000001 5504950.33, 378470.7400000002 5504881.75, 378463.83999999985 5504872.300000001, 378426.70999999996 5504821.289999999, 378413.3700000001 5504804.5600000005, 378400.63999999966 5504788.59, 378357.4000000004 5504734.34, 378348.6799999997 5504723.390000001, 378331.1799999997 5504703.41, 378314.28000000026 5504682.9399999995, 378311.36000000034 5504679.390000001, 378303.25 5504669.52, 378280.86000000034 5504642.300000001, 378276.79000000004 5504637.51, 378261.3300000001 5504634.550000001, 378250 5504632.390000001, 378242.5999999996 5504630.960000001, 378219.3799999999 5504624.51, 378192.4400000004 5504616.800000001, 378185.5099999998 5504614.82, 378184.51999999955 5504614.5, 378168.6699999999 5504610.300000001, 378142.5099999998 5504603.33, 378126.41000000015 5504601.23, 378108.4400000004 5504598.890000001, 378100.41000000015 5504599.73, 378086.6900000004 5504601.16, 378085.61000000034 5504601.24, 378055.9500000002 5504604.359999999, 378040.0599999996 5504606.039999999, 378028.66000000015 5504607.24, 378020.8499999996 5504608.0600000005, 377996.3700000001 5504610.619999999, 377994.91000000015 5504610.369999999, 377982.76999999955 5504608.27, 377978.5099999998 5504607.529999999, 377959.7400000002 5504604.289999999, 377943.20999999996 5504601.43, 377937.1900000004 5504601.52, 377932.2599999998 5504601.609999999, 377917.78000000026 5504601.859999999, 377913.7599999998 5504601.92, 377894.8499999996 5504602.210000001, 377888.7999999998 5504603.66, 377877.7400000002 5504606.32, 377868.96999999974 5504608.43, 377849.6699999999 5504613.08, 377846.75 5504613.779999999, 377838.9199999999 5504567.119999999, 377837.4199999999 5504553.0600000005, 377837.5700000003 5504538.58, 377841.70999999996 5504521.42, 377849.1200000001 5504496.960000001, 377853.7400000002 5504486.619999999, 377841.1699999999 5504476.5600000005, 377830.08999999985 5504468.529999999, 377821.6200000001 5504466.109999999, 377820.0800000001 5504465.6899999995, 377802.2599999998 5504464.6899999995, 377793.86000000034 5504463.1899999995, 377792.6799999997 5504462.98, 377768.95999999996 5504458.74, 377721.2400000002 5504430.24, 377698.8300000001 5504411.890000001, 377697.53000000026 5504413.4, 377694.83999999985 5504416.539999999, 377672.71999999974 5504442.359999999, 377667.66000000015 5504448.26, 377660.4199999999 5504441.4399999995, 377645.61000000034 5504427.48, 377608.2599999998 5504401.6, 377540.2000000002 5504345.23, 377529.3499999996 5504337.68, 377515.08999999985 5504327.75, 377495.36000000034 5504321.68, 377452.51999999955 5504318.029999999, 377453.5599999996 5504314.77, 377427.3099999996 5504303.07, 377374.38999999966 5504275.82, 377326.4000000004 5504247.08, 377269.4000000004 5504246.85, 377243.6200000001 5504252.67, 377216.4199999999 5504251.82, 377206.0800000001 5504257.800000001, 377195.3700000001 5504248.1899999995, 377187.9199999999 5504241.52, 377171.8200000003 5504234.25, 377158.01999999955 5504232.9399999995, 377154.7000000002 5504232.92, 377151.96999999974 5504232.640000001, 377153.08999999985 5504208.99, 377156.79000000004 5504159.51, 377164.16000000015 5504143.869999999, 377167.2400000002 5504082.49, 377165.04000000004 5504081.210000001, 377151.03000000026 5504074.4, 377131.28000000026 5504064.550000001, 377129.9199999999 5504063.880000001, 377075.0499999998 5504036.57, 377068.5599999996 5504033.34, 377067.38999999966 5504032.789999999, 377081.9400000004 5504005.140000001, 377102.6500000004 5503972.27, 377123.88999999966 5503938.1899999995, 377125.41000000015 5503935.75, 377132.41000000015 5503925.470000001, 377153 5503895.220000001, 377158.0499999998 5503887.8100000005, 377151.36000000034 5503882.789999999, 377145.5700000003 5503878.449999999, 377144.3700000001 5503877.550000001, 377136.9400000004 5503871.98, 377129.8799999999 5503866.68, 377121.76999999955 5503860.6, 377114.7000000002 5503855.300000001, 377096.91000000015 5503841.960000001, 377090.6500000004 5503837.27, 377084.88999999966 5503832.9399999995, 377073.28000000026 5503824.23, 377060.5099999998 5503814.66, 377059.2000000002 5503813.67, 377049.3499999996 5503793.220000001, 377055.5099999998 5503759.82, 377054.6799999997 5503744.9399999995, 377053.91000000015 5503740.4399999995, 377048.5800000001 5503732.75, 377028.98000000045 5503728.449999999, 377029.1200000001 5503727.75, 377030.26999999955 5503722.210000001, 377031.51999999955 5503716.199999999, 377036.2599999998 5503693.289999999, 377041.9299999997 5503665.890000001, 377047.36000000034 5503663.77, 377053.04000000004 5503661.550000001, 377059.8300000001 5503658.91, 377042.4000000004 5503629.59, 377040.5099999998 5503605.449999999, 377040.0999999996 5503600.32, 377038.95999999996 5503584.08, 377042.9500000002 5503577.34, 377034.5700000003 5503520.65, 377032.6799999997 5503514.41, 377015.16000000015 5503457.67, 377014.78000000026 5503455.67, 377005.4000000004 5503403.58, 377003.5800000001 5503393.359999999, 377008.46999999974 5503348.1, 377008.9199999999 5503343.9399999995, 377012.78000000026 5503307.67, 377014.41000000015 5503292.529999999, 377016.8099999996 5503269.869999999, 377024.7599999998 5503195.199999999, 377027.9000000004 5503165.6899999995, 377029.5099999998 5503149.66, 377029.6900000004 5503147.84, 377030.3799999999 5503141.140000001, 377030.8300000001 5503136.609999999, 377031.1500000004 5503133.539999999, 376995.6299999999 5503119.67, 376979.8200000003 5503106.42, 376955.2000000002 5503085.77, 376954.3700000001 5503085.09, 376885.16000000015 5503064.289999999, 376842.28000000026 5503059.1899999995, 376828.78000000026 5503053.43, 376808.8499999996 5503036.8100000005, 376833.23000000045 5502972.119999999, 376833.70999999996 5502970.84, 376860.4000000004 5502922.35, 376875.8799999999 5502904.27, 376875.01999999955 5502885.83, 376874.6299999999 5502877.210000001, 376873.73000000045 5502857.65, 376873.3200000003 5502848.75, 376875.23000000045 5502843.85, 376883.0599999996 5502823.619999999, 376884.03000000026 5502818.289999999, 376884.41000000015 5502816.23, 376884.96999999974 5502813.390000001, 376886.9500000002 5502803.25, 376887.9199999999 5502798.3100000005, 376888.8499999996 5502793.58, 376889.7999999998 5502788.699999999, 376890.5700000003 5502784.789999999, 376891.6799999997 5502779.09, 376892.6299999999 5502774.26, 376893.5700000003 5502769.5, 376895.11000000034 5502761.619999999, 376899.6200000001 5502735.6, 376900.4500000002 5502730.720000001, 376901.91000000015 5502722.3100000005, 376904.95999999996 5502704.58, 376906.29000000004 5502696.83, 376906.3799999999 5502696.210000001, 376909.38999999966 5502678.800000001, 376912.0499999998 5502663.529999999, 376904.95999999996 5502650.609999999, 376903.98000000045 5502648.82, 376878.1799999997 5502601.779999999, 376848.5599999996 5502547.75, 376865.61000000034 5502541.98, 376865.1299999999 5502537.279999999, 376861.11000000034 5502497.41, 376861.01999999955 5502496.1899999995, 376856.8300000001 5502454.970000001, 376856.6500000004 5502453.01, 376854.51999999955 5502430.51, 376851.4900000002 5502397.57, 376851.16000000015 5502394.789999999, 376850.9900000002 5502393.24, 376850.78000000026 5502391.130000001, 376850.04000000004 5502383.4, 376848.01999999955 5502361.9399999995, 376845.0999999996 5502331.08, 376844 5502319.460000001, 376842.5099999998 5502303.67, 376842.3099999996 5502301.85, 376837.3700000001 5502249.470000001, 376836.25 5502237.83, 376833.95999999996 5502213.369999999, 376829.88999999966 5502170.390000001, 376817.0800000001 5502154.33, 376801.7599999998 5502135.119999999, 376784.1699999999 5502113.0600000005, 376762.8499999996 5502086.33, 376758.1299999999 5502080.93, 376757.25 5502080.050000001, 376721.73000000045 5502050.619999999, 376698.7999999998 5502031.619999999, 376694.7400000002 5502027.58, 376670.1900000004 5502003.199999999, 376660.5700000003 5501991.83, 376626.4500000002 5501951.300000001, 376594.66000000015 5501913.57, 376487.1799999997 5501851.5600000005, 376474.4000000004 5501830.67, 376454.53000000026 5501807.07, 376440.20999999996 5501790.07, 376436.98000000045 5501786.220000001, 376423.1900000004 5501801.869999999, 376394.8300000001 5501771.85, 376394.20999999996 </t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6310-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6310-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6310-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6310-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-093" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6310-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6310-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6310-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-093" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6310-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6310-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6310-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108920</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.15638444007</v>
+        <v>46069.16602082832</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>