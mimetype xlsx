--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -676,51 +676,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108918</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.29575128719</v>
+        <v>45969.69228388165</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>