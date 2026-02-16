--- v1 (2025-11-08)
+++ v2 (2026-02-16)
@@ -141,51 +141,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6306-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((331453.4900000002 5494438.539999999, 331456.0499999998 5494435.9, 331526.5 5494363.039999999, 331486.1799999997 5494332.98, 331447.3799999999 5494301.23, 331428.1200000001 5494284.84, 331418.1299999999 5494276.33, 331414.4900000002 5494273.23, 331359.8799999999 5494220.57, 331333.8700000001 5494192.460000001, 331318.61000000034 5494173.18, 331266.96999999974 5494112.77, 331244.78000000026 5494080.09, 331241.8700000001 5494076.1, 331218.7400000002 5494044.4, 331209.9500000002 5494032.949999999, 331199.78000000026 5494021.84, 331187.25 5494008.140000001, 331176.2999999998 5493998.529999999, 331177.76999999955 5493991.59, 331179.8799999999 5493981.67, 331181.5499999998 5493970.76, 331118.8499999996 5493822.720000001, 331098.7599999998 5493772.41, 331079.3300000001 5493743.17, 331054.33999999985 5493712.640000001, 331028.9900000002 5493689.24, 331208.04000000004 5493346.029999999, 331183.0999999996 5493313.98, 331168.4500000002 5493289.65, 331163.5599999996 5493263.890000001, 331195.11000000034 5493174.460000001, 331195.63999999966 5493173.18, 331205.66000000015 5493149.199999999, 331216 5493124.43, 331222.0099999998 5493110.08, 331224.5599999996 5493103.960000001, 331233.7000000002 5493082.07, 331243.2999999998 5493058.369999999, 331250.83999999985 5493040.67, 331253.75 5493031.6899999995, 331255.21999999974 5493027.210000001, 331261.3099999996 5493008.43, 331263.3099999996 5493002.26, 331270.5099999998 5492982.02, 331288.1799999997 5492923.24, 331289.1299999999 5492920.119999999, 331289.6900000004 5492918.25, 331291.3499999996 5492912.73, 331295.75 5492898.08, 331304.1299999999 5492870.17, 331307.1299999999 5492860.210000001, 331312.23000000045 5492843.210000001, 331314.13999999966 5492836.859999999, 331315.91000000015 5492816.68, 331316.5800000001 5492809.01, 331317.5 5492798.6, 331320.0599999996 5492769.380000001, 331323.3700000001 5492731.66, 331323.61000000034 5492730.98, 331329.5599999996 5492724.970000001, 331328.9000000004 5492713.24, 331328.7999999998 5492711.470000001, 331325.8200000003 5492699.1899999995, 331322.83999999985 5492694.970000001, 331322.9400000004 5492690.4399999995, 331323.0700000003 5492684.18, 331323.1500000004 5492680.58, 331329.46999999974 5492678.49, 331346.7599999998 5492670.880000001, 331371.6799999997 5492657.08, 331382.5099999998 5492648.51, 331384.9299999997 5492646.58, 331390.21999999974 5492641.42, 331408.9299999997 5492623.16, 331414.95999999996 5492616.48, 331422.1799999997 5492608.460000001, 331429.01999999955 5492600.880000001, 331432.2999999998 5492597, 331445.5999999996 5492581.17, 331452.8300000001 5492572.550000001, 331465.8300000001 5492559.5, 331468.91000000015 5492556.289999999, 331476.3499999996 5492547.460000001, 331490.1299999999 5492531.1, 331504.6299999999 5492513.880000001, 331515.0800000001 5492502.3100000005, 331532.38999999966 5492483.130000001, 331537.86000000034 5492477.43, 331550.1500000004 5492464.6, 331569.4199999999 5492448.98, 331571.36000000034 5492447.41, 331587.9500000002 5492436.6899999995, 331594.08999999985 5492432.73, 331595.2000000002 5492432.279999999, 331600.0999999996 5492430.3100000005, 331600.46999999974 5492428.880000001, 331609.3099999996 5492422.949999999, 331614.9199999999 5492420.35, 331620.4500000002 5492418.0600000005, 331620.5800000001 5492418.01, 331642.0499999998 5492413.58, 331643.61000000034 5492413.26, 331650.8300000001 5492412.789999999, 331652.9199999999 5492412.16, 331670.54000000004 5492408.039999999, 331683.20999999996 5492405.07, 331695.08999999985 5492404.300000001, 331713.6299999999 5492403.08, 331739.1699999999 5492404.449999999, 331744.9400000004 5492404.949999999, 331759.2999999998 5492406.199999999, 331763.5499999998 5492407.65, 331787.5 5492415.82, 331802.9400000004 5492420.01, 331835.66000000015 5492428.869999999, 331854.76999999955 5492434.0600000005, 331883.6200000001 5492441.890000001, 331899.21999999974 5492446.109999999, 331916.9400000004 5492450.92, 331921.29000000004 5492452.09, 331962.9900000002 5492463.34, 331986.0700000003 5492469.5600000005, 331989.29000000004 5492470.42, 332010.3099999996 5492476.1, 332050.28000000026 5492486.880000001, 332086.29000000004 5492496.58, 332092.9400000004 5492498.380000001, 332107.66000000015 5492502.380000001, 332134.1799999997 5492513.359999999, 332149.04000000004 5492521.76, 332153.5099999998 5492524.289999999, 332160.3300000001 5492528.16, 332173.66000000015 5492537.369999999, 332174.91000000015 5492531.9399999995, 332175.38999999966 5492529.83, 332193.38999999966 5492542.66, 332202.46999999974 5492538.390000001, 332202.04000000004 5492540.66, 332218.46999999974 5492532.82, 332218.8099999996 5492530.710000001, 332224.0099999998 5492528.27, 332222.1200000001 5492520.390000001, 332225.6200000001 5492515.17, 332227.16000000015 5492511.140000001, 332228.7599999998 5492507.67, 332239.7400000002 5492511.51, 332241.86000000034 5492512.25, 332245.9299999997 5492511.18, 332251.3300000001 5492509.76, 332268.3099999996 5492505.300000001, 332270.16000000015 5492479.4, 332270.41000000015 5492475.789999999, 332262.3700000001 5492472.58, 332255.6200000001 5492469.880000001, 332250.98000000045 5492468.029999999, 332248.33999999985 5492462.16, 332242.9900000002 5492455.529999999, 332235.4500000002 5492446.16, 332222.5700000003 5492436.74, 332208.9500000002 5492426.77, 332203.4400000004 5492422.74, 332181.8300000001 5492401.09, 332158.58999999985 5492386.93, 332153.86000000034 5492384.0600000005, 332139.4400000004 5492375.289999999, 332122.33999999985 5492400.720000001, 332120.3099999996 5492399.4399999995, 332108.3700000001 5492391.91, 332100.58999999985 5492387.02, 332091.33999999985 5492377.529999999, 332100.95999999996 5492351.880000001, 332086.26999999955 5492342.470000001, 332073.0700000003 5492334.029999999, 332063.7400000002 5492328.050000001, 332043.58999999985 5492316.380000001, 332022.2599999998 5492304.01, 332018.33999999985 5492302.130000001, 332017.4500000002 5492304.18, 332016.79000000004 5492305.699999999, 331994.61000000034 5492356.890000001, 331972.9400000004 5492349.17, 331972.9199999999 5492349.220000001, 331963.48000000045 5492345.800000001, 331917.3499999996 5492329.109999999, 331917.2999999998 5492329.359999999, 331899.7999999998 5492333.25, 331883.0700000003 5492330.210000001, 331874.4500000002 5492328.640000001, 331867.53000000026 5492327.369999999, 331864.9500000002 5492326.91, 331856.2999999998 5492325.33, 331872.6699999999 5492223.029999999, 331873.1299999999 5492220.720000001, 331871.9199999999 5492220.42, 331864.3099999996 5492218.4399999995, 331856.9400000004 5492216.539999999, 331854.4900000002 5492215.91, 331851.46999999974 5492215.130000001, 331846.66000000015 5492213.880000001, 331843.38999999966 5492213.039999999, 331838.2999999998 5492211.75, 331835.1200000001 5492210.93, 331827.8300000001 5492209.07, 331827.0999999996 5492208.880000001, 331814.75 5492205.67, 331809.9299999997 5492204.42, 331807.58999999985 5492203.8100000005, 331802.36000000034 5492202.470000001, 331834.08999999985 5492137.26, 331824.6900000004 5492132.6899999995, 331805.6200000001 5492123.619999999, 331795.96999999974 5492119.02, 331806 5492096.960000001, 331806.6200000001 5492091.039999999, 331820.03000000026 5492063.27, 331859.03000000026 5492084.33, 331864.3099999996 5492073.52, 331925.51999999955 5492108.640000001, 331945.8799999999 5492120.08, 331947.08999999985 5492117.5600000005, 331968.8300000001 5492130.039999999, 331995.54000000004 5492145.359999999, 332016.61000000034 5492157.4, 332014 5492147.210000001, 332014.0099999998 5492138.109999999, 332014.0099999998 5492131.470000001, 332014.01999999955 5492117.880000001, 332014.04000000004 5492107.77, 332014.0499999998 5492098.99, 332014.3099999996 5492090.33, 332014.73000000045 5492076.99, 332015.01999999955 5492067.550000001, 332015.4900000002 5492052.77, 332010.6900000004 5492013.529999999, 331969.1699999999 5491931.57, 331958.9000000004 5491911.289999999, 331950.75 5491895.1899999995, 331925.4000000004 5491877.33, 331864.8200000003 5491834.630000001, 331858.38999999966 5491829.9399999995, 331821.53000000026 5491800.800000001, 331816.76999999955 5491797.029999999, 331807.20999999996 5491789.449999999, 331789.7599999998 5491775.609999999, 331766.1799999997 5491756.890000001, 331760.5999999996 5491752.460000001, 331729.3499999996 5491721.27, 331712.96999999974 5491704.91, 331691.61000000034 5491683.609999999, 331688.73000000045 5491680.460000001, 331620.33999999985 5491611.33, 331573.38999999966 5491564.99, 331571.8200000003 5491563.4399999995, 331570.0099999998 5491561.609999999, 331505.16000000015 5491496.17, 331475.5099999998 5491509.76, 331434.3200000003 5491528.619999999, 331420 5491535.1899999995, 331404.45999999996 5491542.300000001, 331400.5 5491544.109999999, 331394 5491543.76, 331392.3499999996 5491544.1899999995, 331387.3700000001 5491538.890000001, 331391.3300000001 5491532.85, 331387.76999999955 5491518.58, 331384.8700000001 5491506.91, 331382.1699999999 5491496.119999999, 331379.4299999997 5491485.17, 331376.5 5491473.41, 331373.25 5491460.369999999, 331370.2400000002 5491448.26, 331369.79000000004 5491446.449999999, 331366.1799999997 5491431.970000001, 331362.26999999955 5491416.300000001, 331358.01999999955 5491399.27, 331355.9299999997 5491390.92, 331352.88999999966 5491378.74, 331351.3099999996 5491372.369999999, 331348.4199999999 5491360.76, 331338.96999999974 5491322.880000001, 331334.6500000004 5491305.550000001, 331331.4299999997 5491292.66, 331328.11000000034 5491279.32, 331324.71999999974 5491265.77, 331321.5800000001 5491253.130000001, 331320.7000000002 5491249.619999999, 331316.2400000002 5491231.75, 331311.3700000001 5491212.210000001, 331305.3200000003 5491187.9399999995, 331298.1200000001 5491159.08, 331288.26999999955 5491119.6, 331283.6799999997 5491113.859999999, 331272.4400000004 5491107.640000001, 331269.11000000034 5491105.800000001, 331268.9000000004 5491105.68, 331221.8200000003 5491079.57, 331213.91000000015 5491075.199999999, 331185.1200000001 5491059.23, 331177.7000000002 5491057.289999999, 331162.9199999999 5491079.800000001, 331148.04000000004 5491102.470000001, 331133.51999999955 5491124.279999999, 331119.20999999996 5491145.76, 331105.9199999999 5491165.720000001, 331092.8200000003 5491185.380000001, 331080.75 5491203.51, 331069.04000000004 5491221.09, 331056.9299999997 5491239.26, 331047.5 5491253.4399999995, 331044.1799999997 5491257.130000001, 331040.4500000002 5491261.289999999, 331028.66000000015 5491279.029999999, 331022.76999999955 5491287.880000001, 331016.8700000001 5491296.76, 331005.1200000001 5491314.42, 331003.8300000001 5491316.359999999, 331001.1699999999 5491320.359999999, 330994.5099999998 5491332.85, 330984.5999999996 5491351.4399999995, 330973.3200000003 5491372.619999999, 330962 5491415.039999999, 330952.2400000002 5491445.91, 330943.5800000001 5491479.52, 330940.5999999996 5491484.890000001, 330936.0099999998 5491502.949999999, 330931.51999999955 5491520.59, 330927.11000000034 5491537.949999999, 330917.3700000001 5491570.699999999, 330912.5800000001 5491586.84, 330907.61000000034 5491603.59, 330902.73000000045 5491620.050000001, 330892.96999999974 5491652.890000001, 330880.45999999996 5491702.25, 330876.3300000001 5491718.529999999, 330868.9500000002 5491751.26, 330865.23000000045 5491767.76, 330861.5099999998 5491784.289999999, 330857.76999999955 5491800.9, 330853.70999999996 5491817.539999999, 330849.66000000015 5491834.199999999, 330845.5999999996 5491850.84, 330827.36000000034 5491925.76, 330826.4199999999 5491929.6, 330819.1200000001 5491957.35, 330816.4199999999 5491970.710000001, 330809.0999999996 5492003.49, 330791.6200000001 5492081.77, 330788.1299999999 5492097.380000001, 330784.5099999998 5492122.67, 330780.78000000026 5492148.699999999, 330775.23000000045 5492187.49, 330771.4500000002 5492213.9, 330767.6699999999 5492240.23, 330766.78000000026 5492246.449999999, 330766.2400000002 5492246.539999999, 330765.11000000034 5492246.73, 330758.9500000002 5492302.6, 330758.29000000004 5492313.550000001, 330756.91000000015 5492336.199999999, 330752.6900000004 5492381.449999999, 330748.2400000002 5492430.609999999, 330742.5 5492480.789999999, 330736.76999999955 5492531.119999999, 330729.8300000001 5492581.92, 330723.4500000002 5492630.91, 330721.70999999996 5492636.8100000005, 330720.2000000002 5492641.93, 330715.54000000004 5492682.26, 330714.3099999996 5492692.85, 330712.9199999999 5492715.26, 330712.1900000004 5492721.1, 330710.83999999985 5492731.9, 330710.8300000001 5492731.949999999, 330709.1500000004 5492745.390000001, 330708.33999999985 5492751.880000001, 330706.33999999985 5492779.779999999, 330701.54000000004 5492807.23, 330690.6900000004 5492844.619999999, 330687.5700000003 5492853.92, 330681.0499999998 5492868.41, 330673.9900000002 5492883.140000001, 330666.71999999974 5492898.300000001, 330651.79000000004 5492929.220000001, 330644.0099999998 5492945.289999999, 330625.4400000004 5492974.6899999995, 330581.6799999997 5493043.92, 330568.5999999996 5493071.1899999995, 330555.6299999999 5493098.220000001, 330547.0099999998 5493125.449999999, 330533.71999999974 5493167.460000001, 330529.33999999985 5493180, 330523.3099999996 5493197.25, 330513.2000000002 5493230.49, 330508.2000000002 5493250.880000001, 330504.5800000001 5493274.8100000005, 330504.66000000015 5493302.369999999, 330515.3799999999 5493342.85, 330516.0999999996 5493345.57, 330521.5999999996 5493397.359999999, 330530.4199999999 5493429.880000001, 330545.46999999974 5493455.199999999, 330557.9299999997 5493471.779999999, 330585.28000000026 5493508.369999999, 330638.03000000026 5493568.57, 330674.8700000001 5493612.119999999, 330716.88999999966 5493662.17, 330759.8700000001 5493712.630000001, 330794.54000000004 5493747.630000001, 330818.98000000045 5493770.42, 330836.9500000002 5493784.970000001, 330870.7000000002 5493807.16, 330897.08999999985 5493822.970000001, 330945.2599999998 5493847.24, 330946.4500000002 5493847.85, 330943.79000000004 5493852.960000001, 330940.4299999997 5493859.619999999, 330938.6500000004 5493862.85, 330937.9500000002 5493864.210000001, 330784.0099999998 5494160.51, 330790.6900000004 5494167.5, 330806.58999999985 5494198.859999999, 330816.4500000002 5494223.9, 330823.73000000045 5494251.74, 330824.9000000004 5494290.619999999, 330827.4900000002 5494326.75, 330836.0599999996 5494358.01, 330864.46999999974 5494422.59, 330897.46999999974 5494486.789999999, 330917.7400000002 5494511.609999999, 330956.38999999966 5494553.23, 330971.53000000026 5494585, 330988.11000000034 5494633.300000001, 330992.8700000001 5494656.029999999, 331004.41000000015 5494674.85, 331027 5494699.02, 331014.23000000045 5494706.609999999, 330990.4400000004 5494720.91, 330958.4400000004 5494740.16, 331109.2599999998 5494805.390000001, 331089.75 5494819.91, 331197.79000000004 5494821.9, 331204.4500000002 5494821.289999999, 331278.7999999998 5494814.470000001, 331327.36000000034 5494808.16, 331352.66000000015 5494809.09, 331368.3099999996 5494809.66, 331374.26999999955 5494795.34, 331380.71999999974 5494779.8100000005, 331385.8300000001 5494767.550000001, 331398.1500000004 5494737.880000001, 331400.04000000004 5494733.359999999, 331403.26999999955 5494727.67, 331411.2999999998 5494713.529999999, 331425.48000000045 5494688.58, 331429.46999999974 5494681.539999999, 331435.2599999998 5494671.369999999, 331439.5599999996 5494673.960000001, 331440.38999999966 5494674.460000001, 331499.33999999985 5494709.949999999, 331504.2000000002 5494712.880000001, 331506 5494709.800000001, 331513.7000000002 5494715.33, 331569.48000000045 5494755.369999999, 331571.3300000001 5494756.6899999995, 331574.91000000015 5494759.26, 331572.6799999997 5494762.59, 331579.13999999966 5494767.9, 331639.2400000002 5494817.27, 331644.9400000004 5494821.949999999, 331660.04000000004 5494806.99, 331669.5 5494795.57, 331670.8300000001 5494796.5600000005, 331680.71999999974 5494791.210000001, 331703.8099999996 5494807.85, 331708.6200000001 5494801.880000001, 331725.03000000026 5494813.890000001, 331742.53000000026 5494827.74, 331745.88999999966 5494830.390000001, 331748.61000000034 5494832.529999999, 331747.04000000004 5494834.029999999, 331742.51999999955 5494838.35, 331791.46999999974 5494887.6, 331796.8700000001 5494909.59, 331805.9000000004 5494916.5600000005, 331809.1200000001 5494937.3100000005, 331817.91000000015 5494979.449999999, 331826.96999999974 5494977.869999999, 331838.3499999996 5494975.869999999, 331856.7400000002 5495031.890000001, 331870.54000000004 5495091.8100000005, 331873.78000000026 5495091.57, 331877.9900000002 5495091.779999999, 331873.8799999999 5495141.18, 331872.8799999999 5495153.35, 331869.75 5495167.960000001, 331878.41000000015 5495166.83, 331928.1900000004 5495160.34, 331968.3200000003 5495140.41, 331965.1900000004 5495130.42, 331967.8300000001 5495127.93, 331971.3200000003 5495138.92, 332005.58999999985 5495119.85, 332022.66000000015 5495112.25, 332037.9299999997 5495105.130000001, 332048.2000000002 5495100.34, 332049.1200000001 5495099.92, 332054.70999999996 5495097.32, 332064.2999999998 5495102.26, 332072.51999999955 5495106.789999999, 332078.20999999996 5495109.8100000005, 332083.8700000001 5495101.1, 332083.6299999999 5495099.460000001, 332080.6299999999 5495080.449999999, 332080.36000000034 5495078.76, 332078 5495064.27, 332077.3099999996 5495045.609999999, 332052.8700000001 5495051.41, 332047.4900000002 5495052.6899999995, 332045.1900000004 5495053.25, 332024.5700000003 5495058.27, 332023.4000000004 5495054.67, 331991 5494954.65, 331989.86000000034 5494951.119999999, 331984.78000000026 5494953.35, 331984.1299999999 5494953.640000001, 331985.95999999996 5494948.529999999, 332050.7400000002 5494920.16, 332052.6799999997 5494916.779999999, 332048.46999999974 5494904.24, 332042.5499999998 5494888.66, 332034.04000000004 5494870.85, 332025.1200000001 5494852.83, 332014.2599999998 5494833.0600000005, 332010.1699999999 5494820.449999999, 331991.4400000004 5494785.039999999, 331928.6900000004 5494826.66, 331900.5800000001 5494827.789999999, 331838.78000000026 5494787.130000001, 331812.25 5494766.01, 331754.08999999985 5494717.26, 331751.6299999999 5494714.49, 331734.61000000034 5494695.07, 331709.1699999999 5494670.279999999, 331679.3099999996 5494641.16, 331631.1699999999 5494591.029999999, 331600.79000000004 5494534.890000001, 331560.4199999999 5494505.25, 331558.70999999996 5494507.41, 331552.41000000015 5494503.300000001, 331537.6900000004 5494494.109999999, 331453.4900000002 5494438.539999999)), ((332297.8099999996 5495081.550000001, 332349.70999999996 5495084.48, 332395.48000000045 5495096.67, 332437.4900000002 5495115, 332474.11000000034 5495144.279999999, 332501.45999999996 5495131.529999999, 332566.8200000003 5495108.34, 332609.61000000034 5495083.619999999, 332642.6699999999 5495078.300000001, 332671.2599999998 5495078.82, 332676.04000000004 5495084.289999999, 332714.70999999996 5495052.8100000005, 332756.7400000002 5495018.59, 332775.95999999996 5495002.9399999995, 332779.4199999999 5495000.130000001, 332788.98000000045 5494991.48, 332860.76999999955 5495001.550000001, 332882.1500000004 5494985.68, 332919.6200000001 5494971.68, 332967.1699999999 5494965.779999999, 332987.21999999974 5494960.470000001, 332999.0099999998 5494955, 333240.0099999998 5494894.8100000005, 333214.8200000003 5494867.51, 333218.3300000001 5494802.32, 332999.8200000003 5494883.68, 332793.11000000034 5494890.74, 332774.75 5494921.880000001, 332765.54000000004 5494923.26, 332752.73000000045 5494925.1899999995, 332735.58999999985 5494925.0600000005, 332705.3099999996 5494936.199999999, 332688.91000000015 5494942.24, 332650.21999999974 5494948.3100000005, 332643.83999999985 5494949.32, 332496.16000000015 5494985.65, 332475.9900000002 5494984.91, 332475.9299999997 5494987.5, 332477.8799999999 5495006.609999999, 332462.71999999974 5495007.4, 332458.66000000015 5495008.4399999995, 332442.23000000045 5495012.640000001, 332418.2599999998 5495018.779999999, 332398.7400000002 5495023.77, 332394.6200000001 5495023.460000001, 332371.16000000015 5495021.619999999, 332347.6799999997 5495019.800000001, 332324.2000000002 5495017.970000001, 332319.3700000001 5495017.59, 332300.8799999999 5495016.16, 332277.4500000002 5495014.33, 332276.29000000004 5495037.390000001, 332260.7999999998 5495036.6, 332252.29000000004 5495036.140000001, 332223.6799999997 5495038.460000001, 332191.20999999996 5495039.66, 332118.63999999966 5495050.3100000005, 332098.9400000004 5495087.029999999, 332120.83999999985 5495086.539999999, 332125.36000000034 5495092.23, 332138.0800000001 5495109.6899999995, 332141.26999999955 5495114.07, 332142.4000000004 5495111.73, 332146.7999999998 5495102.699999999, 332151.6500000004 5495092.609999999, 332161.41000000015 5495072.33, 332167.1299999999 5495075.1899999995, 332189.58999999985 5495090.140000001, 332192.0800000001 5495099.699999999, 332205.66000000015 5495110.74, 332238.0999999996 5495089.9399999995, 332255.48000000045 5495083.82, 332257.33999999985 5495083.16, 332275.5999999996 5495082.4399999995, 332297.8099999996 5495081.550000001)), ((338987.4199999999 5495537.630000001, 339093.9199999999 5495473.34, 339164.3099999996 5495444.99, 339168.79000000004 5495448.02, 339177.13999999966 5495453.67, 339239.45999999996 5495456.48, 339297.7400000002 5495418.15, 339311.25 5495414.32, 339319.7400000002 5495410.550000001, 339327.58999999985 5495405.73, 339334.0499999998 5495400.75, 339340.1299999999 5495394.84, 339353.78000000026 5495383.92, 339368.11000000034 5495366.83, 339379.9400000004 5495340.82, 339383.6699999999 5495336.6899999995, 339483.86000000034 5495352.210000001, 339484.28000000026 5495337.68, 339572.8799999999 5495338.65, 339616.75 5495325.92, 339628.5800000001 5495289.9, 339640.71999999974 5495292.289999999, 339827.75 5494973.74, 339599.8499999996 5494842.24, 339564.6500000004 5494888.01, 339556.6799999997 5494896.93, 339531.71999999974 5494826.279999999, 339474.61000000034 5494756.76, 339390.5700000003 5494707.390000001, 339218.7999999998 5494607.470000001, 339119.25 5494549.369999999, 339104.9900000002 5494537.26, 339100.1500000004 5494532.6, 339113.11000000034 5494531.470000001, 339123.4199999999 5494518.140000001, 339240.2400000002 5494387.77, 339320.21999999974 5494323.539999999, 339493.3099999996 5494184.539999999, 339713.13999999966 5494308.359999999, 340094.20999999996 5494541.83, 340258.95999999996 5494273.15, 340224.8300000001 5494252.07, 340094.3499999996 5494001.890000001, 340011.2999999998 5493870.8100000005, 339923.08999999985 5493772.34, 339911.1500000004 5493758.970000001, 339794.54000000004 5493635.720000001, 339744.0499999998 5493580.92, 339651.2400000002 5493480.32, 339550.04000000004 5493399.369999999, 339515.5599999996 5493361.98, 339395.7599999998 5493228.529999999, 339267.29000000004 5493143.5600000005, 339078.2400000002 5493067.73, 339038.6699999999 5493051.83, 338970.51999999955 5493024.470000001, 338712.21999999974 5492920.98, 338710.6799999997 5492921.41, 338630.41000000015 5493054.24, 338625.01999999955 5493052.130000001, 338611.75 5493046.99, 338513.6500000004 5493009.68, 338394.48000000045 5492964.039999999, 338304.5700000003 5492866.869999999, 338226.71999999974 5492763.199999999, 338134.61000000034 5492636.279999999, 338061.7000000002 5492562.029999999, 338056.41000000015 5492556.65, 337987.3799999999 5492486.359999999, 337818.3700000001 5492309.9399999995, 337693.0499999998 5492234.039999999, 337512.4000000004 5492131.34, 337503.7400000002 5492126.41, 337334.0099999998 5492029.880000001, 337289.29000000004 5492004.1, 337286.96999999974 5492002.76, 337280.23000000045 5491998.869999999, 337138.6699999999 5491917.32, 336971.61000000034 5491907.33, 336838.8700000001 5491898.49, 336743.5700000003 5491893.68, 336736.08999999985 5491893.300000001, 336675.0499999998 5491890.23, 336557.13999999966 5491912.109999999, 336381.73000000045 5491945.9399999995, 336277.08999999985 5491987.66, 336214.26999999955 5492013.6, 336163.58999999985 5492092, 336133.04000000004 5492206.539999999, 335973.08999999985 5492153.710000001, 335963.86000000034 5492150.65, 335870.3499999996 5492119.74, 335700.4400000004 5492060.41, 335594.76999999955 5491974.77, 335488.6699999999 5491891.3100000005, 335479.8099999996 5491884.34, 335129.5599999996 5492605.68, 334647.86000000034 5492353.59, 334541.5700000003 5492539.75, 334441.6799999997 5492715.630000001, 334436.95999999996 5492727.09, 334429.13999999966 5492746.050000001, 334423.11000000034 5492676.359999999, 334295.54000000004 5492693.960000001, 334287.03000000026 5492638.789999999, 334280.61000000034 5492597.17, 334273.0700000003 5492524.58, 334069.61000000034 5492402.57, 333961.38999999966 5492341.890000001, 333815.1799999997 5492284.9, 333741.8700000001 5492390.369999999, 333656.1799999997 5492509.43, 333577.2000000002 5492587.960000001, 333521.78000000026 5492635.98, 333518.98000000045 5492638.48, 333462.46999999974 5492688.98, 333395.7400000002 5492747.779999999, 333392.38999999966 5492750.720000001, 333389.53000000026 5492753.210000001, 333387.1900000004 5492755.27, 333386.98000000045 5492755.4399999995, 333384.54000000004 5492757.5600000005, 333356.41000000015 5492730.880000001, 333319.96999999974 5492690.890000001, 333304.0599999996 5492674.73, 333282.63999999966 5492654.800000001, 333279.16000000015 5492651.57, 333266.9500000002 5492644.050000001, 333245.2400000002 5492633.91, 333229.0700000003 5492628.92, 333195.73000000045 5492618.619999999, 333184.4299999997 5492613.960000001, 333164.6900000004 5492600.859999999, 333147.96999999974 5492589.77, 333126.1699999999 5492575.300000001, 333108.6200000001 5492563.050000001, 333085.75 5492547.07, 333078.51999999955 5492562.93, 333075.8200000003 5492568.789999999, 333073.51999999955 5492567.73, 333068.0800000001 5492565.220000001, 333062.0499999998 5492582.119999999, 333047.48000000045 5492576.35, 333053.6900000004 5492559.390000001, 333054.9299999997 5492555.99, 333059.6299999999 5492543.15, 333054.2000000002 5492540.949999999, 333050.63999999966 5492539.51, 333041.33999999985 5492535.73, 333038.4199999999 5492534.539999999, 333033.29000000004 5492534.119999999, 333024.51999999955 5492533.390000001, 333016.4000000004 5492530.65, 333010.5700000003 5492528.68, 333008.5800000001 5492535.15, 332992.9500000002 5492529.52, 332994.8499999996 5492523.33, 332982.6699999999 5492519.289999999, 332984.38999999966 5492513.49, 332965.38999999966 5492507.91, 332961.41000000015 5492521.539999999, 332958.3799999999 5492520.630000001, 332954.7599999998 5492519.550000001, 332956.1799999997 5492514.82, 332957.5 5492510.42, 332949.2400000002 5492507.960000001, 332950.13999999966 5492504.859999999, 332936.6799999997 5492500.76, 332929.6699999999 5492498.619999999, 332926.6699999999 5492497.720000001, 332926.5 5492498.300000001, 332920.9000000004 5492496.609999999, 332915 5492494.82, 332912.3700000001 5492494.029999999, 332914.28000000026 5492487.4, 332901.6900000004 5492483.32, 332896.6500000004 5492481.6899999995, 332887.78000000026 5492513.6, 332861.70999999996 5492505.58, 332856.53000000026 5492523.970000001, 332834.5 5492517.52, 332817.63999999966 5492578.57, 332817.38999999966 5492579.49, 332817.1900000004 5492580.199999999, 332818.3099999996 5492580.9, 332821.96999999974 5492583.1899999995, 332823.1699999999 5492583.289999999, 332826.1699999999 5492583.48, 332830.03000000026 5492584.74, 332838.5999999996 5492587.5600000005, 332860.7000000002 5492594.8100000005, 332864.86000000034 5492596.15, 332865.11000000034 5492595.23, 332865.58999999985 5492593.5, 332869.4500000002 5492595.119999999, 332881.8700000001 5492600.32, 332896.01999999955 5492605.17, 332895.7599999998 5492606.08, 332898.8300000001 5492607.07, 332918.9400000004 5492613.539999999, 332931.11000000034 5492617.460000001, 332933.21999999974 5492618.140000001, 332948.6500000004 5492623.09, 332944.76999999955 5492670.68, 332943.53000000026 5492685.859999999, 332940.04000000004 5492689.050000001, 332936.53000000026 5492705.18, 332936.16000000015 5492706.91, 332972.4000000004 5492727.66, 333009.41000000015 5492759.84, 333046.0700000003 5492795.66, 333064.5800000001 5492803.75, 333067.79000000004 5492805.15, 333070.95999999996 5492806.869999999, 333191.23000000045 5492872.140000001, 333194.0999999996 5492873.699999999, 333197.2599999998 5492876.82, 333252.6799999997 5492931.539999999, 333254.6500000004 5492938.43, 333281.5599999996 5492920.25, 333283.53000000026 5492929.16, 333283.6900000004 5492929.93, 333285.36000000034 5492934.4, 333288.1500000004 5492941.9399999995, 333291.0099999998 5492949.619999999, 333293.8300000001 5492957.210000001, 333296.83999999985 5492954.51, 333295.38999999966 5492961.43, 333295.08999999985 5492962.880000001, 333293.8799999999 5492973.65, 333296.4000000004 5492982.17, 333298.8200000003 5492990.35, 333308.1500000004 5492995.82, 333309.1799999997 5492996.42, 333315.8799999999 5493000.99, 333318.7999999998 5493003.1, 333325.36000000034 5493007.8100000005, 333349.7400000002 5493026.02, 333373.1900000004 5493026.59, 333384.96999999974 5493048.619999999, 333380.9299999997 5493057.300000001, 333387.45999999996 5493070.6899999995, 333399.16000000015 5493086.779999999, 333410.5 5493082.27, 333411.4500000002 5493072.66, 333421.48000000045 5493077.630000001, 333441.54000000004 5493080.890000001, 333475.38999999966 5493106.35, 333484.9000000004 5493103.77, 333490.5499999998 5493111.710000001, 333501.3799999999 5493113.699999999, 333505.3099999996 5493112.210000001, 333516.03000000026 5493104.210000001, 333528.3099999996 5493119.109999999, 333529.54000000004 5493125.4399999995, 333536.5499999998 5493129.25, 333537.8700000001 5493130.039999999, 333537.51999999955 5493132.130000001, 333537.5599999996 5493132.91, 333540.0700000003 5493135.300000001, 333545.3799999999 5493136.25, 333549.73000000045 5493133.640000001, 333551.61000000034 5493134.3100000005, 333552.9199999999 5493136.01, 333561.41000000015 5493137.41, 333563.3499999996 5493135.369999999, 333586.73000000045 5493128.539999999, 333589.75 5493117.710000001, 333592.45999999996 5493116.220000001, 333594.20999999996 5493113.859999999, 333597.6200000001 5493107.039999999, 333602.61000000034 5493103.23, 333611.0599999996 5493098.99, 333615.3099999996 5493099.67, 333617.23000000045 5493096.460000001, 333619.7599999998 5493093.91, 333620.91000000015 5493087.57, 333623.91000000015 5493091.85, 333628.3200000003 5493094.890000001, 333632.8700000001 5493094.24, 333638.98000000045 5493094.539999999, 333644.8099999996 5493098.67, 333648.58999999985 5493104.5, 333650.53000000026 5493106.279999999, 333688.8200000003 5493121.0600000005, 333726.4900000002 5493164.710000001, 333738.6500000004 5493177.83, 333748.1699999999 5493215.3100000005, 333754.70999999996 5493220.880000001, 333756.5099999998 5493225.029999999, 333765.83999999985 5493234.09, 333766.2599999998 5493239, 333760.8200000003 5493250.34, 333756.1299999999 5493288.33, 333759.4299999997 5493300.16, 333774.71999999974 5493329.609999999, 333777.79000000004 5493339.619999999, 333780.1900000004 5493336.289999999, 333783.5099999998 5493346.720000001, 333796.98000000045 5493353.83, 333800.1699999999 5493358.279999999, 333800.9900000002 5493359.41, 333834.63999999966 5493363.199999999, 333837.1500000004 5493373.41, 333841.4199999999 5493373.050000001, 333844.88999999966 5493379.119999999, 333851.70999999996 5493399.5600000005, 333903.51999999955 5493418.779999999, 333914.86000000034 5493429.210000001, 333964.01999999955 5493426.789999999, 334025.9199999999 5493432.8100000005, 334025.95999999996 5493432.48, 334026.3499999996 5493429.26, 334026.8499999996 5493409.609999999, 334037.51999999955 5493415.609999999, 334038.5599999996 5493424.85, 334077.33999999985 5493439.17, 334095.5700000003 5493433.82, 334110.9299999997 5493436.449999999, 334121.28000000026 5493435.039999999, 334131.95999999996 5493451.140000001, 334137.25 5493453.25, 334138.61000000034 5493449.9399999995, 334148.73000000045 5493425.33, 334151.4400000004 5493418.66, 334154.04000000004 5493412.289999999, 334157.3499999996 5493404.16, 334160.3499999996 5493396.82, 334187.71999999974 5493446.27, 334209.5800000001 5493483.16, 334241.1900000004 5493515.26, 334269.25 5493541.050000001, 334334.46999999974 5493590.529999999, 334376.51999999955 5493622.41, 334446.8799999999 5493679.529999999, 334538.58999999985 5493754.970000001, 334560.5499999998 5493772.9399999995, 334565.5599999996 5493777.039999999, 334585.8499999996 5493810.5, 334614.70999999996 5493865.470000001, 334667.3300000001 5493948.74, 334697.01999999955 5493988.68, 334794.2599999998 5494099.960000001, 334913.26999999955 5494236.16, 334931.6200000001 5494261.050000001, 334934.73000000045 5494265.27, 334936.5 5494269.66, 334944.3300000001 5494289.109999999, 334968.45999999996 5494352.029999999, 335008.0499999998 5494349.27, 335023.53000000026 5494348.189999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6306-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6306-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6306-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6306-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -519,90 +519,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-091" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6306-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6306-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6306-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-091" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6306-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6306-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6306-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -676,51 +676,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108918</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.69228388165</v>
+        <v>46069.88693342193</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>