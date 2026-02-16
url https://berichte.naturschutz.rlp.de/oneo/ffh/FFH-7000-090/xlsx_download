--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6305-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((320675.6900000004 5500854.109999999, 320669.8499999996 5500856.539999999, 320668.95999999996 5500856.92, 320658.6699999999 5500861.199999999, 320637.8099999996 5500869.880000001, 320599.63999999966 5500833.41, 320577.5999999996 5500816.619999999, 320566.6500000004 5500812.3100000005, 320562.91000000015 5500810.84, 320532.5499999998 5500806.640000001, 320532.11000000034 5500786.380000001, 320531.9299999997 5500778.4, 320537.7599999998 5500775.16, 320522.0700000003 5500748.1899999995, 320499.4199999999 5500755.8100000005, 320496.5700000003 5500753.369999999, 320474.71999999974 5500733.74, 320474.25 5500732.27, 320472.13999999966 5500723.949999999, 320457.4199999999 5500712.800000001, 320444.01999999955 5500697.99, 320432.45999999996 5500704.5, 320431.1799999997 5500705.220000001, 320427.75 5500707.039999999, 320411.0700000003 5500664.880000001, 320399.2400000002 5500630.390000001, 320387.53000000026 5500566.9399999995, 320378.98000000045 5500520.880000001, 320390.03000000026 5500513.18, 320366.16000000015 5500471.76, 320354.6799999997 5500450.140000001, 320347.6500000004 5500436.890000001, 320340.5999999996 5500425.1, 320315.73000000045 5500383.49, 320298.6299999999 5500352.18, 320292.4000000004 5500340.77, 320274.03000000026 5500298.859999999, 320260.9400000004 5500261.24, 320260.2999999998 5500253.4399999995, 320258.9000000004 5500249.74, 320263.38999999966 5500248.4, 320288.08999999985 5500241.0600000005, 320294.01999999955 5500239.43, 320365.8099999996 5500219.73, 320374.8799999999 5500217.380000001, 320383.4500000002 5500215.16, 320431.7999999998 5500209.84, 320436.21999999974 5500209.359999999, 320494.6500000004 5500202.9399999995, 320513.1900000004 5500200.9, 320550.04000000004 5500191.3100000005, 320553.6299999999 5500190.369999999, 320534.66000000015 5500164.91, 320530.1699999999 5500158.880000001, 320527.26999999955 5500154.98, 320526.6699999999 5500154.17, 320523.96999999974 5500150.65, 320513.01999999955 5500136.390000001, 320508.0999999996 5500129.98, 320502.4199999999 5500122.58, 320491.6900000004 5500108.619999999, 320487.5 5500103.15, 320481.5099999998 5500093.720000001, 320537.83999999985 5500053.49, 320506.7000000002 5500001.02, 320523.66000000015 5499988.6899999995, 320514.3099999996 5499973.49, 320505.28000000026 5499958.800000001, 320496.21999999974 5499944.0600000005, 320518.79000000004 5499931.3100000005, 320517.25 5499927.109999999, 320501.16000000015 5499883.1, 320388.1500000004 5499921.9, 320383.3099999996 5499909, 320378.9199999999 5499897.300000001, 320374.3799999999 5499885.16, 320368.9199999999 5499870.609999999, 320360.3099999996 5499872.49, 320340.91000000015 5499876.66, 320296.11000000034 5499886.289999999, 320290.3200000003 5499887.550000001, 320274.16000000015 5499891.15, 320244.58999999985 5499897.76, 320219.8200000003 5499743.869999999, 320219.21999999974 5499740.140000001, 320265.3700000001 5499727.16, 320338.9500000002 5499706.4399999995, 320337.1900000004 5499702.9399999995, 320308.4299999997 5499645.800000001, 320306.6799999997 5499646.23, 320296.6299999999 5499648.67, 320271.36000000034 5499562.57, 320247.46999999974 5499535.52, 320234.73000000045 5499501.25, 320261.91000000015 5499447.41, 320305.73000000045 5499397.67, 320309.03000000026 5499388.390000001, 320300.28000000026 5499358.02, 320257.0700000003 5499258.550000001, 320248.0099999998 5499185.83, 320240.20999999996 5499161.3100000005, 320237.9000000004 5499123.1899999995, 320208.66000000015 5499055.039999999, 320365.61000000034 5498977.92, 320372.6900000004 5498974.4399999995, 320378.5099999998 5498970.640000001, 320501.79000000004 5499077.449999999, 320542.33999999985 5499112.57, 320634.63999999966 5499218.3100000005, 320705.4199999999 5499199.09, 320797.46999999974 5499282.67, 320830.73000000045 5499312.890000001, 320842.5999999996 5499319.0600000005, 320981.78000000026 5499423.51, 320996.1299999999 5499436.07, 321156.1200000001 5499610.09, 321218.91000000015 5499679.119999999, 321296.78000000026 5499833.619999999, 321297.01999999955 5499834.1, 321317.6200000001 5499843.41, 321356.4000000004 5499845.77, 321363.8700000001 5499846.24, 321383.8099999996 5499847.4399999995, 321409.48000000045 5499853.42, 321460.25 5499881.42, 321506.6500000004 5499909.4, 321510.5099999998 5499905.15, 321535.36000000034 5499881.93, 321564.51999999955 5499854.710000001, 321576.4500000002 5499843.5600000005, 321596.3300000001 5499825, 321625.20999999996 5499798.039999999, 321664.5800000001 5499744.67, 321667.6799999997 5499745.93, 321744.61000000034 5499773.279999999, 321758.48000000045 5499778.800000001, 321798.9199999999 5499796.67, 321805.2400000002 5499798.859999999, 321799.98000000045 5499811.75, 321799.5700000003 5499819.16, 321803.83999999985 5499859.609999999, 321804.46999999974 5499861.09, 321809.36000000034 5499874.68, 321835.79000000004 5499928.949999999, 321852.8300000001 5499960.699999999, 321861.9400000004 5499980.890000001, 321864.1500000004 5499998.779999999, 321861.6500000004 5500013.52, 321853.03000000026 5500033.18, 321843.7999999998 5500057.51, 321837.3499999996 5500070.01, 321832.83999999985 5500076.67, 321825.96999999974 5500085.1899999995, 321817.9400000004 5500093.66, 321792.63999999966 5500115.960000001, 321782.98000000045 5500122.4399999995, 321771.6200000001 5500126.0600000005, 321752.51999999955 5500131.42, 321737.3099999996 5500134.16, 321712.29000000004 5500135.76, 321705.71999999974 5500135.77, 321661.53000000026 5500135.859999999, 321659.2599999998 5500135.859999999, 321636.4400000004 5500140.359999999, 321634.48000000045 5500141.08, 321622.25 5500145.5, 321594.61000000034 5500158.57, 321589.4500000002 5500161.970000001, 321580.48000000045 5500167.91, 321575.26999999955 5500171.35, 321557.91000000015 5500187.17, 321543.51999999955 5500206.6899999995, 321536.96999999974 5500218.68, 321532.3799999999 5500227.08, 321524.95999999996 5500237.289999999, 321523.6699999999 5500243.300000001, 321520.20999999996 5500259.41, 321529.0800000001 5500264.779999999, 321534.4299999997 5500268.02, 321542.4400000004 5500272.880000001, 321546.6500000004 5500269.26, 321570.04000000004 5500273.630000001, 321560.83999999985 5500307.6899999995, 321560.28000000026 5500309.77, 321557.1799999997 5500318.539999999, 321547.7999999998 5500345.01, 321535.53000000026 5500373, 321525.4500000002 5500383.51, 321523.5700000003 5500395.949999999, 321523.0099999998 5500399.65, 321519.9900000002 5500419.630000001, 321512.1699999999 5500471.48, 321511.5599999996 5500538.279999999, 321510.75 5500629.050000001, 321519.58999999985 5500703.630000001, 321514.13999999966 5500757.27, 321532.0700000003 5500776.1899999995, 321536.4400000004 5500794.699999999, 321540.91000000015 5500813.470000001, 321543.7400000002 5500825.609999999, 321545.53000000026 5500899.630000001, 321546.66000000015 5500913.76, 321545.0999999996 5500915, 321540.66000000015 5500918.0600000005, 321536.75 5500936.57, 321538.3200000003 5500952.699999999, 321538.61000000034 5500955.6899999995, 321539.0099999998 5500959.859999999, 321546.7400000002 5500983.48, 321549.7400000002 5500992.48, 321560.4000000004 5501024.470000001, 321560.9000000004 5501025.98, 321563.8499999996 5501032.24, 321565.8499999996 5501036.5, 321575.4299999997 5501056.859999999, 321596.9199999999 5501102.390000001, 321600.20999999996 5501109.359999999, 321604.7400000002 5501118.949999999, 321621.75 5501153.710000001, 321626.26999999955 5501162.9399999995, 321649.13999999966 5501194.039999999, 321667.36000000034 5501217.07, 321691.16000000015 5501223.02, 321696.6900000004 5501232.789999999, 321695.9000000004 5501238.73, 321693.9000000004 5501253.9, 321639.5099999998 5501353.18, 321657.45999999996 5501385.57, 321672.01999999955 5501468.880000001, 321668.0800000001 5501475.17, 321647.4500000002 5501480.23, 321563.20999999996 5501485.050000001, 321550.1699999999 5501501.27, 321545.73000000045 5501503.539999999, 321540.8300000001 5501503.49, 321527.8700000001 5501497.75, 321506.8099999996 5501495.82, 321488.63999999966 5501494.98, 321484.51999999955 5501497.130000001, 321479.8799999999 5501502.460000001, 321478.96999999974 5501506.5, 321474.4000000004 5501513.1899999995, 321484.04000000004 5501512.890000001, 321505.96999999974 5501518.4, 321523.75 5501518.529999999, 321536.3799999999 5501523.85, 321559.58999999985 5501541.65, 321563.9199999999 5501544.960000001, 321565.88999999966 5501546.48, 321573.04000000004 5501552.550000001, 321586.0700000003 5501563.619999999, 321615.01999999955 5501588.210000001, 321626.7400000002 5501598.17, 321632.76999999955 5501603.74, 321661.9900000002 5501630.74, 321669 5501637.210000001, 321670.9500000002 5501639.02, 321682.53000000026 5501650, 321686.2400000002 5501653.529999999, 321695.0599999996 5501661.9, 321699.86000000034 5501666.449999999, 321703.4199999999 5501670.18, 321711.6500000004 5501678.84, 321722.6799999997 5501690.4399999995, 321727.4199999999 5501695.43, 321731.78000000026 5501700.039999999, 321740.1500000004 5501708.890000001, 321751.1299999999 5501720.5, 321751.1900000004 5501720.67, 321759.83999999985 5501722.33, 321775.0499999998 5501738.32, 321790.0800000001 5501752.1899999995, 321802.41000000015 5501763.59, 321812.3300000001 5501771.380000001, 321807.29000000004 5501779.74, 321807.2999999998 5501779.949999999, 321807.66000000015 5501790.5, 321808.1699999999 5501809.789999999, 321830.3099999996 5501892.6899999995, 321855.4299999997 5501958.82, 321864.2000000002 5501992.4399999995, 321863.1699999999 5502050.720000001, 321859.4500000002 5502081.92, 321840.8700000001 5502081.65, 321815.8700000001 5502183.0600000005, 321786.38999999966 5502174.67, 321701.95999999996 5502150.630000001, 321699.0599999996 5502155.050000001, 321681.41000000015 5502181.99, 321635.0999999996 5502234.34, 321630.1200000001 5502239.970000001, 321615.4900000002 5502256.41, 321613.11000000034 5502259.09, 321645.6799999997 5502263.949999999, 321689.9299999997 5502300.58, 321671.4299999997 5502311.640000001, 321660.48000000045 5502313.9, 321650.3499999996 5502318.460000001, 321649.78000000026 5502323.4399999995, 321647.0800000001 5502347.039999999, 321630.6900000004 5502404.23, 321577.78000000026 5502531.1899999995, 321573.0800000001 5502536.039999999, 321566.7400000002 5502538.42, 321544.5800000001 5502537.550000001, 321496.4000000004 5502535.85, 321453.58999999985 5502523.75, 321449.66000000015 5502529.550000001, 321445.3499999996 5502543.640000001, 321407.16000000015 5502580.630000001, 321410.13999999966 5502584.699999999, 321478.5800000001 5502677.9399999995, 321518.1699999999 5502671.59, 321530.9500000002 5502661.140000001, 321544.8099999996 5502705.26, 321556.29000000004 5502703.789999999, 321575.21999999974 5502789.25, 321569.7999999998 5502890.779999999, 321565.1799999997 5502920.539999999, 321590.0099999998 5502929.25, 321610.58999999985 5502943.59, 321684.6500000004 5502939.5600000005, 321686.7999999998 5502970.5, 321705.1900000004 5502984.880000001, 321706.9500000002 5502993.43, 321708.4299999997 5503002.17, 321707.7599999998 5503032.369999999, 321712.2599999998 5503050.789999999, 321717.25 5503051.109999999, 321709.8099999996 5503166.42, 321700.9299999997 5503291.039999999, 321693.11000000034 5503415.199999999, 321685.6299999999 5503512.369999999, 321684.66000000015 5503549.16, 321681.91000000015 5503555.210000001, 321674.75 5503563.5600000005, 321628.8200000003 5503609.1, 321613.0099999998 5503620.699999999, 321597.83999999985 5503633.3100000005, 321575.9400000004 5503649.66, 321562.6799999997 5503657.949999999, 321544.7400000002 5503672.91, 321542.21999999974 5503675.359999999, 321534.25 5503683.1, 321509.1699999999 5503730.369999999, 321496.4500000002 5503752.699999999, 321488.0099999998 5503768.6899999995, 321485.6200000001 5503768.01, 321483.70999999996 5503764.6, 321476.8799999999 5503752.369999999, 321474.6299999999 5503748.369999999, 321457.54000000004 5503737.08, 321439.3700000001 5503725.1, 321433.83999999985 5503721.449999999, 321419.98000000045 5503712.289999999, 321417.0599999996 5503710.359999999, 321409.54000000004 5503705.4, 321405.4500000002 5503702.710000001, 321386.1900000004 5503689.970000001, 321375.1299999999 5503710.619999999, 321364.0800000001 5503731.27, 321354.7000000002 5503748.789999999, 321353.25 5503751.5, 321353.03000000026 5503751.92, 321341.98000000045 5503772.5600000005, 321330.9299999997 5503793.210000001, 321333.66000000015 5503794.84, 321331.4500000002 5503832.699999999, 321329.9400000004 5503858.6, 321343.20999999996 5503859.43, 321358.2000000002 5503860.359999999, 321356.3300000001 5503895.75, 321390.6900000004 5503897.74, 321393.6900000004 5503897.91, 321404.66000000015 5503898.550000001, 321403.7400000002 5503914.050000001, 321402.9900000002 5503926.619999999, 321402.2400000002 5503939.18, 321401.2599999998 5503955.390000001, 321378.6299999999 5503962.08, 321378.7000000002 5503968.050000001, 321378.83999999985 5503980.5600000005, 321378.98000000045 5503993.119999999, 321379.1200000001 5504005.609999999, 321379.29000000004 5504020.130000001, 321379.4400000004 5504034.609999999, 321379.61000000034 5504049.08, 321379.7599999998 5504063.550000001, 321379.9299999997 5504078.02, 321380.08999999985 5504092.49, 321380.25 5504106.859999999, 321380.4000000004 5504121.4399999995, 321379.29000000004 5504135.93, 321378.1799999997 5504150.42, 321376.9500000002 5504166.369999999, 321375.71999999974 5504182.34, 321374.48000000045 5504198.4, 321373.26999999955 5504214.210000001, 321372.1500000004 5504228.699999999, 321371.04000000004 5504243.199999999, 321369.9299999997 5504257.720000001, 321368.7999999998 5504272.199999999, 321367.6900000004 5504286.720000001, 321366.5800000001 5504301.199999999, 321366.33999999985 5504304.24, 321361.8499999996 5504314.98, 321339.5800000001 5504383.359999999, 321322.4000000004 5504455.529999999, 321308.29000000004 5504506.109999999, 321297.5 5504542.18, 321293.4199999999 5504555.8100000005, 321291.9400000004 5504562.380000001, 321280.8499999996 5504611.8100000005, 321279.0499999998 5504616.91, 321249.3099999996 5504701.42, 321248.5800000001 5504702.85, 321243.4900000002 5504712.73, 321234.98000000045 5504723.34, 321219.83999999985 5504742.210000001, 321204.28000000026 5504756.52, 321165.0599999996 5504792.59, 321157.08999999985 5504799.92, 321154.98000000045 5504797.619999999, 321148.26999999955 5504790.33, 321122.96999999974 5504794.57, 321091.6900000004 5504799.82, 321089.2000000002 5504804.82, 321066.95999999996 5504792.289999999, 321047.33999999985 5504782.0600000005, 321017.76999999955 5504755.52, 321015.28000000026 5504759.16, 321009.48000000045 5504767.67, 321008.0099999998 5504769.82, 320970.75 5504751.18, 320948.8700000001 5504740.23, 320946.01999999955 5504738.390000001, 320943.8300000001 5504736.98, 320922.6299999999 5504723.34, 320917.8099999996 5504720.23, 320902.9000000004 5504706.130000001, 320898.7999999998 5504702.24, 320892.6799999997 5504708.800000001, 320870.3700000001 5504684.529999999, 320856.3700000001 5504662.1, 320845.75 5504641.699999999, 320835.0700000003 5504620.59, 320830.21999999974 5504611.01, 320828.4900000002 5504607.5600000005, 320825.6200000001 5504609.640000001, 320820.76999999955 5504613.15, 320814.3499999996 5504617.789999999, 320811.16000000015 5504619.77, 320808.9199999999 5504621.17, 320804.54000000004 5504623.92, 320797.5499999998 5504627.76, 320793.54000000004 5504629.98, 320764.41000000015 5504556, 320756.70999999996 5504536.460000001, 320739.0700000003 5504489.57, 320726.38999999966 5504446.6899999995, 320702.9199999999 5504355.119999999, 320693.6500000004 5504326.199999999, 320684.8799999999 5504303.66, 320671.3300000001 5504270.18, 320669.4500000002 5504265.550000001, 320645.76999999955 5504211.52, 320615.38999999966 5504151.470000001, 320561.9199999999 5504045.26, 320556.36000000034 5504034.199999999, 320518.36000000034 5503990.07, 320501.7999999998 5503967.130000001, 320481.16000000015 5503933.800000001, 320478.63999999966 5503929.720000001, 320422.08999999985 5503830.5600000005, 320420.11000000034 5503827.550000001, 320401.0999999996 5503798.380000001, 320379.4900000002 5503763.93, 320364.11000000034 5503734.1899999995, 320311.61000000034 5503623.9, 320309.8300000001 5503624.57, 320308.2400000002 5503623.0600000005, 320284.7999999998 5503576.609999999, 320281.2400000002 5503561.220000001, 320267.54000000004 5503502.24, 320265.6200000001 5503493.960000001, 320261.4000000004 5503435.49, 320261.88999999966 5503413.26, 320262.54000000004 5503384.48, 320256.45999999996 5503384.35, 320241.5999999996 5503384.199999999, 320190.96999999974 5503383.720000001, 320189.23000000045 5503383.710000001, 320153.3499999996 5503383.380000001, 320143.0499999998 5503383.279999999, 320141.8700000001 5503393.859999999, 320126.38999999966 5503391.92, 320115.6699999999 5503390.59, 320109.46999999974 5503389.800000001, 320085 5503455.369999999, 320085.5700000003 5503508.68, 320090.3099999996 5503523.5, 320139.9900000002 5503678.8100000005, 320142.66000000015 5503687.199999999, 320135.6900000004 5503690.630000001, 320113.41000000015 5503706.199999999, 320071.6200000001 5503729, 320049.21999999974 5503742.460000001, 320034.0099999998 5503751.619999999, 319967.45999999996 5503789.970000001, 319947.79000000004 5503788.09, 319831.9500000002 5503776.970000001, 319829.5099999998 5503776.85, 319827.01999999955 5503776.529999999, 319856.7000000002 5503821.93, 319842.38999999966 5503833.470000001, 319812.5599999996 5503857.539999999, 319749.20999999996 5503908.9399999995, 319643.63999999966 5503993.91, 319626.4900000002 5504007.710000001, 319673.2400000002 5504058.4399999995, 319671.28000000026 5504062.67, 319691.6500000004 5504110.529999999, 319719.4000000004 5504174.34, 319778.1299999999 5504228.25, 319802.38999999966 5504239.779999999, 319802.3499999996 5504239.869999999, 319812.0599999996 5504241.01, 319889.4000000004 5504316.98, 319845.8700000001 5504415.369999999, 319802.4299999997 5504513.6, 319802.41000000015 5504513.710000001, 319754.7999999998 5504488.869999999, 319697.86000000034 5504416.85, 319665.11000000034 5504390.09, 319650.08999999985 5504367.119999999, 319640.01999999955 5504340.18, 319639.66000000015 5504339.26, 319632.26999999955 5504319.880000001, 319600.1900000004 5504279.720000001, 319575.38999999966 5504249.35, 319561.88999999966 5504221.49, 319556.6299999999 5504213.08, 319553.95999999996 5504206.35, 319553.7999999998 5504205.970000001, 319552.5999999996 5504206.710000001, 319547.2000000002 5504210.27, 319541.8099999996 5504213.82, 319534.8799999999 5504218.380000001, 319529.6299999999 5504221.84, 319527.33999999985 5504223.359999999, 319526.96999999974 5504219.609999999, 319527.8799999999 5504210.109999999, 319528.8200000003 5504202.02, 319529 5504196.01, 319528.2599999998 5504189, 319525.9199999999 5504174.869999999, 319525.3499999996 5504168.619999999, 319524.5999999996 5504160.300000001, 319524.5099999998 5504150.42, 319517.6500000004 5504136.42, 319498.4400000004 5504116.890000001, 319492.3200000003 5504104.75, 319488.6200000001 5504101.140000001, 319487.3300000001 5504100.35, 319478.7599999998 5504095.09, 319466.2599999998 5504088.119999999, 319463.7599999998 5504083.99, 319460.71999999974 5504057.0600000005, 319456.83999999985 5504046.4, 319454.5099999998 5504041.890000001, 319448.38999999966 5504034.1899999995, 319435.5099999998 5504019.3100000005, 319427.1900000004 5504008.16, 319415.4199999999 5503999.09, 319404.53000000026 5503980.289999999, 319399.5800000001 5503970.68, 319384.0599999996 5503959.98, 319368.54000000004 5503945.65, 319346.66000000015 5503931.52, 319335.5700000003 5503916.880000001, 319324.2599999998 5503912.57, 319307.3499999996 5503907.970000001, 319304.79000000004 5503906.140000001, 319302.7999999998 5503892.66, 319299.8499999996 5503884.359999999, 319277.7400000002 5503876.890000001, 319275.2999999998 5503871.539999999, 319274.1299999999 5503865.52, 319275.51999999955 5503855.32, 319266.5999999996 5503848.27, 319255.58999999985 5503832.75, 319254.01999999955 5503830.470000001, 319247.95999999996 5503810.699999999, 319228.76999999955 5503797.08, 319227.9199999999 5503794.76, 319228.01999999955 5503793.16, 319229.1299999999 5503789.359999999, 319228.70999999996 5503786.01, 319227.21999999974 5503783.119999999, 319224.53000000026 5503781.119999999, 319204.76999999955 5503774.98, 319197.3200000003 5503768.539999999, 319198.23000000045 5503759.24, 319197.73000000045 5503744.550000001, 319187.33999999985 5503733.76, 319182.1799999997 5503731.279999999, 319176.96999999974 5503727.67, 319175.73000000045 5503719.23, 319165.4000000004 5503698.09, 319165.1299999999 5503696.76, 319163.7599999998 5503689.67, 319161.61000000034 5503683.08, 319161.9000000004 5503675.49, 319159.0599999996 5503663.619999999, 319153.1299999999 5503658.720000001, 319152.4199999999 5503657.07, 319150.53000000026 5503652.640000001, 319150.98000000045 5503648.800000001, 319154.78000000026 5503643.880000001, 319154.9900000002 5503634.710000001, 319152.88999999966 5503629.449999999, 319138.03000000026 5503626.49, 319136.08999999985 5503621.52, 319148.9199999999 5503607.08, 319148.0499999998 5503601.52, 319140.3200000003 5503595.18, 319129.76999999955 5503602.01, 319124.33999999985 5503598.82, 319124.71999999974 5503589.800000001, 319123.4900000002 5503582.75, 319122.1799999997 5503577.460000001, 319129.5099999998 5503560.859999999, 319126.33999999985 5503558.789999999, 319120.5999999996 5503557.800000001, 319117.73000000045 5503555.27, 319121.0499999998 5503543.24, 319122.7999999998 5503536.9399999995, 319125.4199999999 5503531.23, 319126.5599999996 5503526.41, 319125.5499999998 5503521.779999999, 319124.5099999998 5503516.92, 319118.48000000045 5503512.99, 319115.7599999998 5503493.43, 319109.28000000026 5503485.039999999, 319100.7999999998 5503477.51, 319099.20999999996 5503464.52, 319100.13999999966 5503456.5600000005, 319090.3499999996 5503445.58, 319089.3200000003 5503432.15, 319097.6699999999 5503429.359999999, 319096.0499999998 5503421.83, 319088.88999999966 5503417.77, 319085.3799999999 5503410.9, 319083.7400000002 5503407.710000001, 319078.6900000004 5503400.58, 319078.58999999985 5503399.09, 319080.71999999974 5503398.3100000005, 319082.86000000034 5503397.529999999, 319097.20999999996 5503390.539999999, 319111.8099999996 5503383.41, 319147.0499999998 5503366.199999999, 319187.5999999996 5503346.4, 319199.04000000004 5503340.82, 319209.16000000015 5503331.26, 319219.0499999998 5503321.93, 319226.5499999998 5503314.83, 319238.29000000004 5503303.76, 319243.4000000004 5503299.98, 319254.20999999996 5503292, 319261.83999999985 5503286.380000001, 319285.53000000026 5503268.91, 319313.1200000001 5503248.5600000005, 319318.1500000004 5503244.85, 319321.0700000003 5503242.710000001, 319335.5099999998 5503268.039999999, 319373.6200000001 5503334.9, 319383.8099999996 5503329.550000001, 319389.6699999999 5503326.470000001, 319405.1900000004 5503318.33, 319418.9299999997 5503311.109999999, 319431.70999999996 5503304.41, 319443.76999999955 5503298.07, 319448.8300000001 5503295.42, 319455.29000000004 5503292.029999999, 319467.51999999955 5503285.609999999, 319479.8099999996 5503279.16, 319509.8200000003 5503263.41, 319556.13999999966 5503359.5, 319645.28000000026 5503520.039999999, 319651.6500000004 5503514.99, 319691.3200000003 5503477.619999999, 319741.98000000045 5503429.890000001, 319745.3499999996 5503426.720000001, 319683.2999999998 5503320.6, 319675.8499999996 5503277.59, 319624.26999999955 5503218.84, 319561.2599999998 5503128, 319549.98000000045 5503121.470000001, 319542.88999999966 5503117.369999999, 319437.71999999974 5503056.51, 319434.25 5503062.5, 319431.91000000015 5503066.52, 319426.7999999998 5503054.07, 319422.41000000015 5503043.35, 319413.33999999985 5503021.24, 319410.21999999974 5503013.609999999, 319383.78000000026 5502949.109999999, 319398.6699999999 5502937.26, 319453.98000000045 5502893.220000001, 319475.20999999996 5502876.32, 319479.71999999974 5502872.720000001, 319497.41000000015 5502897.039999999, 319514.78000000026 5502920.9, 319517.7400000002 5502925, 319520.4400000004 5502928.699999999, 319554.03000000026 5502951.039999999, 319567.4500000002 5502959.970000001, 319574.6299999999 5502964.75, 319581.5999999996 5502969.380000001, 319591.1299999999 5502975.73, 319624.76999999955 5502936.789999999, 319649.3300000001 5502901.300000001, 319683.1299999999 5502881.75, 319698.8499999996 5502872.65, 319707.6200000001 5502872.220000001, 319726.20999999996 5502871.289999999, 319768.58999999985 5502869.199999999, 319773.53000000026 5502865.23, 319796.3099999996 5502846.93, 319804.7000000002 5502840.199999999, 319816.3300000001 5502830.85, 319787.5 5502797.460000001, 319795.03000000026 5502770.890000001, 319803.88999999966 5502739.77, 319814.7999999998 5502719.210000001, 319798.8799999999 5502625.02, 319782.8799999999 5502514.199999999, 319782.5800000001 5502512.119999999, 319787.04000000004 5502506.359999999, 319788.33999999985 5502507.1, 319825.0599999996 5502493.119999999, 319832.0800000001 5502493.34, 319843.6500000004 5502526.41, 319845.4400000004 5502589.880000001, 319846.9000000004 5502613.85, 319853.6799999997 5502652.1, 319891.1799999997 5502714.16, 319897.9500000002 5502726.9, 319922.78000000026 5502780.74, 319946.63999999966 5502735.91, 319924.88999999966 5502621.359999999, 319928.01999999955 5502603.1, 319940.33999999985 5502531.369999999, 319989.5999999996 5502413.51, 319994.63999999966 5502356.73, 320020.28000000026 5502328.34, 320021.9400000004 5502317.130000001, 320005.5700000003 5502289.26, 319982.1200000001 5502272.18, 319899.0599999996 5502253.48, 319815.5099999998 5502228.800000001, 319797.54000000004 5502217.5, 319774.5499999998 5502199.41, 319750.2400000002 5502173.359999999, 319745.13999999966 5502166.66, 319768.01999999955 5502170.16, 319854.8799999999 5502180.67, 319949.13999999966 5502204.050000001, 319949.3499999996 5502204.09, 319950.7999999998 5502199.84, 319947.78000000026 5502190.529999999, 319948.9000000004 5502171.949999999, 319951.6500000004 5502126.43, 319954.58999999985 5502086.0600000005, 319958.1299999999 5502069.880000001, 319960.0700000003 5502063.33, 319960.20999999996 5502047.279999999, 319960.2599999998 5502023.68, 319960.29000000004 5502010.460000001, 319960.3200000003 5501998.869999999, 319960.3700000001 5501972.4, 319960.4199999999 5501945.52, 319960.4500000002 5501930.529999999, 319946.2999999998 5501916.220000001, 319924.95999999996 5501904.25, 319918.48000000045 5501900.609999999, 319903.48000000045 5501889.609999999, 319885.48000000045 5501872.91, 319868.29000000004 5501856.970000001, 319862.3200000003 5501846.380000001, 319852.16000000015 5501826.1, 319847.51999999955 5501798.369999999, 319847.83999999985 5501794.18, 319849.3200000003 5501775.359999999, 319850.5800000001 5501731.51, 319847.7999999998 5501705.15, 319837.6799999997 5501675.02, 319831.04000000004 5501660.17, 319814.0599999996 5501628.789999999, 319821.01999999955 5501606.59, 319824.2599999998 5501596.23, 319818.8499999996 5501581.8100000005, 319791.26999999955 5501539.390000001, 319794.36000000034 5501532.83, 319787.75 5501510.26, 319796.46999999974 5501481.17, 319917.11000000034 5501472.52, 319918.7400000002 5501477.710000001, 319924.53000000026 5501496.130000001, 319926.9400000004 5501507.539999999, 319931.1900000004 5501508.539999999, 320006.70999999996 5501508.91, 320039.41000000015 5501497.6, 320065.6299999999 5501479.539999999, 320060.4900000002 5501449.1, 320057.0999999996 5501428.960000001, 320143.6299999999 5501431.5, 320173.8200000003 5501440.41, 320190.8300000001 5501445.42, 320193.4900000002 5501446.220000001, 320198.1500000004 5501447.58, 320206.51999999955 5501443.57, 320208.79000000004 5501442.470000001, 320220.2400000002 5501437.029999999, 320237.1900000004 5501428.220000001, 320257.25 5501417.789999999, 320311.11000000034 5501377.93, 320298.16000000015 5501350.34, 320300.63999999966 5501348.76, 320363.0700000003 5501308.74, 320371.95999999996 5501324.779999999, 320382 5501350.539999999, 320385.45999999996 5501359.41, 320388.26999999955 5501377.4399999995, 320392.36000000034 5501403.699999999, 320394.98000000045 5501420.5, 320390.70999999996 5501470.84, 320385.28000000026 5501480.49, 320315.7999999998 5501486.869999999, 320293.9400000004 5501482.42, 320286.51999999955 5501505.43, 320255.6200000001 5501533.6899999995, 320236.4299999997 5501533.300000001, 320236.1200000001 5501533.800000001, 320196.6699999999 5501535.4399999995, 320159.5 5501532.5, 320149.6799999997 5501535.51, 320146.8499999996 5501560.98, 320179.6200000001 5501572.539999999, 320236.48000000045 5501588.58, 320263.08999999985 5501594.210000001, 320268.86000000034 5501595.99, 320311.3300000001 5501609.109999999, 320319.4400000004 5501616.02, 320350.5599999996 5501642.57, 320353.58999999985 5501662.59, 320353.7000000002 5501691.4, 320385.08999999985 5501666.8100000005, 320388.03000000026 5501656.17, 320390.79000000004 5501646.16, 320393.5499999998 5501636.18, 320397.41000000015 5501622.210000001, 320401.7599999998 5501607.99, 320404.29000000004 5501599.6899999995, 320406.03000000026 5501593.99, 320410.86000000034 5501578.199999999, 320428.4199999999 5501538.199999999, 320429.3799999999 5501535.619999999, 320435.5499999998 5501519, 320437.73000000045 5501518.210000001, 320439.95999999996 5501517.390000001, 320440.41000000015 5501517.380000001, 320442.95999999996 5501517.32, 320447.25 5501487.630000001, 320450.7000000002 5501463.83, 320449.5800000001 5501445.42, 320448.5499999998 5501434.1, 320445.7999999998 5501406.779999999, 320426.38999999966 5501323.91, 320406.4400000004 5501268.02, 320391.28000000026 5501235.66, 320377.8200000003 5501206.949999999, 320373.4000000004 5501196.08, 320482.0700000003 5501160.1, 320501.51999999955 5501154.75, 320504.41000000015 5501153.949999999, 320506.8200000003 5501153.25, 320507.5700000003 5501154.5, 320517.33999999985 5501165.18, 320540.5499999998 5501167.800000001, 320593.86000000034 5501199.380000001, 320604.28000000026 5501197.5, 320634.1799999997 5501196.9, 320639.0499999998 5501197.199999999, 320650.4299999997 5501197.869999999, 320654.4500000002 5501196.9, 320658.08999999985 5501196.01, 320673.6900000004 5501192.199999999, 320688.1200000001 5501188.33, 320721.0499999998 5501173.789999999, 320731.4500000002 5501169.640000001, 320734.6699999999 5501168.539999999, 320751.8300000001 5501162.73, 320774.3099999996 5501158.67, 320808.23000000045 5501155.220000001, 320831.0099999998 5501156.029999999, 320835.2599999998 5501156.18, 320842.88999999966 5501157.34, 320843.04000000004 5501156.300000001, 320843.71999999974 5501151.91, 320844.0700000003 5501149.859999999, 320847.86000000034 5501089.08, 320882.5499999998 5500994.9399999995, 320823.2999999998 5500973.17, 320814.6200000001 5500969.970000001, 320794.5700000003 5500964.23, 320794.51999999955 5500964.199999999, 320822.4500000002 5500915.77, 320810.91000000015 5500870.98, 320807.86000000034 5500859.17, 320805.63999999966 5500855.720000001, 320786.9000000004 5500826.68, 320772.48000000045 5500804.35, 320745.78000000026 5500846.42, 320740.9500000002 5500843.369999999, 320738.3200000003 5500859.539999999, 320716.0800000001 5500861.75, 320691.5 5500857.1, 320675.6900000004 5500854.109999999)), ((316140.3499999996 5505164.73, 316164.4400000004 5505162.640000001, 316172.5 5505161.9399999995, 316196.98000000045 5505159.82, 316203.6500000004 5505159.23, 316215.38999999966 5505158.210000001, 316220.46999999974 5505161.359999999, 316223.8499999996 5505157.48, 316234.26999999955 5505155.6, 316238.0700000003 5505154.91, 316261.38999999966 5505122.85, 316257.29000000004 5505118.65, 316129.8700000001 5504988.43, 316137.0800000001 5504978.390000001, 316009.9000000004 5504834.99, 315979.53000000026 5504797.529999999, 315917.91000000015 5504863.449999999, 315903.1799999997 5504879.210000001, 315895.4400000004 5504887.5, 315891.51999999955 5504891.699999999, 315886.3799999999 5504897.1899999995, 315863.76999999955 5504877.4399999995, 315828.7400000002 5504846.84, 315777.9299999997 5504803.609999999, 315780.5700000003 5504801.16, 315736.3799999999 5504751.130000001, 315702.3799999999 5504707.449999999, 315691.01999999955 5504692.85, 315721.48000000045 5504668.02, 315736.25 5504664.470000001, 315747.9000000004 5504655.5, 315784.0599999996 5504627.65, 315779.8200000003 5504623.4, 315751.8300000001 5504594.16, 315687.11000000034 5504534.6899999995, 315630.8099999996 5504462.27, 315634.51999999955 5504460.18, 315640.3099999996 5504456.92, 315646.1799999997 5504453.609999999, 315648.51999999955 5504452.300000001, 315661.9299999997 5504444.74, 315666.54000000004 5504442.15, 315671.8200000003 5504439.1899999995, 315687.2599999998 5504430.49, 315693.91000000015 5504426.75, 315708.03000000026 5504418.800000001, 315710.48000000045 5504422.07, 315754.6699999999 5504380.1899999995, 315758.03000000026 5504378.3100000005, 315853.8700000001 5504324</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6305-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6305-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-090" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6305-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-090" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6305-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108917</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.48762113546</v>
+        <v>46069.85506495927</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>