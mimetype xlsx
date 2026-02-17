--- v0 (2025-11-09)
+++ v1 (2026-02-17)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6305-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((330109.88999999966 5496997.85, 330112.4900000002 5496999.369999999, 330120.1799999997 5497014.949999999, 330120.7999999998 5497022.58, 330121.33999999985 5497029.08, 330121.61000000034 5497032.25, 330115.54000000004 5497040.02, 330104.4500000002 5497052.4399999995, 330103.38999999966 5497053.640000001, 330093.9199999999 5497061.460000001, 330092.13999999966 5497062.9399999995, 330077.3300000001 5497075.1899999995, 330059.86000000034 5497086.09, 330056.1699999999 5497088.4, 330034.2400000002 5497102.07, 330031.4900000002 5497103.789999999, 330028.6200000001 5497105.59, 330015.45999999996 5497118.18, 330001.8300000001 5497124.73, 329973.1900000004 5497132.34, 329976.91000000015 5497137.710000001, 329986.26999999955 5497143.130000001, 329941.2400000002 5497141.210000001, 329937.1900000004 5497160.550000001, 329936.8499999996 5497162.18, 329935.6200000001 5497168.18, 329934.4000000004 5497189.890000001, 329933.9500000002 5497197.869999999, 329913.4000000004 5497198.32, 329893.41000000015 5497198.73, 329847.5499999998 5497199.65, 329836.0999999996 5497205.470000001, 329829.8099999996 5497212.25, 329822.21999999974 5497220.32, 329819.5099999998 5497246.52, 329813.86000000034 5497257.539999999, 329775.13999999966 5497297.74, 329763.0499999998 5497310.6899999995, 329790.01999999955 5497350.09, 329834.5099999998 5497403.8100000005, 329841.3799999999 5497422.699999999, 329836.29000000004 5497436.970000001, 329813.26999999955 5497458.640000001, 329714.08999999985 5497469.449999999, 329648.16000000015 5497479.91, 329630.26999999955 5497482.75, 329550.75 5497494.42, 329550.9500000002 5497495.33, 329567.6299999999 5497569.9, 329578.1900000004 5497644.3100000005, 329575.4900000002 5497667.74, 329540.45999999996 5497723.359999999, 329525.5800000001 5497747.08, 329520.1500000004 5497760.970000001, 329528.38999999966 5497798.619999999, 329532.5599999996 5497869.98, 329532.9199999999 5497876.07, 329601.26999999955 5497921.140000001, 329770.0499999998 5498011.9399999995, 329808.5499999998 5498011.43, 329932.9199999999 5498010.119999999, 329948.38999999966 5498009.949999999, 330035.6500000004 5498013.26, 330066.4500000002 5497977.08, 330118.5499999998 5498029.539999999, 330343.8799999999 5497916.359999999, 330394.28000000026 5497913.710000001, 330423.96999999974 5497897.140000001, 330459.1299999999 5497889.470000001, 330475.79000000004 5497882.050000001, 330483.23000000045 5497870.289999999, 330492.3499999996 5497831.48, 330485.25 5497803.880000001, 330496.70999999996 5497811.0600000005, 330502.0700000003 5497824.789999999, 330507.0099999998 5497852.68, 330512.9000000004 5497863.02, 330510.96999999974 5497883, 330510.2599999998 5497890.57, 330509.91000000015 5497894.26, 330506.66000000015 5497906.789999999, 330509.6699999999 5497909.869999999, 330503.71999999974 5497925.92, 330499.6699999999 5497936.949999999, 330483.2999999998 5497957.18, 330490.0700000003 5497959.93, 330516.9299999997 5497971.640000001, 330530.0099999998 5497977.34, 330524.8300000001 5497993.5600000005, 330487.5999999996 5498061.9, 330450.46999999974 5498049.52, 330448.4000000004 5498044.66, 330446.29000000004 5498035.15, 330433.9400000004 5498053.24, 330431.6200000001 5498055.619999999, 330427.3700000001 5498059.869999999, 330403.5099999998 5498066.93, 330405.16000000015 5498071.65, 330411.2599999998 5498071.85, 330435.76999999955 5498199.33, 330436.54000000004 5498203.369999999, 330236.1500000004 5498348.699999999, 330148.3700000001 5498412.34, 330095.95999999996 5498450.300000001, 330125.1299999999 5498500.050000001, 330135.26999999955 5498517.359999999, 330180.73000000045 5498533.41, 330245.3300000001 5498556.23, 330355.25 5498595.050000001, 330382.6799999997 5498604.73, 330344.04000000004 5498683.199999999, 330342.48000000045 5498686.880000001, 330389.48000000045 5498706.77, 330398.1699999999 5498710.49, 330365.8099999996 5498774.35, 330365.21999999974 5498780.1, 330373.78000000026 5498867.25, 330374.16000000015 5498871.0600000005, 330352.53000000026 5498865.98, 330354.8499999996 5498893.77, 330309 5498902.83, 330318.6699999999 5498922.1, 330318.6799999997 5498932.35, 330320.01999999955 5498940.15, 330321.70999999996 5498949.92, 330254.33999999985 5498987.23, 330190.08999999985 5498899.210000001, 330173.0999999996 5498869.27, 330157.26999999955 5498834.720000001, 330135.08999999985 5498819.539999999, 330090.48000000045 5498815, 330050.91000000015 5498802.6899999995, 330021.4500000002 5498781.25, 329983.6299999999 5498753.75, 329956.21999999974 5498739.5, 329882.1900000004 5498701.039999999, 329707.76999999955 5498752.539999999, 329701.83999999985 5498751.9399999995, 329692.3300000001 5498761.23, 329674.03000000026 5498801.789999999, 329658.95999999996 5498849.470000001, 329643.08999999985 5498898.609999999, 329635.6500000004 5498919.59, 329632.25 5498919.6, 329620.6200000001 5498887.83, 329620.3700000001 5498834.869999999, 329616.3300000001 5498834.880000001, 329556.76999999955 5498838.1899999995, 329499.0800000001 5498839.07, 329496.08999999985 5498839.25, 329383.5599999996 5498859.279999999, 329363.5 5498895.91, 329261.5 5498855.23, 329262.4500000002 5498851.34, 329263.41000000015 5498847.460000001, 329259.4400000004 5498846.91, 329243.95999999996 5498909.49, 329242.75 5498914.34, 329241.6699999999 5498918.699999999, 329240.29000000004 5498923.51, 329228.01999999955 5498966.17, 329225.51999999955 5498994.99, 329230.4400000004 5499030.720000001, 329245.3200000003 5499075.640000001, 329249.76999999955 5499104.710000001, 329245.96999999974 5499186.6899999995, 329241.28000000026 5499238.029999999, 329236.11000000034 5499237.449999999, 329228.76999999955 5499213.029999999, 329217.5099999998 5499189.15, 329190.8200000003 5499149.43, 329182.28000000026 5499140.220000001, 329176.7599999998 5499145.359999999, 329178.7999999998 5499161.449999999, 329153.51999999955 5499278.529999999, 329130.98000000045 5499374.92, 329129.13999999966 5499391.289999999, 329138.08999999985 5499402.99, 329148.9000000004 5499417.130000001, 329166.54000000004 5499446.18, 329178.58999999985 5499484.529999999, 329188.1799999997 5499543.289999999, 329180.3300000001 5499656.1899999995, 329172 5499669.41, 329122.2999999998 5499657.59, 329056.2000000002 5499633, 328990.28000000026 5499585.369999999, 328984.8200000003 5499571.49, 328956.8200000003 5499531.119999999, 328940.83999999985 5499515.48, 328884.73000000045 5499486.859999999, 328853.2000000002 5499475.65, 328832.7599999998 5499459.220000001, 328810.1699999999 5499431.17, 328786.1900000004 5499398.880000001, 328756.88999999966 5499373.42, 328726.6799999997 5499357.220000001, 328648.20999999996 5499330.75, 328564.23000000045 5499309.93, 328562.63999999966 5499314.6899999995, 328520.2400000002 5499363.49, 328487.9299999997 5499348.66, 328482.66000000015 5499343.630000001, 328476.26999999955 5499340.33, 328467.1699999999 5499339.07, 328466.04000000004 5499342.9399999995, 328364.58999999985 5499452.91, 328362.88999999966 5499456.550000001, 328292.7400000002 5499515.99, 328266.48000000045 5499522.539999999, 328202.6500000004 5499525.02, 328165.98000000045 5499509.970000001, 328138.45999999996 5499491.109999999, 328056.1500000004 5499449.66, 328019.51999999955 5499424.390000001, 328004.8099999996 5499419.9, 328000.1900000004 5499413.42, 327981.0999999996 5499386.57, 327978.03000000026 5499390.49, 327955.16000000015 5499381.369999999, 327913.01999999955 5499355.51, 327888.6900000004 5499339.279999999, 327853.86000000034 5499304.66, 327750.3700000001 5499218.640000001, 327673.6699999999 5499177.65, 327614.78000000026 5499145.98, 327605.6200000001 5499141.869999999, 327563.4199999999 5499122.859999999, 327530 5499119.859999999, 327480.9900000002 5499099.3100000005, 327455.1299999999 5499088.09, 327420.71999999974 5499078.82, 327400.41000000015 5499068.109999999, 327394.1699999999 5499063.630000001, 327371.8300000001 5499047.6, 327378.91000000015 5499039.609999999, 327373.4500000002 5499034.5, 327355.8499999996 5499044.32, 327348.9400000004 5499045.83, 327343.4900000002 5499048.779999999, 327341.3700000001 5499049.9399999995, 327339.45999999996 5499051.050000001, 327335.1799999997 5499053.41, 327331.6699999999 5499056.82, 327318.0999999996 5499046.74, 327296.88999999966 5499030.970000001, 327294.9500000002 5499029.529999999, 327271.1699999999 5499045.26, 327267.9400000004 5499047.27, 327261.3799999999 5499051.34, 327256.7400000002 5499053.49, 327253.33999999985 5499055.0600000005, 327245.53000000026 5499063.15, 327237.88999999966 5499071.0600000005, 327234.48000000045 5499072.8100000005, 327224.9400000004 5499077.710000001, 327224.03000000026 5499078.07, 327216.46999999974 5499081.01, 327202.75 5499089.08, 327198.6699999999 5499089.93, 327189.04000000004 5499091.9399999995, 327186.3099999996 5499093.41, 327184.51999999955 5499094.369999999, 327170.5099999998 5499101.93, 327165.2999999998 5499104.74, 327161.61000000034 5499105.09, 327146.78000000026 5499106.49, 327140.88999999966 5499106.59, 327132.0800000001 5499106.74, 327115.2400000002 5499110.859999999, 327103.8300000001 5499113.66, 327095.1299999999 5499115.800000001, 327077.63999999966 5499130.83, 327053.5599999996 5499142.699999999, 327046.4900000002 5499144.4, 327033.45999999996 5499147.52, 327025.13999999966 5499148.49, 327021.3300000001 5499148.93, 327012.1200000001 5499148.24, 327009.16000000015 5499148.02, 326985.26999999955 5499143.789999999, 326984.61000000034 5499143.68, 326961.95999999996 5499138.18, 326959.1900000004 5499138.57, 326953.5499999998 5499139.35, 326948.70999999996 5499142.4, 326943.95999999996 5499142.08, 326919.4500000002 5499137.49, 326880.3799999999 5499136.91, 326863.46999999974 5499130.85, 326843.16000000015 5499119.16, 326828.41000000015 5499113.5, 326814.20999999996 5499110.34, 326798.4400000004 5499110.32, 326724.23000000045 5499067.48, 326690.1900000004 5499044.83, 326658.98000000045 5499018.91, 326635.71999999974 5499002.42, 326636.9400000004 5498999.220000001, 326638.7999999998 5498994.550000001, 326635.95999999996 5498984.960000001, 326618.53000000026 5498971.23, 326611.3099999996 5498957.65, 326609.6699999999 5498937.51, 326614.6699999999 5498910.85, 326701.2000000002 5498891.68, 326701.70999999996 5498893.65, 326706.4900000002 5498891.949999999, 326708.2000000002 5498895.76, 326772.38999999966 5498847.789999999, 326776.8200000003 5498845.26, 326772.91000000015 5498833.73, 326773.63999999966 5498805.33, 326777.33999999985 5498778.24, 326797.83999999985 5498703.26, 326802.75 5498698.32, 326804.08999999985 5498693.5600000005, 326802.7999999998 5498684.93, 326817.4500000002 5498653.18, 326820.38999999966 5498646.82, 326821.3700000001 5498644.710000001, 326823.1799999997 5498641.41, 326826.83999999985 5498634.75, 326830.78000000026 5498627.57, 326834.9400000004 5498620, 326836.7599999998 5498616.16, 326843.46999999974 5498602.050000001, 326848.1200000001 5498592.289999999, 326853.13999999966 5498574.9, 326853.66000000015 5498573.0600000005, 326854.28000000026 5498570.949999999, 326855.5800000001 5498566.43, 326857.29000000004 5498560.49, 326858.96999999974 5498554.6899999995, 326860.8700000001 5498548.119999999, 326861.1500000004 5498544.66, 326862.0999999996 5498533.02, 326863.5599999996 5498515.35, 326864.1299999999 5498508.449999999, 326864.7000000002 5498501.539999999, 326865.38999999966 5498493.0600000005, 326865.9500000002 5498486.35, 326866.4500000002 5498480.199999999, 326867.01999999955 5498473.26, 326867.1799999997 5498471.4, 326866.01999999955 5498460.51, 326865.46999999974 5498455.300000001, 326865.4000000004 5498451.210000001, 326865.29000000004 5498443.68, 326866.75 5498431.970000001, 326868.1299999999 5498426.67, 326869.38999999966 5498421.82, 326871.1900000004 5498416.99, 326873.2999999998 5498411.35, 326874.4400000004 5498408.6899999995, 326878.20999999996 5498399.9, 326883.41000000015 5498387.76, 326885.96999999974 5498381.789999999, 326891.7400000002 5498368.34, 326892.95999999996 5498365.48, 326894.4400000004 5498362.07, 326898.98000000045 5498351.6899999995, 326900.46999999974 5498348.289999999, 326903.01999999955 5498342.43, 326905.33999999985 5498337.119999999, 326907.28000000026 5498332.68, 326908.0599999996 5498330.9, 326911.54000000004 5498323.27, 326921.2599999998 5498301.9399999995, 326923.1900000004 5498297.720000001, 326924.88999999966 5498294, 326927.9400000004 5498287.289999999, 326930.41000000015 5498281.9, 326939.45999999996 5498262.07, 326942.28000000026 5498255.880000001, 326944.9199999999 5498250.07, 326947.6699999999 5498242.93, 326949.2999999998 5498238.6899999995, 326955.5800000001 5498222.369999999, 326957.0599999996 5498218.52, 326958.33999999985 5498215.210000001, 326961.13999999966 5498207.9, 326963.0099999998 5498202.710000001, 326958.25 5498201.08, 326884.0999999996 5498177.52, 326892.70999999996 5498148.59, 326901.53000000026 5498118.98, 326926.0700000003 5498045.779999999, 326933.11000000034 5498021.6899999995, 326932.48000000045 5498016.83, 326944.8300000001 5498015.210000001, 326942.6200000001 5498001.949999999, 327024.45999999996 5497988.17, 327044.8099999996 5497984.859999999, 327049.61000000034 5497986.470000001, 327052.4199999999 5497978.02, 327057.3499999996 5497969.49, 327070.4400000004 5497954.83, 327073.86000000034 5497948.1, 327098.4000000004 5497900.029999999, 327109.6500000004 5497865.6899999995, 327113.41000000015 5497854.199999999, 327117.66000000015 5497832.08, 327118.4900000002 5497806.77, 327116.0099999998 5497792.83, 327122.1900000004 5497792.01, 327127.6299999999 5497789.3100000005, 327120.33999999985 5497767.92, 327111.4000000004 5497755.84, 327106.61000000034 5497747.18, 327105.78000000026 5497745.0600000005, 327105.7599999998 5497745.01, 327100.3499999996 5497745.02, 327061.48000000045 5497744.720000001, 327042.3099999996 5497744.57, 327018.5700000003 5497744.390000001, 326999.79000000004 5497744.25, 326978.16000000015 5497744.09, 326966.8099999996 5497744, 326945.4500000002 5497743.84, 326939.6799999997 5497738.039999999, 326928.61000000034 5497724.68, 326923.2400000002 5497718.199999999, 326916.25 5497709.76, 326896.3499999996 5497690.26, 326868.36000000034 5497669.99, 326861.78000000026 5497664.82, 326848.36000000034 5497650.32, 326776.2400000002 5497541.09, 326763.6799999997 5497517.710000001, 326758.6200000001 5497503.9399999995, 326758.1299999999 5497488.15, 326762.29000000004 5497476.220000001, 326878.1200000001 5497493.32, 326883.1900000004 5497492.91, 326881.6299999999 5497484.23, 326883.6299999999 5497469.140000001, 326884.2000000002 5497465.1, 326894.6900000004 5497447.960000001, 326907.5499999998 5497432.74, 326922.51999999955 5497415.0600000005, 326931.23000000045 5497403.890000001, 326937.8700000001 5497393.5, 326943.33999999985 5497384.92, 326946.13999999966 5497380.550000001, 326955.23000000045 5497366.289999999, 326970.54000000004 5497342.33, 326974.0999999996 5497336.75, 326979.3499999996 5497327.07, 326984.4299999997 5497317.74, 326988.1299999999 5497308.789999999, 326992.29000000004 5497298.699999999, 327021.9900000002 5497240.9, 327029.6799999997 5497230.8100000005, 327036.1299999999 5497227.52, 327044.5599999996 5497227.52, 327064.70999999996 5497224.109999999, 327089.98000000045 5497229.24, 327101.83999999985 5497284.029999999, 327102.66000000015 5497288.98, 327117.71999999974 5497284.6, 327129.63999999966 5497282.76, 327143.0800000001 5497280.68, 327146.6500000004 5497279.84, 327158.54000000004 5497277.029999999, 327172.9199999999 5497273.630000001, 327173.9199999999 5497273.390000001, 327190.1699999999 5497268.779999999, 327193.21999999974 5497267.91, 327211.0499999998 5497259.01, 327219.9900000002 5497250.199999999, 327224.98000000045 5497245.279999999, 327238.5700000003 5497234.82, 327254.4400000004 5497226.199999999, 327272.36000000034 5497223.199999999, 327274.4400000004 5497222.859999999, 327280.51999999955 5497221.07, 327281.53000000026 5497220.779999999, 327286.0499999998 5497220.789999999, 327289.2400000002 5497220.800000001, 327300.5499999998 5497224.210000001, 327302.20999999996 5497224.779999999, 327311.88999999966 5497228.1, 327318.11000000034 5497230.24, 327328.03000000026 5497233.640000001, 327339.58999999985 5497237.609999999, 327345 5497239.48, 327352.3499999996 5497242.210000001, 327361.2999999998 5497245.5600000005, 327374.51999999955 5497250.5, 327389.95999999996 5497256.26, 327403.25 5497261.23, 327409.53000000026 5497264.3100000005, 327415.4299999997 5497267.210000001, 327419.98000000045 5497269.4399999995, 327421.78000000026 5497270.33, 327428.63999999966 5497275.35, 327432.25 5497277.99, 327436.76999999955 5497282.800000001, 327442.6699999999 5497289.1, 327450.03000000026 5497296.960000001, 327452.6699999999 5497298.99, 327459.1500000004 5497303.970000001, 327462.25 5497306.359999999, 327466.1500000004 5497308.91, 327475.4199999999 5497314.960000001, 327478.78000000026 5497317.16, 327490.0700000003 5497323.27, 327491.3300000001 5497323.960000001, 327498.3700000001 5497327.08, 327513.2400000002 5497333.67, 327515.2599999998 5497329.1, 327544.3799999999 5497265.75, 327554.03000000026 5497272.49, 327568.1299999999 5497282.35, 327633.1900000004 5497327.77, 327658.11000000034 5497368.98, 327666.2999999998 5497371.949999999, 327672.83999999985 5497355.84, 327674.66000000015 5497351.34, 327680.8799999999 5497336.039999999, 327692.70999999996 5497333.359999999, 327698.4000000004 5497332.0600000005, 327718.16000000015 5497327.58, 327718.7599999998 5497325.42, 327721.5499999998 5497315.51, 327726.5999999996 5497297.58, 327743.58999999985 5497237.23, 327741.6699999999 5497232.75, 327785.3200000003 5497210.93, 327796.3700000001 5497202.1, 327811.41000000015 5497197.83, 327831.8200000003 5497192.039999999, 327853.5999999996 5497185.85, 327856.78000000026 5497189, 327875.1200000001 5497183.76, 327907.5099999998 5497183.289999999, 327919.4400000004 5497182.380000001, 327950.8700000001 5497184.710000001, 327955.1200000001 5497185.02, 327955.20999999996 5497145.09, 327955.21999999974 5497140.68, 327985.6699999999 5497143.109999999, 327994.0700000003 5497141.98, 328006.8099999996 5497140.25, 328011.6900000004 5497137.640000001, 328023.1799999997 5497131.51, 328025.8099999996 5497130.1, 328033.96999999974 5497125.73, 328039.25 5497122.91, 328062.2400000002 5497110.619999999, 328087.21999999974 5497094.199999999, 328109.4400000004 5497075.4, 328125.33999999985 5497213.789999999, 328136.2000000002 5497224.550000001, 328139 5497230.66, 328163.58999999985 5497284.460000001, 328179.8099999996 5497296.07, 328184.0099999998 5497299.050000001, 328238.5099999998 5497338.08, 328275.33999999985 5497364.449999999, 328317.16000000015 5497390.1899999995, 328201.0499999998 5497410.51, 328173.3300000001 5497415.630000001, 328027.8700000001 5497442.52, 328026.91000000015 5497444.26, 328022.5 5497452.210000001, 328007.2400000002 5497479.6899999995, 327994.26999999955 5497503.07, 327966.6500000004 5497552.84, 327945.71999999974 5497590.550000001, 327936.25 5497607.630000001, 327930.86000000034 5497602.24, 327925.45999999996 5497607.98, 327927.0700000003 5497611.619999999, 327909.9400000004 5497618.9, 327863.7000000002 5497638.57, 327859.0700000003 5497644.42, 327849.7599999998 5497648.710000001, 327829.70999999996 5497657.92, 327811.36000000034 5497666.359999999, 327786.28000000026 5497677.789999999, 327743.79000000004 5497697.300000001, 327750.5999999996 5497698.949999999, 327776.26999999955 5497713.93, 327786.2400000002 5497719.74, 327808.8200000003 5497732.92, 327875.4400000004 5497771.800000001, 327894.63999999966 5497783.01, 327912.3499999996 5497793.34, 327926.5700000003 5497794.720000001, 327957.61000000034 5497797.75, 328000.71999999974 5497801.949999999, 328015.1299999999 5497803.359999999, 328055.3700000001 5497808.369999999, 328108.9199999999 5497815.0600000005, 328183.45999999996 5497812.9399999995, 328186.0800000001 5497815.84, 328294.29000000004 5497935.380000001, 328372.8099999996 5498022.289999999, 328392.98000000045 5498015.43, 328419.7000000002 5498006.35, 328442.6699999999 5497998.539999999, 328447.21999999974 5497996.99, 328453.1699999999 5497990.49, 328460.0099999998 5497983.029999999, 328464.5700000003 5497978.0600000005, 328467.4000000004 5497974.970000001, 328486.28000000026 5497954.380000001, 328493.9400000004 5497946.01, 328503.51999999955 5497935.539999999, 328505.3499999996 5497933.539999999, 328513.88999999966 5497924.23, 328533.8300000001 5497901.82, 328543.33999999985 5497891.130000001, 328563.63999999966 5497868.3100000005, 328567.20999999996 5497864.279999999, 328580.5700000003 5497849.27, 328599.75 5497827.710000001, 328622.45999999996 5497802.16, 328634.5499999998 5497789, 328651.88999999966 5497770.119999999, 328658.9500000002 5497762.4399999995, 328665.21999999974 5497755.6, 328678.76999999955 5497740.92, 328708.29000000004 5497708.789999999, 328710.6299999999 5497705.73, 328728.4500000002 5497682.41, 328753.83999999985 5497649.16, 328757.1900000004 5497644.77, 328761.73000000045 5497638.83, 328779.2000000002 5497615.949999999, 328785.0700000003 5497612.75, 328793.4199999999 5497608.18, 328832.91000000015 5497593.699999999, 328854.61000000034 5497586.67, 328870.54000000004 5497581.51, 328936.9199999999 5497532.82, 328974.5499999998 5497498.52, 329035.1699999999 5497451.960000001, 329038.6799999997 5497449.25, 329071.5800000001 5497371.890000001, 329081.54000000004 5497348.51, 329088.01999999955 5497333.26, 329117.0999999996 5497264.9, 329118.8700000001 5497261.83, 329021.3099999996 5497191.970000001, 329046.0099999998 5497157.08, 329050.4400000004 5497150.82, 329056 5497142.949999999, 329064.3300000001 5497131.199999999, 329074.4199999999 5497116.9399999995, 329077.88999999966 5497112.029999999, 329101.1200000001 5497079.199999999, 329117.5099999998 5497056.050000001, 329119.70999999996 5497052.93, 329102.5800000001 5497039.970000001, 329100.6699999999 5497038.52, 329091.6299999999 5497032.02, 329054.6299999999 5497005.369999999, 329062.45999999996 5496995.75, 329104.23000000045 5496944.34, 329111.21999999974 5496946.33, 329112.1799999997 5496942.98, 329126.3700000001 5496914.77, 329157.48000000045 5496852.949999999, 329159.95999999996 5496848.02, 329156.41000000015 5496848.529999999, 329157.8799999999 5496845, 329168.1900000004 5496820.279999999, 329196.20999999996 5496814.4399999995, 329213.20999999996 5496810.890000001, 329247.7400000002 5496803.6899999995, 329283.0499999998 5496796.32, 329299.9500000002 5496792.800000001, 329313.6500000004 5496789.949999999, 329336.76999999955 5496785.119999999, 329360.53000000026 5496780.17, 329407.4000000004 5496769.789999999, 329453.7400000002 5496759.539999999, 329504.70999999996 5496748.25, 329532.4000000004 5496784.75, 329539.71999999974 5496791.460000001, 329568.4900000002 5496817.789999999, 329611.1299999999 5496851.359999999, 329651.95999999996 5496873.34, 329656.5599999996 5496874.949999999, 329684.2599999998 5496884.609999999, 329781.86000000034 5496918.67, 329882.88999999966 5496948.050000001, 329911.7400000002 5496956.779999999, 330049.5800000001 5496971.869999999, 330054.1299999999 5496973.09, 330058.04000000004 5496974.15, 330064.5700000003 5496975.91, 330071.53000000026 5496977.779999999, 330083.95999999996 5496983.08, 330086.2400000002 5496984.0600000005, 330090.46999999974 5496986.52, 330098.3099999996 5496991.09, 330109.88999999966 5496997.85)), ((326739.20999999996 5502710.65, 326726.1200000001 5502704.18, 326707.98000000045 5502689.66, 326676.6799999997 5502674.17, 326686.5599999996 5502656.289999999, 326692.46999999974 5502645.59, 326697.0700000003 5502638.359999999, 326707.73000000045 5502621.640000001, 326728.3799999999 5502592.93, 326763.3200000003 5502557.869999999, 326771.79000000004 5502549.359999999, 326801.61000000034 5502519.43, 326808.9000000004 5502512.119999999, 326809.20999999996 5502511.77, 326826.6699999999 5502492.9399999995, 326837.3300000001 5502481.460000001, 326853.98000000045 5502465.07, 326866.46999999974 5502452.77, 326858.4299999997 5502448.77, 326834.95999999996 5502437.1, 326838.63999999966 5502426.51, 326840.08999999985 5502417.85, 326841.20999999996 5502400.4, 326838.5099999998 5502380.43, 326836.6799999997 5502373.16, 326836.04000000004 5502365.369999999, 326834.7400000002 5502338.640000001, 326965.98000000045 5502213.41, 326968.04000000004 5502209.4399999995, 326960.76999999955 5502205.699999999, 326952.61000000034 5502193.529999999, 326950.3700000001 5502186.09, 326952.54000000004 5502176.32, 326956.91000000015 5502165.99, 326959.88999999966 5502151, 326963.76999999955 5502110.42, 326965.16000000015 5502095.98, 326966.95999999996 5502084.27, 326970.76999999955 5502066, 326973.73000000045 5502051.73, 326974.76999999955 5502049.42, 326985.21999999974 5502026.199999999, 326991.1299999999 5502013.0600000005, 327037.2599999998 5502027.4399999995, 327037.45999999996 5502027.51, 327043.4000000004 5502030.210000001, 327049.33999999985 5502018.01, 327068.95999999996 5502002.869999999, 327079.5099999998 5501994.710000001, 327086.48000000045 5501989.33, 327087.9199999999 5501988.380000001, 327104.0999999996 5501977.76, 327124.25 5501970.369999999, 327152 5501960.640000001, 327170.9000000004 5501948.460000001, 327192.38999999966 5501929.4, 327207.9400000004 5501896.539999999, 327190.3799999999 5501827.49, 327169.73000000045 5501734.140000001, 327162.0599999996 5501733.92, 327121.2999999998 5501732.960000001, 327116.20999999996 5501732.84, 327113.26999999955 5501715.5, 327056.38999999966 5501715.9, 327061.2400000002 5501693.199999999, 327088.4199999999 5501633.18, 327107.16000000015 5501576.92, 327115.3799999999 5501542.300000001, 327117.33999999985 5501530, 327115.5 5501519.970000001, 327237.33999999985 5501454.0600000005, 327252.3099999996 5501454.48, 327276.1900000004 5501336.52, 327312.45999999996 5501353.92, 327356.98000000045 5501389.289999999, 327406.0099999998 5501417.73, 327381.5999999996 5501473.220000001, 327366.3300000001 5501470.02, 327353.1299999999 5501516.23, 327355.71999999974 5501523.130000001, 327385.0999999996 5501548.82, 327378 5501573.84, 327405.75 5501587.779999999, 327413.9199999999 5501560.57, 327414.3499999996 5501556.789999999, 327429.26999999955 5501525.02, 327486.0999999996 5501543.66, 327492.3799999999 5501539.1, 327504.28000000026 5501563.42, 327519.03000000026 5501570.359999999, 327537.20999999996 5501576.609999999, 327549.3799999999 5501577.199999999, 327632.28000000026 5501669.779999999, 327636.76999999955 5501670, 327639.5499999998 5501613.68, 327659.4199999999 5501587.25, 327750.70999999996 5501562.970000001, 327791.6500000004 5501559.34, 327823.3799999999 5501552.9, 327846.1799999997 5501532.460000001, 327902.21999999974 5501423.960000001, 327925.25 5501392.73, 327951.9400000004 5501364.73, 327960.16000000015 5501339.609999999, 327973.26999999955 5501280.48, 327981.13999999966 5501272, 328016.1799999997 5501258.4399999995, 328054.5 5501228.6, 328093.5800000001 5501202.67, 328117.88999999966 5501168.73, 328186.33999999985 5501099.460000001, 328206.5499999998 5501087.449999999, 328247.73000000045 5501077.859999999, 328270.46999999974 5501121.800000001, 328285.95999999996 5501130.17, 328371.3799999999 5501101.220000001, 328396.66000000015 5501088.960000001, 328423.0499999998 5501083.470000001, 328459 5501066.5, 328496.70999999996 5501030.33, 328533.6799999997 5501000.01, 328545.45999999996 5500994.220000001, 328558.04000000004 5500995.609999999, 328571.0700000003 5501003.57, 328638.3499999996 5501062.07, 328667.54000000004 5501081.91, 328699.70999999996 5501092.83, 328721.91000000015 5501088.1, 328736.4299999997 5501071.699999999, 328756.3499999996 5501052.24, 328769 5500985.710000001, 328770.4900000002 5500934.34, 328763.21999999974 5500906.029999999, 328748.96999999974 5500863.279999999, 328788.1500000004 5500847.380000001, 328794.0099999998 5500858.34, 328803.5800000001 5500855.460000001, 328804.8099999996 5500836.359999999, 328815.58999999985 5500806.970000001, 328839.4900000002 5500764.92, 328846.9299999997 5500758.99, 328862.21999999974 5500760.949999999, 328869.98000000045 5500766.5, 328872.9199999999 5500775.85, 328866.8300000001 5500815.140000001, 328871.29000000004 5500837.640000001, 328883.21999999974 5500857.140000001, 328905.6900000004 5500882.5600000005, 328920.8300000001 5500891.23, 328938.16000000015 5500891.890000001, 328988.95999999996 5500884.26, 329000.2000000002 5500886.92, 329004.63999999966 5500897.630000001, 328983.36000000034 5500936.01, 328965.0800000001 5500983.380000001, 328960.0999999996 5501032.09, 328963.0099999998 5501082.92, 328961.38999999966 5501102.529999999, 328964.36000000034 5501110.699999999, 328969.13999999966 5501123.9, 328971.5 5501130.57, 328992.78000000026 5501189.789999999, 329004.6299999999 5501279.880000001, 328990.53000000026 5501329.130000001, 328976.46999999974 5501343.550000001, 328957.6900000004 5501394.35, 328938.08999999985 5501414.619999999, 328916.2000000002 5501427.710000001, 328863.11000000034 5501451.130000001, 328825.0800000001 5501464.949999999, 328806.70999999996 5501474.32, 328796.91000000015 5501479.26, 328792.4500000002 5501481.609999999, 328766.5 5501489.52, 328755.6799999997 5501492.8100000005, 328752.03000000026 5501494.41, 328740.2599999998 5501499.5600000005, 328731.4299999997 5501503.4399999995, 328711.03000000026 5501512.380000001, 328680.9900000002 5501533.800000001, 328680.4000000004 5501534.220000001, 328668.6900000004 5501546.52, 328660.53000000026 5501555.1, 328650.98000000045 5501565.119999999, 328648.6799999997 5501567.550000001, 328635.03000000026 5501581.91, 328618.4900000002 5501599.33, 328606.3799999999 5501614.220000001, 328585.3099999996 5501640.109999999, 328567.1900000004 5501657.529999999, 328559.4500000002 5501664.960000001, 328551.8300000001 5501672.289999999, 328549.95999999996 5501674.09, 328544.5700000003 5501679.25, 328537.5099999998 5501686.039999999, 328529.88999999966 5501692.67, 328521.53000000026 5501699.949999999, 328511.71999999974 5501708.49, 328508.4299999997 5501711.35, 328494.54000000004 5501723.42, 328491.48000000045 5501727.42, 328474.8499999996 5501749.119999999, 328461.5499999998 5501766.460000001, 328453.9199999999 5501776.42, 328393.63999999966 5501847.5600000005, 328353.6699999999 5501909.699999999, 328348.1799999997 5501918.529999999, 328322.6500000004 5501959.550000001, 328296.63999999966 5502014.57, 328257 5502073.109999999, 328253.20999999996 5502076.33, 328250.4199999999 5502080.48, 328248.91000000015 5502082.720000001, 328231.48000000045 5502108.699999999, 328224.3700000001 5502119.279999999, 328219.2999999998 5502134.8100000005, 328202.0499999998 5502187.699999999, 328199.16000000015 5502191.74, 328159.53000000026 5502180.42, 328132.5800000001 5502177.039999999, 328122.7000000002 5502175.800000001, 328114.70999999996 5502174.789999999, 328041.71999999974 5502152.720000001, 328038.7400000002 5502157.039999999, 327931.0099999998 5502237.029999999, 327931.83999999985 5502197.98, 327926.95999999996 5502198.83, 327880.98000000045 5502206.789999999, 327845.5099999998 5502212.9399999995, 327831.08999999985 5502216.75, 327757.1200000001 5502192.279999999, 327751.58999999985 5502190.449999999, 327742.26999999955 5502199.109999999, 327734.8099999996 5502209.18, 327731.7599999998 5502215.119999999, 327729.01999999955 5502221.26, 327720 5502242.58, 327712.9199999999 5502249.3100000005, 327702.7599999998 5502248.24, 327697.70999999996 5502247.75, 327695.6699999999 5502256.460000001, 327692.4199999999 5502263.1, 327679.88999999966 5502288.65, 327676.8799999999 5502294.779999999, 327669.2400000002 5502310.359999999, 327662.95999999996 5502339.300000001, 327662.03000000026 5502343.539999999, 327638.6799999997 5502378.880000001, 327572.8099999996 5502469.49, 327564.7000000002 5502470.4399999995, 327548.8200000003 5502485.33, 327524.8499999996 5502485.07, 327498.5700000003 5502489.08, 327485.9000000004 5502489.25, 327465.9400000004 5502488.140000001, 327426.1699999999 5502483.77, 327391.1500000004 5502474.300000001, 327352.96999999974 5502461.289999999, 327316.3700000001 5502450.3100000005, 327313.01999999955 5502449.199999999, 327312.5499999998 5502453.5, 327311.83999999985 5502468.529999999, 327296.63999999966 5502467.52, 327294.9299999997 5502478.640000001, 327261.83999999985 5502477.27, 327249.6699999999 5502477.470000001, 327228.8200000003 5502477.789999999, 327200.0099999998 5502481.07, 327181.6500000004 5502486.210000001, 327171.0999999996 5502488.68, 327147.4299999997 5502494.220000001, 327129.7000000002 5502495.300000001, 327116.7999999998 5502496.09, 327110.20999999996 5502497.92, 327097.8499999996 5502501.359999999, 327086.36000000034 5502504.550000001, 327071.5599999996 5502507.220000001, 327055.5 5502510.109999999, 327043.86000000034 5502512.210000001, 327037.3499999996 5502513.390000001, 327027.6200000001 5502515.140000001, 326977.63999999966 5502525.99, 326965.0800000001 5502530.99, 326915.3499999996 5502553.57, 326897.9599</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6305-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6305-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-089" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6305-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-089" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6305-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6305-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6305-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108916</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.2208458567</v>
+        <v>46070.27118920087</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>