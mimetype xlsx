--- v0 (2025-11-08)
+++ v1 (2026-02-17)
@@ -160,51 +160,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6212-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((396431.08999999985 5517313.18, 396434.9500000002 5517308.550000001, 396641.6699999999 5517277.5, 396675.53000000026 5517272.4399999995, 396683.36000000034 5517271.279999999, 396687.54000000004 5517269.91, 396754.8099999996 5517247.16, 396822.63999999966 5517224.23, 396842.61000000034 5517217.48, 396868.2999999998 5517208.789999999, 396879.1500000004 5517201.470000001, 396956.08999999985 5517149.529999999, 396999.9199999999 5517119.949999999, 397004.38999999966 5517124.800000001, 397007.1299999999 5517121.640000001, 397022.0099999998 5517104.640000001, 397013.01999999955 5517096.029999999, 397021.86000000034 5517086.470000001, 397023.5099999998 5517084.6899999995, 397019.70999999996 5517081.109999999, 397013.8499999996 5517075.58, 397008.46999999974 5517070.51, 396999.5099999998 5517062.07, 396989.5999999996 5517072.57, 396984.58999999985 5517077.869999999, 396958.54000000004 5517105.470000001, 396943.2599999998 5517099.140000001, 396939.75 5517097.68, 396929.71999999974 5517093.539999999, 396909.23000000045 5517085.039999999, 396865.8099999996 5517070.77, 396859.66000000015 5517066.470000001, 396860.0599999996 5517062.1899999995, 396985.76999999955 5516984.67, 396992.6799999997 5516980.41, 396995.45999999996 5516977.539999999, 397198.4199999999 5516768.91, 397218.3300000001 5516748.5600000005, 397255.0700000003 5516710.35, 397287.96999999974 5516691.130000001, 397386.0800000001 5516652.699999999, 397432.1699999999 5516640.77, 397475.28000000026 5516641.02, 397480.4000000004 5516638.5600000005, 397540.0599999996 5516609.640000001, 397720.2400000002 5516522.300000001, 397722.79000000004 5516523.02, 397727.4400000004 5516524.32, 397731.25 5516521.33, 397732.9400000004 5516516.6899999995, 397810.83999999985 5516491.949999999, 397894.6299999999 5516465.130000001, 397986.01999999955 5516439.26, 397993.04000000004 5516437.27, 397993.98000000045 5516437.630000001, 398008.01999999955 5516433.02, 398014.79000000004 5516431.1, 398067.01999999955 5516416.32, 398088.5499999998 5516410.210000001, 398130.0099999998 5516399.41, 398156.51999999955 5516392.49, 398171.0800000001 5516382.76, 398208.79000000004 5516357.5, 398233.45999999996 5516340.99, 398250.8700000001 5516326.02, 398259.3700000001 5516318.6899999995, 398284.4900000002 5516297.07, 398331.3700000001 5516256.710000001, 398360.4900000002 5516224.3100000005, 398376.3099999996 5516206.68, 398401.6699999999 5516178.449999999, 398428.96999999974 5516153.23, 398435.5999999996 5516152.09, 398441.0499999998 5516150.130000001, 398453.5499999998 5516140.49, 398480.3700000001 5516108.58, 398502.83999999985 5516072.970000001, 398510.0099999998 5516063.27, 398529.6799999997 5516036.67, 398530.46999999974 5516038.08, 398595.1200000001 5515981.369999999, 398619.9199999999 5515973.470000001, 398621.28000000026 5515976.1899999995, 398623.9400000004 5515972.43, 398631.41000000015 5515961.91, 398644.33999999985 5515943.66, 398659.98000000045 5515921.59, 398666.28000000026 5515934.369999999, 398677.0800000001 5515926.24, 398688.1299999999 5515917.9399999995, 398696.3099999996 5515911.779999999, 398707.46999999974 5515903.380000001, 398713.78000000026 5515898.630000001, 398726.95999999996 5515893.9399999995, 398736.2000000002 5515890.66, 398745.79000000004 5515887.25, 398754.8200000003 5515884.039999999, 398756.21999999974 5515883.539999999, 398763.95999999996 5515880.789999999, 398772.26999999955 5515877.84, 398780.78000000026 5515874.82, 398782.0700000003 5515874.35, 398782.71999999974 5515874.119999999, 398788.8200000003 5515873.85, 398796.9400000004 5515873.5, 398804.2000000002 5515873.18, 398811.6799999997 5515872.85, 398819.03000000026 5515872.52, 398822.79000000004 5515872.359999999, 398826.5700000003 5515872.1899999995, 398833.78000000026 5515871.869999999, 398834.61000000034 5515871.84, 398840.9199999999 5515871.57, 398843.1799999997 5515871.470000001, 398848.3099999996 5515871.24, 398855.6500000004 5515870.92, 398863.0499999998 5515870.59, 398870.3200000003 5515870.27, 398889.6299999999 5515869.42, 398891.48000000045 5515869.34, 398905.76999999955 5515868.710000001, 398902.7599999998 5515848.75, 398906.6500000004 5515849.34, 398942.0800000001 5515853.32, 398967.9500000002 5515856.1899999995, 398992.26999999955 5515873.18, 399006.86000000034 5515880.35, 399020.78000000026 5515887.1899999995, 399036.04000000004 5515894.699999999, 399053.91000000015 5515903.470000001, 399062.5999999996 5515901.83, 399071.9900000002 5515900.050000001, 399076.6500000004 5515899.17, 399081.2400000002 5515898.300000001, 399090.0599999996 5515896.619999999, 399098.7999999998 5515894.970000001, 399108.16000000015 5515893.1899999995, 399109.2599999998 5515897.050000001, 399111.9299999997 5515906.5, 399115.88999999966 5515905.83, 399148.13999999966 5515900.41, 399201.8700000001 5515896.460000001, 399202.5499999998 5515898.82, 399203.3700000001 5515902.609999999, 399207.9000000004 5515902.029999999, 399246.28000000026 5515897.09, 399257.0099999998 5515898.83, 399295.4199999999 5515905.02, 399326.7400000002 5515910.08, 399341.2999999998 5515912.43, 399350.9500000002 5515913.98, 399352.4400000004 5515918.279999999, 399359.0700000003 5515937.380000001, 399362.1500000004 5515936.630000001, 399363.3799999999 5515936.33, 399365.25 5515941.17, 399365.66000000015 5515942.220000001, 399372.13999999966 5515941.26, 399405.66000000015 5515936.220000001, 399411.16000000015 5515934.99, 399445.38999999966 5515927.34, 399491.46999999974 5515915.869999999, 399498.2000000002 5515914.199999999, 399502.7999999998 5515913.02, 399506.53000000026 5515912.16, 399522.5099999998 5515908.49, 399531.26999999955 5515905.91, 399572.73000000045 5515893.710000001, 399633.1699999999 5515874.85, 399646.58999999985 5515870.609999999, 399650.4000000004 5515869.41, 399655.0800000001 5515867.73, 399651.16000000015 5515858.390000001, 399657.2599999998 5515855.460000001, 399691.01999999955 5515839.3100000005, 399713.7400000002 5515835.1899999995, 399739.8099999996 5515835, 399736.7999999998 5515822.3100000005, 399732.7400000002 5515807.720000001, 399733 5515807.710000001, 399739.54000000004 5515807.49, 399787.7599999998 5515805.91, 399826.26999999955 5515796.279999999, 399830.16000000015 5515795.300000001, 399826.01999999955 5515782.09, 399878.1900000004 5515765.32, 399880.86000000034 5515764.449999999, 399882.36000000034 5515769, 399903.9000000004 5515836.359999999, 399906.5700000003 5515844.6899999995, 400012.4400000004 5515807.119999999, 400035.7599999998 5515785.25, 400136.0099999998 5515713.890000001, 400141.33999999985 5515710.43, 400129.3700000001 5515679.970000001, 400094.03000000026 5515590.539999999, 400092.75 5515572.789999999, 400118.0499999998 5515573.949999999, 400152.0499999998 5515575.49, 400161.8700000001 5515575.9399999995, 400176.36000000034 5515576.609999999, 400180.95999999996 5515576.77, 400211.3499999996 5515569.380000001, 400219 5515567, 400248.3099999996 5515558.15, 400257.8099999996 5515555.289999999, 400268.98000000045 5515551.949999999, 400272.83999999985 5515550.789999999, 400284.8200000003 5515547.18, 400294.0700000003 5515544.300000001, 400294.36000000034 5515533.0600000005, 400294.75 5515516.58, 400294.83999999985 5515512.539999999, 400304.5499999998 5515509.24, 400351.3700000001 5515493.3100000005, 400369.5800000001 5515487.07, 400376.3499999996 5515484.82, 400464.51999999955 5515455.369999999, 400465.45999999996 5515459.01, 400466.1799999997 5515461.77, 400469.96999999974 5515460.5600000005, 400471.51999999955 5515460.0600000005, 400542.88999999966 5515437.3100000005, 400577.5800000001 5515424.550000001, 400579.3200000003 5515423.91, 400583.1900000004 5515422.49, 400578.8200000003 5515415.9, 400579.5099999998 5515415.5600000005, 400596.0599999996 5515406.49, 400608.8700000001 5515399.460000001, 400624.88999999966 5515390.67, 400638.86000000034 5515383.01, 400642.5099999998 5515381, 400645.83999999985 5515383.8100000005, 400666.4900000002 5515401.42, 400667.7400000002 5515391.800000001, 400688.58999999985 5515383.710000001, 400695.23000000045 5515381.130000001, 400697.3700000001 5515380.3100000005, 400721.7599999998 5515379.35, 400737.13999999966 5515378.859999999, 400750.46999999974 5515378.220000001, 400789.23000000045 5515376.43, 400799.5 5515375.949999999, 400804.2599999998 5515398.710000001, 400805.0499999998 5515402.51, 400805.0999999996 5515402.779999999, 400815.04000000004 5515403.42, 400828.8700000001 5515404.34, 400834.4400000004 5515404.6899999995, 400857.6900000004 5515406.1899999995, 400858.23000000045 5515406.220000001, 400883.9900000002 5515407.949999999, 400897.5099999998 5515407.18, 400915.6799999997 5515406.140000001, 400917.5700000003 5515405.6899999995, 400926.25 5515403.6, 400955.16000000015 5515396.67, 400958.0800000001 5515395.98, 400962.01999999955 5515395.029999999, 400966.26999999955 5515394.01, 400987.8300000001 5515388.84, 401006.83999999985 5515373.880000001, 401013.1900000004 5515368.880000001, 401015.83999999985 5515366.789999999, 401020.0999999996 5515363.550000001, 401022.73000000045 5515361.550000001, 401038.7000000002 5515350.1, 401042.4500000002 5515347.41, 401097.20999999996 5515308.17, 401115.21999999974 5515295.27, 401117.0999999996 5515293.91, 401124.78000000026 5515288.300000001, 401157.70999999996 5515264.359999999, 401176.79000000004 5515254.630000001, 401220.88999999966 5515241.98, 401233.1699999999 5515240.66, 401280.91000000015 5515235.52, 401300.76999999955 5515240.25, 401340.9199999999 5515229.4399999995, 401338.2400000002 5515201.33, 401336.11000000034 5515178.85, 401335.9199999999 5515176.77, 401335.4500000002 5515171.880000001, 401334.58999999985 5515163.67, 401332.45999999996 5515143.199999999, 401331.88999999966 5515137.869999999, 401331.45999999996 5515133.619999999, 401329.41000000015 5515133.539999999, 401328.6299999999 5515117.74, 401326.0499999998 5515065.83, 401324.54000000004 5515035.59, 401324.1500000004 5515027.65, 401328.20999999996 5515029.970000001, 401329.0800000001 5515030.470000001, 401370.9400000004 5515039.91, 401405.11000000034 5515045.34, 401405.5800000001 5515047.51, 401419.98000000045 5515050.289999999, 401428.75 5515051.57, 401434.28000000026 5515052.43, 401438.9900000002 5515053.52, 401449.0499999998 5515053.960000001, 401458.04000000004 5515054.75, 401467.16000000015 5515054.470000001, 401475.45999999996 5515054.43, 401487.3200000003 5515053.9399999995, 401498.9400000004 5515053.119999999, 401510.9199999999 5515051.75, 401526.95999999996 5515049.220000001, 401543.75 5515046.57, 401548.9400000004 5515045.27, 401549.2400000002 5515043.380000001, 401569.23000000045 5515042.92, 401571.51999999955 5515043.01, 401566 5515036.1899999995, 401611.36000000034 5515040.460000001, 401612.9299999997 5515041.880000001, 401613.5800000001 5515041.359999999, 401618.5700000003 5515036.59, 401619.41000000015 5515035.5, 401614.16000000015 5515031.529999999, 401659.38999999966 5514997.99, 401737.51999999955 5514944.9399999995, 401780.8499999996 5514911.77, 401782.9199999999 5514910.1899999995, 401779.5999999996 5514908.380000001, 401789.3499999996 5514898.789999999, 401798.2599999998 5514890.890000001, 401846.45999999996 5514848.130000001, 401847.63999999966 5514847.08, 401866.16000000015 5514835.539999999, 401869.61000000034 5514833.449999999, 401883.6699999999 5514821.74, 401895.1200000001 5514812.24, 401926.61000000034 5514789.710000001, 401938.4900000002 5514777.23, 401941.7000000002 5514773.09, 401952.5599999996 5514758.880000001, 401961.08999999985 5514751.09, 401978.16000000015 5514742.6, 401978.7000000002 5514738.529999999, 401981.51999999955 5514718.43, 401990.88999999966 5514652.43, 401996.1500000004 5514613.51, 401998.9900000002 5514592.43, 402002.3799999999 5514567.33, 402041.25 5514585.539999999, 402040.7599999998 5514587.48, 402044.86000000034 5514587.99, 402082.1699999999 5514593.609999999, 402126.0099999998 5514600.210000001, 402143.48000000045 5514602.59, 402151.36000000034 5514603.68, 402156.6799999997 5514604.3100000005, 402169.8799999999 5514605.880000001, 402183.08999999985 5514607.449999999, 402185.73000000045 5514607.77, 402202.9299999997 5514610, 402263.04000000004 5514631.1899999995, 402263.2400000002 5514634.1899999995, 402287.29000000004 5514631.4399999995, 402322.3099999996 5514627.5, 402375.16000000015 5514637.32, 402399.0099999998 5514639.039999999, 402418.5599999996 5514639.960000001, 402448.9900000002 5514639.029999999, 402503.2400000002 5514634.51, 402546.0800000001 5514637.25, 402557.0499999998 5514641.93, 402558.91000000015 5514637.390000001, 402560.54000000004 5514637.300000001, 402585.9000000004 5514638.6899999995, 402589.25 5514567.09, 402592.0800000001 5514506.4, 402600.26999999955 5514507.15, 402607.91000000015 5514507.85, 402615.79000000004 5514508.57, 402627.4400000004 5514509.65, 402623.5599999996 5514536.130000001, 402632.6200000001 5514537.51, 402650.6200000001 5514540.25, 402664.8700000001 5514542.42, 402751.9299999997 5514555.68, 402763.3300000001 5514557.82, 402790.3099999996 5514562.890000001, 402888.5800000001 5514566.75, 402879.1699999999 5514586.050000001, 402873.8300000001 5514603.8100000005, 402884.1299999999 5514623.32, 402879.04000000004 5514638.779999999, 402898.6299999999 5514681.73, 402926.04000000004 5514710.619999999, 402933.38999999966 5514712.66, 402995.88999999966 5514729.8100000005, 402995.8799999999 5514740.32, 402995.8700000001 5514758.630000001, 402995.8700000001 5514762.35, 403006.6200000001 5514762.16, 403008.71999999974 5514762.119999999, 403050.23000000045 5514759.58, 403073.96999999974 5514758.6899999995, 403101.3700000001 5514756.02, 403138.26999999955 5514751.49, 403159.0099999998 5514748.9399999995, 403163.0099999998 5514775.369999999, 403157.13999999966 5514775.5, 403158.79000000004 5514804.26, 403188.7599999998 5514801.57, 403190.0599999996 5514809.300000001, 403195.3099999996 5514808.68, 403188.1200000001 5514749.73, 403216.46999999974 5514748.02, 403241.5999999996 5514749.75, 403255.3700000001 5514750.699999999, 403259.6799999997 5514765.58, 403243.7000000002 5514764.630000001, 403244.3099999996 5514800.789999999, 403259.88999999966 5514801.08, 403290.5499999998 5514801.619999999, 403290.8099999996 5514798.0600000005, 403291.3799999999 5514790.039999999, 403292.75 5514770.98, 403284.83999999985 5514768.91, 403282.8700000001 5514755.3100000005, 403284.4400000004 5514755.59, 403327.46999999974 5514763.4, 403341.5499999998 5514765.33, 403365.46999999974 5514768.6, 403367.08999999985 5514780.279999999, 403370.0700000003 5514779.91, 403392.8700000001 5514776.960000001, 403392.66000000015 5514773.68, 403435.5599999996 5514776.66, 403457.4500000002 5514777.98, 403479.8099999996 5514778.41, 403479.8300000001 5514777.369999999, 403504.7000000002 5514760.57, 403518.6799999997 5514757.35, 403526.9199999999 5514777.890000001, 403527.5 5514779.32, 403528.1500000004 5514780.9399999995, 403528.88999999966 5514782.960000001, 403530.78000000026 5514783.42, 403569.7400000002 5514793.779999999, 403594.3700000001 5514826.52, 403594.04000000004 5514831.52, 403594.4400000004 5514836.529999999, 403594.95999999996 5514838.67, 403594.7000000002 5514842.6899999995, 403596.2400000002 5514848.58, 403594.9000000004 5514849.699999999, 403612.4500000002 5514867.49, 403633.20999999996 5514882.699999999, 403635.7999999998 5514883.5600000005, 403646.08999999985 5514886.93, 403673.5 5514886.039999999, 403680.73000000045 5514887.119999999, 403682.9299999997 5514887.09, 403686.2400000002 5514887.9399999995, 403696.1200000001 5514890.470000001, 403728.8200000003 5514897.800000001, 403733.3099999996 5514901.08, 403734.5700000003 5514905.5600000005, 403734.23000000045 5514907.33, 403733.7000000002 5514910.07, 403722.26999999955 5514930.220000001, 403718.8499999996 5514936.26, 403716.11000000034 5514943.279999999, 403714.41000000015 5514950.76, 403714.5499999998 5514955.27, 403712.6699999999 5514959.67, 403714.7599999998 5514967.109999999, 403719.0700000003 5514972.67, 403725.1900000004 5514976.460000001, 403747.9299999997 5514990.529999999, 403777.75 5515008.119999999, 403794.45999999996 5515016.960000001, 403800.11000000034 5515018.67, 403808.1500000004 5515021.119999999, 403821.4000000004 5515022.0600000005, 403857.4400000004 5515021.039999999, 403894.9000000004 5515022.539999999, 403911.41000000015 5515021.6, 403944.1299999999 5515014.550000001, 403983.5 5515006.050000001, 404040.0099999998 5514991.35, 404060.0099999998 5514986.15, 404087.25 5514977.76, 404124.3700000001 5514966.34, 404136.66000000015 5514963.58, 404148.54000000004 5514962.470000001, 404163.28000000026 5514962.17, 404177.96999999974 5514958.9399999995, 404194.3799999999 5514953.98, 404259.2599999998 5514934.380000001, 404287.9199999999 5514925.73, 404344.3200000003 5514908.0600000005, 404357.98000000045 5514904.8100000005, 404365.5999999996 5514903.01, 404383.3799999999 5514898.800000001, 404394.9199999999 5514894.6899999995, 404399.45999999996 5514893.09, 404422.9500000002 5514881.23, 404422.48000000045 5514879.98, 404431.4199999999 5514875.52, 404435.4900000002 5514873.550000001, 404440.9299999997 5514870.93, 404446.1900000004 5514868.390000001, 404453.91000000015 5514864.4399999995, 404461.8200000003 5514860.529999999, 404466.6699999999 5514858.17, 404472.3200000003 5514855.4, 404475.21999999974 5514853.92, 404478.2000000002 5514852.74, 404498.3799999999 5514844.859999999, 404517.4500000002 5514837.380000001, 404535.28000000026 5514830.390000001, 404540.3200000003 5514830.050000001, 404570.8499999996 5514831.27, 404576.5499999998 5514831.210000001, 404577.5800000001 5514830.880000001, 404605.86000000034 5514821.51, 404640.5499999998 5514810.02, 404647.8099999996 5514804.710000001, 404648.5499999998 5514804.17, 404650.29000000004 5514801.300000001, 404653.4500000002 5514796.1, 404669.79000000004 5514766.26, 404680.25 5514758.98, 404692.1900000004 5514750.109999999, 404709.91000000015 5514737.039999999, 404711.8300000001 5514736.42, 404743.75 5514726.01, 404775.45999999996 5514717.640000001, 404779.0599999996 5514716.68, 404807.11000000034 5514715.93, 404810.5700000003 5514715.84, 404834.6799999997 5514714.470000001, 404842.4900000002 5514714.02, 404861.1799999997 5514709.77, 404889.01999999955 5514695.5600000005, 404907.3200000003 5514688.73, 404913.45999999996 5514686.43, 404932.61000000034 5514680.15, 404933.1900000004 5514679.960000001, 404939.3799999999 5514681.529999999, 404957.3700000001 5514697.67, 404963.3799999999 5514700.050000001, 404969.5499999998 5514700.220000001, 404975.3700000001 5514698.449999999, 405018.01999999955 5514689.9399999995, 405040.3099999996 5514687.539999999, 405095.3099999996 5514692.050000001, 405107.51999999955 5514694.210000001, 405122.1900000004 5514697.550000001, 405140.1900000004 5514702.220000001, 405163.6799999997 5514708.18, 405189.5099999998 5514715.23, 405199.13999999966 5514717.92, 405218.2599999998 5514724.0600000005, 405228.63999999966 5514728.16, 405238.3799999999 5514730.859999999, 405256.5599999996 5514735.32, 405382.7599999998 5514758.300000001, 405447.3700000001 5514762.5600000005, 405485.98000000045 5514765.43, 405508.3799999999 5514767.359999999, 405514.04000000004 5514764.210000001, 405529.1200000001 5514751.48, 405533.8099999996 5514755.380000001, 405537.5800000001 5514757.23, 405541.36000000034 5514757.83, 405549.26999999955 5514758.609999999, 405601.95999999996 5514757.93, 405641.3499999996 5514757.42, 405657.46999999974 5514748.27, 405674.51999999955 5514733.779999999, 405675.6299999999 5514737.1, 405680.78000000026 5514752.460000001, 405682.0800000001 5514756.33, 405683.0800000001 5514759.32, 405683.6500000004 5514761, 405690.0999999996 5514780.24, 405692.03000000026 5514785.99, 405693.9299999997 5514791.630000001, 405695.7599999998 5514791.949999999, 405716.6200000001 5514795.59, 405717.5999999996 5514795.76, 405721.1500000004 5514796.380000001, 405721.0499999998 5514795.84, 405730.21999999974 5514798.710000001, 405730.8499999996 5514798.8100000005, 405731.5099999998 5514798.9, 405732.3200000003 5514799.02, 405738.23000000045 5514799.859999999, 405739.2000000002 5514800.01, 405739.95999999996 5514800.119999999, 405741.0599999996 5514792.710000001, 405741.4500000002 5514790.26, 405741.6500000004 5514787.6899999995, 405741.96999999974 5514784.880000001, 405745.96999999974 5514784.210000001, 405794.3799999999 5514790.1, 405800.29000000004 5514789.99, 405838.4400000004 5514789.49, 405841.9900000002 5514789.32, 405865.36000000034 5514788.390000001, 405888.95999999996 5514787.460000001, 405919.6799999997 5514786.24, 405926.71999999974 5514785.960000001, 405937.0599999996 5514785.5600000005, 405947.4299999997 5514785.140000001, 405950.7999999998 5514785.01, 405959.7000000002 5514784.66, 405961.9400000004 5514784.57, 405964.16000000015 5514784.5, 405967.4199999999 5514784.369999999, 405970.76999999955 5514784.24, 405974.1900000004 5514784.1, 405980.98000000045 5514783.84, 405984.54000000004 5514783.699999999, 405991.3300000001 5514783.42, 405993.2000000002 5514783.35, 405995.51999999955 5514783.26, 406003.3200000003 5514782.9399999995, 406005.3200000003 5514782.859999999, 406007.3300000001 5514782.789999999, 406008.83999999985 5514782.73, 406011.1200000001 5514782.640000001, 406018.01999999955 5514782.369999999, 406019.0099999998 5514787.07, 406020 5514791.779999999, 406020.11000000034 5514792.33, 406022.25 5514802.52, 406020.25 5514803.300000001, 406040.13999999966 5514811.85, 406043.9199999999 5514803.67, 406062.9199999999 5514798.1, 406067.2400000002 5514796.84, 406079.41000000015 5514792.18, 406080.1500000004 5514791.73, 406189.6500000004 5514796.140000001, 406178.08999999985 5514771.99, 406171.73000000045 5514758.6899999995, 406181.95999999996 5514753.529999999, 406177.6200000001 5514744.41, 406206.20999999996 5514731.789999999, 406237.88999999966 5514713.25, 406240.16000000015 5514719.199999999, 406261.3099999996 5514774.550000001, 406279.3200000003 5514769.5600000005, 406325.9900000002 5514756.4, 406345.6699999999 5514750.85, 406348.9500000002 5514749.93, 406336.45999999996 5514734.24, 406335.08999999985 5514732.550000001, 406333.6900000004 5514730.779999999, 406322.1900000004 5514716.35, 406335.4400000004 5514726.18, 406340.0099999998 5514728.720000001, 406351.75 5514733.6899999995, 406364.2599999998 5514738.48, 406369.0099999998 5514741.26, 406373.20999999996 5514744.029999999, 406377.76999999955 5514747.210000001, 406381.9500000002 5514750.09, 406387.70999999996 5514754.4, 406391.5499999998 5514757.630000001, 406393.78000000026 5514759.73, 406396.6299999999 5514762.210000001, 406403.20999999996 5514766.26, 406418.51999999955 5514772.9, 406422.5800000001 5514774.58, 406428.9000000004 5514778.289999999, 406436 5514783.25, 406444.4199999999 5514789.58, 406448.46999999974 5514793.1899999995, 406451.6900000004 5514797.369999999, 406453.53000000026 5514799.449999999, 406454.78000000026 5514802.140000001, 406456.6699999999 5514807.51, 406458.61000000034 5514812.5, 406460.8499999996 5514816.18, 406465.88999999966 5514823.710000001, 406472.3300000001 5514834.380000001, 406485.9400000004 5514851, 406502.8099999996 5514828.029999999, 406509.98000000045 5514818.26, 406519.1799999997 5514805.74, 406537.8200000003 5514805.640000001, 406577.9000000004 5514812.68, 406617.6500000004 5514823.33, 406626.6299999999 5514824.43, 406659.5499999998 5514847.880000001, 406662.4000000004 5514862.01, 406663.8099999996 5514865.17, 406668.3499999996 5514874.66, 406712.46999999974 5514919.130000001, 406722.25 5514960.220000001, 406726.7000000002 5514978.949999999, 406716.5999999996 5515009.91, 406716.03000000026 5515045.25, 406715.78000000026 5515052.07, 406717.78000000026 5515058.66, 406742.4199999999 5515055.35, 406747.13999999966 5515054.85, 406747.70999999996 5515054.77, 406716.2400000002 5515088.789999999, 406719.96999999974 5515095.49, 406728.33999999985 5515093.35, 406736.3799999999 5515112.199999999, 406745.36000000034 5515117.869999999, 406751.9000000004 5515122.109999999, 406782.9400000004 5515141.93, 406789.95999999996 5515146.390000001, 406782.5700000003 5515156.91, 406762.7400000002 5515145, 406744.26999999955 5515148.07, 406748.11000000034 5515159.09, 406778.9299999997 5515175.85, 406783.08999999985 5515178.140000001, 406794.5 5515184.32, 406795.6200000001 5515184.9399999995, 406814.96999999974 5515195.59, 406816.5700000003 5515196.470000001, 406839.61000000034 5515176.77, 406843.0700000003 5515173.66, 406838.23000000045 5515175.449999999, 406855.9299999997 5515160.48, 406869.54000000004 5515146.960000001, 406900.0499999998 5515111.470000001, 406924.8799999999 5515083.960000001, 406960.95999999996 5515044.02, 406962.0700000003 5515042.68, 406981.7400000002 5515020.17, 406984.29000000004 5515017.26, 407013.51999999955 5514983.68, 407027.29000000004 5514967.880000001, 407034.9299999997 5514959.0600000005, 407072.13999999966 5514914.220000001, 407084.9000000004 5514900.93, 407092.8799999999 5514891.91, 407119.66000000015 5514862.119999999, 407133.83999999985 5514843.66, 407150.70999999996 5514818.779999999, 407155.28000000026 5514811.85, 407169.9900000002 5514780.4, 407171.16000000015 5514778.49, 407183.4199999999 5514747.0600000005, 407186.4400000004 5514732.710000001, 407189.78000000026 5514713.9399999995, 407190.5800000001 5514704.970000001, 407191.4299999997 5514696.5, 407192.21999999974 5514687.92, 407192.4299999997 5514681.91, 407192.75 5514673.289999999, 407192.98000000045 5514667.9, 407192.8700000001 5514663.9, 407192.8799999999 5514660.720000001, 407192.75 5514656.1899999995, 407192.63999999966 5514651.67, 407192.4199999999 5514646.529999999, 407192.2999999998 5514642.83, 407191.86000000034 5514639.23, 407191.41000000015 5514635.33, 407190.9199999999 5514632.15, 407189.3099999996 5514618.4399999995, 407183.5800000001 5514592.279999999, 407178.6900000004 5514574.779999999, 407174.4000000004 5514563.23, 407171.3300000001 5514555.699999999, 407163.1200000001 5514535.529999999, 407156.3799999999 5514519.029999999, 407151.4000000004 5514506.9399999995, 407145.8499999996 5514495.720000001, 407138.4500000002 5514478.91, 407129.29000000004 5514468.300000001, 407108.41000000015 5514445.6, 407112.0800000001 5514423.390000001, 407076.0700000003 5514418.279999999, 407061.0800000001 5514409.33, 407052.0700000003 5514405.109999999, 407033 5514395.779999999, 407010.21999999974 5514383.710000001, 406996.9199999999 5514377.35, 406981.86000000034 5514371.460000001, 406965.54000000004 5514366.960000001, 406948.73000000045 5514361.699999999, 406930.6699999999 5514358.050000001, 406903.70999999996 5514354.880000001, 406875.5499999998 5514354.5600000005, 406850.61000000034 5514354.300000001, 406850.78000000026 5514350.710000001, 406852.8200000003 5514327.640000001, 406855.91000000015 5514326.859999999, 406859.0099999998 5514325.9399999995, 406863.1900000004 5514324.77, 406868.46999999974 5514323.25, 406879.7599999998 5514320.1, 406887.1799999997 5514317.970000001, 406892.7000000002 5514316.619999999, 406907.73000000045 5514312.210000001, 406912.08999999985 5514311.109999999, 406915.9199999999 5514310.380000001, 406920.76999999955 5514309.35, 406923.0800000001 5514308.93, 406926.9500000002 5514308.26, 406934.1900000004 5514306.92, 406938.63999999966 5514306.09, 406942.0099999998 5514305.390000001, 406946.5800000001 5514304.449999999, 406957.16000000015 5514302.24, 406961.5499999998 5514301.380000001, 406964.6299999999 5514301.75, 406966.3200000003 5514301.390000001, 406970.9000000004 5514300.6899999995, 406983.36000000034 5514299.77, 407011.4900000002 5514302.33, 407020.0599999996 5514303.34, 407026.0999999996 5514303.91, 407073.38999999966 5514307.32, 407104.86000000034 5514312.720000001, 407115.8499999996 5514320.609999999, 407123.96999999974 5514326.42, 407125.96999999974 5514327.1, 407141.4299999997 5514332.34, 407155.83999999985 5514341.84, 407155.8799999999 5514341.460000001, 407191.11000000034 5514358.17, 407213.25 5514368.67, 407217.78000000026 5514342.84, 407340.5999999996 5514404.85, 407351.4500000002 5514388.630000001, 407354.70999999996 5514391.550000001, 407356.1799999997 5514392.949999999, 407357.4900000002 5514394.43, 407358.6200000001 5514395.779999999, 407359.2999999998 5514396.630000001, 407359.88999999966 5514397.529999999, 407360.45999999996 5514398.4399999995, 407360.9000000004 5514399.24, 407361.2400000002 5514400.23, 407361.54000000004 5514401.300000001, 407362.20999999996 5514404.68, 407362.8499999996 5514408.67, 407363.03000000026 5514410.41, 407363.3300000001 5514411.1899999995, 407363.6699999999 5514411.949999999, 407364.4500000002 5514412.35, 407365.6699999999 5514412.710000001, 407431.2999999998 5514427.220000001, 407467.63999999966 5514435.289999999, 407506.2599999998 5514442.43, 407506.79000000004 5514440.35, 407520.3799999999 5514443.640000001, 407561.0800000001 5514455.050000001, 407589.2599999998 5514467, 407600.23000000045 5514471.960000001, 407626.95999999996 5514487.91, 407643.3499999996 5514497.6899999995, 407664.91000000015 5514512.25, 407661.6900000004 5514525.18, 407668.36000000034 5514518.25, 407670.8700000001 5514515.65, 407700.3300000001 5514485.5, 407703.48000000045 5514488.619999999, 407731.08999999985 5514460.130000001, 407729.1500000004 5514453.300000001, 407731.04000000004 5514444.43, 407721.66000000015 5514415.3100000005, 407735.6299999999 5514397.960000001, 407745.21999999974 5514386.039999999, 407754.4000000004 5514374.65, 407764.4500000002 5514362.16, 407769.66000000015 5514353.199999999, 407778.58999999985 5514338.35, 407800.08999999985 5514307.9, 407807.16000000015 5514297.880000001, 407815.98000000045 5514289.5600000005, 407834.7599999998 5514271.8100000005, 407835.3799999999 5514269.3100000005, 407838.2000000002 5514258, 407849.58999999985 5514246.26, 407854.0800000001 5514231.9399999995, 407866.8099999996 5514214.49, 407874.5 5514198.890000001, 407877.1200000001 5514183.18, 407883.0499999998 5514164.380000001, 407887.7599999998 5514160.18, 407890.71999999974 5514157.539999999, 407906.9000000004 5514131.23, 407907.53000000026 5514114.529999999, 407914.4000000004 5514100.82, 407920.8799999999 5514087.93, 407924.1299999999 5514081.460000001, 407925.58999999985 5514074.91, 407929.5599999996 5514057.16, 407930.3700000001 5514053.539999999, 407935.8499999996 5514040.359999999, 407954.2000000002 5514100.18, 407966.21999999974 5514116.1, 408003.4500000002 5514136.890000001, 408006.7599999998 5514139.16, 408020.26999999955 5514148.4399999995, 407997.2400000002 5514172.5600000005, 408005.78000000026 5514182.5600000005, 408008.6900000004 5514185.960000001, 407981.01999999955 5514220.77, 407968.51999999955 5514247.23, 407955.13999999966 5514280.619999999, 407954.01999999955 5514283.41, 407956.1799999997 5514284.18, 407959.86000000034 5514285.51, 407984 5514294.23, 407970.54000000004 5514329.17, 407967.5 5514364.029999999, 407976.5800000001 5514390.33, 407988.2599999998 5514418.18, 407992.5800000001 5514430.140000001, 407995.6500000004 5514443.289999999, 407986.03000000026 5514447.6, 407990.6200000001 5514460.470000001, 407994.54000000004 5514484.869999999, 408002.08999999985 5514493.76, 408014.0599999996 5514500.300000001, 408005.3200000003 5514519.390000001, 407992.63999999966 5514547.109999999, 408016.4900000002 5514565.029999999, 408053.0700000003 5514573.51, 408058.5 5514603.390000001, 408044.63999999966 5514619.289999999, 408036.38999999966 5514628.82, 408011.36000000034 5514618.390000001, 408001.63999999966 5514650.91, 407997.8300000001 5514663.640000001, 407997.95999999996 5514665.119999999, 407999.3799999999 5514681.859999999, 408014.11000000034 5514692.8100000005, 408032.6299999999 5514702.82, 408054.7000000002 5514707.92, 408083.6699999999 5514712.5, 408094.0099999998 5514711.390000001, 408101.8499999996 5514711.949999999, 408143.8799999999 5514707.720000001, 408166.76999999955 5514705.41, 408181.58999999985 5514703.91, 408184.3799999999 5514703.630000001, 408236.54000000004 5514691.16, 408271.6799999997 5514681.9399999995, 408265.25 5514692.75, 408252.1500000004 5514708.039999999, 408247.9500000002 5514713.26, 408232.6299999999 5514732.300000001, 408224.4500000002 5514742.52, 408190.6799999997 5514784.720000001, 408181.28000000026 5514803.65, 408139.79000000004 5514876.41, 408137.6500000004 5514882.24, 408153.5499999998 5514908.0600000005, 408171.0099999998 5514930.380000001, 408185.86000000034 5514937.18, 408192.8799999999 5514937.710000001, 408201.26999999955 5514938.34, 408248.75 5514937.52, 408285.3099999996 5514938.859999999, 408310.2000000002 5514942.359999999, 408323.21999999974 5514940.18, 408418.9299999997 5514887.539999999, 408473.28000000026 5514853.75, 408528.8799999999 5514826.51, 408541.4199999999 5514825.550000001, 408553.9000000004 5514836.92, 408566.5099999998 5514860.51, 408575.08999999985 5514891.779999999, 408575.8700000001 5514899.84, 408576.6500000004 5514907.85, 408578.54000000004 5514927.4399999995, 408578.6500000004 5514947.9, 408569.320000000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6212-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6212-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -538,90 +538,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-087" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6212-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-087" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6212-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -695,51 +695,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108914</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.15637592058</v>
+        <v>46070.27117196233</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>