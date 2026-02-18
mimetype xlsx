--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -123,51 +123,51 @@
   <si>
     <t>Burkhardt, Rothenburger, Altmoos</t>
   </si>
   <si>
     <t>Kartierung</t>
   </si>
   <si>
     <t>Oberste Naturschutzbehörde</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>DE-6212-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((412446.8499999996 5508996.9, 412441.6500000004 5508998.029999999, 412430.91000000015 5508999.119999999, 412416.83999999985 5509001.550000001, 412386.98000000045 5509010.539999999, 412371.45999999996 5509003.77, 412357.03000000026 5508998.43, 412338.9199999999 5508993.289999999, 412320.38999999966 5508988.949999999, 412260.3700000001 5508984.390000001, 412077.98000000045 5509002.130000001, 411996.11000000034 5509005.01, 411960.98000000045 5508995.73, 411959.1799999997 5508995.24, 411952.3700000001 5508996.050000001, 411925.3499999996 5508999.57, 411920.0700000003 5509000.27, 411904.48000000045 5509000.41, 411854.61000000034 5508985.41, 411839.1500000004 5508978.73, 411849.36000000034 5508958.369999999, 411860.01999999955 5508937.130000001, 411846.48000000045 5508926.9, 411841.95999999996 5508920.640000001, 411839.2599999998 5508915.720000001, 411836.8499999996 5508907.8100000005, 411836.8499999996 5508904.27, 411837.5499999998 5508901.9399999995, 411838.88999999966 5508900.970000001, 411842.6699999999 5508899.380000001, 411845.9199999999 5508895.869999999, 411847.4500000002 5508892.029999999, 411826.71999999974 5508869.9399999995, 411812.3099999996 5508857.949999999, 411807.71999999974 5508864.74, 411806.66000000015 5508870.57, 411773.8700000001 5508847.359999999, 411750.48000000045 5508835.050000001, 411726.38999999966 5508822.369999999, 411716.3300000001 5508818.83, 411762.36000000034 5508742.699999999, 411752.79000000004 5508736.33, 411754.33999999985 5508734.6, 411749.91000000015 5508730.619999999, 411750.78000000026 5508712.880000001, 411752.6799999997 5508702.9399999995, 411757 5508690.82, 411765.26999999955 5508676.1899999995, 411774.2599999998 5508654.25, 411803.96999999974 5508608.42, 411829.79000000004 5508568.630000001, 411845.7999999998 5508545.220000001, 411864.8200000003 5508523.26, 411914.78000000026 5508469.18, 411939.01999999955 5508454.619999999, 411960.1799999997 5508449.6, 411969.78000000026 5508447.029999999, 411996.78000000026 5508432.4399999995, 411996.9400000004 5508423.01, 411963.95999999996 5508420.6899999995, 411941.38999999966 5508401.26, 411931.7400000002 5508358.050000001, 411927.3700000001 5508329.789999999, 411929 5508282.74, 411934.6900000004 5508241.25, 411938.9500000002 5508234.699999999, 411946.0499999998 5508246.91, 411943.76999999955 5508284.6899999995, 411942.75 5508308.99, 411947.21999999974 5508333.390000001, 411947.2599999998 5508334.710000001, 411953.45999999996 5508333.99, 411977.20999999996 5508331.93, 412014.5099999998 5508327.58, 412029.4500000002 5508279.57, 412065.7999999998 5508178.58, 412067.1699999999 5508174.84, 412045.21999999974 5508165.539999999, 412035.3499999996 5508160.9399999995, 411986.45999999996 5508138.18, 411978.7000000002 5508132.43, 411968.53000000026 5508126.02, 411964.7999999998 5508123.67, 411940.54000000004 5508104.18, 411925.6200000001 5508093.57, 411910.36000000034 5508082.640000001, 411899.9500000002 5508075.1899999995, 411893.2999999998 5508070.43, 411883.20999999996 5508066.630000001, 411885.5099999998 5508060.359999999, 411894.01999999955 5508042.92, 411896.70999999996 5508038.24, 411899.2999999998 5508033.6, 411908 5508018, 411914.58999999985 5508005.76, 411918.6500000004 5507994.140000001, 411937.28000000026 5507960.52, 411943.3099999996 5507945.16, 411946.3300000001 5507929.800000001, 411949.9000000004 5507914.18, 411949.2000000002 5507897.35, 411946.4900000002 5507881.869999999, 411936.76999999955 5507830.08, 411935.0599999996 5507820.550000001, 411933.0599999996 5507810.880000001, 411925.2000000002 5507782.41, 411922.7599999998 5507776.98, 411921.91000000015 5507772.210000001, 411920.33999999985 5507764.4, 411917.0499999998 5507744.26, 411918.76999999955 5507736.449999999, 411920.0700000003 5507726, 411924.5099999998 5507708.390000001, 411926.51999999955 5507702.6899999995, 411933.6699999999 5507690.24, 411946.1200000001 5507675.8100000005, 411961.6900000004 5507662.84, 411965.5099999998 5507660.18, 411974.6299999999 5507652.470000001, 411981.3099999996 5507647.029999999, 411984.4400000004 5507643.859999999, 411988.95999999996 5507640.25, 411995.11000000034 5507636.9, 411999.96999999974 5507634.43, 412021.01999999955 5507622.220000001, 412034.3099999996 5507615.93, 412050.4400000004 5507587.4399999995, 412053.16000000015 5507587.76, 412104.5499999998 5507578.890000001, 412140.66000000015 5507553.210000001, 412145.91000000015 5507547.5, 412164.6699999999 5507527.08, 412215.3200000003 5507516.01, 412213.1500000004 5507520.1, 412214.63999999966 5507558.210000001, 412220.54000000004 5507556.4399999995, 412251.9199999999 5507540.51, 412304.2000000002 5507510.59, 412320.98000000045 5507501.640000001, 412323.83999999985 5507522.289999999, 412317.2400000002 5507531.83, 412328.1200000001 5507526.09, 412384.5499999998 5507516.300000001, 412462.0099999998 5507501.890000001, 412477.26999999955 5507500.07, 412496.0099999998 5507503.970000001, 412498.04000000004 5507510.33, 412485.7999999998 5507515.58, 412470.3300000001 5507522.77, 412454.91000000015 5507534.800000001, 412440.0700000003 5507546.869999999, 412424.29000000004 5507559.83, 412415.1200000001 5507573.9399999995, 412409.66000000015 5507588.51, 412401.0999999996 5507610.859999999, 412394.0800000001 5507631.390000001, 412389.75 5507645.01, 412383.45999999996 5507665.08, 412380.6699999999 5507676.1899999995, 412382.88999999966 5507693.630000001, 412386.5499999998 5507718.859999999, 412377.01999999955 5507721.880000001, 412364.71999999974 5507725.4399999995, 412350.36000000034 5507730.550000001, 412337.3700000001 5507736.109999999, 412322.1500000004 5507744.3100000005, 412307.95999999996 5507754.039999999, 412295.8099999996 5507763.470000001, 412284 5507773.5, 412271.5099999998 5507784.779999999, 412262.58999999985 5507794.1899999995, 412257.98000000045 5507801.15, 412253.2599999998 5507813.98, 412263.2599999998 5507819.890000001, 412277.45999999996 5507825.01, 412282.23000000045 5507826.720000001, 412311.29000000004 5507834.1899999995, 412325.04000000004 5507841.1, 412353.4199999999 5507847.789999999, 412444.8499999996 5507912.73, 412424.6900000004 5507956.82, 412425.9500000002 5507970.199999999, 412419.33999999985 5507969.859999999, 412348.8099999996 5507967.390000001, 412330.3799999999 5507968.07, 412312.08999999985 5507970.17, 412312.3499999996 5507974.529999999, 412313.7400000002 5507997.43, 412315.1299999999 5508036.16, 412318.0499999998 5508040.199999999, 412321.21999999974 5508048.74, 412323.0700000003 5508053.15, 412324.45999999996 5508056.3100000005, 412325.1799999997 5508058.82, 412326.04000000004 5508062.279999999, 412326.4900000002 5508064.8100000005, 412326.61000000034 5508067.51, 412326.5999999996 5508070.15, 412326.25 5508072.4, 412325.6200000001 5508074.6, 412324.7400000002 5508076.5, 412323.04000000004 5508079.33, 412320.6699999999 5508083.119999999, 412317.95999999996 5508086.890000001, 412314.9199999999 5508090.609999999, 412312.8799999999 5508093.82, 412311.79000000004 5508096.4399999995, 412310.5 5508100.039999999, 412310.0099999998 5508102.99, 412309.9400000004 5508106.32, 412311 5508108.210000001, 412312.0800000001 5508109.15, 412314.8300000001 5508110.91, 412320.20999999996 5508113.720000001, 412324.0999999996 5508115.300000001, 412329.8099999996 5508117.99, 412336.1900000004 5508121.880000001, 412340.7400000002 5508124.92, 412346.1799999997 5508128.539999999, 412349.79000000004 5508131.1899999995, 412352.26999999955 5508133.52, 412353.73000000045 5508135.34, 412354.7999999998 5508136.85, 412355.0700000003 5508137.800000001, 412355.1299999999 5508138.859999999, 412354.9900000002 5508139.68, 412354.1900000004 5508140.789999999, 412346.21999999974 5508149.359999999, 412337.8700000001 5508155.43, 412330.73000000045 5508162.49, 412324.6200000001 5508173, 412320.9299999997 5508182.93, 412320.1900000004 5508190.109999999, 412324.5599999996 5508195.02, 412323.48000000045 5508199.8100000005, 412378.54000000004 5508230.68, 412382.1200000001 5508232.9, 412388.36000000034 5508237.880000001, 412393.20999999996 5508242.279999999, 412397.45999999996 5508247.65, 412405.20999999996 5508259.1899999995, 412409.1500000004 5508267, 412410.5 5508269.4399999995, 412412.1500000004 5508271.68, 412414.83999999985 5508275.07, 412419.0800000001 5508281.029999999, 412423.4199999999 5508287.779999999, 412427.1500000004 5508294.42, 412429.73000000045 5508301.16, 412432.20999999996 5508308.25, 412434.58999999985 5508317.43, 412437.9000000004 5508331.789999999, 412441.2999999998 5508348.07, 412446.96999999974 5508379.42, 412447.6900000004 5508383.630000001, 412448.41000000015 5508386.619999999, 412449.7599999998 5508390.140000001, 412451 5508394.039999999, 412452.23000000045 5508396.970000001, 412453.5800000001 5508399.52, 412461.3200000003 5508416.43, 412470.6200000001 5508434.880000001, 412480.5499999998 5508454.130000001, 412484.9900000002 5508462.119999999, 412486.4500000002 5508464.550000001, 412488.41000000015 5508466.9, 412495.13999999966 5508477.93, 412512.6900000004 5508505.66, 412517.75 5508513.67, 412521.58999999985 5508519.9, 412523.7599999998 5508525.17, 412525.6200000001 5508529.18, 412527.6900000004 5508537.279999999, 412528.71999999974 5508541.67, 412529.13999999966 5508544.3100000005, 412529.04000000004 5508546.35, 412528.71999999974 5508548.3100000005, 412528.2000000002 5508550.26, 412523.91000000015 5508557.41, 412485.0099999998 5508607.35, 412490.5999999996 5508613.57, 412496.46999999974 5508605.539999999, 412563.04000000004 5508556.48, 412565.88999999966 5508552.09, 412569.04000000004 5508515.68, 412572.3700000001 5508511.99, 412621.6500000004 5508479.58, 412647.5099999998 5508500.0600000005, 412677.2400000002 5508519.890000001, 412691.9500000002 5508575.890000001, 412764.0800000001 5508578.039999999, 412814.9500000002 5508604.76, 412895.41000000015 5508601.35, 412893.41000000015 5508617.640000001, 412906.3200000003 5508633.380000001, 412906.13999999966 5508639.84, 412879.4199999999 5508641.4, 412884.73000000045 5508652.73, 412870.79000000004 5508655.02, 412831.9500000002 5508661.390000001, 412816.08999999985 5508667.359999999, 412745.7999999998 5508671.140000001, 412645.1299999999 5508692.460000001, 412585.91000000015 5508705.949999999, 412588.6799999997 5508718.0600000005, 412541.0099999998 5508735.5600000005, 412480.76999999955 5508775.720000001, 412461.3200000003 5508750.15, 412415.01999999955 5508744.9, 412383.79000000004 5508747.59, 412323.9000000004 5508771.8100000005, 412354.70999999996 5508720.59, 412401.4299999997 5508688.779999999, 412395.7999999998 5508681.449999999, 412391.6299999999 5508684.289999999, 412336.6799999997 5508613.65, 412321.03000000026 5508622.779999999, 412258.2400000002 5508658.779999999, 412248.71999999974 5508664.24, 412232.0800000001 5508683.1899999995, 412219.3300000001 5508695.92, 412204.98000000045 5508704.15, 412173.8700000001 5508688.75, 412126.0499999998 5508665.07, 412056.1799999997 5508646.609999999, 412038.13999999966 5508646.08, 412018.9299999997 5508646.210000001, 411968.1900000004 5508654.199999999, 411947 5508662.710000001, 411914.51999999955 5508678.99, 411896.28000000026 5508690.050000001, 411863.5099999998 5508714.539999999, 411861.4199999999 5508712.1899999995, 411849.3799999999 5508727.57, 411866.28000000026 5508717.279999999, 411900.70999999996 5508694.119999999, 411916.04000000004 5508683.369999999, 411948.6299999999 5508666.449999999, 411970.6699999999 5508657.51, 412000.91000000015 5508723.789999999, 412000.0800000001 5508723.93, 412013.95999999996 5508759.91, 412015.4400000004 5508760.91, 412016.6900000004 5508760.41, 412018.63999999966 5508766.4399999995, 412016.46999999974 5508767.82, 412009.38999999966 5508772.359999999, 412007.1200000001 5508775.4, 412004.9199999999 5508781.3100000005, 412005.23000000045 5508786.01, 412006.6299999999 5508789.51, 412009.8300000001 5508793.07, 412017.0999999996 5508795.34, 412018.3499999996 5508788.279999999, 412018.0999999996 5508787.66, 412024.53000000026 5508780.51, 412047.3300000001 5508771.960000001, 412061.0999999996 5508768.17, 412067.1900000004 5508766.49, 412085.5999999996 5508763.99, 412108.71999999974 5508764.130000001, 412112.53000000026 5508764.48, 412112.5800000001 5508776.550000001, 412123.8099999996 5508773.17, 412128.1699999999 5508771.960000001, 412149.04000000004 5508768.6, 412175.86000000034 5508765.869999999, 412189.1900000004 5508764.699999999, 412211.21999999974 5508762, 412211.1799999997 5508766.880000001, 412233.1299999999 5508765.35, 412263.0499999998 5508769.57, 412319.5800000001 5508783.199999999, 412328.25 5508778.859999999, 412333.28000000026 5508787.960000001, 412346.1200000001 5508810.93, 412374.2400000002 5508861.289999999, 412384.48000000045 5508879.65, 412382.0999999996 5508882.779999999, 412393.6799999997 5508890.710000001, 412396.71999999974 5508885.880000001, 412426.16000000015 5508898.82, 412468.70999999996 5508876.390000001, 412505 5508854.15, 412538.91000000015 5508867.390000001, 412580.48000000045 5508849.35, 412540.6699999999 5508789.59, 412584.95999999996 5508788.68, 412638.9500000002 5508837.699999999, 412648.4900000002 5508846.74, 412661.9000000004 5508869.529999999, 412667.71999999974 5508886.800000001, 412668.16000000015 5508891.130000001, 412666.6299999999 5508896.630000001, 412661.86000000034 5508906.949999999, 412654.9199999999 5508914.029999999, 412641.5700000003 5508924.65, 412634.20999999996 5508929.1899999995, 412619.9199999999 5508933, 412593.2599999998 5508937.460000001, 412559.2999999998 5508940.039999999, 412532.0599999996 5508943.57, 412489.0499999998 5508976.23, 412482.23000000045 5508989.050000001, 412471.6500000004 5508991.539999999, 412446.8499999996 5508996.9)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6212-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6212-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -501,90 +501,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-086" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6212-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-086" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6212-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6212-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6212-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -655,51 +655,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41264</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108913</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.56552157969</v>
+        <v>46071.11333094147</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="s">
         <v>34</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>36</v>
       </c>
       <c r="X2" s="2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="V2" r:id="rId2"/>
     <hyperlink ref="W2" r:id="rId3"/>