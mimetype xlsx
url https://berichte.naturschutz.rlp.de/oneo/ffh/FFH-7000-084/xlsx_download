--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6206-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((342352.5 5513272.4399999995, 342352.25 5513287.109999999, 342354.3499999996 5513309.539999999, 342357.66000000015 5513309.49, 342360.21999999974 5513309.460000001, 342376.95999999996 5513309.279999999, 342383.5999999996 5513307.880000001, 342393.61000000034 5513305.75, 342409.13999999966 5513302.470000001, 342413.5999999996 5513301.529999999, 342418.5099999998 5513300.5, 342426.5599999996 5513298.789999999, 342432.83999999985 5513297.470000001, 342434.8300000001 5513295.960000001, 342447.86000000034 5513286.109999999, 342450.0700000003 5513284.4399999995, 342577.54000000004 5513466.779999999, 342521.4500000002 5513539.67, 342447.08999999985 5513594.68, 342417.8700000001 5513591.93, 342389.79000000004 5513589.210000001, 342345.1500000004 5513599.99, 342326.4500000002 5513629.92, 342321.7400000002 5513666.49, 342275.38999999966 5513679.18, 342237.9299999997 5513712.640000001, 342234.98000000045 5513715.279999999, 342225.36000000034 5513723.869999999, 342198.4000000004 5513747.9399999995, 342197.91000000015 5513759.98, 342195.91000000015 5513809.1899999995, 342115.5999999996 5513791.17, 342102.51999999955 5513819.779999999, 342088.58999999985 5513816.4, 342073.1500000004 5513812.65, 341992.66000000015 5513793.119999999, 341979.04000000004 5513813.84, 341946.7400000002 5513863.050000001, 341935.36000000034 5513880.369999999, 341929.3700000001 5513879.630000001, 341926.4400000004 5513898.609999999, 341917.7400000002 5513923.67, 341907.01999999955 5513943.1899999995, 341893.0499999998 5513962, 341877.0800000001 5513976.109999999, 341842.9900000002 5513996.76, 341739.03000000026 5514042.82, 341613.33999999985 5514078.82, 341602.2599999998 5514084.41, 341590.28000000026 5514105.91, 341590.83999999985 5514127.800000001, 341614.8799999999 5514183.039999999, 341617.3799999999 5514188.800000001, 341640.8499999996 5514279.83, 341652.4400000004 5514312.960000001, 341657.8700000001 5514328.51, 341667.4000000004 5514355.77, 341673.5499999998 5514365.09, 341681.8099999996 5514372.4, 341683.3099999996 5514373.199999999, 341727 5514396.25, 341735.70999999996 5514400.84, 341744.88999999966 5514405.699999999, 341750.1200000001 5514408.460000001, 341756.8799999999 5514410.970000001, 341773.8799999999 5514417.27, 341783 5514418.59, 341796.54000000004 5514420.539999999, 341803.3799999999 5514421.529999999, 341814.08999999985 5514423.09, 341821.7999999998 5514422.84, 341843.0499999998 5514422.17, 341874.61000000034 5514421.18, 341882.9199999999 5514420.91, 341890.21999999974 5514420.68, 341908.4500000002 5514414.33, 341921.38999999966 5514409.83, 341936.25 5514412.4, 341942.0700000003 5514418.18, 341944.25 5514431.789999999, 341943.88999999966 5514443.359999999, 341932.5599999996 5514467.949999999, 341909.8700000001 5514513.58, 341887.38999999966 5514565.74, 341882.5099999998 5514577.77, 341874.7400000002 5514596.9399999995, 341879.4400000004 5514599.83, 341883.7000000002 5514602.470000001, 341874.8799999999 5514653.59, 341876.96999999974 5514667.050000001, 341880.75 5514679.199999999, 341887.0999999996 5514693.92, 341884.5499999998 5514700.529999999, 341874.83999999985 5514704.84, 341859.51999999955 5514711.619999999, 341849.4199999999 5514716.1, 341830.76999999955 5514724.369999999, 341825.20999999996 5514726.83, 341737.26999999955 5514765.82, 341727.7400000002 5514770.039999999, 341697.4900000002 5514783.449999999, 341640.6500000004 5514808.65, 341629.4299999997 5514813.619999999, 341537.96999999974 5514837.84, 341481.6500000004 5514852.76, 341467.0999999996 5514856.619999999, 341448.5999999996 5514861.51, 341413.2599999998 5514870.880000001, 341408.98000000045 5514872.01, 341385.6500000004 5514883.869999999, 341381.4500000002 5514887.8100000005, 341348.5 5514918.68, 341347.61000000034 5514919.52, 341327.7000000002 5514938.17, 341319.41000000015 5514945.93, 341309.41000000015 5514955.3100000005, 341286.38999999966 5514976.869999999, 341350.4400000004 5515011.640000001, 341394.3200000003 5515038.539999999, 341492.6299999999 5515117.91, 341500.88999999966 5515110.4399999995, 341521.1900000004 5515092.0600000005, 341546.8700000001 5515068.83, 341589.3200000003 5515030.41, 341604.04000000004 5515017.08, 341644.3799999999 5514980.57, 341649.6799999997 5514979.16, 341665.0700000003 5514975.039999999, 341688.8499999996 5514968.68, 341845.51999999955 5514926.76, 342134.3700000001 5514878.130000001, 342253.5999999996 5514844.970000001, 342294.45999999996 5514828.26, 342354.3799999999 5514803.77, 342379.83999999985 5514789.59, 342462.51999999955 5514741.48, 342494.4199999999 5514732.369999999, 342523.1799999997 5514727.199999999, 342600.01999999955 5514730.52, 342600.23000000045 5514725.6, 342595.38999999966 5514720.289999999, 342595.79000000004 5514709.57, 342598.16000000015 5514646.5, 342598.6200000001 5514633.8100000005, 342599.3799999999 5514612.5600000005, 342602.58999999985 5514523.529999999, 342610.53000000026 5514497.210000001, 342625.96999999974 5514460.57, 342632.6900000004 5514457.529999999, 342681.7999999998 5514474.289999999, 342682.6900000004 5514479.050000001, 342690.4199999999 5514479.869999999, 342713.4199999999 5514451.470000001, 342732.6900000004 5514422.26, 342773.58999999985 5514398.109999999, 342761.98000000045 5514368.23, 342752.7999999998 5514367.619999999, 342739.11000000034 5514341.43, 342730.5700000003 5514330.18, 342724.53000000026 5514322.32, 342713.8300000001 5514319.6899999995, 342695.0499999998 5514297.470000001, 342690.0999999996 5514299.67, 342684.76999999955 5514293.34, 342679.61000000034 5514287.23, 342679.6799999997 5514232.4, 342685.53000000026 5514215.07, 342692.6200000001 5514204.220000001, 342702.2999999998 5514196.5600000005, 342718.21999999974 5514201.449999999, 342737.83999999985 5514233.140000001, 342778.3200000003 5514270.1, 342800.01999999955 5514301.279999999, 342841.8700000001 5514339.470000001, 342852.5599999996 5514353.699999999, 342861.0999999996 5514343.99, 342849.96999999974 5514330.66, 342834.9400000004 5514295.92, 342845.53000000026 5514279.51, 342877.6500000004 5514278.119999999, 342923.0700000003 5514269.880000001, 342994.8700000001 5514251.33, 343010.8799999999 5514245.390000001, 343012.7599999998 5514232.73, 343004.04000000004 5514182.67, 342989.3799999999 5514068.449999999, 343006.0099999998 5514065.32, 343004.66000000015 5514045.9399999995, 342992.61000000034 5514035.369999999, 342981.7999999998 5514009.07, 342985.8300000001 5513957.65, 342995.6299999999 5513882.08, 343002.3200000003 5513783.02, 343002.26999999955 5513782.869999999, 343038.5700000003 5513747.16, 343080.0999999996 5513734.49, 343114.8799999999 5513716.09, 343124.3700000001 5513690.6899999995, 343317.98000000045 5513707.8100000005, 343322.9000000004 5513708.67, 343348.1299999999 5513701.42, 343358.8099999996 5513698.35, 343383.5700000003 5513691.25, 343396.9900000002 5513692.119999999, 343402.33999999985 5513690.539999999, 343610.08999999985 5513706.789999999, 343624.7999999998 5513743.220000001, 343626.9900000002 5513766.65, 343621.2400000002 5513785.390000001, 343605 5513811.0600000005, 343593.53000000026 5513849.539999999, 343589.5999999996 5513882.720000001, 343589.5700000003 5513898.25, 343589.51999999955 5513918.25, 343581.11000000034 5513933.09, 343570.63999999966 5513971.539999999, 343570.5599999996 5513975.32, 343570.23000000045 5513992.57, 343592.73000000045 5514029.6899999995, 343414.9500000002 5514118.369999999, 343409.51999999955 5514121.609999999, 343409.8499999996 5514134.83, 343410.1299999999 5514145.66, 343410.53000000026 5514162.359999999, 343410.9900000002 5514180.539999999, 343409.48000000045 5514184.789999999, 343398.6299999999 5514217.23, 343394.46999999974 5514229.640000001, 343393.6299999999 5514241.8100000005, 343392.95999999996 5514251.58, 343400.8700000001 5514252.98, 343502.0499999998 5514270.98, 343593.20999999996 5514328.720000001, 343824.8099999996 5514424.18, 343965.2999999998 5514431.529999999, 343966.83999999985 5514436.23, 344033.4500000002 5514639.5600000005, 344281.36000000034 5514756.25, 344382.2599999998 5514852.699999999, 344421.5 5514892.130000001, 344444.6699999999 5514914.720000001, 344453.86000000034 5514944.369999999, 344427.29000000004 5514974.449999999, 344393.96999999974 5514991.800000001, 344344.11000000034 5514996.289999999, 344222.91000000015 5514993.140000001, 344166.2000000002 5514988.9, 344120.66000000015 5515001.23, 344115.7599999998 5515002.01, 344117.6500000004 5515013.9, 344167.70999999996 5515173.539999999, 344139.1299999999 5515237.029999999, 344097.95999999996 5515340.699999999, 344079.5 5515386.57, 343604.7599999998 5515117.3100000005, 343621.13999999966 5515097.880000001, 343563.1500000004 5515044.720000001, 343534.33999999985 5514999.699999999, 343500.71999999974 5514929.91, 343466.4000000004 5514872.5, 343453.0599999996 5514846.65, 343437.86000000034 5514817.18, 343437.5599999996 5514816.59, 343391.1200000001 5514759.119999999, 343388.1799999997 5514762.609999999, 343379.95999999996 5514772.35, 343375.54000000004 5514777.59, 343370.3200000003 5514783.77, 343367.4400000004 5514787.199999999, 343341.6900000004 5514771.01, 343337.8200000003 5514756.35, 343326.0499999998 5514770.32, 343296 5514745.58, 343292.29000000004 5514744, 343281.4400000004 5514739.4, 343253.3099999996 5514735.289999999, 343213.1200000001 5514734.3100000005, 343204.03000000026 5514733.99, 343189.5599999996 5514741.66, 343186.9400000004 5514743.050000001, 343162.51999999955 5514751.960000001, 343122.2599999998 5514770.199999999, 343087.9500000002 5514830.85, 343067.70999999996 5514867.59, 343060.76999999955 5514879.98, 343037.36000000034 5514925.75, 343018.7400000002 5514958.300000001, 343006.6299999999 5514979.460000001, 343004.76999999955 5514982.710000001, 342994.96999999974 5514992.59, 342989.0999999996 5514998.52, 342982.45999999996 5515002.17, 342947.36000000034 5515021.51, 342943.8300000001 5515023.449999999, 342924.53000000026 5515034.01, 342921.26999999955 5515035.800000001, 342908.9199999999 5515043.640000001, 342889.5700000003 5515055.92, 342887.04000000004 5515057.68, 342878.3799999999 5515063.710000001, 342863.3099999996 5515074.199999999, 342848.1799999997 5515084.74, 342842.36000000034 5515088.789999999, 342840.8200000003 5515089.619999999, 342833.3700000001 5515093.640000001, 342829.21999999974 5515095.869999999, 342814.9000000004 5515100.4399999995, 342794.88999999966 5515105.0600000005, 342787.28000000026 5515106.720000001, 342784.5700000003 5515107.26, 342779.8099999996 5515108.34, 342775.4000000004 5515109.4, 342762.5700000003 5515112.51, 342751.3700000001 5515115.220000001, 342733.8099999996 5515119.460000001, 342727.11000000034 5515121.08, 342720.6200000001 5515122.65, 342710.6500000004 5515125.84, 342702.9900000002 5515128.279999999, 342698.86000000034 5515129.609999999, 342695.1799999997 5515131.24, 342675.9900000002 5515139.800000001, 342662.86000000034 5515146.369999999, 342658.38999999966 5515148.6, 342646.9299999997 5515155.140000001, 342593.1200000001 5515185.949999999, 342576.38999999966 5515195.539999999, 342555.6699999999 5515204.5, 342535.16000000015 5515213.390000001, 342530.88999999966 5515215.24, 342508.88999999966 5515219.800000001, 342474.0499999998 5515227.029999999, 342454.5999999996 5515231.0600000005, 342438.53000000026 5515234.390000001, 342411.9299999997 5515239.91, 342407.03000000026 5515240.93, 342383.8700000001 5515245.73, 342374.83999999985 5515250.050000001, 342331.7000000002 5515270.68, 342320.38999999966 5515276.1, 342311.1900000004 5515280.5, 342264.6799999997 5515298.48, 342222.9400000004 5515314.630000001, 342183.2999999998 5515337.859999999, 342174.4500000002 5515343.029999999, 342136.45999999996 5515370.49, 342133.5499999998 5515373.02, 342122.3700000001 5515382.73, 342110.01999999955 5515393.460000001, 342098.54000000004 5515403.4399999995, 342085.1799999997 5515415.050000001, 342067.8099999996 5515424.92, 342064.28000000026 5515426.869999999, 342054.2000000002 5515432.52, 342047.83999999985 5515436.09, 342041.4500000002 5515440, 342023.1200000001 5515451.210000001, 342013.04000000004 5515457.369999999, 341999.58999999985 5515465.6, 341990.8700000001 5515470.949999999, 341973.4199999999 5515481.6, 341969.6200000001 5515483.9399999995, 341951.0800000001 5515491.32, 341940.9199999999 5515493.0600000005, 341935.63999999966 5515493.960000001, 341931.4500000002 5515494.68, 341914.0999999996 5515494.890000001, 341904.2599999998 5515495.01, 341894.5499999998 5515494.26, 341879.08999999985 5515493.050000001, 341874.53000000026 5515492.699999999, 341859.9500000002 5515495.66, 341849.66000000015 5515497.75, 341837.3200000003 5515500.26, 341827.9900000002 5515502.16, 341825.3499999996 5515502.699999999, 341806.5700000003 5515506.51, 341800.36000000034 5515507.779999999, 341797.33999999985 5515508.390000001, 341776.0999999996 5515508.98, 341769.08999999985 5515509.18, 341740.9199999999 5515509.93, 341734.79000000004 5515510.890000001, 341710.29000000004 5515514.720000001, 341710.8300000001 5515516.210000001, 341703.6699999999 5515517, 341695.83999999985 5515517.869999999, 341691.9500000002 5515519.470000001, 341681.5800000001 5515523.75, 341671.28000000026 5515528.02, 341623 5515556.73, 341611.9400000004 5515558.4, 341607.9900000002 5515559, 341562.3799999999 5515558.01, 341557.7400000002 5515558.279999999, 341545.96999999974 5515550.41, 341531.70999999996 5515546, 341490.4500000002 5515533.23, 341451.3700000001 5515509.07, 341428.79000000004 5515495.09, 341392.03000000026 5515474.859999999, 341365.3300000001 5515460.15, 341351.3799999999 5515452.470000001, 341328.5700000003 5515436.3100000005, 341297.26999999955 5515414.119999999, 341286.48000000045 5515406.470000001, 341270.88999999966 5515398.779999999, 341253.3099999996 5515390.09, 341250.26999999955 5515388.59, 341240.23000000045 5515383.630000001, 341223.63999999966 5515376.890000001, 341200.88999999966 5515367.65, 341194.78000000026 5515364.6899999995, 341183.3099999996 5515359.109999999, 341168.4299999997 5515351.869999999, 341135.2400000002 5515335.75, 341106.78000000026 5515321.92, 341138.1299999999 5515225.109999999, 341139.71999999974 5515220.1899999995, 341117.5099999998 5515213.41, 341100.79000000004 5515210.52, 341075.16000000015 5515206.08, 341068.4199999999 5515205.279999999, 341049.9400000004 5515203.09, 341037.4199999999 5515202.449999999, 341009.6900000004 5515201.029999999, 341004.79000000004 5515200.77, 340990.3300000001 5515200.800000001, 340946.46999999974 5515200.890000001, 340924.1900000004 5515200.9399999995, 340913.0999999996 5515200.050000001, 340893.3300000001 5515198.449999999, 340882.4900000002 5515198.369999999, 340838.9900000002 5515198.050000001, 340826.3200000003 5515198.949999999, 340819.9000000004 5515199.41, 340800.1500000004 5515200.82, 340795.16000000015 5515201.83, 340765.36000000034 5515207.84, 340747.03000000026 5515214.119999999, 340742.58999999985 5515215.640000001, 340723.78000000026 5515226.1899999995, 340718.23000000045 5515229.3100000005, 340658.0700000003 5515266.130000001, 340622.3099999996 5515284.4399999995, 340572.29000000004 5515311.16, 340499.25 5515340.539999999, 340491.0499999998 5515314.960000001, 340483.9299999997 5515297.039999999, 340477.41000000015 5515280.609999999, 340484.28000000026 5515261.630000001, 340488.21999999974 5515248.77, 340498.01999999955 5515251.66, 340522 5515258.73, 340519.8799999999 5515269.539999999, 340523.96999999974 5515276.800000001, 340539.8499999996 5515273.199999999, 340579.29000000004 5515238.720000001, 340586.1699999999 5515237.4, 340587.88999999966 5515227.75, 340591.58999999985 5515220.550000001, 340606.0800000001 5515206.359999999, 340611.29000000004 5515201.24, 340624.9199999999 5515182.91, 340630 5515161.970000001, 340629.91000000015 5515144, 340615.23000000045 5515084.0600000005, 340623.45999999996 5515099.109999999, 340637.61000000034 5515110.449999999, 340645.78000000026 5515112.82, 340656.20999999996 5515115.84, 340702.48000000045 5515105.550000001, 340704.46999999974 5515105.109999999, 340723.03000000026 5515102.789999999, 340746.4299999997 5515099.859999999, 340762.9900000002 5515097.789999999, 340793.4900000002 5515093.98, 340794.5099999998 5515076.59, 340795.1699999999 5515064.619999999, 340782.51999999955 5515054.93, 340767.04000000004 5515058.890000001, 340762.1500000004 5515060.140000001, 340749.0499999998 5515050.91, 340734.0999999996 5515027.77, 340738.6299999999 5515022.220000001, 340742.04000000004 5515017.859999999, 340730.91000000015 5515005.43, 340813.5700000003 5514976.35, 340819.70999999996 5514984.359999999, 340823.5700000003 5514984.300000001, 340838.6699999999 5514984.07, 340865.66000000015 5514970.210000001, 340875.66000000015 5514969.210000001, 340883.6799999997 5514963.27, 340920.2000000002 5514949.26, 340926.3300000001 5514946.92, 340975.0599999996 5514930.699999999, 341005.86000000034 5514912.1899999995, 341047.03000000026 5514897.77, 341086.78000000026 5514883.85, 341097.04000000004 5514878.390000001, 341132.0499999998 5514859.75, 341139.5099999998 5514855.779999999, 341181.33999999985 5514836.710000001, 341191.21999999974 5514842.9399999995, 341196.5800000001 5514840.220000001, 341197.0499999998 5514833.859999999, 341197.4299999997 5514828.58, 341210.6799999997 5514821.890000001, 341222.4299999997 5514810.880000001, 341239.3300000001 5514795.02, 341257.8700000001 5514772.039999999, 341262.53000000026 5514766.25, 341287.7999999998 5514748.76, 341296.6200000001 5514746.619999999, 341326.3499999996 5514739.4, 341342.78000000026 5514738.17, 341368.4000000004 5514736.24, 341373.33999999985 5514735.869999999, 341383.88999999966 5514734.66, 341393.6299999999 5514733.529999999, 341423.1900000004 5514730.130000001, 341427.0800000001 5514729.68, 341461.0099999998 5514720.92, 341502.6900000004 5514710.17, 341508.76999999955 5514711, 341524.1500000004 5514713.109999999, 341531.1299999999 5514701.84, 341533.91000000015 5514691.24, 341535.1699999999 5514686.119999999, 341618.95999999996 5514681.220000001, 341641.9500000002 5514677.5, 341666.1299999999 5514673.58, 341688.4900000002 5514669.960000001, 341692.21999999974 5514669.359999999, 341710.5099999998 5514660.18, 341713.13999999966 5514658.859999999, 341731.36000000034 5514644.98, 341739.73000000045 5514638.609999999, 341746.48000000045 5514631.26, 341747.9900000002 5514621.359999999, 341742.73000000045 5514621.609999999, 341737.28000000026 5514624.640000001, 341688.08999999985 5514615.949999999, 341665.16000000015 5514612.98, 341630.45999999996 5514608.470000001, 341602.8300000001 5514604.880000001, 341580.1799999997 5514599.1899999995, 341569.71999999974 5514596.51, 341544.0800000001 5514588.039999999, 341503.6200000001 5514574.67, 341464.9900000002 5514561.9, 341448.1299999999 5514556.33, 341443.51999999955 5514554.07, 341422.08999999985 5514543.550000001, 341425.25 5514536.58, 341419.95999999996 5514518.289999999, 341408.86000000034 5514492.130000001, 341397.91000000015 5514473.48, 341403.86000000034 5514469.98, 341386.6799999997 5514454.630000001, 341343.1799999997 5514425.369999999, 341300.70999999996 5514396.800000001, 341283.0099999998 5514381.75, 341256.71999999974 5514384.609999999, 341244.46999999974 5514372.949999999, 341237.1200000001 5514346.34, 341218.01999999955 5514343.17, 341212.1799999997 5514362.789999999, 341208.9400000004 5514387.109999999, 341208.83999999985 5514387.8100000005, 341211.16000000015 5514403.59, 341216.71999999974 5514418.369999999, 341223.63999999966 5514436.76, 341228.5999999996 5514449.93, 341238.11000000034 5514475.1899999995, 341233.01999999955 5514481.23, 341198.8799999999 5514469.57, 341182.46999999974 5514463.960000001, 341176.25 5514461.84, 341158.1299999999 5514457.1, 341153.2400000002 5514455.83, 341122.2999999998 5514451.5600000005, 341055.6900000004 5514442.390000001, 341054.66000000015 5514438.5600000005, 341045.16000000015 5514437.18, 341035.79000000004 5514442.26, 341027.88999999966 5514446.539999999, 341008.33999999985 5514453.039999999, 340995.04000000004 5514457.449999999, 340990.7999999998 5514459.140000001, 340975.4400000004 5514465.630000001, 340960.8499999996 5514471.789999999, 340951.1200000001 5514475.890000001, 340950.46999999974 5514476.300000001, 340941.6799999997 5514481.9, 340931.7999999998 5514493.42, 340915.16000000015 5514512.85, 340891.9900000002 5514539.91, 340869.6500000004 5514566, 340858.1500000004 5514579.43, 340851.33999999985 5514585.85, 340824.70999999996 5514603.99, 340822.91000000015 5514605.02, 340791.1699999999 5514621.92, 340790.29000000004 5514622.390000001, 340786.73000000045 5514624.07, 340773.1699999999 5514630.210000001, 340764.13999999966 5514634.289999999, 340738.4199999999 5514647.73, 340713.53000000026 5514660.720000001, 340704.9900000002 5514665.199999999, 340693.13999999966 5514671.380000001, 340628.61000000034 5514702.130000001, 340606.1900000004 5514714.99, 340588.29000000004 5514731.23, 340587.58999999985 5514731.85, 340581.1200000001 5514728.949999999, 340578.1200000001 5514694.83, 340578.4199999999 5514690.970000001, 340577.96999999974 5514687.9, 340577.51999999955 5514684.83, 340571.51999999955 5514666.050000001, 340570.3099999996 5514662.279999999, 340572.7000000002 5514656.640000001, 340572.3499999996 5514654.630000001, 340569.6799999997 5514649.34, 340567.8799999999 5514648.23, 340547.7599999998 5514643.699999999, 340533.4000000004 5514671.01, 340533.6799999997 5514669.630000001, 340522.33999999985 5514664.67, 340519.33999999985 5514663.35, 340513.73000000045 5514660.890000001, 340499.79000000004 5514654.789999999, 340492.70999999996 5514651.68, 340493.3700000001 5514627.369999999, 340483.75 5514623.16, 340483.8799999999 5514622.869999999, 340492.2999999998 5514592.91, 340492.4199999999 5514592.51, 340496.61000000034 5514577.66, 340494.9299999997 5514550.109999999, 340493.98000000045 5514532.02, 340493.8099999996 5514527.32, 340492.4000000004 5514499.99, 340490.75 5514499.27, 340466.6799999997 5514488.73, 340469.4900000002 5514473.74, 340471.5499999998 5514462.76, 340472.8799999999 5514455.66, 340476.6900000004 5514435.3100000005, 340485.13999999966 5514390.26, 340490.4299999997 5514361.98, 340492.16000000015 5514352.76, 340494.0800000001 5514342.49, 340494.26999999955 5514340.630000001, 340496.4000000004 5514319.1, 340497.0499999998 5514312.57, 340497.23000000045 5514310.77, 340497.5 5514308.07, 340505.78000000026 5514224.65, 340509.4500000002 5514187.699999999, 340512.88999999966 5514173.09, 340524.21999999974 5514156.66, 340533.0999999996 5514162.6899999995, 340533.95999999996 5514148.83, 340524.01999999955 5514138.35, 340502.54000000004 5514088.529999999, 340493.8700000001 5514068.42, 340493.0499999998 5514060.67, 340491.0999999996 5514042.26, 340492.6200000001 5514009.630000001, 340493.3200000003 5513994.289999999, 340490.25 5513983.57, 340486.95999999996 5513972.109999999, 340485.23000000045 5513959.59, 340480.66000000015 5513926.67, 340470.9500000002 5513919.34, 340469.75 5513919.460000001, 340393.5999999996 5513891.98, 340409.46999999974 5513857.32, 340418.7999999998 5513827.93, 340421.38999999966 5513798.8100000005, 340352.1699999999 5513775.5600000005, 340348.5599999996 5513716.66, 340337.9900000002 5513652.539999999, 340335.21999999974 5513614.630000001, 340242.78000000026 5513575.5, 340242.7400000002 5513575.279999999, 340234.23000000045 5513525.220000001, 340232.20999999996 5513489.68, 340231.20999999996 5513470.130000001, 340229.83999999985 5513440.93, 340225.16000000015 5513325.880000001, 340223.3700000001 5513295.26, 340229.36000000034 5513247.279999999, 340259.1699999999 5513147.390000001, 340264.9199999999 5513137.23, 340284.1299999999 5513116, 340299.36000000034 5513064.25, 340299.9299999997 5512977.960000001, 340302.1299999999 5512966.4, 340350.8499999996 5512846.84, 340330.13999999966 5512763.640000001, 340329.8099999996 5512751.869999999, 340332.38999999966 5512738.140000001, 340339.1699999999 5512734.279999999, 340371.95999999996 5512746.01, 340408.1200000001 5512737.27, 340438.0099999998 5512721.800000001, 340479.4199999999 5512662.539999999, 340488.6200000001 5512649.52, 340519.0700000003 5512606.449999999, 340545.08999999985 5512581.18, 340583.6799999997 5512550.15, 340587.4199999999 5512546.289999999, 340584.51999999955 5512539.949999999, 340586.3300000001 5512530.359999999, 340607.5099999998 5512509.84, 340650.95999999996 5512550.800000001, 340646.3499999996 5512558.84, 340638.6900000004 5512572.24, 340626.6200000001 5512593.32, 340592.8200000003 5512653.539999999, 340590.1200000001 5512658.92, 340596.2400000002 5512666.35, 340600.76999999955 5512678.210000001, 340603.86000000034 5512702.630000001, 340600.63999999966 5512732.130000001, 340594.66000000015 5512761.050000001, 340590.63999999966 5512799.199999999, 340590.46999999974 5512821.49, 340603.08999999985 5512865.23, 340610.4000000004 5512878.630000001, 340626.8200000003 5512891.59, 340686.76999999955 5512924.32, 340696.61000000034 5512940.5, 340711.9000000004 5512951.9, 340718.1500000004 5512968.32, 340719.0700000003 5512980.199999999, 340716.8099999996 5513004.93, 340713.6200000001 5513014.1, 340690.95999999996 5513048.380000001, 340694.23000000045 5513162.65, 340725.70999999996 5513271.4399999995, 340771.3300000001 5513366.77, 340834.3300000001 5513493.9399999995, 340842.76999999955 5513495.01, 340843.21999999974 5513486.9399999995, 340902.16000000015 5513416.16, 340918.63999999966 5513417.08, 340931.8099999996 5513412.74, 340983.4900000002 5513391.65, 340993.8700000001 5513396.1, 340996.7999999998 5513394.119999999, 341000.96999999974 5513390.460000001, 341003.76999999955 5513390.09, 341010.3099999996 5513388.140000001, 341072.2400000002 5513413.960000001, 341077.6799999997 5513424.8100000005, 341082.5 5513426, 341084.53000000026 5513417.82, 341088.3499999996 5513374.51, 341091.83999999985 5513359.0600000005, 341101.3200000003 5513346.050000001, 341136.2400000002 5513326.68, 341152.1799999997 5513323.51, 341168.3200000003 5513327.26, 341196.2599999998 5513331.52, 341234.5800000001 5513335.59, 341250.0099999998 5513334.6899999995, 341265.4400000004 5513328.380000001, 341274.29000000004 5513313.949999999, 341276.1699999999 5513290.6899999995, 341269.8499999996 5513261.41, 341385.4199999999 5513267.91, 341407.1299999999 5513337, 341419.79000000004 5513354.1, 341434.2999999998 5513360.52, 341440.78000000026 5513372.27, 341443.73000000045 5513383.66, 341445.9900000002 5513402.59, 341458.08999999985 5513398.6, 341460.0499999998 5513410.029999999, 341484.7000000002 5513394.529999999, 341512.9400000004 5513381.4, 341540.0800000001 5513365.800000001, 341541.7000000002 5513356.23, 341547.29000000004 5513352, 341557.66000000015 5513336.08, 341558.71999999974 5513325.029999999, 341573.4500000002 5513311.93, 341576.6500000004 5513316.8100000005, 341639.96999999974 5513373.8100000005, 341657.8099999996 5513385.779999999, 341668.4199999999 5513381.609999999, 341681.9000000004 5513384.369999999, 341706.5 5513480.039999999, 341707 5513481.99, 341713.5800000001 5513478.73, 341724.5700000003 5513475.359999999, 341727.3499999996 5513478.27, 341733.45999999996 5513479.32, 341737.36000000034 5513473.18, 341748.7000000002 5513464.57, 341755.1799999997 5513464.859999999, 341766.13999999966 5513461.59, 341770.75 5513460.99, 341776.6699999999 5513463.529999999, 341791.7400000002 5513464.66, 341801.78000000026 5513467.93, 341809.9400000004 5513467.949999999, 341816.96999999974 5513465, 341821.5800000001 5513465.9399999995, 341823.83999999985 5513468.34, 341832.70999999996 5513463.67, 341843.21999999974 5513462.1899999995, 341852.75 5513459.77, 341875.33999999985 5513459.890000001, 341927.3799999999 5513449.32, 341942.9199999999 5513441.51, 341943.0700000003 5513442.48, 341946.4199999999 5513443.99, 341951.25 5513441.029999999, 341965.21999999974 5513436.34, 341970.7999999998 5513439.3100000005, 341983.16000000015 5513435.289999999, 342006.3099999996 5513429.109999999, 342015.4900000002 5513425.57, 342028.8200000003 5513424.779999999, 342059.01999999955 5513419.699999999, 342060.3700000001 5513422.640000001, 342127.3799999999 5513412.460000001, 342136.08999999985 5513403.43, 342146.96999999974 5513404.619999999, 342158.0099999998 5513402.67, 342164.0599999996 5513395.300000001, 342176.8200000003 5513370.949999999, 342183.2599999998 5513357, 342189.79000000004 5513336.4, 342193.01999999955 5513331.02, 342198.8099999996 5513325.0600000005, 342203.9199999999 5513323.73, 342215.78000000026 5513308.1899999995, 342222.6699999999 5513299.25, 342230.6799999997 5513296.27, 342247.0800000001 5513278.960000001, 342257.4500000002 5513276.73, 342261.01999999955 5513274.24, 342265.71999999974 5513277.699999999, 342272.91000000015 5513280.92, 342290.54000000004 5513279.390000001, 342298.7000000002 5513271.58, 342313.8099999996 5513269.789999999, 342325.3200000003 5513268.02, 342333.3200000003 5513271.34, 342352.4400000004 5513271.35, 342352.5 5513272.4399999995)), ((343204.75 5513039.42, 343180.29000000004 5513040.17, 343178.1900000004 5513040.199999999, 343176.08999999985 5513040.220000001, 343173.79000000004 5513025.77, 343172.28000000026 5513014.1899999995, 343173.2599999998 5513010.49, 343172.70999999996 5513003.15, 343169.1799999997 5513002.300000001, 343164.3099999996 5513001.130000001, 343161.01999999955 5513000.34, 343131.4400000004 5512993.210000001, 343124.33999999985 5512991.49, 343135.16000000015 5512948.369999999, 343145.4900000002 5512933.779999999, 343152.03000000026 5512924.529999999, 343167.1699999999 5512903.15, 343218.2000000002 5512859.5, 343263.3700000001 5512840.02, 343301.21999999974 5512822.6, 343349.83999999985 5512806.83, 343383.53000000026 5512789.550000001, 343400.9500000002 5512776.75, 343416.53000000026 5512759.59, 343431.91000000015 5512750.359999999, 343446.88999999966 5512741.369999999, 343453.63999999966 5512737.289999999, 343470.8799999999 5512726.869999999, 343498.6900000004 5512710.08, 343530.4900000002 5512699.880000001, 343552.03000000026 5512687.52, 343564.13999999966 5512680.57, 343606.66000000015 5512666.5600000005, 343612.28000000026 5512664.699999999, 343651.6699999999 5512651.720000001, 343666.4400000004 5512642.15, 343678.78000000026 5512634.140000001, 343694.5999999996 5512623.890000001, 343722.9199999999 5512579.119999999, 343724.46999999974 5512575.640000001, 343737.26999999955 5512546.779999999, 343745.1799999997 5512528.9399999995, 343747.6799999997 5512523.300000001, 343747.08999999985 5512510.289999999, 343746.5999999996 5512499.449999999, 343716.70999999996 5512452.779999999, 343714.33999999985 5512449.08, 343703.70999999996 5512407.74, 343701.83999999985 5512400.460000001, 343702.6900000004 5512388.18, 343704.71999999974 5512358.859999999, 343713.4000000004 5512332.73, 343725.4400000004 5512296.51, 343751.33999999985 5512299.029999999, 343761.61000000034 5512300.029999999, 343763.23000000045 5512300.1899999995, 343764.54000000004 5512300.3100000005, 343766.28000000026 5512300.49, 343778.2999999998 5512301.6899999995, 343783.95999999996 5512301.59, 343962.7000000002 5512283.75, 343962.6900000004 5512302.27, 343959.8700000001 5512344.41, 343954.4500000002 5512359.130000001, 343954.4000000004 5512376.65, 343956.98000000045 5512403.5600000005, 343962.1500000004 5512438.880000001, 343967.78000000026 5512492.1899999995, 343974.63999999966 5512532.4399999995, 343982.4500000002 5512558.65, 344036.79000000004 5512578.99, 344082.16000000015 5512568.67, 344139.58999999985 5512578.380000001, 344188.78000000026 5512582.42, 344192.2999999998 5512557.76, 344059.8499999996 5512505.02, 344062.70999999996 5512488.890000001, 344113.2400000002 5512438.84, 344157.13999999966 5512410.57, 344199.76999999955 5512419.369999999, 344235.2400000002 5512417.949999999, 344282.0800000001 5512406.42, 344585.41000000015 5512512.300000001, 344589.0800000001 5512519.140000001, 344581.3300000001 5512584.050000001, 344587.61000000034 5512584.73, 344596.5800000001 5512585.699999999, 344605.4000000004 5512586.65, 344631.76999999955 5512565.42, 344617.2599999998 5512746.5, 344616.8700000001 5512751.35, 344612.9299999997 5512800.91, 344608.7999999998 5512804.08, 344597.98000000045 5512816.640000001, 344598.4900000002 5512827.27, 344601.28000000026 5512884.85, 344584.0599999996 5512948.720000001, 344567.51999999955 5512977.48, 344540.03000000026 5512987.380000001, 344472.8799999999 5512981.82, 344416.3099999996 5512973.33, 344333.03000000026 5512933.779999999, 344306.11000000034 5512914.98, 344291.21999999974 5512893.960000001, 344276.96999999974 5512895.9, 344272.16000000015 5512903.17, 344271.96999999974 5512914.23, 344258.76999999955 5512909.85, 344254.5099999998 5512907.43, 344254.5 5512896.5, 344246.54000000004 5512890.9399999995, 344221.38999999966 5512890.83, 344211.6900000004 5512880.4399999995, 344206.38999999966 5512872.220000001, 344196.16000000015 5512868.630000001, 344186.3799999999 5512871.65, 344171.28000000026 5512862.539999999, 344150.03000000026 5512858.0</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6206-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6206-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6206-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6206-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-084" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6206-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6206-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6206-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-084" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6206-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6206-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6206-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108911</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.15637589801</v>
+        <v>46069.69863924214</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>