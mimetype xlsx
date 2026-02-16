--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6205-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((330805.3700000001 5510808.279999999, 330802.7599999998 5510809.890000001, 330802.01999999955 5510809.5600000005, 330810.8799999999 5510782.5, 330783 5510773.92, 330775.3499999996 5510800.1899999995, 330771.45999999996 5510798.92, 330746.91000000015 5510790.890000001, 330722.8099999996 5510783.039999999, 330704.1900000004 5510776.970000001, 330663.53000000026 5510745.59, 330661.5599999996 5510745.869999999, 330651 5510747.34, 330600.2400000002 5510754.369999999, 330553.5099999998 5510761.710000001, 330477.8300000001 5510771.58, 330402.51999999955 5510780.359999999, 330375.54000000004 5510782.5600000005, 330347.6799999997 5510785.01, 330310.8099999996 5510790, 330293.51999999955 5510795.83, 330297.8499999996 5510793, 330307.5999999996 5510786.66, 330304.9500000002 5510783.75, 330291.7400000002 5510769.300000001, 330242.76999999955 5510715.76, 330218.6299999999 5510687.65, 330207.29000000004 5510674.4399999995, 330185.73000000045 5510649.98, 330190.16000000015 5510646.5600000005, 330146.6299999999 5510591.3100000005, 330098.4900000002 5510523.26, 330093.2000000002 5510515.8100000005, 330079.78000000026 5510519.35, 330071.73000000045 5510521.49, 330053.7999999998 5510526.23, 330021.20999999996 5510534.85, 329996.6200000001 5510541.34, 329974.5 5510544.3100000005, 329961.6500000004 5510541.23, 329927.9000000004 5510536.039999999, 329926.5 5510535.83, 329925.8200000003 5510535.73, 329920.95999999996 5510534.99, 329898.95999999996 5510531.630000001, 329841.6200000001 5510522.859999999, 329833.54000000004 5510521.619999999, 329829.66000000015 5510521.039999999, 329804.9900000002 5510553.289999999, 329757.53000000026 5510526.98, 329755.5499999998 5510529.130000001, 329753.2599999998 5510531.619999999, 329751.45999999996 5510533.5600000005, 329749.79000000004 5510535.369999999, 329747.7000000002 5510537.630000001, 329747.8499999996 5510532.199999999, 329759.4400000004 5510480.5600000005, 329755.95999999996 5510458.17, 329737.4199999999 5510421.83, 329687.4400000004 5510370.380000001, 329590.5800000001 5510288.279999999, 329542.01999999955 5510235.800000001, 329534.54000000004 5510226.17, 329534.0499999998 5510225.32, 329524.4500000002 5510208.880000001, 329516.3099999996 5510193.630000001, 329547.76999999955 5510169.960000001, 329569.3300000001 5510148.789999999, 329601.5099999998 5510094.640000001, 329646.2000000002 5510024.57, 329615.1299999999 5509984.83, 329561.78000000026 5509914.449999999, 329584.28000000026 5509888.43, 329527.9500000002 5509809.8100000005, 329502.5 5509726.210000001, 329494.1900000004 5509698.93, 329468.16000000015 5509620.390000001, 329439.98000000045 5509562.8100000005, 329385.9400000004 5509435.57, 329294.3700000001 5509303.67, 329238.79000000004 5509236.390000001, 329212.20999999996 5509204.199999999, 329202.6900000004 5509186.42, 329197.78000000026 5509177.58, 329191.4000000004 5509166.09, 329184.21999999974 5509156.640000001, 329165.4299999997 5509131.92, 329138.83999999985 5509097.6, 329093.79000000004 5509037.25, 329072.7599999998 5509007.74, 329063.25 5508986.27, 329058.3200000003 5508961.82, 329057.13999999966 5508901.16, 329057.16000000015 5508893.98, 329057.6299999999 5508825.789999999, 329057.66000000015 5508786.220000001, 329057.66000000015 5508781.35, 329062.46999999974 5508780.460000001, 329072.7999999998 5508777.26, 329144 5508806.25, 329214.1299999999 5508834.84, 329282.5700000003 5508862.74, 329349.1299999999 5508889.869999999, 329345.45999999996 5508899.619999999, 329346.1900000004 5508906.210000001, 329356.0999999996 5508906.4399999995, 329363.95999999996 5508900.300000001, 329372.48000000045 5508883.32, 329376.03000000026 5508871.41, 329375.38999999966 5508865.99, 329372.8300000001 5508864.16, 329335.0800000001 5508851.83, 329263.4900000002 5508822.43, 329263.41000000015 5508822.390000001, 329262.4000000004 5508816.09, 329334.5800000001 5508732.1899999995, 329411.7000000002 5508642.550000001, 329378.41000000015 5508611.34, 329344.4900000002 5508580.51, 329311.48000000045 5508550.5, 329322.16000000015 5508534.09, 329299.25 5508514.4399999995, 329236.4199999999 5508557.6899999995, 329133.83999999985 5508476.369999999, 329122.71999999974 5508463.880000001, 329123.2999999998 5508454.3100000005, 329137.41000000015 5508442.65, 329151.0800000001 5508431.33, 329143.20999999996 5508419.220000001, 329139.0800000001 5508412.869999999, 329154.9400000004 5508399.220000001, 329175.9500000002 5508385.15, 329168.2999999998 5508361.83, 329156.2000000002 5508360.15, 329155.26999999955 5508366.51, 329139.03000000026 5508372.33, 329108.8499999996 5508383.140000001, 329102.51999999955 5508385.42, 329087.6200000001 5508395.01, 329069.79000000004 5508387.9399999995, 329082.0999999996 5508389.59, 329084.5800000001 5508372.32, 329088.04000000004 5508356.960000001, 329095.5999999996 5508342.74, 329105.13999999966 5508322.48, 329117.6299999999 5508306.52, 329129.1500000004 5508295.140000001, 329121.2000000002 5508281.199999999, 329125.7999999998 5508276.539999999, 329139.48000000045 5508266.050000001, 329154.25 5508254.699999999, 329184.6699999999 5508235.869999999, 329304.4299999997 5508172.539999999, 329312.1799999997 5508168.43, 329400.7599999998 5508121.42, 329405.4400000004 5508118.93, 329412.5999999996 5508115.15, 329593.91000000015 5508019.52, 329611.25 5508010.369999999, 329611.2999999998 5508010.35, 329723.0800000001 5507951.390000001, 329914.5700000003 5507852.550000001, 329956.0599999996 5507836.77, 329961.73000000045 5507834.640000001, 330033.5499999998 5507807.609999999, 330048.48000000045 5507790.369999999, 330121.8099999996 5507839.68, 330131.45999999996 5507850.68, 330167.7599999998 5507892.050000001, 330176.0800000001 5507904.029999999, 330214.8099999996 5507967.32, 330246.1900000004 5508043.93, 330305.70999999996 5508150.35, 330331.21999999974 5508191.99, 330362.9199999999 5508243.699999999, 330417.79000000004 5508333.23, 330467.4500000002 5508424.51, 330472.6900000004 5508418.869999999, 330474.2400000002 5508417.199999999, 330486.9000000004 5508403.5, 330499.95999999996 5508389.41, 330501.33999999985 5508387.91, 330508.8200000003 5508379.82, 330525.26999999955 5508362.0600000005, 330539.5700000003 5508346.609999999, 330560.6299999999 5508323.859999999, 330561.2599999998 5508323.17, 330564.9500000002 5508308.93, 330572.95999999996 5508298.359999999, 330588.78000000026 5508290.869999999, 330603.28000000026 5508284, 330607.7599999998 5508282.07, 330622.58999999985 5508275.74, 330624.79000000004 5508274.800000001, 330632.48000000045 5508271.48, 330634.78000000026 5508271.07, 330645.91000000015 5508269.039999999, 330650.8499999996 5508268.15, 330670.29000000004 5508259.529999999, 330671.6699999999 5508258.91, 330675.3499999996 5508257.24, 330682.91000000015 5508253.8100000005, 330685.7599999998 5508252.220000001, 330734.23000000045 5508329.84, 330768.2400000002 5508384.33, 330807.3499999996 5508447.24, 330835.3799999999 5508474.93, 330842.2599999998 5508481.720000001, 330841.98000000045 5508480.210000001, 330849.3099999996 5508487.18, 330871.51999999955 5508513.470000001, 330873.71999999974 5508519.98, 330876.03000000026 5508524.49, 330879.48000000045 5508535.41, 330882.96999999974 5508537.529999999, 330885.38999999966 5508540.449999999, 330888.6900000004 5508542.869999999, 330891.75 5508544.42, 330896.21999999974 5508547.880000001, 330907.3799999999 5508560.5, 330913.71999999974 5508573.289999999, 330917.0499999998 5508576.4399999995, 330924.76999999955 5508586.449999999, 330926.9000000004 5508590.470000001, 330943.04000000004 5508609.43, 330953.54000000004 5508629.68, 330959.58999999985 5508653.970000001, 330961.25 5508672.77, 330960.28000000026 5508673.07, 330960.0700000003 5508702.710000001, 330960.01999999955 5508708.800000001, 330959.5800000001 5508714.800000001, 330958.9000000004 5508724.07, 330957.4299999997 5508744.18, 330955.86000000034 5508765.65, 330954.1500000004 5508789.140000001, 330949.5800000001 5508789.039999999, 330950.45999999996 5508834.66, 330953.26999999955 5508865.65, 330956.58999999985 5508902.1899999995, 330992.8499999996 5508978.48, 331012.0499999998 5509029.57, 331036.2599999998 5509085.15, 331082.9500000002 5509162.1, 331083.1799999997 5509162.66, 331098.71999999974 5509201.369999999, 331119.96999999974 5509260.699999999, 331142.01999999955 5509370.6899999995, 331126.1900000004 5509432.949999999, 331129.4500000002 5509432.09, 331151.36000000034 5509426.34, 331174.61000000034 5509451.300000001, 331197.78000000026 5509483.380000001, 331237.5 5509586.48, 331239.70999999996 5509592.24, 331258.8200000003 5509637.02, 331269.3099999996 5509655.58, 331281.36000000034 5509676.92, 331301.4400000004 5509694.76, 331315.26999999955 5509711.460000001, 331346.3499999996 5509753.119999999, 331408.36000000034 5509836.27, 331470.86000000034 5509901.65, 331490.7000000002 5509937.720000001, 331525.63999999966 5509963.210000001, 331579.46999999974 5510037.66, 331585.23000000045 5510045.630000001, 331592.73000000045 5510059.210000001, 331606.79000000004 5510081.380000001, 331750.1299999999 5510227.92, 331770.8799999999 5510253.539999999, 331796.91000000015 5510292.949999999, 331814.2999999998 5510326.890000001, 331823.04000000004 5510346.289999999, 331817.51999999955 5510346.279999999, 331811.91000000015 5510346.27, 331806.70999999996 5510340.01, 331789.01999999955 5510318.720000001, 331771.3799999999 5510297.49, 331702.5800000001 5510244.130000001, 331642.8099999996 5510200.869999999, 331607.86000000034 5510175.66, 331558.3700000001 5510147.9399999995, 331540.0499999998 5510137.68, 331479.3300000001 5510096.220000001, 331466.61000000034 5510106.720000001, 331463.6200000001 5510109.1899999995, 331453.0499999998 5510117.9, 331394.6900000004 5510081.539999999, 331343.21999999974 5510031.789999999, 331338.20999999996 5510035.039999999, 331333.4900000002 5510038.119999999, 331317.0999999996 5510048.76, 331311.1799999997 5510052.59, 331307.61000000034 5510054.91, 331297.3200000003 5510061.6, 331294.5 5510063.42, 331291.5700000003 5510065.32, 331272.53000000026 5510034.52, 331283.1200000001 5510114.199999999, 331287.0499999998 5510143.789999999, 331278.6500000004 5510155.630000001, 331276.96999999974 5510157.98, 331290.79000000004 5510167.76, 331307.0599999996 5510179.26, 331310.5599999996 5510181.74, 331320.33999999985 5510188.66, 331336.70999999996 5510205.77, 331284.8799999999 5510277.630000001, 331259.96999999974 5510338.539999999, 331141.03000000026 5510481.609999999, 331115.5999999996 5510550.300000001, 331110.3200000003 5510551.52, 331110.95999999996 5510567.970000001, 331105.76999999955 5510587.619999999, 331089.26999999955 5510617.73, 331084.4900000002 5510626.460000001, 331084.0800000001 5510627.210000001, 331082.1699999999 5510637.9399999995, 331080.46999999974 5510636.65, 331037.2599999998 5510653.869999999, 331015.5099999998 5510662.539999999, 330958.01999999955 5510685.82, 330928.6299999999 5510691.109999999, 330914.20999999996 5510699.15, 330861.8200000003 5510739.91, 330859.20999999996 5510742.960000001, 330849.0999999996 5510774.91, 330831.29000000004 5510792.390000001, 330805.3700000001 5510808.279999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6205-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6205-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-083" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6205-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-083" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6205-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108910</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.88317469925</v>
+        <v>46069.85507073368</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>