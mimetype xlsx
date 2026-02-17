--- v0 (2025-11-08)
+++ v1 (2026-02-17)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6205-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((321701.5 5508065.52, 321676.13999999966 5508037.57, 321603.01999999955 5507956.970000001, 321569.98000000045 5507920.5600000005, 321557.6699999999 5507939.140000001, 321550.9400000004 5507949.279999999, 321544.8499999996 5507958.460000001, 321538.4500000002 5507968.130000001, 321525.58999999985 5507987.119999999, 321520 5507995.550000001, 321515.29000000004 5508002.67, 321509.6200000001 5508010.76, 321504.78000000026 5508018.17, 321494.0099999998 5508034.27, 321488.5800000001 5508042.390000001, 321486.71999999974 5508045.15, 321482.8499999996 5508050.9, 321477.3700000001 5508059.050000001, 321472.0700000003 5508066.91, 321467.9199999999 5508073.23, 321464.5599999996 5508078.35, 321461.26999999955 5508083.359999999, 321455.48000000045 5508091.77, 321453.8200000003 5508094.18, 321425.13999999966 5508047.619999999, 321356.2400000002 5507935.77, 321350.9199999999 5507939.890000001, 321339.03000000026 5507949.109999999, 321256.58999999985 5507765.41, 321254.76999999955 5507761.93, 321265.4299999997 5507761.359999999, 321288.1699999999 5507760.18, 321287.8799999999 5507732.99, 321287.5999999996 5507706.91, 321260.9000000004 5507706.619999999, 321262.3099999996 5507701.32, 321272.2000000002 5507658.199999999, 321230.5999999996 5507651.300000001, 321210.2999999998 5507701.3100000005, 321189.01999999955 5507695.779999999, 321183.3799999999 5507694.779999999, 321177.54000000004 5507713.59, 321176.1500000004 5507730.41, 321174.8300000001 5507744.529999999, 321184.7400000002 5507775.67, 321209.3300000001 5507837.67, 321230.51999999955 5507892.16, 321242.46999999974 5507922.8100000005, 321251.9000000004 5507941.85, 321254.28000000026 5507943.07, 321287.6500000004 5507988.039999999, 321306.6500000004 5508013.949999999, 321313.5 5508024.789999999, 321331.16000000015 5508060.029999999, 321334.88999999966 5508069.699999999, 321340.13999999966 5508081.43, 321342.6200000001 5508086.970000001, 321345.71999999974 5508093.9, 321366.95999999996 5508125.07, 321395.5599999996 5508161.029999999, 321451.41000000015 5508232.84, 321455.66000000015 5508238.3100000005, 321491.11000000034 5508285.73, 321526.7999999998 5508332.859999999, 321528.54000000004 5508338.98, 321529.5599999996 5508342.59, 321611.7400000002 5508440.9399999995, 321616.71999999974 5508471.460000001, 321620.45999999996 5508494.35, 321621.01999999955 5508497.82, 321676.45999999996 5508565.18, 321698.0499999998 5508581.300000001, 321728.8700000001 5508602.5600000005, 321747.8200000003 5508619.720000001, 321762.54000000004 5508630.869999999, 321794.6900000004 5508665.9, 321828.9500000002 5508707.24, 321844.5 5508727.779999999, 321869.86000000034 5508903.640000001, 321875.70999999996 5508900.92, 321895.6500000004 5508968.6899999995, 321910.61000000034 5509011.1, 321927.6799999997 5509068.460000001, 321931.0599999996 5509090.67, 321931.63999999966 5509118.98, 321929.9400000004 5509155.960000001, 321928.63999999966 5509156.07, 321924.3799999999 5509160.050000001, 321903.2999999998 5509166.93, 321884.8799999999 5509171.01, 321885.1799999997 5509183.859999999, 321885.48000000045 5509196.76, 321887.8799999999 5509200.630000001, 321897.61000000034 5509216.25, 321912.73000000045 5509240.52, 321914.1500000004 5509242.800000001, 321922.8499999996 5509256.779999999, 321930.79000000004 5509269.52, 321947.03000000026 5509283.5, 321952.9000000004 5509288.5600000005, 321952.8799999999 5509290.85, 321951.8200000003 5509292.890000001, 321948.23000000045 5509297.0600000005, 321946.51999999955 5509295.59, 321940.88999999966 5509302.140000001, 321934.23000000045 5509309.9, 321931.54000000004 5509313.029999999, 321951.9900000002 5509330.59, 321972.6699999999 5509348.359999999, 321966.54000000004 5509362.699999999, 321969.6200000001 5509371.0600000005, 321975.6500000004 5509388.220000001, 321948.2999999998 5509392.9, 321944.51999999955 5509397.699999999, 321949.86000000034 5509402.1899999995, 321935.73000000045 5509420.119999999, 321935.28000000026 5509420.6899999995, 321935 5509420.460000001, 321929.8300000001 5509416.3100000005, 321926.1799999997 5509414.470000001, 321913.70999999996 5509408.210000001, 321906.53000000026 5509417.99, 321905.11000000034 5509419.91, 321899.0999999996 5509428.1, 321897.36000000034 5509429.029999999, 321890.70999999996 5509431.23, 321877.4400000004 5509421.34, 321847.04000000004 5509402.17, 321833.26999999955 5509392.220000001, 321827.4199999999 5509387.99, 321821.4500000002 5509383.67, 321818.26999999955 5509374.34, 321814.79000000004 5509364.1899999995, 321802.08999999985 5509331.300000001, 321789.1200000001 5509292.699999999, 321783.8799999999 5509270.82, 321781.9199999999 5509251.82, 321781.46999999974 5509203.83, 321778.1200000001 5509182.890000001, 321773.20999999996 5509161.83, 321753.1900000004 5509113.73, 321744.3200000003 5509098.699999999, 321737.3099999996 5509088.8100000005, 321712.4199999999 5509060.710000001, 321700.9900000002 5509046.41, 321697.21999999974 5509040.960000001, 321692.45999999996 5509031.59, 321689.1500000004 5509021.199999999, 321684.83999999985 5509006.779999999, 321684.45999999996 5508991.529999999, 321685.51999999955 5508981.640000001, 321683.5599999996 5508971.82, 321679.4299999997 5508960.970000001, 321674.4900000002 5508955.57, 321675.6900000004 5508954.0600000005, 321679.63999999966 5508949.07, 321679.46999999974 5508948.93, 321681.8099999996 5508945.970000001, 321681.9900000002 5508946.1, 321683.26999999955 5508944.49, 321683.88999999966 5508943.699999999, 321678.4500000002 5508940.16, 321670.1200000001 5508934.32, 321658.8300000001 5508923.74, 321657.8300000001 5508925.460000001, 321653.1900000004 5508933.41, 321630.28000000026 5508913.98, 321605.9400000004 5508891.710000001, 321559.8300000001 5508849.529999999, 321530.7999999998 5508821.32, 321513.25 5508810.02, 321501.1900000004 5508804.15, 321485.28000000026 5508798.720000001, 321465.76999999955 5508794.699999999, 321465.6900000004 5508794.640000001, 321457.0999999996 5508792.369999999, 321429.16000000015 5508776.49, 321416.26999999955 5508766.800000001, 321415.2599999998 5508767.9, 321393.2400000002 5508747.470000001, 321373.6200000001 5508729.34, 321369.53000000026 5508725.5600000005, 321344.2599999998 5508704.3100000005, 321343.41000000015 5508703.49, 321341.8799999999 5508702.050000001, 321331.01999999955 5508691.75, 321306.5999999996 5508659.289999999, 321295.1699999999 5508641.51, 321287.7400000002 5508629.109999999, 321284.2400000002 5508611.84, 321283.2400000002 5508606.359999999, 321279.5800000001 5508591.75, 321287.3200000003 5508588.66, 321288.4500000002 5508588.210000001, 321286.7999999998 5508584.76, 321283.51999999955 5508573.890000001, 321280.0599999996 5508562.470000001, 321279.63999999966 5508561.119999999, 321279.78000000026 5508555.49, 321278.70999999996 5508553.539999999, 321242.16000000015 5508564.460000001, 321245.4000000004 5508571.18, 321240.0099999998 5508572.77, 321233.2000000002 5508574.77, 321226.41000000015 5508568.98, 321223.2400000002 5508571.550000001, 321212.0999999996 5508580.699999999, 321203.5 5508588.58, 321198.6500000004 5508593.18, 321187.48000000045 5508585.279999999, 321158.6699999999 5508544, 321137.8700000001 5508512.9399999995, 321130.0700000003 5508506.050000001, 321097.2400000002 5508481.65, 321085.3799999999 5508473.17, 321074.7000000002 5508465.529999999, 321073.70999999996 5508464.82, 321059.6299999999 5508456.15, 321048.9000000004 5508437.59, 321042.7000000002 5508429.18, 321031.6500000004 5508415.57, 321029.7599999998 5508413.23, 321012.5499999998 5508393, 320991.7000000002 5508368.27, 320986.38999999966 5508361.960000001, 320956.1500000004 5508327.279999999, 320950.66000000015 5508321, 320945.8799999999 5508321.91, 320942.20999999996 5508311.630000001, 320939.0999999996 5508302.93, 320969.86000000034 5508284.49, 320966.4000000004 5508273.029999999, 320973.3799999999 5508268.26, 320973.7400000002 5508261.42, 320962.3700000001 5508225.550000001, 320966.5800000001 5508224.050000001, 320949.8200000003 5508165.800000001, 320947.61000000034 5508158.109999999, 320935.1799999997 5508156.119999999, 320923.04000000004 5508140.01, 320909.7400000002 5508128.26, 320898.79000000004 5508122.07, 320899.53000000026 5508073.220000001, 320904.4900000002 5508072.130000001, 320909.0700000003 5508070.85, 320913.71999999974 5508070.1899999995, 320930.1299999999 5508067.82, 320932.70999999996 5508054.85, 320934.5499999998 5508038.68, 320934.78000000026 5508030.65, 320932.2999999998 5508016.539999999, 320927.23000000045 5508002.390000001, 320919.6500000004 5507987.09, 320910.63999999966 5507971.279999999, 320897.4299999997 5507960.34, 320885.11000000034 5507950.130000001, 320879.73000000045 5507948.779999999, 320878.5800000001 5507948.880000001, 320875.4299999997 5507949.710000001, 320871.83999999985 5507951.039999999, 320868.1900000004 5507952.380000001, 320862.4299999997 5507954.51, 320852.4299999997 5507952.23, 320849.5599999996 5507943.24, 320849.21999999974 5507923.720000001, 320850.8499999996 5507908.109999999, 320851.1799999997 5507902.8100000005, 320852.1299999999 5507897.65, 320853.96999999974 5507889.15, 320855.0700000003 5507877.699999999, 320850.7000000002 5507868.34, 320842.51999999955 5507848.35, 320837.53000000026 5507834.49, 320833.0499999998 5507820.85, 320826.4199999999 5507817.75, 320806.95999999996 5507817.48, 320796.5499999998 5507817.93, 320799.73000000045 5507813.449999999, 320866.2599999998 5507729.890000001, 320872.2599999998 5507727.8100000005, 320849.36000000034 5507639.630000001, 320833.8300000001 5507614, 320819.7000000002 5507586.85, 320807.0599999996 5507541.34, 320806.5499999998 5507516.01, 320811.5 5507486.039999999, 320871.4500000002 5507368.83, 320907.11000000034 5507296.68, 320935.7400000002 5507230.15, 320944.8300000001 5507211.43, 320950.11000000034 5507201.050000001, 320974.11000000034 5507182.33, 320985.0999999996 5507178.15, 321002.29000000004 5507175.34, 321000.78000000026 5507169.5600000005, 320994.78000000026 5507149.800000001, 320998.7999999998 5507149.24, 321004.79000000004 5507152.550000001, 321010.08999999985 5507155.02, 321023.41000000015 5507159.43, 321032.2999999998 5507163.050000001, 321045.5099999998 5507169.51, 321053.29000000004 5507166.73, 321058.5599999996 5507158.74, 321069.4900000002 5507140.6, 321073.1500000004 5507135.32, 321072.1699999999 5507122.91, 321076.03000000026 5507109.960000001, 321080.29000000004 5507104.449999999, 321092.45999999996 5507049.050000001, 321100.91000000015 5507005.65, 321101.3499999996 5506997.9399999995, 321099.8499999996 5506992.220000001, 321096.1900000004 5506985.57, 321081.7599999998 5506973.539999999, 321080.04000000004 5506966.75, 321079.83999999985 5506953.529999999, 321080.8700000001 5506939.49, 321081.0999999996 5506919.32, 321080.73000000045 5506911, 321075.88999999966 5506880.77, 321065.1299999999 5506840.57, 321068.8200000003 5506839.74, 321073.6699999999 5506838.66, 321082.48000000045 5506836.68, 321103 5506832.1899999995, 321112.1299999999 5506807.17, 321112.9900000002 5506806.970000001, 321204.98000000045 5506784.49, 321261.79000000004 5506770.619999999, 321268.0099999998 5506769.1, 321305.73000000045 5506759.890000001, 321336.83999999985 5506752.289999999, 321340.76999999955 5506751.32, 321361.3200000003 5506746.3100000005, 321387.1699999999 5506740.85, 321390.7599999998 5506744.66, 321417.5599999996 5506773.07, 321425.3099999996 5506781.289999999, 321517.73000000045 5506735.220000001, 321543.61000000034 5506759.970000001, 321558.70999999996 5506774.48, 321587.8499999996 5506763.25, 321614.46999999974 5506752.99, 321623.3700000001 5506750.32, 321631.9000000004 5506747.77, 321662.28000000026 5506738.68, 321671.4299999997 5506735.9399999995, 321702.71999999974 5506726.57, 321706.6500000004 5506722.880000001, 321718.6299999999 5506711.609999999, 321725.9000000004 5506704.789999999, 321730.76999999955 5506700.199999999, 321736.1799999997 5506695.130000001, 321741.7400000002 5506689.9, 321749.6200000001 5506682.49, 321753.36000000034 5506676.1, 321763.33999999985 5506659.039999999, 321771.1900000004 5506645.619999999, 321781.73000000045 5506670.630000001, 321793.45999999996 5506698.42, 321793.8499999996 5506699.34, 321798.3200000003 5506709.9399999995, 321807.41000000015 5506731.49, 321820.8099999996 5506763.23, 321837.79000000004 5506803.470000001, 321841.6799999997 5506812.6899999995, 321921.1699999999 5506842.07, 321942.8300000001 5506850.0600000005, 321969.04000000004 5506859.73, 321984.4400000004 5506858.52, 321996.95999999996 5506857.550000001, 322000.2999999998 5506857.289999999, 322004 5506857, 322008.5499999998 5506856.65, 322013.29000000004 5506856.279999999, 322019.5 5506855.800000001, 322027.20999999996 5506855.1899999995, 322043.41000000015 5506902.630000001, 322066.38999999966 5506945.49, 322059.75 5506950.029999999, 322095.33999999985 5506984.470000001, 322118.5800000001 5507004.43, 322140.6500000004 5507024.58, 322144.86000000034 5507021.23, 322148.98000000045 5507017.970000001, 322152.6500000004 5507015.039999999, 322154.1699999999 5507013.83, 322209.11000000034 5507075.289999999, 322207.9900000002 5507076.15, 322235.76999999955 5507116.08, 322274.9000000004 5507162.960000001, 322270.2999999998 5507166.33, 322267.8099999996 5507168.17, 322262.79000000004 5507171.85, 322256.5700000003 5507176.42, 322282.6699999999 5507199.16, 322306.08999999985 5507221.65, 322344.08999999985 5507254.279999999, 322369.9299999997 5507276.470000001, 322375.2999999998 5507281.029999999, 322380.4199999999 5507276.6, 322385.3499999996 5507272.34, 322388.25 5507269.83, 322390.13999999966 5507268.1899999995, 322394.70999999996 5507264.24, 322396.0099999998 5507263.130000001, 322397.9000000004 5507261.49, 322399.9299999997 5507259.73, 322403.9000000004 5507256.289999999, 322406.6699999999 5507259.359999999, 322445.3099999996 5507302.050000001, 322498.08999999985 5507360.33, 322499.88999999966 5507362.33, 322507.3499999996 5507354.84, 322508.0800000001 5507354.109999999, 322510.3200000003 5507351.859999999, 322512.41000000015 5507349.76, 322513.4400000004 5507348.720000001, 322516.0599999996 5507346.1, 322610.9000000004 5507439.57, 322606.16000000015 5507449.630000001, 322593.3099999996 5507476.9, 322584.91000000015 5507494.789999999, 322581.66000000015 5507501.699999999, 322571.1500000004 5507510.93, 322557.75 5507522.710000001, 322555.4400000004 5507526.73, 322556.2999999998 5507529.609999999, 322557.51999999955 5507533.68, 322558.71999999974 5507537.67, 322560.01999999955 5507542, 322563.5 5507548.789999999, 322567.1799999997 5507555.949999999, 322570.8200000003 5507563.02, 322574.28000000026 5507569.76, 322579.2400000002 5507575.279999999, 322584.9299999997 5507581.59, 322590.7000000002 5507588.380000001, 322592.98000000045 5507591, 322604.3099999996 5507598.130000001, 322565.3799999999 5507646.68, 322563.5499999998 5507648.949999999, 322562.7000000002 5507647.949999999, 322529.23000000045 5507690.41, 322536.16000000015 5507698.5600000005, 322530.25 5507706.039999999, 322538.3200000003 5507711.9, 322497.1299999999 5507763.5600000005, 322461.0800000001 5507808.470000001, 322457.8499999996 5507812.51, 322455.6500000004 5507815.470000001, 322462.13999999966 5507818.130000001, 322469.2400000002 5507821.27, 322489.5499999998 5507827.32, 322545.0700000003 5507839.17, 322581.5599999996 5507846.949999999, 322612.79000000004 5507853.210000001, 322634.6799999997 5507856.539999999, 322673.7000000002 5507865.41, 322695.53000000026 5507870.720000001, 322697.3200000003 5507871.24, 322764.1500000004 5507890.66, 322782.8799999999 5507898.01, 322784.28000000026 5507894.49, 322790.29000000004 5507882.33, 322835.5499999998 5507790.74, 322840.4199999999 5507770.08, 322844.9000000004 5507754, 322886.95999999996 5507773.49, 322907.4000000004 5507780.619999999, 322924.4900000002 5507784.6899999995, 322950.79000000004 5507789.279999999, 322966 5507794.5, 322987.0700000003 5507805.369999999, 323001.7000000002 5507817.789999999, 323003.86000000034 5507826.279999999, 323008.54000000004 5507839.220000001, 323012.1299999999 5507853.1, 323012.5 5507866.279999999, 323011.6699999999 5507866.4, 323011.01999999955 5507899.609999999, 323014.38999999966 5507934.01, 323015.4299999997 5507971.279999999, 323038.6799999997 5508015.73, 323009.96999999974 5508072.52, 322980.1299999999 5508131.640000001, 322970.9400000004 5508149.83, 322948.3200000003 5508194.619999999, 322938.5599999996 5508213.92, 322939.78000000026 5508228.4399999995, 322916.26999999955 5508223.41, 322892.75 5508206.529999999, 322890.95999999996 5508209.9, 322881.7999999998 5508223.85, 322878.86000000034 5508237.23, 322876.1200000001 5508249.66, 322874.70999999996 5508257.300000001, 322870.4299999997 5508280.630000001, 322862.0700000003 5508326.23, 322857.5700000003 5508352.59, 322865.6200000001 5508358.92, 322870.7000000002 5508362.9, 322878.38999999966 5508368.93, 322886.6799999997 5508375.449999999, 322896.58999999985 5508383.220000001, 322903.71999999974 5508388.83, 322890.6900000004 5508406.34, 322890.41000000015 5508406.710000001, 322877.54000000004 5508424, 322877.1500000004 5508424.529999999, 322869.4900000002 5508434.84, 322865.9400000004 5508439.91, 322864.58999999985 5508441.83, 322855.21999999974 5508455.24, 322851.1900000004 5508460.99, 322843.5099999998 5508470.67, 322826.6200000001 5508491.970000001, 322824.70999999996 5508494.369999999, 322752.88999999966 5508471.25, 322740.8799999999 5508489.66, 322650.70999999996 5508416.039999999, 322633.4500000002 5508420.619999999, 322605.96999999974 5508441.66, 322613.7599999998 5508457.48, 322639.9900000002 5508486.92, 322646.9199999999 5508494.67, 322642.61000000034 5508500.289999999, 322626.0700000003 5508516.51, 322611.28000000026 5508530.99, 322601.04000000004 5508541.01, 322580.13999999966 5508560.8100000005, 322573.4900000002 5508567.109999999, 322570.6299999999 5508563.41, 322556.63999999966 5508545.08, 322515 5508571.24, 322482.2400000002 5508590.91, 322463.01999999955 5508596.41, 322457.3200000003 5508598.859999999, 322467.6500000004 5508582.49, 322471.9400000004 5508571.23, 322466.0099999998 5508554.77, 322461.75 5508547.25, 322460.28000000026 5508532.92, 322464.9299999997 5508516.34, 322435.48000000045 5508537.41, 322401.6500000004 5508555.220000001, 322381.91000000015 5508565.609999999, 322340.5499999998 5508581.130000001, 322333.71999999974 5508566.779999999, 322330.1200000001 5508559.23, 322329.1699999999 5508557.23, 322325.4199999999 5508549.380000001, 322317.4500000002 5508532.67, 322309.0499999998 5508515.08, 322300.7999999998 5508497.76, 322292.26999999955 5508479.9, 322283.0800000001 5508483.59, 322209.0599999996 5508513.32, 322165.26999999955 5508530.92, 322155.5599999996 5508534.82, 322152.6500000004 5508517.880000001, 322150.96999999974 5508508, 322147.01999999955 5508484.880000001, 322144.3799999999 5508469.4, 322033.5499999998 5508486.4, 322038.2000000002 5508464, 322040.3799999999 5508453.4399999995, 322043.9299999997 5508436.35, 322047.63999999966 5508418.4399999995, 322049.46999999974 5508409.640000001, 322051.3099999996 5508400.779999999, 321920.5999999996 5508330.630000001, 321917.61000000034 5508329.029999999, 321920.96999999974 5508318.949999999, 321777.16000000015 5508237.130000001, 321766.0800000001 5508230.83, 321765.51999999955 5508220.970000001, 321758.7599999998 5508222.17, 321749.08999999985 5508216.779999999, 321704.63999999966 5508173.710000001, 321648.6699999999 5508119.48, 321654.51999999955 5508113.58, 321662.2999999998 5508105.74, 321670.0099999998 5508097.83, 321678.1900000004 5508089.4399999995, 321686.3300000001 5508081.09, 321701.5 5508065.52)), ((321628.0700000003 5509473.23, 321590.36000000034 5509474.039999999, 321585.45999999996 5509470.65, 321556.11000000034 5509471.109999999, 321543.9000000004 5509468.08, 321543.9900000002 5509478.33, 321420.16000000015 5509473.9399999995, 321368.16000000015 5509476.23, 321340.13999999966 5509478.859999999, 321306.86000000034 5509480.1, 321268.6299999999 5509480.77, 321260.7599999998 5509481.880000001, 321257.08999999985 5509474.23, 321249.36000000034 5509458.050000001, 321227.29000000004 5509450.289999999, 321196.45999999996 5509439.4399999995, 321166.6799999997 5509428.960000001, 321117.0499999998 5509423.050000001, 321105.2400000002 5509422.74, 321123.91000000015 5509337.85, 321125.1500000004 5509332.1899999995, 321118.88999999966 5509331.640000001, 321113.9000000004 5509331.199999999, 321097.0700000003 5509328.65, 321088.0700000003 5509327.27, 321080.8099999996 5509326.15, 321066.6500000004 5509323.9399999995, 321063.1299999999 5509323.4, 321062.11000000034 5509323.25, 321045.5499999998 5509320.880000001, 321037.66000000015 5509318.6899999995, 321043.9400000004 5509292.23, 321041.1500000004 5509290.85, 321017.78000000026 5509279.34, 320996.0999999996 5509275.630000001, 320974.4199999999 5509271.93, 320971.2599999998 5509289.57, 320969.8300000001 5509297.710000001, 320969.3099999996 5509300.470000001, 320963.45999999996 5509308.539999999, 320958.41000000015 5509315.58, 320948.08999999985 5509312.27, 320924.4000000004 5509305.300000001, 320918.98000000045 5509327.640000001, 320912.5800000001 5509354.0600000005, 320907.41000000015 5509375.4, 320893.3499999996 5509374.470000001, 320886.38999999966 5509374.029999999, 320869.46999999974 5509372.91, 320874.11000000034 5509350.67, 320852.58999999985 5509348.1899999995, 320845.5499999998 5509347.380000001, 320836.4400000004 5509346.3100000005, 320824.2999999998 5509344.9, 320820.1799999997 5509344.42, 320796.46999999974 5509341.67, 320783.79000000004 5509340.27, 320755.13999999966 5509336.710000001, 320735.36000000034 5509334.08, 320700.7999999998 5509331.76, 320697.01999999955 5509331.51, 320686.2000000002 5509330.789999999, 320676.20999999996 5509330.119999999, 320668.0800000001 5509329.58, 320658.86000000034 5509328.970000001, 320646.48000000045 5509328.140000001, 320642.2999999998 5509328.029999999, 320642.29000000004 5509327.869999999, 320642.96999999974 5509318.83, 320643.25 5509315.5, 320643.9199999999 5509306.470000001, 320644.1500000004 5509303.369999999, 320646.38999999966 5509273.220000001, 320647.4500000002 5509259.52, 320648.29000000004 5509248.869999999, 320649.48000000045 5509237.83, 320651.4500000002 5509219.470000001, 320651.5099999998 5509218.85, 320652.21999999974 5509212.1, 320653.1699999999 5509207.1899999995, 320658.0499999998 5509208.300000001, 320659 5509203.41, 320659.21999999974 5509202.369999999, 320660.21999999974 5509197.1, 320660.4299999997 5509196.140000001, 320664.9299999997 5509172.8100000005, 320659.9000000004 5509171.970000001, 320660.70999999996 5509167.6, 320642.0800000001 5509164.800000001, 320622.1200000001 5509161.74, 320620.9900000002 5509166.77, 320601.04000000004 5509164.25, 320582.08999999985 5509161.92, 320562.2000000002 5509159.41, 320543.26999999955 5509157.130000001, 320530.95999999996 5509155.57, 320520.78000000026 5509153.970000001, 320521.58999999985 5509147.539999999, 320523.0700000003 5509128.449999999, 320524.78000000026 5509116.369999999, 320522.9400000004 5509116.01, 320527.1900000004 5509104.42, 320527.98000000045 5509102.210000001, 320503.75 5509097, 320469.76999999955 5509089.970000001, 320459.8300000001 5509088.27, 320456.0599999996 5509087.630000001, 320410.4000000004 5509078.59, 320362.2000000002 5509073.84, 320317.96999999974 5509069.49, 320317.91000000015 5509070.59, 320243.4400000004 5509069.15, 320199.03000000026 5509069.15, 320199.29000000004 5509060.27, 320111.6699999999 5509060.6, 320106.7999999998 5509060.609999999, 320106.4000000004 5509059.23, 320104.8799999999 5509053.9, 320103.3499999996 5509048.59, 320102.51999999955 5509045.66, 320100.2599999998 5509037.76, 320099.8099999996 5509036.199999999, 320098.8499999996 5509033.4399999995, 320097.2999999998 5509028.98, 320091.73000000045 5509009.26, 320089.71999999974 5509002.08, 320088.6200000001 5508998.1899999995, 320088.63999999966 5508994.6, 320088.6799999997 5508980.550000001, 320088.6799999997 5508979.369999999, 320088.7000000002 5508974.41, 320088.7400000002 5508963.869999999, 320088.73000000045 5508958.710000001, 320088.73000000045 5508944.6, 320088.7400000002 5508938.109999999, 320088.73000000045 5508932.66, 320088.7400000002 5508929.01, 320089.3300000001 5508925.42, 320090.5800000001 5508917.75, 320092.8200000003 5508903.98, 320095.5599999996 5508867.609999999, 320097.1299999999 5508846.59, 320079.8799999999 5508834.720000001, 320068.4500000002 5508837.76, 320057.53000000026 5508840.4, 320047.98000000045 5508843.0600000005, 320035.98000000045 5508846.17, 320007.8799999999 5508849.98, 319989.8799999999 5508846.76, 319949.98000000045 5508830.24, 319882.04000000004 5508797.960000001, 319875.8300000001 5508729.630000001, 319871.9400000004 5508711.26, 319889.8200000003 5508674.5, 319897.26999999955 5508658.74, 319912.41000000015 5508632.58, 319917.7400000002 5508623.119999999, 319923.3300000001 5508613.1899999995, 319926.51999999955 5508607.52, 319921.4900000002 5508600.9399999995, 319917.4199999999 5508596.9399999995, 319855.91000000015 5508536.48, 319817.08999999985 5508501.48, 319810.96999999974 5508495.970000001, 319811.1900000004 5508472.42, 319811.5800000001 5508430.630000001, 319811.7400000002 5508413.84, 319811.8300000001 5508404.42, 319812.16000000015 5508369.720000001, 319812.1699999999 5508367.9, 319812.26999999955 5508358.73, 319812.33999999985 5508351.720000001, 319812.5599999996 5508330.17, 319809.7999999998 5508330.08, 319811.3099999996 5508317.529999999, 319824.5099999998 5508139.9399999995, 319829.33999999985 5508103.539999999, 319835.6799999997 5508088.01, 319869.0700000003 5508051.18, 319917.45999999996 5507998.26, 320008.7599999998 5507930.109999999, 320068.25 5507862.41, 320115.6900000004 5507815.460000001, 320141.66000000015 5507801.16, 320184.0999999996 5507858.01, 320172.28000000026 5507877.9, 320246.04000000004 5507936.970000001, 320286.36000000034 5507966.029999999, 320279.4400000004 5507991.0600000005, 320288.1699999999 5507995.35, 320305.7999999998 5507996.720000001, 320308.5999999996 5507990.99, 320310.78000000026 5507986.51, 320357.86000000034 5508009.039999999, 320364.6299999999 5508012.279999999, 320378.25 5508023.59, 320390.96999999974 5508035.6899999995, 320402.0700000003 5508049.039999999, 320416.9900000002 5508070.5, 320404.0800000001 5508078.039999999, 320416.6299999999 5508112.029999999, 320428.03000000026 5508150.09, 320436.6299999999 5508184.119999999, 320438.79000000004 5508218.4399999995, 320435.70999999996 5508259.08, 320425.41000000015 5508259.220000001, 320415.8499999996 5508259.359999999, 320393.03000000026 5508259.67, 320363.8799999999 5508329.630000001, 320367.4299999997 5508357.279999999, 320374.41000000015 5508360.67, 320375.2400000002 5508361.08, 320388.91000000015 5508367.720000001, 320406.58999999985 5508376.3100000005, 320432.98000000045 5508389.140000001, 320439.0999999996 5508392.1, 320454.2999999998 5508399.460000001, 320463.7400000002 5508404.039999999, 320454.6299999999 5508417.130000001, 320468.0800000001 5508415.449999999, 320488.38999999966 5508425.140000001, 320550.1299999999 5508464.619999999, 320557.5 5508456.23, 320575.9400000004 5508435.26, 320645.63999999966 5508490.93, 320681.03000000026 5508511.09, 320705.86000000034 5508537.890000001, 320741.29000000004 5508575.359999999, 320769.4400000004 5508605.140000001, 320776.4299999997 5508599.67, 320802.5800000001 5508624.869999999, 320901.53000000026 5508720.1899999995, 320925.3799999999 5508748.33, 320937.9500000002 5508763.17, 320980.79000000004 5508813.58, 321027.48000000045 5508856.91, 321051.2999999998 5508879, 321070.8200000003 5508897.119999999, 321131.8099999996 5508953.710000001, 321134.5599999996 5508950.23, 321142.3799999999 5508940.82, 321149.45999999996 5508933.4, 321193.2400000002 5508965.109999999, 321231.11000000034 5508996.289999999, 321239.5599999996 5509003.24, 321267.0999999996 5509025.93, 321268.76999999955 5509027.289999999, 321280.79000000004 5509039.24, 321288.6799999997 5509047.09, 321306.23000000045 5509070.359999999, 321324.1500000004 5509104.23, 321331.96999999974 5509135.08, 321335.9299999997 5509134.5600000005, 321380.03000000026 5509128.779999999, 321384.25 5509128.23, 321392.5999999996 5509127.140000001, 321395.5099999998 5509126.76, 321411.0999999996 5509124.720000001, 321420.8499999996 5509123.4399999995, 321427.2000000002 5509122.58, 321433.86000000034 5509121.699999999, 321439.63999999966 5509120.93, 321444.98000000045 5509120.43, 321451.1500000004 5509119.880000001, 321458.33999999985 5509119.24, 321471.04000000004 5509118.08, 321474.21999999974 5509117.779999999, 321491.48000000045 5509116.210000001, 321510.6799999997 5509130.390000001, 321523.5999999996 5509146.35, 321531.1699999999 5509160, 321532.21999999974 5509169.91, 321528.5 5509181.67, 321534.66000000015 5509182.5, 321549.0700000003 5509184.43, 321574.73000000045 5509187.869999999, 321581.5800000001 5509189.33, 321601.61000000034 5509193.59, 321615.1299999999 5509196.460000001, 321618.6900000004 5509226.58, 321619.04000000004 5509242.119999999, 321619.13999999966 5509246.84, 321617.8499999996 5509270.470000001, 321614.1799999997 5509306.640000001, 321611.21999999974 5509345.619999999, 321611.0099999998 5509348.43, 321610.2999999998 5509354.51, 321619.6500000004 5509357.369999999, 321637.3300000001 5509362.779999999, 321656.4199999999 5509368.640000001, 321661.51999999955 5509370.199999999, 321676.9299999997 5509374.92, 321684.21999999974 5509377.15, 321690.95999999996 5509379.220000001, 321689.86000000034 5509393.35, 321685.0499999998 5509408.3100000005, 321686.98000000045 5509412.23, 321685.71999999974 5509421.380000001, 321694.6200000001 5509456.130000001, 321695.95999999996 5509461.34, 321660.5800000001 5509468.800000001, 321638.0599999996 5509473.630000001, 321635.4299999997 5509473.08, 321628.0700000003 5509473.23)), ((319275.6699999999 5508744.57, 319248.1299999999 5508766.640000001, 319220.6200000001 5508736.449999999, 319212.26999999955 5508727.289999999, 319210.6799999997 5508725.539999999, 319205.4400000004 5508719.800000001, 319204.0700000003 5508718.300000001, 319172.70999999996 5508683.98, 319166.1799999997 5508676.85, 319160.79000000004 5508670.960000001, 319159.76999999955 5508669.84, 319161.5999999996 5508667.5, 319167.83999999985 5508659.6, 319163.95999999996 5508655.880000001, 319135.4299999997 5508628.609999999, 319125.48000000045 5508619.109999999, 319115.9900000002 5508610.029999999, 319106.46999999974 5508600.9399999995, 319099.25 5508593.82, 319091.79000000004 5508586.460000001, 319082.46999999974 5508577.25, 319081.66000000015 5508576.449999999, 319078.5 5508573.4, 319071.0499999998 5508566.18, 319053.9199999999 5508549.58, 319051.5999999996 5508547.029999999, 319045.1699999999 5508539.99, 319039.2999999998 5508533.5600000005, 319039 5508533.220000001, 319033.3300000001 5508527.02, 319026.6500000004 5508519.800000001, 319016.3099999996 5508508.619999999, 319013.76999999955 5508505.789999999, 319007.0800000001 5508498.26, 319002.29000000004 5508492.880000001, 319000.2400000002 5508490.58, 319006.0099999998 5508484.93, 319000.28000000026 5508479.17, 318991.0800000001 5508469.91, 318985.7599999998 5508464.5600000005, 318973.48000000045 5508452.359999999, 318970.5 5508449.380000001, 318960.98000000045 5508439.92, 318953.4500000002 5508432.539999999, 318944.21999999974 5508423.52, 318929.88999999966 5508409.49, 318923.33999999985 5508403.08, 318912.5700000003 5508392.3100000005, 318900.7999999998 5508380.539999999, 318894.4199999999 5508374.15, 318883.1900000004 5508386.52, 318879.91000000015 5508390.140000001, 318877.5 5508392.789999999, 318863.0599999996 5508408.890000001, 318852.23000000045 5508396.09, 318849.6799999997 5508393.07, 318848.6299999999 5508391.83, 318840.9299999997 5508382.75, 318829.6799999997 5508369.49, 318823.36000000034 5508362.039999999, 318812.5599999996 5508349.08, 318801.7000000002 5508336.039999999, 318785.6799999997 5508315.720000001, 318774.7999999998 5508301.91, 318764.6799999997 5508289.0600000005, 318754.61000000034 5508276.300000001, 318741.23000000045 5508258.890000001, 318720.2999999998 5508280.6899999995, 318715.3099999996 5508275.27, 318709.3300000001 5508268.75, 318703.20999999996 5508262.08, 318698.6299999999 5508257.09, 318697.21999999974 5508255.779999999, 318689.9299999997 5508249.02, 318656.4299999997 5508217.960000001, 318641.5499999998 5508201, 318630.9500000002 5508194.619999999, 318612.04000000004 5508177.130000001, 318607.53000000026 5508172.970000001, 318582.51999999955 5508151.98, 318561.36000000034 5508131.74, 318539.03000000026 5508106.609999999, 318534.8700000001 5508100.970000001, 318515.66000000015 5508083.57, 318481.9500000002 5508048.210000001, 318401.26999999955 5507968.380000001, 318379.6299999999 5507949.26, 318354.5999999996 5507927.49, 318281.48000000045 5507876.51, 318284.5800000001 5507872.99, 318258.9400000004 5507858.800000001, 31823</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6205-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6205-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6205-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-082" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6205-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6205-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6205-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108909</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.44251632503</v>
+        <v>46070.26220091816</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>