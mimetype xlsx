--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6116-305</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((456714.8300000001 5516207.720000001, 456718.4900000002 5516211.130000001, 456721.48000000045 5516213.92, 456818.9400000004 5516268.869999999, 456819.9299999997 5516264.74, 456833.1699999999 5516209.390000001, 456843.6200000001 5516165.710000001, 456843.8200000003 5516164.890000001, 456845.76999999955 5516156.66, 456856.23000000045 5516112.48, 456870.63999999966 5516051.6899999995, 456875.38999999966 5516053.26, 456896.08999999985 5516060.07, 456917.9299999997 5516067.26, 456929.5999999996 5516071.109999999, 456938.4299999997 5516074.02, 456964.7400000002 5516082.68, 456992.6799999997 5516091.880000001, 457028.9900000002 5516103.85, 457032.79000000004 5516105.09, 457036.6299999999 5516106.35, 456984.3700000001 5516216.43, 456929.6500000004 5516326.6, 456863.3200000003 5516456.4399999995, 456792.8700000001 5516587.4, 456722.01999999955 5516718.82, 456644.0700000003 5516848.449999999, 456626.3799999999 5516880.470000001, 456593.9299999997 5516934.08, 456561.4400000004 5516987.369999999, 456528.3499999996 5517040.51, 456494.9500000002 5517093.16, 456470.76999999955 5517132.24, 456435.8799999999 5517120.880000001, 456280.3200000003 5517067.390000001, 456249.63999999966 5517063.130000001, 456241.11000000034 5517063.25, 456241.2400000002 5517067.24, 456244.2000000002 5517071.029999999, 456228.73000000045 5517131.02, 456191.8700000001 5517273.77, 456188.8799999999 5517285.35, 456185.5 5517298.49, 456182.58999999985 5517309.779999999, 456178.2599999998 5517326.550000001, 456177.4199999999 5517329.789999999, 456175.0700000003 5517338.91, 456165.3300000001 5517376.66, 456148.76999999955 5517440.869999999, 456144.0700000003 5517459.109999999, 456142.5 5517465.1899999995, 456141.2400000002 5517470.039999999, 456138.61000000034 5517480.289999999, 456136.8499999996 5517488.380000001, 456147.4500000002 5517489.93, 456152.4000000004 5517490.66, 456163.88999999966 5517493.17, 456179.9500000002 5517496.67, 456188.8499999996 5517498.609999999, 456213.6799999997 5517504.220000001, 456212.53000000026 5517505.9, 456175.5800000001 5517556.119999999, 456166.38999999966 5517568.42, 456138.11000000034 5517606.25, 456134.5999999996 5517610.9, 456100.4299999997 5517656.210000001, 456067.9400000004 5517698.85, 456062.5 5517705.98, 456061.13999999966 5517707.74, 456045.3099999996 5517728.279999999, 456024.3200000003 5517755.52, 456021.25 5517759.66, 456018.5999999996 5517763.0600000005, 455985.83999999985 5517805.01, 455955.63999999966 5517843.279999999, 455947.1699999999 5517854.09, 455878.1500000004 5517939.699999999, 455875.5700000003 5517942.970000001, 455796.3499999996 5517961.710000001, 455777.13999999966 5517971.449999999, 455751.98000000045 5517984.199999999, 455686.70999999996 5518019.27, 455680.3700000001 5518022.67, 455648.8200000003 5518041.300000001, 455645.73000000045 5518044.32, 455610.78000000026 5518078.65, 455601.91000000015 5518089.529999999, 455584.7999999998 5518110.51, 455565.2000000002 5518135.76, 455563.48000000045 5518137.99, 455561.0099999998 5518141.17, 455549.1299999999 5518156.49, 455549.6299999999 5518156.93, 455547.83999999985 5518158.91, 455545.5700000003 5518156.9399999995, 455533.5599999996 5518170.779999999, 455535.6699999999 5518172.609999999, 455534.54000000004 5518174.029999999, 455532.3700000001 5518172.15, 455522.9199999999 5518181.529999999, 455486.0800000001 5518218.09, 455467.0800000001 5518242.199999999, 455443.58999999985 5518269.93, 455353.58999999985 5518376.18, 455350.61000000034 5518379.720000001, 455326.7999999998 5518408, 455305.1500000004 5518396.109999999, 455289.6900000004 5518387.609999999, 455263.3700000001 5518370.66, 455256.46999999974 5518365.050000001, 455249.45999999996 5518358.08, 455232.6900000004 5518331.039999999, 455216.7000000002 5518315.210000001, 455198.0700000003 5518301.74, 455173.29000000004 5518292.75, 455155.33999999985 5518290.119999999, 455135.9199999999 5518292.640000001, 455114.1799999997 5518299.800000001, 455092.20999999996 5518311.109999999, 455074.11000000034 5518324.43, 455069.7599999998 5518318.4399999995, 455055.73000000045 5518312.710000001, 455045.4900000002 5518308.529999999, 455032.6299999999 5518303.27, 455031.28000000026 5518302.73, 455014.3200000003 5518297.02, 455003.9000000004 5518294.49, 454959.5700000003 5518283.779999999, 454919.3499999996 5518273.09, 454900.91000000015 5518268.17, 454875.73000000045 5518259.48, 454844.3700000001 5518248.66, 454807.1699999999 5518236.289999999, 454781.8200000003 5518227.960000001, 454773.3700000001 5518225.039999999, 454741.0099999998 5518213.85, 454709.70999999996 5518203.029999999, 454694.0700000003 5518197.630000001, 454671.8499999996 5518189.949999999, 454670.26999999955 5518189.4, 454611.0999999996 5518168.83, 454599.54000000004 5518164.75, 454585.9299999997 5518159.970000001, 454573.7999999998 5518154.98, 454562.01999999955 5518150.140000001, 454553.78000000026 5518146.76, 454547.4400000004 5518144.15, 454544.8200000003 5518143.07, 454526.08999999985 5518135.380000001, 454519.96999999974 5518132.869999999, 454486.7999999998 5518119.24, 454477.13999999966 5518115.279999999, 454461.2400000002 5518108.74, 454434.13999999966 5518099.460000001, 454413.54000000004 5518092.390000001, 454391.75 5518081.470000001, 454377.4500000002 5518074.32, 454347.0700000003 5518059.09, 454340.7400000002 5518055.91, 454257.9500000002 5518006.9, 454201.48000000045 5517963.619999999, 454178.8700000001 5517946.3100000005, 454175.88999999966 5517944.140000001, 454167.88999999966 5517938.32, 454148.4299999997 5517924.15, 454140.1799999997 5517918.15, 454021.38999999966 5517827.630000001, 453944.8499999996 5517739.640000001, 453942.3499999996 5517737.210000001, 453939.79000000004 5517728.51, 453932.5700000003 5517703.92, 453922.11000000034 5517668.289999999, 453918.96999999974 5517657.619999999, 453899.0999999996 5517589.949999999, 453895.6299999999 5517578.130000001, 453823.6699999999 5517333.08, 453826.58999999985 5517329.75, 453822.5 5517329.470000001, 453821.28000000026 5517325.23, 453819.8300000001 5517320.25, 453819.45999999996 5517318.99, 453817.45999999996 5517312.16, 453806.3300000001 5517274.1899999995, 453795.9400000004 5517238.710000001, 453795.2599999998 5517236.390000001, 453790.6500000004 5517220.67, 453787.29000000004 5517209.210000001, 453785.13999999966 5517201.880000001, 453783.1500000004 5517195.08, 453775.29000000004 5517168.24, 453762 5517122.91, 453755.45999999996 5517100.57, 453749.03000000026 5517078.630000001, 453741.9000000004 5517054.32, 453735.0599999996 5517030.949999999, 453727.61000000034 5517005.529999999, 453718.79000000004 5516975.4399999995, 453716.0999999996 5516966.26, 453713.6900000004 5516958.029999999, 453676.88999999966 5516832.66, 453674.41000000015 5516824.199999999, 453672.0700000003 5516816.18, 453671.03000000026 5516812.65, 453669.61000000034 5516807.800000001, 453669.0800000001 5516806.01, 453659.66000000015 5516773.82, 453663.04000000004 5516770.300000001, 453713.46999999974 5516773.77, 453745.0499999998 5516775.960000001, 453770.8499999996 5516777.74, 453830.7400000002 5516781.880000001, 453835.03000000026 5516782.16, 453839.2599999998 5516782.449999999, 453844.08999999985 5516782.789999999, 453845.71999999974 5516782.9, 453933.7999999998 5516788.98, 453964 5516796.029999999, 454038.3099999996 5516813.880000001, 454040.79000000004 5516818.51, 454013.6500000004 5516891.6, 453983.45999999996 5516972.970000001, 453943.8499999996 5517081.48, 453946.4400000004 5517087.5600000005, 453947.6799999997 5517090.48, 453950.33999999985 5517085.4399999995, 453969.5 5517130.92, 453986.9000000004 5517172.199999999, 453994.4500000002 5517190.08, 454000.0099999998 5517203.26, 454007.01999999955 5517219.9, 454036.91000000015 5517290.800000001, 454053.01999999955 5517328.99, 454054.8099999996 5517332.02, 454064.3499999996 5517348.17, 454071.26999999955 5517359.85, 454074.1900000004 5517364.800000001, 454092.2000000002 5517395.26, 454113.71999999974 5517431.68, 454145.66000000015 5517476.8100000005, 454150.08999999985 5517483.0600000005, 454190.4199999999 5517540.050000001, 454195.51999999955 5517547.25, 454198.28000000026 5517550.15, 454237.08999999985 5517590.74, 454255.5999999996 5517610.09, 454285.4199999999 5517641.289999999, 454298.8200000003 5517655.300000001, 454300.5599999996 5517656.48, 454313.58999999985 5517665.35, 454330.6500000004 5517676.970000001, 454349.2999999998 5517689.68, 454369.4000000004 5517703.34, 454404.95999999996 5517727.539999999, 454450.6699999999 5517758.640000001, 454472.79000000004 5517773.699999999, 454505.4900000002 5517795.9399999995, 454522.63999999966 5517804.970000001, 454550.1200000001 5517819.4399999995, 454573.7599999998 5517831.880000001, 454621.4199999999 5517856.960000001, 454648.8799999999 5517871.43, 454667.38999999966 5517881.17, 454704.5599999996 5517900.73, 454727.3499999996 5517912.73, 454745.91000000015 5517922.5, 454750.83999999985 5517920.630000001, 454791.5700000003 5517810.640000001, 454826.96999999974 5517715.16, 454828.3799999999 5517711.359999999, 454829.8099999996 5517707.550000001, 454831.1900000004 5517703.82, 454876.9400000004 5517580.51, 454913.66000000015 5517481.52, 454911.9900000002 5517475.3100000005, 454915.0800000001 5517477.66, 454922.0800000001 5517481.66, 454963.26999999955 5517505.220000001, 455024.1299999999 5517540.01, 455061.3300000001 5517561.289999999, 455069.7000000002 5517566.08, 455115.3499999996 5517592.17, 455121.66000000015 5517595.779999999, 455124 5517591.369999999, 455121.8200000003 5517585.619999999, 455147.3799999999 5517511.039999999, 455153.36000000034 5517507.73, 455167.5099999998 5517512.23, 455186.1900000004 5517518.18, 455253.5999999996 5517539.66, 455276.1699999999 5517546.85, 455322.9000000004 5517561.73, 455331.88999999966 5517564.6, 455364.6200000001 5517583.109999999, 455374.4400000004 5517588.66, 455405.45999999996 5517606.199999999, 455433.03000000026 5517621.789999999, 455435.0099999998 5517627.380000001, 455438.58999999985 5517629.1899999995, 455460.3099999996 5517575.960000001, 455472.0700000003 5517542.5600000005, 455477.29000000004 5517507.1899999995, 455479.78000000026 5517472.15, 455478.38999999966 5517436.51, 455470.76999999955 5517282.609999999, 455473.0999999996 5517271.18, 455469.03000000026 5517270.99, 455467.3799999999 5517270.9, 455445.4000000004 5517271.029999999, 455423.8700000001 5517267.76, 455411.3700000001 5517262.32, 455404.48000000045 5517259.33, 455381.83999999985 5517243.869999999, 455362.58999999985 5517230.73, 455312.1900000004 5517196.32, 455265.6299999999 5517164.52, 455244.16000000015 5517149.859999999, 455239.0999999996 5517146.4, 455215.46999999974 5517130.27, 455170.0099999998 5517099.210000001, 455158.5800000001 5517091.4, 455121.8099999996 5517066.279999999, 455083.9000000004 5517040.380000001, 455080.86000000034 5517038.3100000005, 455054.79000000004 5517020.48, 454968.6799999997 5516961.609999999, 454965.4000000004 5516959.34, 455092.48000000045 5516787.07, 455091.46999999974 5516781.57, 455063.2400000002 5516762.609999999, 455039.8099999996 5516746.880000001, 454994.5499999998 5516716.52, 454951.79000000004 5516687.8100000005, 454940.4199999999 5516680.18, 454896.23000000045 5516650.609999999, 454852.98000000045 5516621.58, 454841.75 5516614.050000001, 454724.4299999997 5516535.289999999, 454657.8799999999 5516490.609999999, 454652.08999999985 5516491.59, 454654.46999999974 5516488.380000001, 454656.86000000034 5516485.15, 454649.86000000034 5516480.3100000005, 454628.6200000001 5516465.52, 454611 5516453.26, 454579.9500000002 5516431.66, 454552.4000000004 5516412.5, 454517.25 5516388.039999999, 454510.5499999998 5516383.369999999, 454488.61000000034 5516368.109999999, 454480.03000000026 5516362.140000001, 454471.4299999997 5516356.15, 454439.58999999985 5516334.01, 454407.7599999998 5516311.859999999, 454391.16000000015 5516300.300000001, 454380.8499999996 5516293.130000001, 454361.9900000002 5516280.01, 454357.29000000004 5516276.75, 454327.08999999985 5516255.720000001, 454279.8300000001 5516222.84, 454273.6500000004 5516218.49, 454265.3300000001 5516212.6899999995, 454247.4900000002 5516200.24, 454208.0099999998 5516172.710000001, 454158.86000000034 5516138.35, 454158.21999999974 5516133.199999999, 454311.3700000001 5515925.880000001, 454316.5700000003 5515924.619999999, 454318.95999999996 5515920.9, 454319.2999999998 5515921.109999999, 454345.1900000004 5515939.91, 454359.1200000001 5515949.73, 454390.73000000045 5515971.99, 454413.79000000004 5515988.24, 454432.95999999996 5516001.75, 454445.5499999998 5516010.630000001, 454458.5800000001 5516019.789999999, 454470.83999999985 5516028.4399999995, 454484.54000000004 5516038.1, 454499.13999999966 5516048.380000001, 454507.9400000004 5516054.58, 454523.5999999996 5516065.619999999, 454534.0599999996 5516072.99, 454562.9500000002 5516093.34, 454567.0700000003 5516096.25, 454569.4500000002 5516097.92, 454576.2000000002 5516102.68, 454584.33999999985 5516108.42, 454599.46999999974 5516119.07, 454624.5700000003 5516136.77, 454748.75 5516224.27, 454762.20999999996 5516233.960000001, 454776.0700000003 5516243.59, 454794.78000000026 5516256.74, 454808.7999999998 5516266.529999999, 454818.61000000034 5516272.82, 454843.63999999966 5516285.5600000005, 454961.9900000002 5516345.75, 454968.75 5516336.58, 454989.8700000001 5516364.43, 454992.25 5516367.619999999, 454995.5599999996 5516365.34, 454949.38999999966 5516304.4, 454891.29000000004 5516212.800000001, 454882.33999999985 5516184.6, 454858.9900000002 5516110.43, 454861.3099999996 5516086.039999999, 454861.3499999996 5516085.74, 454875.71999999974 5516089.390000001, 454876.3499999996 5516084.859999999, 454882.5599999996 5516086.51, 454881.5099999998 5516090.869999999, 454903.83999999985 5516096.6899999995, 454952.3200000003 5516109.33, 454990.03000000026 5516119.140000001, 454994.0700000003 5516120.220000001, 455024.7400000002 5516128.34, 455100.20999999996 5516148.32, 455134.4500000002 5516157.390000001, 455138.46999999974 5516158.09, 455146.9000000004 5516159.5600000005, 455270.8300000001 5516230.609999999, 455265.1900000004 5516274.9399999995, 455260.28000000026 5516313.5, 455256.2000000002 5516315.640000001, 455254.3099999996 5516319.16, 455391.03000000026 5516390.960000001, 455392.45999999996 5516387.199999999, 455390.4500000002 5516381.66, 455422.9900000002 5516301.75, 455428.2999999998 5516299.27, 455443.6799999997 5516304.26, 455481.23000000045 5516316.4399999995, 455524.78000000026 5516330.5600000005, 455530.5800000001 5516332.4399999995, 455544.36000000034 5516336.91, 455567.8499999996 5516344.529999999, 455592.2000000002 5516352.43, 455594.51999999955 5516357.359999999, 455581.75 5516389.32, 455558.28000000026 5516448.130000001, 455550.98000000045 5516466.4, 455546.0099999998 5516467.85, 455553.1900000004 5516471.619999999, 455551.7400000002 5516475.35, 455654.96999999974 5516529.6, 455764.70999999996 5516587.210000001, 455864.58999999985 5516628.800000001, 455965.46999999974 5516662.26, 456089.5700000003 5516670.449999999, 456200.5700000003 5516677.550000001, 456227.6900000004 5516678.390000001, 456226.7000000002 5516683.41, 456232.13999999966 5516683.539999999, 456233.9299999997 5516674.6, 456246.83999999985 5516679.880000001, 456257.9199999999 5516680.15, 456273.46999999974 5516680.539999999, 456289.2999999998 5516680.93, 456309.98000000045 5516681.4399999995, 456318.9400000004 5516681.66, 456326.16000000015 5516681.82, 456351.7400000002 5516682.369999999, 456360.83999999985 5516682.57, 456365.83999999985 5516682.68, 456374.29000000004 5516682.859999999, 456403.1200000001 5516683.49, 456422.0999999996 5516683.9, 456446.1299999999 5516684.42, 456455.71999999974 5516680.77, 456499.8099999996 5516663.98, 456512.23000000045 5516601.6, 456524.23000000045 5516541.41, 456528.0999999996 5516522, 456528.88999999966 5516518.039999999, 456403.33999999985 5516463.66, 456400.5 5516458.109999999, 456402.88999999966 5516446.25, 456407.1699999999 5516444.1, 456531.1900000004 5516506.42, 456531.9900000002 5516502.43, 456572.91000000015 5516400.039999999, 456585.28000000026 5516369.08, 456597.91000000015 5516337.460000001, 456609.6500000004 5516308.1, 456611.13999999966 5516304.369999999, 456489.21999999974 5516254.869999999, 456342.20999999996 5516181.3100000005, 456343.5599999996 5516175.359999999, 456344.45999999996 5516171.390000001, 456373.9299999997 5516050.1, 456386.1699999999 5516052.640000001, 456404.7599999998 5516056.5, 456434.0099999998 5516062.57, 456449.5599999996 5516065.800000001, 456482.3300000001 5516072.59, 456496.0099999998 5516075.42, 456499.0599999996 5516076.76, 456508.58999999985 5516080.9399999995, 456522.21999999974 5516086.9399999995, 456536.88999999966 5516093.369999999, 456539.8799999999 5516094.6899999995, 456570 5516107.93, 456612.9199999999 5516126.779999999, 456614.03000000026 5516127.8100000005, 456641.9900000002 5516153.800000001, 456675.4400000004 5516184.890000001, 456676.53000000026 5516180.42, 456711.79000000004 5516213.210000001, 456714.8300000001 5516207.720000001)), ((454679.53000000026 5519828.6899999995, 454683.48000000045 5519654.4, 454676.46999999974 5519653.550000001, 454667.51999999955 5519652.48, 454609.3300000001 5519644.130000001, 454606.3300000001 5519642.800000001, 454599.71999999974 5519641.18, 454593.91000000015 5519643.1, 454596.13999999966 5519647.109999999, 454592.48000000045 5519648.74, 454590.46999999974 5519655.359999999, 454422.6299999999 5519738.8100000005, 454417.1699999999 5519736.140000001, 454372.8300000001 5519515.67, 454370.8499999996 5519509.26, 454374.26999999955 5519504.91, 454557.1799999997 5519415.08, 454559.1900000004 5519408.460000001, 454556.73000000045 5519404.220000001, 454559.98000000045 5519401.9, 454564.8799999999 5519398.369999999, 454570.5599999996 5519408.4, 454612.71999999974 5519401.42, 454652.5800000001 5519394.83, 454657.63999999966 5519393.99, 454661.33999999985 5519393.369999999, 454667.29000000004 5519392.390000001, 454678.08999999985 5519390.6, 454691.0700000003 5519388.449999999, 454694.5 5519387.890000001, 454696.48000000045 5519384.76, 454698.0599999996 5519382.25, 454695.4400000004 5519375.1, 454689.5499999998 5519365.4399999995, 454690.0700000003 5519360.050000001, 454692.7400000002 5519363.130000001, 454694.26999999955 5519354.15, 454695.16000000015 5519349.130000001, 454696.01999999955 5519344.199999999, 454691.8700000001 5519345.359999999, 454675.28000000026 5519326.3100000005, 454655.73000000045 5519303.890000001, 454631.78000000026 5519276.4, 454612.76999999955 5519254.59, 454591.1900000004 5519229.82, 454574.86000000034 5519211.08, 454497.71999999974 5519122.5600000005, 454493.95999999996 5519116.01, 454490.29000000004 5519112.49, 454483.88999999966 5519106.369999999, 454479.98000000045 5519105.57, 454475.33999999985 5519105.529999999, 454324.2000000002 5518956.779999999, 454317.5099999998 5518950.140000001, 454310.0700000003 5518943.42, 454388.9299999997 5518914.58, 454396.2999999998 5518910.039999999, 454396.4299999997 5518909.5, 454398.54000000004 5518900.869999999, 454402.5 5518884.59, 454420.36000000034 5518811.17, 454424.6699999999 5518793.49, 454426.88999999966 5518784.52, 454428.16000000015 5518779.43, 454429.08999999985 5518775.279999999, 454430.28000000026 5518770.449999999, 454446.4199999999 5518704.26, 454450.98000000045 5518685.5, 454456.7999999998 5518682.42, 454458.2599999998 5518678.77, 454453.0999999996 5518676.76, 454363.8200000003 5518642, 454354.51999999955 5518638.34, 454354.6799999997 5518632.609999999, 454357.3499999996 5518631.91, 454368.58999999985 5518628.82, 454378.4000000004 5518628.1, 454381.45999999996 5518628.41, 454450.63999999966 5518635.470000001, 454460.5700000003 5518636.5, 454624.6500000004 5518638.98, 454832.3799999999 5518642.1, 454833.4500000002 5518638.119999999, 454838.4400000004 5518638.1899999995, 454834.6799999997 5518633.279999999, 454841.3200000003 5518607.27, 454850.7000000002 5518572.949999999, 454858.11000000034 5518545.8100000005, 454868.1699999999 5518509.02, 454870.3499999996 5518501.02, 454880.0700000003 5518465.33, 454886.28000000026 5518461.539999999, 454892.61000000034 5518462.91, 454926.36000000034 5518470.1899999995, 454940.6799999997 5518487.9, 454940.9500000002 5518495.869999999, 454936.3200000003 5518502.369999999, 454923.13999999966 5518520.880000001, 454907.96999999974 5518542.199999999, 454901.0999999996 5518555.09, 454897.2999999998 5518562.199999999, 454890.88999999966 5518581.619999999, 454888.45999999996 5518588.970000001, 454882.71999999974 5518633.9, 454881.63999999966 5518642.859999999, 454880.8799999999 5518647.890000001, 454879.73000000045 5518656.789999999, 454877.11000000034 5518677.359999999, 454868.73000000045 5518753.800000001, 454864.63999999966 5518785.59, 454850.86000000034 5518893.1899999995, 454849.5700000003 5518903.0600000005, 454848.4900000002 5518911.460000001, 454847.21999999974 5518921.359999999, 454846.2599999998 5518928.470000001, 454844.5 5518942.789999999, 454841.51999999955 5518967.210000001, 454833.23000000045 5519035.07, 454832.0800000001 5519044.529999999, 454831.9400000004 5519045.460000001, 454831.63999999966 5519049.82, 454830.8700000001 5519059.32, 454829.8700000001 5519071.539999999, 454822.0099999998 5519091.359999999, 454810.1799999997 5519108.57, 454802.6500000004 5519117.67, 454788.79000000004 5519134.4, 454779.7599999998 5519147.93, 454772.3499999996 5519159.050000001, 454763.3499999996 5519182.17, 454761.5499999998 5519186.779999999, 454760.5999999996 5519196.43, 454760.0599999996 5519202.32, 454758.8700000001 5519220.4399999995, 454760.0599999996 5519230.6899999995, 454761.7400000002 5519245.17, 454765.2400000002 5519259.18, 454770.0599999996 5519272.77, 454776.91000000015 5519285.619999999, 454783.70999999996 5519295.75, 454789.4900000002 5519310.210000001, 454792.6699999999 5519327.369999999, 454796.6500000004 5519348.949999999, 454793.7599999998 5519350.59, 454793.73000000045 5519355.91, 454797.46999999974 5519364.210000001, 454797.45999999996 5519370.970000001, 454780.71999999974 5519511.08, 454762.8099999996 5519651.27, 454760.1299999999 5519688.619999999, 454758.03000000026 5519731.9, 454747.1299999999 5519745.34, 454737.96999999974 5519756.609999999, 454679.53000000026 5519828.6899999995)), ((454528.66000000015 5520753.800000001, 454382.73000000045 5520728.85, 454317.0499999998 5520717.609999999, 454237.01999999955 5520703.93, 454231.8099999996 5520702.630000001, 454237.1799999997 5520694.9, 454229.4000000004 5520698.15, 454126.79000000004 5520680.4, 454124.5499999998 5520675.279999999, 454143.6900000004 5520644.460000001, 454152.9500000002 5520629.529999999, 454149.63999999966 5520627.32, 454141.23000000045 5520621.890000001, 454147.26999999955 5520613.289999999, 454140.9000000004 5520609.369999999, 454165.98000000045 5520571.23, 454186.70999999996 5520539.699999999, 454196.1900000004 5520525.16, 454203.5499999998 5520520.77, 454211.33999999985 5520520.199999999, 454215.5599999996 5520513.619999999, 454225.9000000004 5520497.49, 454231.0099999998 5520489.609999999, 454218.1900000004 5520497.65, 454215.9500000002 5520495.42, 454226.1900000004 5520478.98, 454245.21999999974 5520448.34, 454264.66000000015 5520417.0600000005, 454285.2000000002 5520383.98, 454305.73000000045 5520350.960000001, 454313.1799999997 5520333.359999999, 454331.4000000004 5520290.300000001, 454346.33999999985 5520255, 454360.0800000001 5520222.550000001, 454355.3499999996 5520167.51, 454351.6699999999 5520124.77, 454352.9299999997 5520118.65, 454421.0999999996 5520089.449999999, 454444.28000000026 5520108.869999999, 454453.6200000001 5520116.85, 454454.7000000002 5520120.6899999995, 454657.0999999996 5520063.9399999995, 454662.6799999997 5520067.539999999, 454666.5599999996 5520066.48, 454670.63999999966 5520060.210000001, 454676.75 5520058.529999999, 454769.7599999998 5520047.73, 454783.8200000003 5520046.1, 454789.33999999985 5520050.48, 454790.6200000001 5520062.02, 454790.6900000004 5520062.67, 454793.91000000015 5520091.710000001, 454802.4199999999 5520168.380000001, 454802.5 5520169.41, 454808.51999999955 5520242.07, 454809.71999999974 5520256.6899999995, 454816.58999999985 5520314.73, 454822.2000000002 5520360.449999999, 454834.70999999996 5520462.630000001, 454836.66000000015 5520480.34, 454836.83999999985 5520481.960000001, 454833.6799999997 5520490.220000001, 454745.8700000001 5520568.800000001, 454741.4199999999 5520567.18, 454737.8300000001 5520570.380000001, 454734.83999999985 5520578.66, 454717.5099999998 5520594.16, 454712.3099999996 5520598.83, 454704.91000000015 5520605.460000001, 454701.1699999999 5520608.779999999, 454537.4199999999 5520755.300000001, 454528.66000000015 5520753.800000001)), ((455054.5599999996 5519548.49, 455063.08999999985 5519603.34, 455059.9900000002 5519610.380000001, 455061.46999999974 5519626.880000001, 455068.9500000002 5519650.449999999, 455071.48000000045 5519665.59, 455070.61000000034 5519677.16, 455059.1699999999 5519705.6, 455033.1500000004 5519717.699999999, 455031.6799999997 5519725.24, 455035.86000000034 5519741.65, 455047.3799999999 5519761.16, 455063.04000000004 5519786.34, 455065.7000000002 5519810.59, 455034.9400000004 5519826.880000001, 455028.8799999999 5519831.27, 455033.29000000004 5519870.220000001, 455029.20999999996 5519882.43, 455026.25 5519883.109999999, 455046.3499999996 5519963.949999999, 455056.9199999999 5520011.99, 455085.4000000004 5520121.01, 455082.75 5520121.300000001, 455080.75 5520121.380000001, 455078.7999999998 5520121.51, 455088.5999999996 5520152.77, 455108.46999999974 5520218.640000001, 455115.5099999998 5520240.48, 455103.21999999974 5520250.710000001, 455110.25 5520271.390000001, 455058.8700000001 5520311.41, 455007.1799999997 5520380.59, 454984.6299999999 5520410.5, 454961.4000000004 5520448.140000001, 454950.48000000045 5520465.66, 454944.3499999996 5520478.119999999, 454886.4000000004 5520598.74, 454884.70999999996 5520596.9, 454882.3300000001 5520593.65, 454881.11000000034 5520588.529999999, 454880.23000000045 5520577.890000001, 454871.13999999966 5520497.76, 454866.76999999955 5520459.23, 454860.16000000015 5520398.550000001, 454850.6200000001 5520311, 454850.54000000004 5520310.1899999995, 454840.61000000034 5520208.8100000005, 454836.3200000003 5520165.029999999, 454834.38999999966 5520148.92, 454831.2999999998 5520123.07, 454818.78000000026 5520018.460000001, 454814.88999999966 5519983.050000001, 454813.4000000004 5519969.18, 454809.9400000004 5519936.65, 454806.45999999996 5519904.130000001, 454804.7000000002 5519887.640000001, 454803.4199999999 5519875.65, 454801.13999999966 5519854.27, 454796.96999999974 5519815.220000001, 454794.5700000003 5519792.6899999995, 454793.5099999998 5519776.25, 454791.73000000045 5519748.6899999995, 454797.1799999997 5519737.85, 454837.4299999997 5519711.5600000005, 454835.33999999985 5519708.23, 454829.4000000004 5519706.289999999, 454825.6699999999 5519696.32, 454828.1799999997 5519689.140000001, 454851.91000000015 5519675.609999999, 454898.26999999955 5519642.59, 454904.3499999996 5519642.140000001, 454919.86000000034 5519632.4, 454976.51999999955 5519591.949999999, 454989.75 5519582.02, 454993.86000000034 5519577.960000001, 454998.79000000004 5519573.09, 455004.20999999996 5519565.52, 455009.1299999999 5519559.85, 455011.1200000001 5519554.99, 455014.9000000004 5519549.09, 455017.3200000003 5519546.300000001, 455019.08999999985 5519545.300000001, 455026.7999999998 5519541.800000001, 455033.41000000015 5519540.51, 455039.03000000026 5519541.300000001, 455042.33999999985 5519542.199999999, 455046.6299999999 5519544.5, 455054.5599999996 5519548.49)), ((454408.1500000004 5519746, 454379.20999999996 5519762.5600000005, 454332.6299999999 5519525.23, 454331.7400000002 5519521.300000001, 454316.29000000004 5519526.34, 454206.6200000001 5519291.609999999, 454178.9900000002 5519303.630000001, 454149.16000000015 5519316.630000001, 454131.36000000034 5519324.4, 454106.1900000004 5519335.359999999, 454100.5599999996 5519337.82, 454099.01999999955 5519334.08, 454098.45999999996 5519332.73, 453989.8499999996 5519187.76, 453984.23000000045 5519196.869999999, 453981.21999999974 5519199.539999999, 453971.1900000004 5519189.4, 453966.4000000004 5519185.199999999, 453960.16000000015 5519179.75, 453948.86000000034 5519169.859999999, 453940.3200000003 5519162.380000001, 453924.11000000034 5519148.18, 453919.5700000003 5519144.210000001, 453898.6900000004 5519125.92, 453891.71999999974 5519119.869999999, 453887.91000000015 5519116.51, 453885.79000000004 5519114.66, 453875.4900000002 5519105.640000001, 453856.5 5519089.01, 453849.0999999996 5519082.529999999, 453837.0099999998 5519071.960000001, 453832.6699999999 5519068.15, 453820.83999999985 5519057.800000001, 453808.6200000001 5519047.1, 453785.6799999997 5519027.01, 453784.3200000003 5519025.949999999, 453786.58999999985 5519022.640000001, 453792.26999999955 5519014.390000001, 453900.0499999998 5518857.949999999, 453902.2999999998 5518852.300000001, 453907.0800000001 5518855.199999999, 453975.26999999955 5518895.880000001, 453979.6299999999 5518899.33, 453982.88999999966 5518902.0600000005, 453988 5518906.390000001, 454061.2000000002 5519007.859999999, 454122.3099999996 5519092.42, 454124.63999999966 5519095.67, 454127.5800000001 5519099.800000001, 454122.66000000015 5519103.130000001, 454119.29000000004 5519105.41, 454125.28000000026 5519113.800000001, 454239.9900000002 5519267.33, 454248.3499999996 5519273.41, 454359.8799999999 5519512.130000001, 454361.5499999998 5519515.789999999, 454408.1500000004 5519746)), ((454128.11000000034 5520120.720000001, 454124.8200000003 5520109.220000001, 454105.66000000015 5520042.119999999, 454103.2400000002 5520033.43, 454101.5800000001 5520027.67, 454092.5 5519995.9, 454076.8499999996 5519941.23, 454071.08999999985 5519921.1, 454064.2000000002 5519896.970000001, 454060.3200000003 5519883.460000001, 454059.03000000026 5519878.93, 454054.0999999996 5519861.6899999995, 454045.7999999998 5519820.789999999, 454040.4900000002 5519794.6, 454038.76999999955 5519786.109999999, 454037.7999999998 5519781.279999999, 454035.6299999999 5519770.66, 454028.48000000045 5519735.41, 454027.08999999985 5519728.51, 454023.0999999996 5519708.859999999, 454016.3099999996 5519675.35, 454015.8799999999 5519673.91, 454018.91000000015 5519666.58, 454178.51999999955 5519577.199999999, 454186.5599999996 5519572.699999999, 454196.1500000004 5519569.779999999, 454234.5599999996 5519765.5, 454247.76999999955 5519837.73, 454266.5599999996 5519938.529999999, 454272.73000000045 5519952.359999999, 454264.0999999996 5519957.8100000005, 454260.66000000015 5519959.92, 454267 5519989.74, 454269.5599999996 5520001.83, 454271.86000000034 5520012.6899999995, 454131.6799999997 5520133.24, 454128.11000000034 5520120.720000001)), ((454090.8099999996 5520033.699999999, 454047.5 5520043.859999999, 453995.76999999955 5519887.77, 454014.9299999997 5519884.859999999, 454013.73000000045 5519881, 453973.0099999998 5519688.66, 454003.70999999996 5519674.52, 454042.4000000004 5519864.5600000005, 454045.70999999996 5519876.109999999, 454046.7999999998 5519879.98, 454090.8099999996 5520033.699999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-305</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-305</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6116-305.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6116-305.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-080" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-305" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-305" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6116-305.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-080" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-305" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-305" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6116-305.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108907</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.47392992567</v>
+        <v>46071.12789812331</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>