--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6116-304</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((449741.51999999955 5537625.68, 449386.73000000045 5537924.26, 449386.1500000004 5537924.74, 449196.28000000026 5537846.82, 449307.79000000004 5537750.460000001, 449310.2000000002 5537748.039999999, 449330.3300000001 5537735.67, 449334.8700000001 5537732.25, 449353.88999999966 5537717.710000001, 449359.45999999996 5537707.17, 449365.79000000004 5537699.199999999, 449442.4400000004 5537633.32, 449481.71999999974 5537599.68, 449534.9500000002 5537551.85, 449602.4199999999 5537492.949999999, 449595.53000000026 5537486.23, 449702.28000000026 5537390.08, 449706.46999999974 5537384.34, 449719.03000000026 5537372.58, 449728.63999999966 5537365.48, 449734.38999999966 5537361.51, 449739.95999999996 5537357.83, 449742.08999999985 5537356.390000001, 449743.9400000004 5537355.07, 449746 5537353.73, 449748.8799999999 5537351.9, 449752.66000000015 5537349.5, 449758.38999999966 5537345.9399999995, 449760.1299999999 5537344.92, 449762.78000000026 5537343.210000001, 449765.6500000004 5537341.52, 449756.46999999974 5537330.369999999, 449887.2400000002 5537221.859999999, 449896.25 5537232.85, 449909.21999999974 5537217.970000001, 449914.3700000001 5537211.800000001, 449915.6299999999 5537210.34, 449918.5700000003 5537207.390000001, 449935.13999999966 5537190.199999999, 449950.26999999955 5537178.1899999995, 449974.6699999999 5537166.130000001, 450000.41000000015 5537149.92, 450062.4500000002 5537100.32, 450078.7000000002 5537090.5, 450125.0599999996 5537052.25, 450138.79000000004 5537038.33, 450162.1500000004 5537018.4399999995, 450191.11000000034 5536993.720000001, 450202.5599999996 5536983.85, 450211.9500000002 5536974.720000001, 450228.6299999999 5536959.9, 450236.8499999996 5536951.93, 450252.8300000001 5536934.9399999995, 450300.98000000045 5536884.109999999, 450316.88999999966 5536871.6, 450301.3799999999 5536857.9, 450542.45999999996 5536582.300000001, 450567.86000000034 5536557.51, 450591.9900000002 5536533.93, 450598.5599999996 5536540.01, 450626.01999999955 5536498.800000001, 450630.2999999998 5536493.91, 450636.6299999999 5536491.0600000005, 450644.2599999998 5536491.720000001, 450650.8700000001 5536484.07, 450650.9199999999 5536479.050000001, 450651.8700000001 5536473.17, 450655.0800000001 5536465.68, 450704.95999999996 5536408.4, 450705.6699999999 5536406.3100000005, 450781.8799999999 5536318.279999999, 450783.03000000026 5536319.15, 450794.33999999985 5536306.050000001, 450793.2999999998 5536305.220000001, 450817.4199999999 5536278.73, 450836.91000000015 5536256.640000001, 450854.7000000002 5536236.640000001, 450859.9199999999 5536241.43, 450865.58999999985 5536234.98, 450860.1699999999 5536230.3100000005, 450894.3200000003 5536191.880000001, 450901.9900000002 5536191.140000001, 450913.76999999955 5536177.880000001, 450913.8099999996 5536169.609999999, 450916.98000000045 5536165.9, 450947.78000000026 5536131.77, 450955.20999999996 5536130.220000001, 450965.16000000015 5536118.640000001, 450965.1699999999 5536111.220000001, 450975.8300000001 5536099.57, 451006.8499999996 5536062.73, 451032.20999999996 5536031.67, 451166.91000000015 5535905.65, 451171.83999999985 5535900.25, 451177.16000000015 5535894.390000001, 451182.86000000034 5535887.710000001, 451210.53000000026 5535856.050000001, 451224.7000000002 5535839.32, 451239.9500000002 5535821.550000001, 451276.83999999985 5535779.0600000005, 451282.08999999985 5535773, 451298.3799999999 5535753.960000001, 451304.7599999998 5535746.27, 451311.0700000003 5535738.34, 451315.96999999974 5535732.08, 451333.21999999974 5535709.800000001, 451341.1900000004 5535698.17, 451360.4400000004 5535674.25, 451368.0700000003 5535662.48, 451381.8300000001 5535645.289999999, 451400.8499999996 5535620.52, 451418.4400000004 5535594.550000001, 451430.95999999996 5535576.380000001, 451441.0099999998 5535561.6, 451449.9900000002 5535549.1899999995, 451470.53000000026 5535515.98, 451482.9299999997 5535494.699999999, 451494.7999999998 5535474.800000001, 451496.01999999955 5535496.77, 451497.5 5535502.130000001, 451511.26999999955 5535498.83, 451511.8300000001 5535472.949999999, 451512.7400000002 5535464.4, 451522.86000000034 5535446.35, 451525.8200000003 5535442.02, 451528.5499999998 5535440.789999999, 451532.3099999996 5535441.199999999, 451540.26999999955 5535445.220000001, 451542.3200000003 5535445.9399999995, 451551.8700000001 5535430.779999999, 451541.51999999955 5535422.33, 451540.04000000004 5535419.35, 451529.4299999997 5535413.220000001, 451535.54000000004 5535402.140000001, 451572.6699999999 5535326.220000001, 451575.79000000004 5535319.609999999, 451579.5499999998 5535322.199999999, 451582.1699999999 5535324.02, 451584.6500000004 5535319.970000001, 451595.73000000045 5535301.880000001, 451598.3099999996 5535297.67, 451602.28000000026 5535291.18, 451598.9199999999 5535288.77, 451592.1900000004 5535283.960000001, 451595.0700000003 5535279.6899999995, 451682.41000000015 5535150.23, 451764.0800000001 5535014.039999999, 451824.3799999999 5534909.07, 451885.1200000001 5534800.25, 451959.6699999999 5534659.49, 451977.28000000026 5534624.42, 452017.5499999998 5534544.279999999, 452072.04000000004 5534438.039999999, 452135.3300000001 5534298.279999999, 452195.0499999998 5534164.16, 452262.5700000003 5534010.859999999, 452318.0099999998 5533879.25, 452360.4199999999 5533776.35, 452423.29000000004 5533623.710000001, 452477.76999999955 5533489.1899999995, 452494.9000000004 5533446.93, 452537.83999999985 5533337.369999999, 452559.8200000003 5533275.880000001, 452574.21999999974 5533219.779999999, 452586.9000000004 5533187.050000001, 452593.25 5533189.82, 452613.0599999996 5533138.640000001, 452618.53000000026 5533118.27, 452622.5700000003 5533067.49, 452622.4000000004 5533034.67, 452622.6799999997 5532999.130000001, 452625.51999999955 5532967.75, 452630.29000000004 5532902.550000001, 452630.0599999996 5532887.779999999, 452632.51999999955 5532858.609999999, 452637.8799999999 5532836.609999999, 452639.46999999974 5532817.8100000005, 452637.58999999985 5532758.51, 452636.5700000003 5532734.710000001, 452629.5700000003 5532693.43, 452634.66000000015 5532662.01, 452641.36000000034 5532607.880000001, 452640.73000000045 5532581.0600000005, 452636.23000000045 5532554.970000001, 452636.51999999955 5532491.4399999995, 452639.33999999985 5532467.119999999, 452639.51999999955 5532433.27, 452646.5 5532308.6, 452647.51999999955 5532297.66, 452651.66000000015 5532272.68, 452665.53000000026 5532206.83, 452684.0499999998 5532138.470000001, 452694.79000000004 5532095.98, 452704.88999999966 5532067.4, 452719.01999999955 5532028.07, 452732.1699999999 5531996.029999999, 452768.83999999985 5531901.57, 452785.41000000015 5531850.470000001, 452817.4900000002 5531759.33, 452832.5 5531701.5600000005, 452837 5531690.58, 452842.41000000015 5531662.26, 452846.0599999996 5531625.380000001, 452849.61000000034 5531587.029999999, 452857.3799999999 5531559.449999999, 452873.2999999998 5531505.42, 452884.20999999996 5531468.630000001, 452897.3700000001 5531428.33, 452907.8499999996 5531404.9399999995, 452916.7400000002 5531380.630000001, 452924.3499999996 5531364.99, 452926.53000000026 5531356.1, 452930.23000000045 5531335.289999999, 452933.75 5531317.869999999, 452935.9400000004 5531299.890000001, 452941.2000000002 5531268.279999999, 452959.9199999999 5531145.02, 452960.23000000045 5531129.289999999, 452959.3499999996 5531120.9, 452967.61000000034 5531053.779999999, 452970.0700000003 5531014.48, 452970.4400000004 5530999.039999999, 452967.11000000034 5530997.99, 452965.9900000002 5530981.800000001, 452953.20999999996 5530797.42, 452945.96999999974 5530692.970000001, 452954.6900000004 5530623.380000001, 452959.63999999966 5530583.65, 452984.1900000004 5530387.48, 452998.48000000045 5530326.83, 453023.76999999955 5530195.279999999, 453031.61000000034 5530158.98, 453043.03000000026 5530092.24, 453052.5499999998 5530095.34, 453058.9900000002 5530055.470000001, 453060.5 5530026.539999999, 453063.6699999999 5529997.630000001, 453064.5 5529993.16, 453065.96999999974 5529987.9, 453068.6699999999 5529983.140000001, 453071.63999999966 5529978.279999999, 453074.2000000002 5529972.33, 453075.3099999996 5529965.8100000005, 453075.0700000003 5529959.59, 453074.23000000045 5529956.3100000005, 453073.0800000001 5529950.84, 453073 5529945.92, 453089.5099999998 5529851.9, 453104.5999999996 5529767.66, 453115.41000000015 5529707.01, 453120.3499999996 5529681.34, 453124.1799999997 5529663.880000001, 453132.5499999998 5529631.619999999, 453150.5700000003 5529560.75, 453154.3700000001 5529545.539999999, 453160 5529514.23, 453163.04000000004 5529491.710000001, 453164.75 5529474.02, 453165.33999999985 5529462.85, 453166.38999999966 5529441.77, 453167.2999999998 5529427.050000001, 453169.66000000015 5529401.710000001, 453172.2999999998 5529374.0600000005, 453174.03000000026 5529349.07, 453175.33999999985 5529319.300000001, 453175.83999999985 5529290.17, 453175.3200000003 5529258.42, 453173.6699999999 5529223.85, 453171.13999999966 5529190.59, 453169.4299999997 5529173.67, 453168.28000000026 5529165.460000001, 453164.20999999996 5529136.279999999, 453158.73000000045 5529104.699999999, 453153.1699999999 5529076.74, 453136.3499999996 5528998.1, 453126.76999999955 5528950.59, 453119.8099999996 5528912.779999999, 453113.8799999999 5528876.17, 453108.53000000026 5528835.83, 453103.8200000003 5528793.960000001, 453099.5800000001 5528750.84, 453094.29000000004 5528685.039999999, 453092.0999999996 5528659.779999999, 453088.23000000045 5528623.27, 453086.53000000026 5528609.369999999, 453081.58999999985 5528573.75, 453074.4500000002 5528534.17, 453071.1299999999 5528518.09, 453065.53000000026 5528493.4399999995, 453060.9199999999 5528474.779999999, 453054.25 5528450.41, 453047.03000000026 5528426.02, 453036.23000000045 5528391.550000001, 453024.9299999997 5528357.99, 453007.0099999998 5528306.220000001, 452998.4199999999 5528280.43, 452988.1200000001 5528247.65, 452981.01999999955 5528223.289999999, 452976.2599999998 5528204.84, 452972.83999999985 5528187.640000001, 452967.9299999997 5528187.960000001, 452961.6500000004 5528158.35, 452956 5528124.460000001, 452951.71999999974 5528089.67, 452948.95999999996 5528059.68, 452947.5099999998 5528038.5600000005, 452946.03000000026 5528017.119999999, 452942.26999999955 5527959.59, 452937.8799999999 5527899.630000001, 452935.3099999996 5527875.82, 452930.21999999974 5527848.640000001, 452924.38999999966 5527826.949999999, 452927.78000000026 5527825.91, 452917.6799999997 5527796.789999999, 452916.83999999985 5527794.390000001, 452910.01999999955 5527778.5600000005, 452899.9900000002 5527759.35, 452864.5700000003 5527694.359999999, 452824.58999999985 5527621.390000001, 452773.6200000001 5527529.76, 452770.83999999985 5527524.539999999, 452769.2000000002 5527521.48, 452733.1799999997 5527454.25, 452708.9299999997 5527405.5, 452693.46999999974 5527365.890000001, 452677.38999999966 5527316.3100000005, 452663.4500000002 5527274.210000001, 452662.4500000002 5527271.16, 452654.8799999999 5527231.09, 452638.45999999996 5527144.119999999, 452637.71999999974 5527140.18, 452620.26999999955 5527040.9, 452624.7599999998 5527040.300000001, 452795.28000000026 5527017.5, 452893.6200000001 5527272.43, 452992.23000000045 5527453.25, 453031.0599999996 5527524.550000001, 453141.8700000001 5527705.8100000005, 453208.6799999997 5527815.699999999, 453291.91000000015 5527959.75, 453443.58999999985 5528248.890000001, 453458.04000000004 5528276.49, 453544.75 5528500.59, 453588.6799999997 5528659.949999999, 453632.6500000004 5528875.67, 453661.58999999985 5529110.08, 453669.4400000004 5529251.720000001, 453669.45999999996 5529418.09, 453659.9199999999 5529563.48, 453649.46999999974 5529634.539999999, 453634.96999999974 5529740, 453597.36000000034 5529906.289999999, 453522.70999999996 5530137.85, 453501.98000000045 5530195.859999999, 453278.0599999996 5530822.199999999, 453193.8300000001 5531074.26, 453075.41000000015 5531460.380000001, 452867.04000000004 5532198.42, 452844.1900000004 5532321.5, 452836.3799999999 5532447.880000001, 452821.20999999996 5533040.16, 452803.2599999998 5533188.77, 452770.86000000034 5533268.5, 452704.8300000001 5533431.289999999, 452497.0999999996 5533945.210000001, 452496.21999999974 5533947.289999999, 452373.6500000004 5534232.18, 452324.79000000004 5534345.73, 452114.2599999998 5534779.640000001, 451920.8099999996 5535137.460000001, 451762.8099999996 5535406.49, 451490.11000000034 5535833.65, 451459.0499999998 5535867.029999999, 451424.4299999997 5535904.84, 451341.96999999974 5535994.9, 451341.70999999996 5535995.1899999995, 451327.8200000003 5536010.359999999, 451327.5599999996 5536010.640000001, 451187.6200000001 5536163.49, 451146.86000000034 5536208.02, 451076.36000000034 5536284.699999999, 450395.6900000004 5537072.84, 450069.4500000002 5537348.35, 449741.51999999955 5537625.68), (453220.4000000004 5529159.65, 453224.11000000034 5529194.220000001, 453228.1200000001 5529279.51, 453226.1900000004 5529313.33, 453226.0700000003 5529354.27, 453226.5800000001 5529365.9, 453228.3700000001 5529391.1899999995, 453229.63999999966 5529397.039999999, 453233.26999999955 5529402.5, 453236.5999999996 5529408.34, 453242.4500000002 5529415.32, 453248.0999999996 5529414.16, 453251.20999999996 5529412.9, 453253.71999999974 5529410.039999999, 453254.5 5529409.130000001, 453258.0700000003 5529405.35, 453262.5999999996 5529399.880000001, 453280.03000000026 5529378.74, 453335.71999999974 5529307, 453354.58999999985 5529283.859999999, 453372.70999999996 5529264.859999999, 453380.36000000034 5529257.34, 453423.5700000003 5529216.17, 453465.13999999966 5529185.32, 453489.13999999966 5529166.73, 453497.2599999998 5529158.5600000005, 453503.5499999998 5529150.789999999, 453519.79000000004 5529126.02, 453521.5599999996 5529123.3100000005, 453525.8700000001 5529107.99, 453523.79000000004 5529083.91, 453519.1200000001 5529044.4, 453512.78000000026 5528990.390000001, 453507.6299999999 5528949.74, 453501.23000000045 5528914.449999999, 453497.11000000034 5528894.800000001, 453489.03000000026 5528849.5, 453485.75 5528829.09, 453482.3700000001 5528812.01, 453477.2000000002 5528804.58, 453473.73000000045 5528795.470000001, 453472.9199999999 5528789.029999999, 453472.9400000004 5528780.460000001, 453473.1699999999 5528766.369999999, 453465.46999999974 5528746.140000001, 453464.8099999996 5528741.6899999995, 453463.6200000001 5528721.84, 453461.6200000001 5528710.9, 453454.1500000004 5528678.3100000005, 453440.26999999955 5528619.109999999, 453431.79000000004 5528577.59, 453427.4400000004 5528560.4399999995, 453417.96999999974 5528525.58, 453405.5700000003 5528476.380000001, 453404.0099999998 5528471.73, 453397.7000000002 5528453.32, 453394.0800000001 5528443.23, 453391.7400000002 5528437.15, 453390.6900000004 5528434.26, 453388.5599999996 5528429.26, 453385.4500000002 5528421.779999999, 453377.3499999996 5528403.49, 453374.5 5528397.4399999995, 453351.6699999999 5528350.16, 453324.8200000003 5528295.73, 453318.9500000002 5528283.84, 453315.9299999997 5528277.720000001, 453310.4900000002 5528266.4399999995, 453267.20999999996 5528178.17, 453223.95999999996 5528090.16, 453194.9900000002 5528031.470000001, 453179.8700000001 5528000.65, 453172.9900000002 5527986.59, 453135.45999999996 5527909.859999999, 453101.3499999996 5527839.65, 453098.8499999996 5527839.32, 453089.7599999998 5527856.76, 453077.0599999996 5527881.23, 453062.23000000045 5527926.32, 453051.0099999998 5527965.17, 453050.58999999985 5527967.710000001, 453041.66000000015 5528016.869999999, 453039.5800000001 5528028.35, 453030.3499999996 5528101.23, 453030.13999999966 5528160.550000001, 453032.6799999997 5528208.039999999, 453037.20999999996 5528207.26, 453041.3200000003 5528218.73, 453051.4199999999 5528278.27, 453050.63999999966 5528285.359999999, 453056.83999999985 5528292.960000001, 453065.9500000002 5528315.449999999, 453065.88999999966 5528330.470000001, 453070.3099999996 5528336.42, 453079.79000000004 5528360.84, 453085.1500000004 5528370.859999999, 453091.0999999996 5528390.73, 453092.9000000004 5528404.34, 453089.4400000004 5528409.880000001, 453089.5999999996 5528412.74, 453101.01999999955 5528416.92, 453101.5999999996 5528418.3100000005, 453102.71999999974 5528420.970000001, 453106.0099999998 5528428.789999999, 453103.6299999999 5528434.07, 453131.53000000026 5528509.619999999, 453135.0800000001 5528539.9, 453128.03000000026 5528534.369999999, 453126.11000000034 5528535.039999999, 453127.11000000034 5528541.529999999, 453137.88999999966 5528580.34, 453140.26999999955 5528619.4, 453148.11000000034 5528674.869999999, 453148.36000000034 5528683.0600000005, 453145.66000000015 5528693.82, 453145.4900000002 5528706.449999999, 453152.53000000026 5528759.42, 453157.08999999985 5528787.6, 453166.63999999966 5528841.9399999995, 453171.76999999955 5528868.5, 453187.20999999996 5528946.380000001, 453204.4900000002 5529030.84, 453212.23000000045 5529089.16, 453215.21999999974 5529111.359999999, 453220.4000000004 5529159.65), (453043.6900000004 5531103.630000001, 453049.20999999996 5531103, 453050.04000000004 5531099.67, 453051.73000000045 5531094.49, 453065.1900000004 5531053.93, 453071.8799999999 5531033.18, 453134.51999999955 5530862.93, 453169.2599999998 5530768.039999999, 453202.48000000045 5530674.02, 453235.45999999996 5530580.32, 453269.1799999997 5530486.66, 453303.4000000004 5530392.779999999, 453336.8200000003 5530298.449999999, 453409.7400000002 5530100.619999999, 453437.21999999974 5530018.029999999, 453463.04000000004 5529925.1, 453484.6699999999 5529833.9, 453500.6799999997 5529741.8100000005, 453513.3300000001 5529646.76, 453520.6200000001 5529553.01, 453523.1500000004 5529512.869999999, 453524.21999999974 5529485.02, 453525.76999999955 5529458.98, 453526.9299999997 5529429.5, 453528.9900000002 5529369.65, 453529.4000000004 5529352.58, 453530.5700000003 5529324.65, 453532.2599999998 5529272.789999999, 453532.28000000026 5529259.640000001, 453532.41000000015 5529227.949999999, 453533.51999999955 5529187.77, 453529.46999999974 5529185.710000001, 453509.79000000004 5529198.49, 453494.1500000004 5529213.51, 453492.2599999998 5529214.4399999995, 453470.6500000004 5529230.449999999, 453453.3099999996 5529242.130000001, 453437.9900000002 5529255.300000001, 453426.3499999996 5529269.529999999, 453420.16000000015 5529279.98, 453414.1900000004 5529288.609999999, 453408.58999999985 5529297.51, 453400.73000000045 5529310.98, 453388.7400000002 5529334.84, 453379.0999999996 5529353.779999999, 453364.0999999996 5529377.5600000005, 453339.51999999955 5529412.27, 453331.79000000004 5529420.32, 453306.01999999955 5529417.91, 453293.79000000004 5529432.18, 453282.9000000004 5529447.640000001, 453264.1900000004 5529472.59, 453238.95999999996 5529519.220000001, 453231.2999999998 5529531.98, 453215.75 5529585.02, 453217.75 5529586.390000001, 453220.54000000004 5529586.859999999, 453218.79000000004 5529600.5, 453207.98000000045 5529683.390000001, 453197.9900000002 5529764.73, 453187.4900000002 5529844.01, 453174.61000000034 5529932.220000001, 453156.5999999996 5530025.77, 453152.3499999996 5530050.65, 453159.0999999996 5530054.49, 453157.03000000026 5530129.470000001, 453143.5700000003 5530227.83, 453112.9500000002 5530248.98, 453105.9500000002 5530322.029999999, 453101.45999999996 5530364.49, 453096.71999999974 5530383.15, 453096.46999999974 5530425.140000001, 453086.3200000003 5530527.890000001, 453079.2000000002 5530630.449999999, 453072.23000000045 5530733.84, 453064.0499999998 5530838.539999999, 453055.9000000004 5530942.9399999995, 453048.51999999955 5531025.34, 453046.4500000002 5531048.5, 453041.5 5531092.880000001, 453041.1500000004 5531096.050000001, 453040.9000000004 5531100.119999999, 453043.6900000004 5531103.630000001)), ((455054.5599999996 5519548.49, 455058.2599999998 5519538.9399999995, 455061.29000000004 5519531.130000001, 455065.0599999996 5519527.34, 455073.25 5519526.449999999, 455076.4400000004 5519497.630000001, 455073.61000000034 5519478.289999999, 455072.2599999998 5519469.07, 455073.4500000002 5519461.4, 455078.78000000026 5519426.92, 455078.28000000026 5519415.74, 455077.25 5519392.8100000005, 455074.71999999974 5519368.84, 455081.8200000003 5519332.84, 455077.86000000034 5519332.289999999, 455082.9500000002 5519313.58, 455088.6200000001 5519287.75, 455106.13999999966 5519226.07, 455132.9299999997 5519146.369999999, 455151.86000000034 5519086.960000001, 455160.91000000015 5519060.220000001, 455206.08999999985 5518926.630000001, 455210.7400000002 5518928.960000001, 455226.9199999999 5518898.5600000005, 455241.73000000045 5518856.890000001, 455248.70999999996 5518847.35, 455263.4000000004 5518843.85, 455302.3099999996 5518762.74, 455304.75 5518748.98, 455300.41000000015 5518745.66, 455358.75 5518669.609999999, 455382.38999999966 5518640.279999999, 455404.83999999985 5518612.43, 455521.7599999998 5518470.08, 455567.8300000001 5518413.9, 455687.75 5518263.789999999, 455806.26999999955 5518122.800000001, 455872.51999999955 5518048, 455937.4900000002 5517971.9399999995, 455959.03000000026 5517947.76, 456007.73000000045 5517887.48, 456077.71999999974 5517800.15, 456146.3799999999 5517711.859999999, 456206.04000000004 5517632.52, 456264.4400000004 5517552.220000001, 456254.7000000002 5517544.890000001, 456251.95999999996 5517540.1899999995, 456252.9500000002 5517534.74, 456273.5499999998 5517506.289999999, 456278.3799999999 5517503.779999999, 456283.8300000001 5517504.640000001, 456300.0999999996 5517516.3100000005, 456311.41000000015 5517483.24, 456315.29000000004 5517480.1, 456321.83999999985 5517474.8100000005, 456380.48000000045 5517392.43, 456448.5099999998 5517293.74, 456488.7599999998 5517232.529999999, 456515.2000000002 5517193.91, 456579.45999999996 5517092.84, 456594.53000000026 5517068.27, 456643.0099999998 5516990.9399999995, 456646.58999999985 5516984.960000001, 456696.58999999985 5516901.289999999, 456705.1200000001 5516888.199999999, 456767.46999999974 5516781.949999999, 456821.03000000026 5516685.859999999, 456877.8300000001 5516580.34, 456934.0999999996 5516474.359999999, 456989.0999999996 5516366.970000001, 457027.9400000004 5516289.109999999, 457070.11000000034 5516198.57, 457112.0999999996 5516107.83, 457161.0099999998 5515998.41, 457208.8099999996 5515888.18, 457211.1200000001 5515882.289999999, 457233.98000000045 5515823.720000001, 457256.0800000001 5515767.16, 457305.1500000004 5515639.359999999, 457353.1299999999 5515513.07, 457391.4000000004 5515404.970000001, 457398.1200000001 5515385.99, 457407.3300000001 5515365.210000001, 457444.46999999974 5515250.58, 457477.66000000015 5515145.609999999, 457502.2999999998 5515062.3100000005, 457534.54000000004 5514951.220000001, 457561.1799999997 5514854.869999999, 457575.2999999998 5514796.77, 457606.8700000001 5514652.609999999, 457618.8099999996 5514598.119999999, 457620.0099999998 5514576.27, 457620.0700000003 5514393.73, 457619.04000000004 5514383.710000001, 457607.71999999974 5514333.550000001, 457604.4000000004 5514294.640000001, 457604.0099999998 5514265.8100000005, 457605.36000000034 5514242.59, 457614.6900000004 5514170.220000001, 457620.61000000034 5514146.6, 457621.8300000001 5514132.380000001, 457620.9900000002 5514076.5600000005, 457623.36000000034 5514039.16, 457626.96999999974 5513982.449999999, 457628.38999999966 5513970.029999999, 457637.2999999998 5513921.119999999, 457639.5999999996 5513873.220000001, 457651.16000000015 5513830.15, 457655.08999999985 5513819.68, 457665.48000000045 5513797.949999999, 457685.33999999985 5513746.24, 457705.5099999998 5513700.42, 457714.0999999996 5513682.380000001, 457731.4400000004 5513664.15, 457768.6900000004 5513636.6, 457787.20999999996 5513618.0600000005, 457829.2599999998 5513574.17, 457868.4299999997 5513531.57, 457873.45999999996 5513523.66, 457879.5999999996 5513509.52, 457890.48000000045 5513476.4399999995, 457911.08999999985 5513437.970000001, 457939.6699999999 5513405.42, 457976.75 5513370.18, 458000.86000000034 5513341.51, 458043 5513297.460000001, 458076.1500000004 5513265.9399999995, 458098.5700000003 5513236.949999999, 458125.20999999996 5513212.470000001, 458151.7599999998 5513176.369999999, 458180.0499999998 5513134.27, 458199.5 5513105.33, 458254.0800000001 5513029.4, 458272.9900000002 5513002.619999999, 458291.86000000034 5512982.050000001, 458320.0999999996 5512958.08, 458349.9199999999 5512930.82, 458394.70999999996 5512889.359999999, 458427.2599999998 5512867.67, 458477.0800000001 5512839.6899999995, 458487.33999999985 5512833.9, 458509.79000000004 5512824.0600000005, 458569.8099999996 5512793.449999999, 458588.91000000015 5512784.9, 458596.9299999997 5512781.32, 458634.54000000004 5512764.48, 458691.16000000015 5512743.02, 458768.03000000026 5512710.039999999, 458825.01999999955 5512692.470000001, 458898.7000000002 5512667.93, 458977.1699999999 5512645.279999999, 459002.5800000001 5512638.25, 459025.7999999998 5512631.51, 459046.2400000002 5512622.960000001, 459104.28000000026 5512604.24, 459132.11000000034 5512596.949999999, 459193.28000000026 5512585.9, 459266.4000000004 5512575.85, 459327.0499999998 5512572.630000001, 459446 5512567.279999999, 459563.78000000026 5512562.890000001, 459621.9199999999 5512563.359999999, 459667.2400000002 5512562.619999999, 459714.98000000045 5512562.789999999, 459832.26999999955 5512569.24, 459887.0099999998 5512568.039999999, 459909.5800000001 5512568.779999999, 459913.1799999997 5512568.91, 459903.91000000015 5512727.529999999, 459749.16000000015 5512719.15, 459549.1900000004 5512717.76, 459409.25 5512722.710000001, 459349.5599999996 5512725.710000001, 459250.04000000004 5512735.23, 459151.1799999997 5512750.18, 459053.28000000026 5512770.51, 458956.66000000015 5512796.17, 458861.5800000001 5512827.0600000005, 458768.3300000001 5512863.119999999, 458677.2000000002 5512904.220000001, 458655.6699999999 5512915.619999999, 458588.6200000001 5512950.51, 458503.8700000001 5513003.49, 458423.6900000004 5513063.17, 458348.61000000034 5513129.17, 458279.0999999996 5513200.99, 458214.0599999996 5513276.890000001, 458143.41000000015 5513369.76, 458057.71999999974 5513499.380000001, 457994.83999999985 5513610.5, 457950.91000000015 5513700.32, 457911.58999999985 5513792.24, 457876.95999999996 5513886.02, 457847.0999999996 5513981.43, 457822.1200000001 5514078.23, 457801.95999999996 5514176.210000001, 457787.4299999997 5514275.01, 457782.3499999996 5514374.800000001, 457784.04000000004 5514474.76, 457779.8799999999 5514574.619999999, 457768.9400000004 5514673.960000001, 457751.25 5514772.34, 457695.9199999999 5515019.98, 457647.1699999999 5515206.65, 457563.7400000002 5515382.74, 457508.96999999974 5515544.789999999, 457485.01999999955 5515690.050000001, 457386.76999999955 5515938.390000001, 457315.88999999966 5516053.199999999, 457243 5516191.720000001, 457190.76999999955 5516303.18, 457063.9299999997 5516556.720000001, 456947.91000000015 5516772.529999999, 456833.28000000026 5516970.970000001, 456414.20999999996 5517606.48, 455727.9299999997 5518504.9, 455642.4299999997 5518615.51, 455597.2400000002 5518676.359999999, 455541.3200000003 5518759.220000001, 455489.75 5518844.82, 455442.61000000034 5518932.949999999, 455400.0599999996 5519023.390000001, 455362.1900000004 5519115.890000001, 455329.1299999999 5519210.210000001, 455300.9199999999 5519306.1, 455277.6699999999 5519403.300000001, 455267.3700000001 5519458.880000001, 455259.4500000002 5519501.58, 455246.28000000026 5519600.68, 455242.98000000045 5519641.4, 455238.2000000002 5519700.289999999, 455235.25 5519800.18, 455237.4400000004 5519900.119999999, 455244.71999999974 5519999.82, 455257.1200000001 5520099, 455274.5800000001 5520197.42, 455297.0499999998 5520294.8100000005, 455327.21999999974 5520399.5, 455355.48000000045 5520488.1899999995, 455386.4000000004 5520585.279999999, 455487.6699999999 5520903.16, 455635.75 5521367.960000001, 455674.1500000004 5521488.42, 455749.2000000002 5521724.4, 455775.4299999997 5521820.85, 455795.2000000002 5521918.8100000005, 455808.41000000015 5522017.869999999, 455815.03000000026 5522117.6, 455815.01999999955 5522217.539999999, 455808.2000000002 5522318.1, 455798.3300000001 5522392.6, 455771.0800000001 5522530.07, 455749.11000000034 5522610.789999999, 455716.53000000026 5522705.25, 455556 5522674.039999999, 455544.0800000001 5522671.710000001, 455573.6200000001 5522576.52, 455592.78000000026 5522502.380000001, 455596.83999999985 5522463.699999999, 455610.95999999996 5522392.41, 455610.13999999966 5522339.470000001, 455612.75 5522293.42, 455614.7599999998 5522281.800000001, 455611.8700000001 5522252.609999999, 455600.25 5522201.26, 455596.8799999999 5522170.02, 455584.79000000004 5522162.02, 455596.0700000003 5522159.380000001, 455595.8799999999 5522149.82, 455591.2000000002 5522134.4, 455579.45999999996 5522110.970000001, 455568.0499999998 5522088.210000001, 455558.4199999999 5522056.369999999, 455527.58999999985 5521909.4399999995, 455506.1699999999 5521800.52, 455485.91000000015 5521690.16, 455437.4900000002 5521536.41, 455403.53000000026 5521394.23, 455348.8499999996 5521241.82, 455322.66000000015 5521115.09, 455276.28000000026 5520975.119999999, 455266.86000000034 5520875.859999999, 455218.5999999996 5520629.3100000005, 455212.33999999985 5520589.199999999, 455173.2999999998 5520407.93, 455156.1699999999 5520347.960000001, 455119.63999999966 5520237.029999999, 455095.5599999996 5520172.23, 455085.4000000004 5520121.01, 455056.9199999999 5520011.99, 455046.3499999996 5519963.949999999, 455026.25 5519883.109999999, 455029.20999999996 5519882.43, 455033.29000000004 5519870.220000001, 455028.8799999999 5519831.27, 455034.9400000004 5519826.880000001, 455065.7000000002 5519810.59, 455063.04000000004 5519786.34, 455047.3799999999 5519761.16, 455035.86000000034 5519741.65, 455031.6799999997 5519725.24, 455033.1500000004 5519717.699999999, 455059.1699999999 5519705.6, 455070.61000000034 5519677.16, 455071.48000000045 5519665.59, 455068.9500000002 5519650.449999999, 455061.46999999974 5519626.880000001, 455059.9900000002 5519610.380000001, 455063.08999999985 5519603.34, 455054.5599999996 5519548.49)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-304</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-304</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6116-304.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6116-304.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-079" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6116-304.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-079" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6116-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6116-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6116-304.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108906</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.99424076116</v>
+        <v>46071.12787486018</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>