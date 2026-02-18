--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6113-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((421290.1900000004 5525287.83, 421550.6299999999 5525546.16, 421582.25 5525577.789999999, 421626.1500000004 5525625.27, 421627.5099999998 5525626.75, 421628.76999999955 5525628.300000001, 421661.3700000001 5525668.15, 421678.38999999966 5525690.4399999995, 421694.51999999955 5525711.84, 421711.51999999955 5525736.41, 421734.2400000002 5525769.93, 421741.1500000004 5525782.51, 421743.1500000004 5525804.8100000005, 421753.8099999996 5525810.789999999, 421764.3499999996 5525814.83, 421772.8799999999 5525819.359999999, 421775.4400000004 5525820.65, 421773.21999999974 5525827.550000001, 421795.8700000001 5525834.869999999, 421798.83999999985 5525825.039999999, 421804.8099999996 5525826.82, 421805.4199999999 5525824.960000001, 421829.8300000001 5525834.33, 421903.0499999998 5525855.34, 422041.6699999999 5525899.050000001, 422074.58999999985 5525904.140000001, 422122.04000000004 5525911.470000001, 422131.28000000026 5525898.43, 422312.9000000004 5525941.35, 422350.8499999996 5525962.0600000005, 422355.4500000002 5525965.75, 422359.58999999985 5525969.08, 422371.2400000002 5525978.460000001, 422382.2999999998 5525981.68, 422389.21999999974 5525990.52, 422414.86000000034 5526016.789999999, 422421.0599999996 5526027.35, 422422.3300000001 5526029.5, 422423.3799999999 5526031.140000001, 422446.53000000026 5526065.5600000005, 422459.54000000004 5526094.58, 422471.54000000004 5526123.710000001, 422483.61000000034 5526162.630000001, 422490.7999999998 5526198.550000001, 422492.4500000002 5526218.1, 422494.38999999966 5526265.15, 422490.5700000003 5526295.710000001, 422480.3099999996 5526350.18, 422452.95999999996 5526455.83, 422429.6799999997 5526549.359999999, 422423.23000000045 5526588.8100000005, 422422.0999999996 5526611.039999999, 422422 5526633.449999999, 422425.46999999974 5526657.16, 422434.45999999996 5526700.51, 422441.54000000004 5526749.609999999, 422441.9500000002 5526765.57, 422441.1799999997 5526780.279999999, 422440.7000000002 5526783.550000001, 422437.9199999999 5526802.199999999, 422429.8099999996 5526821.35, 422419.21999999974 5526824.529999999, 422397.41000000015 5526829.33, 422393.21999999974 5526873.3100000005, 422393.38999999966 5526887.550000001, 422380.4900000002 5526884.119999999, 422374.4400000004 5526910.800000001, 422367.28000000026 5526942.390000001, 422344.4199999999 5527031.58, 422339.7599999998 5527050.41, 422323.41000000015 5527112.369999999, 422302.6299999999 5527176.24, 422301.8700000001 5527189.279999999, 422296.5 5527214.699999999, 422294.71999999974 5527220.550000001, 422282.46999999974 5527268.970000001, 422271.16000000015 5527303.970000001, 422262.23000000045 5527330.75, 422263.1900000004 5527343.470000001, 422261.8099999996 5527411.890000001, 422264.2000000002 5527414.4, 422254.54000000004 5527429.449999999, 422229.3799999999 5527578.130000001, 422226.26999999955 5527581.98, 422219.73000000045 5527590.02, 422216.0999999996 5527590.01, 422202.78000000026 5527589.98, 422200.5700000003 5527588.9, 422191.2599999998 5527584.32, 422189.4500000002 5527588.65, 422183.33999999985 5527603.26, 422178.78000000026 5527614.17, 422195.03000000026 5527620.75, 422197.5999999996 5527609, 422207.0099999998 5527615.42, 422168.96999999974 5527788.970000001, 422155.21999999974 5527851.73, 422135.1500000004 5527935.640000001, 422127.3499999996 5527968.279999999, 422119.4199999999 5528001.41, 422086.70999999996 5528155.25, 422080.78000000026 5528203.57, 422076.6799999997 5528276.0600000005, 422072.9199999999 5528325.33, 422068.61000000034 5528348.1899999995, 422063.4299999997 5528367.58, 422047.51999999955 5528419.130000001, 422031.3099999996 5528471.66, 422019.0700000003 5528473.02, 422004.21999999974 5528469.869999999, 421998.8700000001 5528492.58, 421986.08999999985 5528511.609999999, 421983.20999999996 5528509.85, 421982.2000000002 5528512.17, 421977.95999999996 5528521.82, 421974.0800000001 5528530.68, 421981.5099999998 5528534.1899999995, 421976.4299999997 5528546.18, 421977.75 5528546.859999999, 421974.46999999974 5528554.859999999, 421979.0599999996 5528556.869999999, 421980.2000000002 5528557.369999999, 421978.70999999996 5528557.99, 421971.9000000004 5528560.85, 421951.4400000004 5528569.43, 421934.0999999996 5528576.699999999, 421909.0099999998 5528592.02, 421894.7400000002 5528601.99, 421877.4299999997 5528620.15, 421873.98000000045 5528623.76, 421871.4500000002 5528626.42, 421852.66000000015 5528651, 421838.6200000001 5528676.73, 421826.36000000034 5528708.220000001, 421819.23000000045 5528750.9399999995, 421820.03000000026 5528767.710000001, 421820.8700000001 5528782.460000001, 421835.1200000001 5528847.550000001, 421868.3499999996 5528966.619999999, 421881.4199999999 5529008.51, 421885.88999999966 5529046.35, 421886.66000000015 5529109.640000001, 421893.79000000004 5529159.3100000005, 421894.41000000015 5529163.51, 421890.45999999996 5529163.34, 421883.7000000002 5529169.5600000005, 421882.9199999999 5529170.279999999, 421862.5800000001 5529327.52, 421851.8700000001 5529362.880000001, 421838.6299999999 5529389.970000001, 421812.7599999998 5529441.859999999, 421779.86000000034 5529498.66, 421766.29000000004 5529518.01, 421737.5999999996 5529548.98, 421698.4400000004 5529583.34, 421676.0700000003 5529600.82, 421621.38999999966 5529624.26, 421582.61000000034 5529648.550000001, 421579.8200000003 5529650.66, 421456.36000000034 5529743.9, 421434.1699999999 5529760.65, 421412.98000000045 5529776.57, 421409.1299999999 5529783.619999999, 421399.36000000034 5529791.1899999995, 421365.5599999996 5529815.039999999, 421343.0499999998 5529837.460000001, 421321.04000000004 5529866.6, 421280.1900000004 5529929.6899999995, 421284.0599999996 5529937.02, 421282.36000000034 5530070.82, 421281.46999999974 5530074.779999999, 421289.4500000002 5530074.8100000005, 421362.9900000002 5530075.1, 421375.0999999996 5530075.16, 421428.4900000002 5530075.380000001, 421431.78000000026 5530079.23, 421431.01999999955 5530083.25, 421429.2999999998 5530092.390000001, 421417.6799999997 5530154.3100000005, 421389.33999999985 5530154.16, 421382.6500000004 5530154.119999999, 421356.3300000001 5530153.970000001, 421352.23000000045 5530153.9399999995, 421267.8200000003 5530153.49, 421264.0099999998 5530153.48, 421247.5 5530227.960000001, 421227.04000000004 5530317.82, 421224.4000000004 5530329.609999999, 421223.51999999955 5530333.52, 421223.48000000045 5530341.460000001, 421221.0999999996 5530552.51, 421221.0499999998 5530557, 421221.0099999998 5530561.01, 421220.96999999974 5530565, 421218.7999999998 5530791.73, 421218.79000000004 5530792.970000001, 421218.79000000004 5530799.67, 421218.5599999996 5530803.66, 421208.1799999997 5530987.5600000005, 421206.70999999996 5531012.890000001, 421205.7000000002 5531030.35, 421204.79000000004 5531046.140000001, 421204.1299999999 5531057.57, 421201.9299999997 5531058.6899999995, 421192.0800000001 5531063.699999999, 421189.16000000015 5531065.1899999995, 421184.5 5531067, 421148.63999999966 5531081.17, 421069.83999999985 5531112.300000001, 421059.9500000002 5531107.34, 421045.2599999998 5531098, 421040.91000000015 5531095.24, 421037.08999999985 5531102.970000001, 421021.3300000001 5531133.76, 421016.1500000004 5531143.869999999, 421010.73000000045 5531140.449999999, 421005.20999999996 5531136.98, 421001.0800000001 5531144.75, 420996.4400000004 5531153.35, 420991.21999999974 5531163.08, 420985.9900000002 5531172.85, 420983.78000000026 5531176.960000001, 420988.8099999996 5531179.77, 420993.48000000045 5531182.380000001, 420994.41000000015 5531182.9, 420996.3799999999 5531184.01, 421002.71999999974 5531187.5600000005, 421008.04000000004 5531190.550000001, 421010.0599999996 5531186.960000001, 421025.6699999999 5531196.25, 421039.9900000002 5531204.800000001, 421049 5531210.050000001, 421052.9400000004 5531203.42, 421079.4400000004 5531261.84, 421088.9000000004 5531282.68, 421097.9900000002 5531369.210000001, 421101.9299999997 5531405.289999999, 421103.5 5531538.17, 421103.9000000004 5531653.4399999995, 421109.0099999998 5531702.17, 421111.6900000004 5531712.4399999995, 421115 5531725.140000001, 421120.33999999985 5531747.869999999, 421125.5999999996 5531767.77, 421157.6900000004 5531861.67, 421202.1900000004 5531954.51, 421306.1900000004 5532168.18, 421315.5999999996 5532187.050000001, 421356.75 5532273.970000001, 421379.1900000004 5532345.859999999, 421380.4500000002 5532357.92, 421382.11000000034 5532374.02, 421383.71999999974 5532389.41, 421385.4000000004 5532405.539999999, 421386.33999999985 5532414.65, 421385.53000000026 5532421.800000001, 421384.73000000045 5532428.76, 421383.7000000002 5532437.75, 421383.5 5532439.470000001, 421381.6799999997 5532455.380000001, 421380.01999999955 5532469.880000001, 421377.2599999998 5532490.68, 421374.7999999998 5532509.279999999, 421372.4199999999 5532527.16, 421369.9299999997 5532546.02, 421367.61000000034 5532563.41, 421366.04000000004 5532575.33, 421364.7400000002 5532585.109999999, 421364.03000000026 5532590.470000001, 421363.2000000002 5532596.74, 421359.78000000026 5532595.82, 421351.9500000002 5532593.710000001, 421343.3200000003 5532591.449999999, 421344.25 5532585.48, 421344.78000000026 5532582.01, 421312.1299999999 5532573.890000001, 421311.7999999998 5532577.41, 421311.28000000026 5532583.01, 421308.20999999996 5532615.51, 421267.91000000015 5532683.75, 421265.6699999999 5532687.779999999, 421262.4199999999 5532689.890000001, 421235.45999999996 5532707.35, 421226.8499999996 5532712.9399999995, 421221.8200000003 5532716.1899999995, 421223.3200000003 5532722.82, 421226.5099999998 5532738.039999999, 421228.7000000002 5532746.859999999, 421225.46999999974 5532749.3100000005, 421217.2599999998 5532755.529999999, 421203.71999999974 5532770.199999999, 421190.6500000004 5532785.9, 421177.4000000004 5532804.85, 421101.0599999996 5532934.9399999995, 421087.13999999966 5532963.140000001, 421081.8200000003 5532987.41, 421078.54000000004 5533009.4399999995, 421075.7400000002 5533042.76, 421075.0499999998 5533042.859999999, 421072.29000000004 5533055.51, 421070.25 5533064.91, 421067.6699999999 5533076.699999999, 421107.9000000004 5533093.210000001, 421120.54000000004 5533102.6, 421131.2400000002 5533119.48, 421136.6200000001 5533138.6899999995, 421137.0599999996 5533158.859999999, 421131.3700000001 5533186.699999999, 421118.03000000026 5533246.92, 421117.23000000045 5533250.449999999, 421116.6900000004 5533252.800000001, 421089.5700000003 5533358.5600000005, 421085.95999999996 5533384.289999999, 421084.0099999998 5533410.23, 421083.51999999955 5533416.880000001, 421090.58999999985 5533437.699999999, 421097.1500000004 5533448.48, 421101.0700000003 5533454.91, 421115.6500000004 5533468.119999999, 421124.3499999996 5533472.42, 421098.9199999999 5533507.050000001, 421095.0099999998 5533512.369999999, 421083.7999999998 5533527.630000001, 421082.96999999974 5533528.76, 421081.5 5533530.76, 421071 5533545.050000001, 421026 5533606.41, 421016.13999999966 5533619.869999999, 421009.36000000034 5533629.1, 420992.08999999985 5533652.539999999, 420988 5533649.67, 420983.4199999999 5533646.460000001, 420983.0099999998 5533611.92, 420980.4299999997 5533570.92, 420978.54000000004 5533548.470000001, 420977.20999999996 5533539.42, 420974.33999999985 5533520.4, 420970.33999999985 5533494.619999999, 420970.7000000002 5533478.49, 420968.0599999996 5533459.6, 420966.23000000045 5533444.57, 420964.9000000004 5533433.76, 420964.2000000002 5533426.140000001, 420967.5099999998 5533425.6899999995, 420968.58999999985 5533425.539999999, 420954.0999999996 5533365.140000001, 420951.6500000004 5533347.26, 420960.45999999996 5533350.48, 420959.08999999985 5533332.93, 420959.0099999998 5533331.98, 420955.5999999996 5533315.789999999, 420952.3300000001 5533307, 420942.2000000002 5533293.68, 420939.4900000002 5533289.08, 420935.33999999985 5533262.01, 420917.4500000002 5533134.67, 420916.5599999996 5533113.02, 420915.1799999997 5533088.09, 420914.8300000001 5533080.640000001, 420914.5700000003 5533045.76, 420914.66000000015 5533029.59, 420914.78000000026 5533006.890000001, 420914.73000000045 5533003.859999999, 420921.66000000015 5532954.59, 420924.0999999996 5532938.51, 420926.5700000003 5532923.390000001, 420928.5800000001 5532910.449999999, 420929.3499999996 5532906.59, 420930.5999999996 5532900.369999999, 420931.9400000004 5532893.640000001, 420943.8200000003 5532898.49, 420960.54000000004 5532892.109999999, 420969.0499999998 5532883.65, 420971.6500000004 5532880.65, 420973.4900000002 5532877.640000001, 420976.04000000004 5532873.1899999995, 420984.6500000004 5532858.16, 420993.5999999996 5532842.539999999, 420996.71999999974 5532837.07, 420999.29000000004 5532832.59, 421001.5800000001 5532828.609999999, 421008.29000000004 5532816.91, 421016.6200000001 5532802.359999999, 421020.03000000026 5532796.41, 421026.5 5532785.119999999, 421037.33999999985 5532766.68, 421040.98000000045 5532760.470000001, 421044.71999999974 5532754.130000001, 421050.66000000015 5532744.029999999, 421054.3099999996 5532737.8100000005, 421058.95999999996 5532729.890000001, 421061.21999999974 5532726.82, 421070.9199999999 5532713.630000001, 421076.3700000001 5532706.24, 421084.0999999996 5532695.720000001, 421103.0700000003 5532669.949999999, 421099.2000000002 5532668.68, 421093.23000000045 5532666.73, 421109.03000000026 5532644.289999999, 421119.4400000004 5532628.8100000005, 421149.70999999996 5532586.380000001, 421169.01999999955 5532574.15, 421181.38999999966 5532541.880000001, 421183.13999999966 5532520.550000001, 421183.23000000045 5532500.34, 421180.33999999985 5532479, 421178.0099999998 5532471.1899999995, 421175.5800000001 5532463.08, 421174.2999999998 5532458.789999999, 421169.0999999996 5532448.92, 421164.2999999998 5532439.779999999, 421160.66000000015 5532432.859999999, 421156.0099999998 5532424.050000001, 421148.38999999966 5532409.5600000005, 421141.8499999996 5532397.130000001, 421138.08999999985 5532389.99, 421131.86000000034 5532378.15, 421128.28000000026 5532371.359999999, 421121.3300000001 5532358.130000001, 421114.5800000001 5532345.3100000005, 421112.48000000045 5532341.32, 421097.76999999955 5532313.41, 421093.0099999998 5532304.35, 421085.98000000045 5532291, 421072.08999999985 5532264.640000001, 421052.0700000003 5532226.65, 421040.8499999996 5532205.359999999, 421031.3700000001 5532187.369999999, 421019.25 5532164.35, 421011.1799999997 5532149.039999999, 421006.71999999974 5532140.5600000005, 421005.6299999999 5532138.48, 420996.2999999998 5532119.960000001, 420987.6699999999 5532102.85, 420985.71999999974 5532098.9399999995, 420979.29000000004 5532086.210000001, 420974.58999999985 5532076.859999999, 420968.5800000001 5532064.92, 420963.5999999996 5532055.039999999, 420953.6699999999 5532035.300000001, 420945.3700000001 5532018.85, 420941.5 5532013.390000001, 420935.5099999998 5532004.93, 420922.61000000034 5531991.359999999, 420915.1200000001 5531985.550000001, 420907.96999999974 5531980.01, 420892.1299999999 5531969.01, 420874.1900000004 5531961.24, 420849.6299999999 5531956.43, 420846.6500000004 5531949.300000001, 420842.38999999966 5531951.48, 420838.66000000015 5531942.17, 420827.58999999985 5531907.93, 420816.5999999996 5531870.460000001, 420814.9900000002 5531853.27, 420807 5531779.380000001, 420806.1200000001 5531773.91, 420805.7999999998 5531771.9399999995, 420805.0999999996 5531767.609999999, 420804.11000000034 5531761.460000001, 420803.11000000034 5531750.43, 420805.54000000004 5531742.699999999, 420806.8200000003 5531738.65, 420807.1299999999 5531737.630000001, 420807.7999999998 5531735.49, 420813.5999999996 5531721.039999999, 420804.91000000015 5531686.460000001, 420805.7000000002 5531621.380000001, 420803.36000000034 5531587.800000001, 420802.20999999996 5531487.199999999, 420801.8300000001 5531473.619999999, 420802.98000000045 5531456.640000001, 420806.28000000026 5531401.98, 420811.4900000002 5531308.449999999, 420816.66000000015 5531220.369999999, 420821.4900000002 5531129.3100000005, 420824.20999999996 5531074.18, 420831.5 5531051.960000001, 420836.5499999998 5531034.73, 420838.20999999996 5531002.449999999, 420835.54000000004 5530994.9399999995, 420828.4400000004 5530993.960000001, 420828.91000000015 5530984.890000001, 420830.46999999974 5530965.65, 420836.98000000045 5530965.470000001, 420838.7400000002 5530952.5600000005, 420832.79000000004 5530951.529999999, 420831.36000000034 5530947.09, 420833.95999999996 5530907.74, 420834.1500000004 5530904.9399999995, 420834.3700000001 5530901.57, 420835 5530892.08, 420838.5700000003 5530820.5600000005, 420840.79000000004 5530775.779999999, 420845.0499999998 5530690.34, 420846.8700000001 5530641.92, 420848.4199999999 5530621.84, 420850.86000000034 5530577.25, 420844.04000000004 5530559.130000001, 420843.0599999996 5530549.630000001, 420841.98000000045 5530539.210000001, 420841.8499999996 5530537.960000001, 420841.6200000001 5530535.609999999, 420840.25 5530523.93, 420838.1799999997 5530505.8100000005, 420835.0099999998 5530484.279999999, 420830.16000000015 5530457.5600000005, 420824.3200000003 5530421.34, 420821.91000000015 5530403.35, 420820.8499999996 5530390.66, 420817.8099999996 5530343.73, 420820.04000000004 5530316.3100000005, 420820.8799999999 5530281.710000001, 420827.6699999999 5530265.92, 420832.58999999985 5530254.470000001, 420835.83999999985 5530246.91, 420858.51999999955 5530208.880000001, 420840.4299999997 5530199.74, 420839.0700000003 5530199.0600000005, 420840.9199999999 5530196.07, 420841.38999999966 5530194.4399999995, 420839.21999999974 5530193.66, 420837.5 5530193.050000001, 420839.4199999999 5530186.460000001, 420845.3099999996 5530178.880000001, 420850.96999999974 5530165.25, 420857.3799999999 5530149.869999999, 420859.20999999996 5530145.4399999995, 420862.36000000034 5530137.869999999, 420865.51999999955 5530130.24, 420866.3700000001 5530128.199999999, 420867.3099999996 5530125.9399999995, 420869 5530121.859999999, 420872.6799999997 5530114.73, 420876.2000000002 5530107.960000001, 420879.4199999999 5530101.74, 420884.2000000002 5530091.4, 420889.2599999998 5530082.8100000005, 420893.8200000003 5530075.08, 420897.0099999998 5530070.039999999, 420908.3300000001 5530052.130000001, 420913.45999999996 5530044.43, 420917.98000000045 5530037.630000001, 420948.5 5529991.67, 420949.5099999998 5529985.1899999995, 420954.03000000026 5529978.51, 420969.4299999997 5529955.77, 420979.4500000002 5529938.029999999, 420980.4900000002 5529936.220000001, 420983.45999999996 5529931.470000001, 420990.9500000002 5529918.49, 420998.3799999999 5529905.59, 421001.3099999996 5529900.65, 421020.8300000001 5529869.18, 421033.3099999996 5529865.140000001, 421077.3200000003 5529784.67, 421099.70999999996 5529743.26, 421104.5700000003 5529719.83, 421109.28000000026 5529702.43, 421113.6699999999 5529698.970000001, 421115.6799999997 5529697.369999999, 421121.03000000026 5529693.140000001, 421123.46999999974 5529691.210000001, 421152.66000000015 5529668.140000001, 421157.1200000001 5529664.619999999, 421163.21999999974 5529661.73, 421182.8300000001 5529652.470000001, 421197.26999999955 5529645.640000001, 421205.11000000034 5529641.93, 421216.1200000001 5529636.73, 421236.3499999996 5529627.17, 421240.1500000004 5529626.140000001, 421357.5099999998 5529594.66, 421402.3099999996 5529572.98, 421412.0499999998 5529568.27, 421419.88999999966 5529564.470000001, 421452.1500000004 5529548.859999999, 421456.3799999999 5529546.82, 421458.83999999985 5529545.539999999, 421481.66000000015 5529533.66, 421523.71999999974 5529511.85, 421555 5529495.66, 421619.7599999998 5529467.99, 421620.5700000003 5529467.369999999, 421703.66000000015 5529402.83, 421731.71999999974 5529368.65, 421755.29000000004 5529265.9399999995, 421732.6299999999 5529222.24, 421709.9299999997 5529178.48, 421705.61000000034 5529171.66, 421697.9199999999 5529161.75, 421692.9900000002 5529155.41, 421633.8099999996 5529079.25, 421588.3300000001 5529000.18, 421553.48000000045 5528894.01, 421531.96999999974 5528828.15, 421533.9500000002 5528782.91, 421547.8099999996 5528747.84, 421562.03000000026 5528711.91, 421607.8799999999 5528595.99, 421674.03000000026 5528532.49, 421733.79000000004 5528495.41, 421675.88999999966 5528467.289999999, 421592.96999999974 5528427.029999999, 421589.7000000002 5528431.26, 421587.9000000004 5528430.720000001, 421580.13999999966 5528427.82, 421574.6200000001 5528425.76, 421558.51999999955 5528419.74, 421554.13999999966 5528415.130000001, 421654.1200000001 5528354.539999999, 421699.7000000002 5528329.65, 421753.3700000001 5528307.33, 421753.3700000001 5528303.550000001, 421765.3700000001 5528300.4399999995, 421812.1699999999 5528276.48, 421826.4400000004 5528272.880000001, 421859.0999999996 5528231.17, 421866.04000000004 5528218.949999999, 421876.96999999974 5528200.8100000005, 421884.5 5528183.59, 421895.33999999985 5528154.970000001, 421908.1299999999 5528110.82, 421942.0599999996 5527970.52, 421991.20999999996 5527773.050000001, 422008.4900000002 5527706.16, 422012.8200000003 5527670.619999999, 422018.61000000034 5527648.880000001, 422031.7599999998 5527607.84, 422047.9900000002 5527541.390000001, 422051.33999999985 5527518.9, 422051.8499999996 5527515.83, 422052.1799999997 5527513.869999999, 422053.8099999996 5527504.15, 422055.63999999966 5527493.279999999, 422058.78000000026 5527474.460000001, 422061.1200000001 5527460.51, 422065.4199999999 5527434.890000001, 422080.1200000001 5527344.32, 422082.8799999999 5527327.380000001, 422084.20999999996 5527319.17, 422085.3700000001 5527311.92, 422087.1200000001 5527300.960000001, 422089.7999999998 5527284.74, 422092.7400000002 5527266.9, 422093.3799999999 5527263.300000001, 422096.45999999996 5527245.85, 422098.0499999998 5527236.880000001, 422102.0499999998 5527214.52, 422106.38999999966 5527190.58, 422116.0800000001 5527137.58, 422119.2999999998 5527119.369999999, 422128.79000000004 5527063.859999999, 422131.4500000002 5527059.41, 422149.9199999999 5526942.51, 422151.9299999997 5526924.75, 422156.5700000003 5526863.77, 422157.2400000002 5526789.949999999, 422163.2400000002 5526672.859999999, 422164.28000000026 5526652.57, 422166.98000000045 5526592.130000001, 422167.3200000003 5526584.550000001, 422169.28000000026 5526556.970000001, 422170.13999999966 5526544.859999999, 422171.5800000001 5526524.57, 422175.8099999996 5526437.199999999, 422177.20999999996 5526382.93, 422171.73000000045 5526342.619999999, 422175.4000000004 5526337.1, 422172.0499999998 5526326.359999999, 422160.5800000001 5526300.75, 422155.7000000002 5526293.6899999995, 422138.4299999997 5526268.85, 422130.13999999966 5526256.789999999, 422124.33999999985 5526249.59, 422112.6799999997 5526235.1, 422108.6299999999 5526230.0600000005, 422103.4199999999 5526223.6, 422101.3700000001 5526221.1, 422098.9299999997 5526218.109999999, 422078.4299999997 5526192.949999999, 422068.13999999966 5526180.33, 422063.3499999996 5526174.449999999, 422051.29000000004 5526162.630000001, 422043.3799999999 5526154.869999999, 422032.79000000004 5526144.48, 422028.54000000004 5526140.3100000005, 422020.41000000015 5526133.6899999995, 422011.0499999998 5526126.029999999, 422006.4000000004 5526122.27, 421997.1500000004 5526114.84, 421989.7599999998 5526110.73, 421971.6500000004 5526100.630000001, 421933.79000000004 5526083.619999999, 421812.3700000001 5526037.609999999, 421806.5800000001 5526038.08, 421805.41000000015 5526036.970000001, 421803.75 5526035.619999999, 421797.4500000002 5526030.41, 421795.21999999974 5526018.99, 421727.61000000034 5525997.52, 421634.9299999997 5525958.619999999, 421632.9900000002 5525957.109999999, 421630.1900000004 5525954.880000001, 421615.3200000003 5525943.08, 421614.5999999996 5525943.869999999, 421579.3099999996 5525918.609999999, 421551.73000000045 5525892.66, 421534 5525867.0600000005, 421516.71999999974 5525842.09, 421512.4299999997 5525838.52, 421503.9299999997 5525831.4399999995, 421494.21999999974 5525823.359999999, 421490.41000000015 5525820.1899999995, 421477.04000000004 5525857.6, 421480.4500000002 5525873.699999999, 421475.08999999985 5525886.09, 421475.2000000002 5525888.1899999995, 421476.08999999985 5525889.8100000005, 421473.38999999966 5525893.4, 421471.3300000001 5525883.33, 421435.45999999996 5525833.539999999, 421397.33999999985 5525782.380000001, 421343.54000000004 5525709.960000001, 421270.1500000004 5525617, 421225.04000000004 5525559.859999999, 421203.3700000001 5525541.8100000005, 421201.66000000015 5525540.07, 421198.71999999974 5525537.07, 421186.8300000001 5525522.73, 421176.6299999999 5525511.93, 421157.5 5525491.1, 421144.73000000045 5525479.66, 421141.7000000002 5525477.039999999, 421009.0499999998 5525362.26, 420998.95999999996 5525353.529999999, 420973.98000000045 5525340.77, 420971.3799999999 5525339.26, 420965.4900000002 5525335.84, 420946.16000000015 5525313.27, 420933.78000000026 5525302.220000001, 420901.28000000026 5525273.199999999, 420886.20999999996 5525259.76, 420815.9400000004 5525194.640000001, 420785.61000000034 5525165.58, 420778.58999999985 5525158.49, 420763.0700000003 5525142.8100000005, 420725.9900000002 5525105.32, 420723.83999999985 5525103.17, 420716.25 5525093.789999999, 420700.5499999998 5525074.130000001, 420676.13999999966 5525042.25, 420652.70999999996 5525009.76, 420602.1699999999 5524939.68, 420557.8499999996 5524876.18, 420557.7000000002 5524875.640000001, 420550.63999999966 5524850.9399999995, 420543.9500000002 5524827.539999999, 420499.4900000002 5524763.210000001, 420492.46999999974 5524755.91, 420486.1299999999 5524744.24, 420474.54000000004 5524722.210000001, 420389.5999999996 5524579.84, 420345.5 5524518.4, 420319.6699999999 5524487.9399999995, 420215.61000000034 5524375.01, 420211.7999999998 5524370.949999999, 420214.3700000001 5524368.35, 420214.5999999996 5524365.66, 420211.6299999999 5524363, 420200.1900000004 5524359.289999999, 420170.4299999997 5524320.82, 420155.23000000045 5524300.460000001, 420062.3099999996 5524197.25, 420041.63999999966 5524177.470000001, 420030.08999999985 5524166.41, 420032.70999999996 5524163.220000001, 420053.2400000002 5524135.85, 420073.9500000002 5524096.779999999, 420090.51999999955 5524051.25, 420093.2400000002 5524043.789999999, 420112.4900000002 5524006.09, 420131.5800000001 5523968.73, 420152.66000000015 5523921.07, 420153.76999999955 5523918.859999999, 420159.7000000002 5523907.18, 420176.8200000003 5523873.390000001, 420186.2000000002 5523852.41, 420187.38999999966 5523843.42, 420188.11000000034 5523837.91, 420191.0499999998 5523831.58, 420200.33999999985 5523811.529999999, 420206.95999999996 5523797.539999999, 420207.3799999999 5523801, 420208.28000000026 5523803.92, 420212.11000000034 5523816.27, 420220.70999999996 5523844.02, 420223.2999999998 5523850.24, 420239.45999999996 5523884.449999999, 420309.08999999985 5524022.619999999, 420339.08999999985 5524071.59, 420340.1900000004 5524073.42, 420341.8099999996 5524074.58, 420419.6900000004 5524171.220000001, 420504.9400000004 5524274.48, 420595.04000000004 5524385.68, 420609.4299999997 5524411.24, 420671.6699999999 5524545.699999999, 420700.88999999966 5524607.65, 420713.8700000001 5524629.949999999, 420740.28000000026 5524668.93, 420763.6299999999 5524702.720000001, 420783.7599999998 5524728.17, 420846.13999999966 5524807.1, 420866.01999999955 5524835.98, 420930.01999999955 5524926.08, 420960.6299999999 5524959.630000001, 421019.86000000034 5525019.02, 421028.96999999974 5525023.65, 421052.0999999996 5525046.3100000005, 421054.9199999999 5525049.34, 421075.01999999955 5525070.91, 421077.8200000003 5525073.93, 421126.6299999999 5525119.42, 421123.9199999999 5525122.35, 421221.2400000002 5525219.76, 421290.1900000004 5525287.83)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6113-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6113-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6113-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6113-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-078" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6113-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6113-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6113-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-078" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6113-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6113-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6113-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108905</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.9794195451</v>
+        <v>46071.30375554108</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>