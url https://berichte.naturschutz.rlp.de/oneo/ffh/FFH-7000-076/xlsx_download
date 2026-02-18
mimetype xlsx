--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -138,51 +138,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6108-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((360658.41000000015 5518999.75, 360649.5700000003 5519000.18, 360646.08999999985 5519033.470000001, 360629.6200000001 5519066.83, 360619.58999999985 5519049.449999999, 360595.0800000001 5519006.9399999995, 360590.3499999996 5518998.74, 360519.98000000045 5518979.789999999, 360496.3799999999 5519004.109999999, 360476.4199999999 5519024.66, 360473.58999999985 5519027.57, 360473.54000000004 5519027.58, 360470.0800000001 5519032.619999999, 360396.2000000002 5519139.859999999, 360404.58999999985 5519218.07, 360401.8799999999 5519219.18, 360395.83999999985 5519221.369999999, 360342.5999999996 5519139.93, 360317.41000000015 5519101.4, 360312.0999999996 5519100.43, 360317.9000000004 5519091.17, 360299.6799999997 5519018.300000001, 360278.51999999955 5518999.49, 360275.7400000002 5518987.41, 360245.8499999996 5518859.73, 360261.5 5518850.6, 360271.95999999996 5518844.49, 360278.8799999999 5518844.390000001, 360272.9500000002 5518841.17, 360275.3700000001 5518837.93, 360269.4900000002 5518832.029999999, 360259.0800000001 5518821.5600000005, 360249.5599999996 5518811.99, 360210.23000000045 5518772.449999999, 360208.6699999999 5518770.880000001, 360165.76999999955 5518727.82, 360149.36000000034 5518711.34, 360133.9299999997 5518695.84, 360115.3700000001 5518677.18, 360110.1900000004 5518684.16, 360092.78000000026 5518707.74, 360074.9900000002 5518731.73, 360071.7000000002 5518736.16, 360012.2000000002 5518816.359999999, 359940.8099999996 5518748.869999999, 359893.38999999966 5518734.869999999, 359871.61000000034 5518751.460000001, 359824.75 5518693.960000001, 359853.1699999999 5518672.539999999, 359825.5099999998 5518648.67, 359769.2599999998 5518600.130000001, 359768.63999999966 5518599.550000001, 359621.4000000004 5518507.5600000005, 359563.3300000001 5518549.859999999, 359562.3799999999 5518551.58, 359523.0499999998 5518622.949999999, 359520.25 5518628, 359537.53000000026 5518635.42, 359548.36000000034 5518656, 359549.70999999996 5518708.48, 359537.13999999966 5518738, 359561.2000000002 5518795.57, 359559.3499999996 5518815.6, 359555.16000000015 5518863.35, 359536.9000000004 5518919.609999999, 359482 5518972.84, 359402.63999999966 5519040.050000001, 359392.61000000034 5519064.470000001, 359384.9000000004 5519084.289999999, 359387.6299999999 5519108.6899999995, 359395.70999999996 5519116.880000001, 359413.96999999974 5519135.66, 359439.13999999966 5519158.16, 359469.73000000045 5519178.949999999, 359506.0599999996 5519211.52, 359525.11000000034 5519231.26, 359540.2999999998 5519254.67, 359552.41000000015 5519282.199999999, 359563.86000000034 5519318.26, 359570.5599999996 5519367.02, 359574.25 5519415.41, 359580.6699999999 5519450.67, 359584.5499999998 5519479.029999999, 359592.33999999985 5519529.75, 359593.8499999996 5519579.800000001, 359576.3499999996 5519590.68, 359533.9900000002 5519617.029999999, 359532.61000000034 5519617.91, 359514.16000000015 5519619.75, 359511.54000000004 5519620.01, 359508.4500000002 5519620.32, 359500.21999999974 5519620.51, 359494.6699999999 5519620.640000001, 359503.6900000004 5519569.43, 359503.2599999998 5519556.17, 359500.11000000034 5519555.49, 359500.4299999997 5519510.9, 359494.71999999974 5519509.050000001, 359369.1299999999 5519451.710000001, 359363.4500000002 5519408.58, 359349.4299999997 5519384.07, 359332.83999999985 5519385.01, 359325.03000000026 5519383.949999999, 359286.33999999985 5519345.0600000005, 359226.3700000001 5519307.960000001, 359200.5999999996 5519291.92, 359117.1299999999 5519242.859999999, 359065.5 5519219.15, 359024.98000000045 5519200.5600000005, 358935.2599999998 5519159.359999999, 358830.88999999966 5519131.109999999, 358823.2999999998 5519129.050000001, 358778.88999999966 5519110.65, 358776.4199999999 5519109.630000001, 358773.0700000003 5519108.24, 358773.86000000034 5519101.960000001, 358774.2400000002 5519099.0600000005, 358776.6699999999 5519079.76, 358773.23000000045 5519078.99, 358759.5599999996 5519075.859999999, 358753.36000000034 5519074.43, 358741.36000000034 5519071.710000001, 358736.5800000001 5519070.619999999, 358733.6699999999 5519069.949999999, 358712.1500000004 5519065.02, 358695.5999999996 5519024.75, 358688.1699999999 5518991.4, 358690.4000000004 5518988.699999999, 358687.96999999974 5518986.640000001, 358695.5800000001 5518976.32, 358716.1699999999 5518977.07, 358761.26999999955 5518985.779999999, 358801.3799999999 5518999.99, 358839.13999999966 5519017.85, 358850.3499999996 5519023.9399999995, 358854 5519017.43, 358858.3200000003 5519019.779999999, 358897.4500000002 5519036.16, 358933.8200000003 5519046.609999999, 358991.41000000015 5519059.949999999, 359033.4900000002 5519065.75, 359086.83999999985 5519064.99, 359098.9299999997 5519063.01, 359102.6699999999 5519065.949999999, 359113.3499999996 5519058.51, 359137.5599999996 5519039.34, 359144.6500000004 5519012.82, 359146.21999999974 5518987.470000001, 359138.1900000004 5518959.09, 359134.33999999985 5518918.07, 359140.7400000002 5518866.08, 359150.5800000001 5518841.039999999, 359168.51999999955 5518814.35, 359170.75 5518798.130000001, 359168.8499999996 5518747.619999999, 359157.0800000001 5518746.449999999, 359094.79000000004 5518685.66, 359070.78000000026 5518654.609999999, 358976.5800000001 5518563.32, 358960.95999999996 5518516.92, 358961.5599999996 5518512.859999999, 358874.0800000001 5518525.41, 358868.91000000015 5518527, 358826.7400000002 5518522.210000001, 358808.03000000026 5518524.84, 358767.2599999998 5518530.67, 358744.4400000004 5518483.460000001, 358706.63999999966 5518409.279999999, 358664.6299999999 5518347.16, 358617.1799999997 5518276.98, 358566.6200000001 5518229.5600000005, 358546.01999999955 5518219.470000001, 358472.41000000015 5518175.609999999, 358430.8499999996 5518157.800000001, 358379.5 5518145.279999999, 358337.16000000015 5518130.15, 358286.7599999998 5518109.99, 358212.36000000034 5518085.33, 358207.0700000003 5518083.640000001, 358142.9299999997 5518066.32, 358101.11000000034 5518035.869999999, 358095.8799999999 5518032.08, 358022 5518095.0600000005, 358015.6900000004 5518100.43, 357999.46999999974 5518136.550000001, 357998.1799999997 5518139.41, 357993.9500000002 5518148.84, 357986.25 5518165.949999999, 357985.4199999999 5518167.779999999, 357974.04000000004 5518193.09, 357971.9400000004 5518197.77, 357959.2599999998 5518191.6899999995, 357926.4299999997 5518175.949999999, 357895.58999999985 5518160.35, 357895.4299999997 5518160.35, 357893.8099999996 5518166.17, 357893.76999999955 5518166.34, 357910 5518215.9, 358087 5518379.789999999, 358086.01999999955 5518379.99, 358080.25 5518386.369999999, 358078.8200000003 5518395.91, 358078.91000000015 5518396.09, 358004.95999999996 5518420.99, 358002.79000000004 5518421.720000001, 357980.48000000045 5518429.23, 357974.98000000045 5518433.539999999, 357931.78000000026 5518594.390000001, 357903.28000000026 5518578.119999999, 357899.83999999985 5518576.1899999995, 357839.98000000045 5518550.449999999, 357839.0599999996 5518553.220000001, 357838.26999999955 5518555.6899999995, 357819.51999999955 5518614.09, 357803.9400000004 5518662.640000001, 357784.7000000002 5518655.68, 357718.9299999997 5518631.880000001, 357712.46999999974 5518627.65, 357669.9000000004 5518582.57, 357638.3799999999 5518549.18, 357619.75 5518536.77, 357523.11000000034 5518461.98, 357514.9400000004 5518464.9, 357480.1500000004 5518477.35, 357455.03000000026 5518432.199999999, 357446.8200000003 5518424.880000001, 357387.63999999966 5518372.17, 357384.5800000001 5518375.460000001, 357262.20999999996 5518336.449999999, 357190.95999999996 5518313.73, 357185.03000000026 5518330.67, 357174.86000000034 5518359.74, 357133.4400000004 5518352.24, 357033.1699999999 5518334.07, 356987.88999999966 5518325.859999999, 356987.98000000045 5518324.720000001, 356776.6299999999 5518240.630000001, 356731.0700000003 5518202.43, 356693.5099999998 5518163.91, 356688.1699999999 5518136.609999999, 356700.3700000001 5518116.609999999, 356707.25 5518086.9, 356760.1699999999 5518032.65, 356753.1799999997 5518024.93, 356709.9299999997 5517977.08, 356690.3099999996 5517955.42, 356593.28000000026 5517917.710000001, 356584.4400000004 5517914.279999999, 356552.71999999974 5517901.99, 356528.8300000001 5517892.73, 356523.20999999996 5517865.1899999995, 356517.1200000001 5517835.289999999, 356527.53000000026 5517821.93, 356566.6500000004 5517786.460000001, 356581.6699999999 5517766.470000001, 356619.8499999996 5517715.699999999, 356577.03000000026 5517681.539999999, 356573.11000000034 5517678.369999999, 356570.33999999985 5517676.960000001, 356583.9299999997 5517656.52, 356602.1200000001 5517603.5600000005, 356620.0499999998 5517543.74, 356612.0999999996 5517524.289999999, 356616.3099999996 5517520.67, 356616.6900000004 5517520.35, 356616.6299999999 5517488.140000001, 356616.6200000001 5517482.890000001, 356616.61000000034 5517477.68, 356585.75 5517466.17, 356580.9500000002 5517464.380000001, 356572.46999999974 5517462.9399999995, 356576.73000000045 5517451.26, 356585.0800000001 5517428.300000001, 356597.3300000001 5517394.67, 356615.7400000002 5517394.1899999995, 356662.25 5517386.449999999, 356713.79000000004 5517377.869999999, 356760.4900000002 5517359.5600000005, 356769.2400000002 5517357.16, 356793.9000000004 5517350.380000001, 356795.4199999999 5517350.26, 356796.8799999999 5517350.15, 356820.11000000034 5517348.33, 356828.25 5517349.449999999, 356836.0800000001 5517350.539999999, 356838.63999999966 5517351.609999999, 356849.3499999996 5517355.359999999, 356864.86000000034 5517362.369999999, 356876.4400000004 5517367.6, 356877.78000000026 5517367.949999999, 356897.9000000004 5517373.34, 356930.29000000004 5517382.01, 356933.2400000002 5517382.800000001, 356936.9400000004 5517383.789999999, 356949.5599999996 5517389.210000001, 356962.4500000002 5517394.74, 356964.4199999999 5517396.43, 356976.5599999996 5517406.85, 356987.26999999955 5517416.029999999, 356996.7000000002 5517424.119999999, 357007.0099999998 5517432.23, 357028.8300000001 5517449.4, 357031.1299999999 5517451.199999999, 357054.1799999997 5517469.23, 357060.1900000004 5517477.289999999, 357088.0099999998 5517514.74, 357100.8799999999 5517532.0600000005, 357123.3799999999 5517566.890000001, 357138.25 5517564.35, 357168.2999999998 5517587.470000001, 357198.9000000004 5517597.76, 357230.2599999998 5517613.77, 357271.0999999996 5517629.5, 357291.96999999974 5517625, 357331.4400000004 5517623.91, 357346.5499999998 5517626.41, 357367.79000000004 5517633.43, 357409.36000000034 5517650.65, 357416.8799999999 5517652.279999999, 357417.13999999966 5517652.33, 357428.7999999998 5517654.85, 357471.96999999974 5517657.369999999, 357483.23000000045 5517658.42, 357505.13999999966 5517666.42, 357527.3700000001 5517673.4399999995, 357551.3799999999 5517688.779999999, 357576.33999999985 5517701.890000001, 357577.3099999996 5517704.050000001, 357578.1200000001 5517705.869999999, 357578.8499999996 5517706.779999999, 357588.3300000001 5517718.869999999, 357592.86000000034 5517723.960000001, 357612.95999999996 5517750.970000001, 357642.8700000001 5517793.6, 357643.23000000045 5517794.109999999, 357646.21999999974 5517790.07, 357647.3799999999 5517786.08, 357671.2599999998 5517704.33, 357682.5599999996 5517665.619999999, 357684.1200000001 5517660.25, 357683.7599999998 5517646.09, 357681.8499999996 5517643.6899999995, 357680.8700000001 5517642.449999999, 357689.1299999999 5517633.6899999995, 357690.4000000004 5517624.039999999, 357710.5599999996 5517604.460000001, 357713.0599999996 5517603.17, 357724.5700000003 5517597.210000001, 357731.0499999998 5517593.859999999, 357753.5700000003 5517582.93, 357780.5499999998 5517568.9399999995, 357810.29000000004 5517560.390000001, 357832.20999999996 5517554.08, 357841.23000000045 5517560.35, 357852.4900000002 5517560.609999999, 357860.9400000004 5517559.5600000005, 357870.0800000001 5517554.970000001, 357900.6299999999 5517531.640000001, 357900.75 5517531.34, 357903.58999999985 5517532.16, 357905.4400000004 5517533.029999999, 357911.9500000002 5517518.9399999995, 357912.1799999997 5517516.85, 357954.16000000015 5517495.99, 357960.53000000026 5517492.84, 358095.25 5517425.93, 358095.79000000004 5517426.59, 358169.8099999996 5517413.970000001, 358250.8099999996 5517417.34, 358280.2599999998 5517406.48, 358302.03000000026 5517404.880000001, 358349.3799999999 5517417.460000001, 358386.98000000045 5517420.3100000005, 358401.38999999966 5517425.25, 358414.7999999998 5517429.75, 358419.76999999955 5517448.98, 358428.4299999997 5517476.98, 358441.9900000002 5517500.35, 358458.63999999966 5517521.01, 358522.4199999999 5517579.32, 358559.6799999997 5517605.220000001, 358578.63999999966 5517612.18, 358680.4000000004 5517682.640000001, 358680.46999999974 5517682.609999999, 358683.6900000004 5517673.67, 358695.28000000026 5517672.699999999, 358691.48000000045 5517667.98, 358721.2599999998 5517617.33, 358773.2599999998 5517579.92, 358814.83999999985 5517582.390000001, 358815.13999999966 5517584.4, 358816.91000000015 5517591.640000001, 358813.4900000002 5517611.890000001, 358797.6799999997 5517613.960000001, 358760.4199999999 5517643.210000001, 358749.45999999996 5517656.85, 358756.98000000045 5517664.880000001, 358769.8799999999 5517677.25, 358773.29000000004 5517680.800000001, 358773.3700000001 5517680.68, 358801.8200000003 5517657.41, 358873.4900000002 5517633.43, 358875.4299999997 5517638.220000001, 358879.3799999999 5517642.66, 358929.38999999966 5517633.949999999, 358980.26999999955 5517629.74, 359013.53000000026 5517630.32, 359004.5 5517636.859999999, 358991.1699999999 5517655.960000001, 358977.3200000003 5517675.300000001, 358978.5599999996 5517681.99, 358943.4299999997 5517687.859999999, 358937.76999999955 5517688.42, 358868.38999999966 5517700.01, 358826.0599999996 5517719.289999999, 358819.26999999955 5517724.08, 358862.5700000003 5517771.279999999, 358920.25 5517815.970000001, 358971.0999999996 5517843.66, 358975.5700000003 5517841.4, 358980.3099999996 5517840.41, 359066.7000000002 5517822.470000001, 359111.66000000015 5517838.51, 359134.8799999999 5517851.99, 359154.0099999998 5517874.6899999995, 359162.2999999998 5517908.24, 359163.3799999999 5517912.640000001, 359181.0499999998 5517928.16, 359194.6200000001 5517940.42, 359211.8499999996 5517947.130000001, 359228.04000000004 5517969.1, 359218.3799999999 5517979.039999999, 359234.7599999998 5517994.65, 359227.5800000001 5518012.59, 359239.4500000002 5518033.130000001, 359245.1500000004 5518043.01, 359246.7599999998 5518082.619999999, 359240.53000000026 5518083.17, 359230.58999999985 5518084.039999999, 359236.96999999974 5518112.640000001, 359255.6900000004 5518173.23, 359283.4199999999 5518158.9399999995, 359283.5599999996 5518158.91, 359310.9199999999 5518152.699999999, 359317.6299999999 5518149.43, 359329.2999999998 5518143.76, 359336.7999999998 5518140.050000001, 359339.3499999996 5518138.8100000005, 359343.3200000003 5518147.050000001, 359344.5599999996 5518149.609999999, 359331.9000000004 5518154.779999999, 359338.98000000045 5518172.02, 359318.3099999996 5518181.470000001, 359330.0999999996 5518225.98, 359339.1200000001 5518260.01, 359343.9000000004 5518278.08, 359369.33999999985 5518312.77, 359399.95999999996 5518354.699999999, 359398.76999999955 5518363.92, 359362.0800000001 5518345.27, 359357.78000000026 5518375.460000001, 359357.45999999996 5518375.5600000005, 359345.11000000034 5518377.970000001, 359354.71999999974 5518432.48, 359354.8200000003 5518451.6899999995, 359351.79000000004 5518470.8100000005, 359350.7999999998 5518501.4399999995, 359375.29000000004 5518506.42, 359379.03000000026 5518507.02, 359393.5 5518458.57, 359420.29000000004 5518447.619999999, 359449.0999999996 5518445.82, 359452.25 5518434.85, 359465.71999999974 5518418.380000001, 359468.4299999997 5518415.74, 359453.4500000002 5518376.880000001, 359459.6500000004 5518374.960000001, 359469.86000000034 5518365.609999999, 359475.5700000003 5518353.25, 359475.9500000002 5518347.27, 359476.66000000015 5518336.300000001, 359478.70999999996 5518304.32, 359482.5099999998 5518305.550000001, 359486.3200000003 5518306.779999999, 359490.46999999974 5518308.109999999, 359493.8499999996 5518315.359999999, 359510.1900000004 5518350.43, 359513.53000000026 5518350.33, 359516.8499999996 5518350.1899999995, 359527.6699999999 5518358.99, 359556.13999999966 5518343.52, 359593.63999999966 5518323.16, 359611.91000000015 5518313.23, 359616.53000000026 5518309.02, 359629.98000000045 5518296.75, 359651.9299999997 5518285.48, 359655.26999999955 5518282.18, 359667.7999999998 5518269.77, 359677.95999999996 5518256.01, 359693.1500000004 5518245.1, 359709.9299999997 5518240.130000001, 359737.5800000001 5518239.960000001, 359792.9199999999 5518256.41, 359835.7599999998 5518259.3100000005, 359850.21999999974 5518260.279999999, 359867.21999999974 5518260.470000001, 359896.9900000002 5518260.800000001, 359898.79000000004 5518260.83, 359887.5800000001 5518281.960000001, 359867.7400000002 5518318.029999999, 359887.28000000026 5518331.0600000005, 359913.3499999996 5518364.74, 359931.11000000034 5518379.57, 359981.54000000004 5518408.4, 360024.2599999998 5518422.91, 360030.16000000015 5518424.91, 360069.9500000002 5518403.83, 360123.9199999999 5518416.470000001, 360129.8499999996 5518415.83, 360137.28000000026 5518416.08, 360137.96999999974 5518423.960000001, 360136.11000000034 5518430.49, 360138.11000000034 5518430.93, 360182.2599999998 5518440.609999999, 360224.7599999998 5518457.4399999995, 360235.1900000004 5518463.07, 360236.4500000002 5518465.5600000005, 360245.2999999998 5518469.779999999, 360258.8499999996 5518476.25, 360284.96999999974 5518488.710000001, 360299.26999999955 5518500.33, 360316.7599999998 5518516.619999999, 360328.51999999955 5518530.43, 360335.5499999998 5518525.84, 360337.54000000004 5518543.550000001, 360339.4199999999 5518560.26, 360358.9000000004 5518599.92, 360373.1299999999 5518628.92, 360379.2599999998 5518641.359999999, 360380.6699999999 5518644.25, 360386.4400000004 5518651.41, 360396.16000000015 5518663.470000001, 360406.8099999996 5518676.699999999, 360418.9500000002 5518691.76, 360426.7000000002 5518701.380000001, 360429.9199999999 5518706.0600000005, 360436.5599999996 5518715.699999999, 360443.5700000003 5518725.869999999, 360450.2000000002 5518735.51, 360456.5499999998 5518744.73, 360457.2999999998 5518745.82, 360471.3799999999 5518766.300000001, 360476.1699999999 5518773.27, 360476.79000000004 5518774, 360482.76999999955 5518781.07, 360491.2599999998 5518791.09, 360503.98000000045 5518806.109999999, 360508.3700000001 5518810, 360517.4199999999 5518817.99, 360523.1299999999 5518823.029999999, 360526.4500000002 5518824.9399999995, 360537.5999999996 5518831.359999999, 360555.75 5518841.800000001, 360560.8200000003 5518844.710000001, 360565.21999999974 5518846.75, 360586.2599999998 5518856.550000001, 360603.4000000004 5518864.52, 360618.9500000002 5518871.75, 360631.51999999955 5518877.279999999, 360643.9500000002 5518882.75, 360661.95999999996 5518890.68, 360680.63999999966 5518898.9, 360682.38999999966 5518899.67, 360692.70999999996 5518913.210000001, 360700.4900000002 5518923.43, 360706.4299999997 5518931.23, 360711.46999999974 5518937.859999999, 360711.95999999996 5518939.279999999, 360715.0499999998 5518948.23, 360718.73000000045 5518958.890000001, 360722.0599999996 5518968.52, 360725.25 5518977.76, 360724.5700000003 5518991.529999999, 360724.5599999996 5518991.59, 360714.6900000004 5518992.8100000005, 360691.58999999985 5518995.66, 360688.61000000034 5518996.02, 360684.83999999985 5518996.49, 360681.3499999996 5518996.92, 360658.41000000015 5518999.75)), ((349539.8099999996 5513855.42, 349532.95999999996 5513864.74, 349509.2400000002 5513895.449999999, 349335.2400000002 5513868.529999999, 349277.78000000026 5513895.34, 349237.6900000004 5513937.470000001, 349203.25 5513958.359999999, 349160.1200000001 5513912.539999999, 349178.79000000004 5513899.68, 349215.0499999998 5513882.59, 349236.70999999996 5513864.5600000005, 349263.25 5513845.640000001, 349273.6699999999 5513819.73, 349276.5099999998 5513765.369999999, 349286.70999999996 5513754.4, 349299.9199999999 5513718.85, 349295.1500000004 5513677.390000001, 349302.7000000002 5513658.220000001, 349309.5499999998 5513581.41, 349309.58999999985 5513548.300000001, 349322.6900000004 5513435.529999999, 349315.45999999996 5513431, 349301.41000000015 5513430.33, 349291.7999999998 5513425.18, 349255.3799999999 5513405.66, 349255.3700000001 5513405.73, 349241.36000000034 5513425.539999999, 349234.8799999999 5513451.029999999, 349216.1299999999 5513489.73, 349211.16000000015 5513488.58, 349191.5800000001 5513448.6, 349199.48000000045 5513418.109999999, 349175.1900000004 5513414.76, 349174.5 5513414.67, 349167.51999999955 5513410.76, 349142 5513396.460000001, 349120.3499999996 5513386.82, 349098.23000000045 5513371.6899999995, 349095.1299999999 5513350.300000001, 349104.9199999999 5513319.890000001, 349127.04000000004 5513297.49, 349132.4400000004 5513276.26, 349124.3700000001 5513262.08, 349094.63999999966 5513206.73, 349076.9299999997 5513175.789999999, 349077.03000000026 5513169.630000001, 349081.03000000026 5512930.16, 349088.8499999996 5512674.699999999, 349091.70999999996 5512659.23, 349119.38999999966 5512620.8100000005, 349146.71999999974 5512602.27, 349147.2000000002 5512601.890000001, 349143.7599999998 5512596.970000001, 349143.71999999974 5512596.85, 349138.98000000045 5512579.24, 349138.9299999997 5512579.09, 349131.4500000002 5512567.15, 349137.75 5512562.77, 349190.3200000003 5512525.140000001, 349193.6200000001 5512522.58, 349188.08999999985 5512517.68, 349228.11000000034 5512487.75, 349335.16000000015 5512407.68, 349340.83999999985 5512404.119999999, 349341.2599999998 5512400.140000001, 349351.61000000034 5512363.01, 349358.11000000034 5512360.529999999, 349324.28000000026 5512254.66, 349313.75 5512232.6899999995, 349281.54000000004 5512196.41, 349184.4199999999 5512144.140000001, 349074.4500000002 5512091.93, 349034.9199999999 5512039.4399999995, 349029.23000000045 5512031.890000001, 349039.1200000001 5512004.1899999995, 349063.4000000004 5511936.6, 349064.3099999996 5511933.789999999, 349063.5999999996 5511929.25, 349061.7000000002 5511900.5, 349049.4199999999 5511845.74, 348987.73000000045 5511857.26, 348901.51999999955 5511873.369999999, 348821.9500000002 5511880.15, 348811.08999999985 5511779.74, 348807.3200000003 5511779.01, 348754.98000000045 5511769.75, 348751.75 5511767.33, 348720.41000000015 5511743.85, 348659.61000000034 5511734.85, 348693.96999999974 5511690.48, 348771.16000000015 5511590.25, 348795.1799999997 5511599.26, 348854.3799999999 5511604.890000001, 348951.5599999996 5511596.369999999, 348951.41000000015 5511591.66, 348937.9900000002 5511566.85, 348932.53000000026 5511559.65, 348926.96999999974 5511550.529999999, 348939.41000000015 5511549.08, 348990.54000000004 5511538.51, 349033.3300000001 5511525.17, 349061.54000000004 5511514.83, 349066.9199999999 5511513.5600000005, 349128.6699999999 5511498.99, 349131.08999999985 5511499.01, 349130.95999999996 5511498.07, 349130.8300000001 5511497.130000001, 349133.4000000004 5511498.960000001, 349138.45999999996 5511499.279999999, 349143.9000000004 5511497.390000001, 349146.96999999974 5511500.0600000005, 349148.4900000002 5511500.42, 349151.8700000001 5511501.220000001, 349158.0800000001 5511503.609999999, 349163.0499999998 5511506.890000001, 349167.98000000045 5511511.859999999, 349170.5099999998 5511512.49, 349174.61000000034 5511511.68, 349177.9199999999 5511513.18, 349179.8200000003 5511514.43, 349188.70999999996 5511516.18, 349190.9500000002 5511518.98, 349197.70999999996 5511524.130000001, 349202.96999999974 5511527.640000001, 349206.6200000001 5511527.65, 349209.79000000004 5511527.039999999, 349212.61000000034 5511525.640000001, 349214.3200000003 5511525.08, 349221.41000000015 5511526.029999999, 349224.16000000015 5511528.5, 349224.75 5511529.029999999, 349228.9199999999 5511530.1899999995, 349231.5 5511533.24, 349231.9900000002 5511535.5600000005, 349233.46999999974 5511537.43, 349235.63999999966 5511539.16, 349238.3700000001 5511540.119999999, 349243.5599999996 5511542.26, 349247.9199999999 5511544.050000001, 349253.3499999996 5511547.619999999, 349257.3099999996 5511549.039999999, 349261.3700000001 5511553.529999999, 349262.0099999998 5511555.35, 349263.3200000003 5511559.01, 349265.66000000015 5511563.300000001, 349266.26999999955 5511564.99, 349268.25 5511567.6899999995, 349269.28000000026 5511571.3100000005, 349269.0800000001 5511573.960000001, 349272.0800000001 5511578.359999999, 349274.6799999997 5511582.859999999, 349274.4900000002 5511585.91, 349276.25 5511590.800000001, 349278.38999999966 5511594.98, 349278.91000000015 5511596, 349282.5700000003 5511597.85, 349285.7599999998 5511598.92, 349287.5800000001 5511600.33, 349288.5999999996 5511602.539999999, 349289.23000000045 5511603.93, 349289.4500000002 5511605.16, 349290.70999999996 5511606.0600000005, 349294.9199999999 5511605.779999999, 349299.3700000001 5511604.99, 349305.0599999996 5511606.35, 349305.29000000004 5511606.550000001, 349319.1699999999 5511593.9399999995, 349325.5 5511588.1899999995, 349376.73000000045 5511541.630000001, 349377.53000000026 5511542.27, 349392.5599999996 5511556.0600000005, 349406.6699999999 5511562.43, 349451.26999999955 5511574.49, 349467.86000000034 5511582.34, 349474.0999999996 5511585.890000001, 349480.6900000004 5511594.289999999, 349482.45999999996 5511607.23, 349480.2999999998 5511615.82, 349468.5999999996 5511629.800000001, 349438.3099999996 5511660.529999999, 349426.83999999985 5511673.99, 349414.33999999985 5511693.01, 349491.04000000004 5511828.02, 349514.7000000002 5511844.369999999, 349612.7000000002 5511773.52, 349617.23000000045 5511770.42, 349606.73000000045 5511805.1899999995, 349596.4900000002 5511824.1899999995, 349603.41000000015 5511856.83, 349608.5800000001 5511861.49, 349634.8700000001 5511885.119999999, 349656.66000000015 5511901.140000001, 349665.25 5511911.51, 349681.41000000015 5511918.619999999, 349708.6500000004 5511930.4399999995, 349707.28000000026 5511965.73, 349707.0800000001 5511970.720000001, 349711.04000000004 5511973.76, 349741.9000000004 5511998.119999999, 349743.01999999955 5511999.16, 349781.25 5512034.960000001, 349810.3700000001 5512062.210000001, 349841.8099999996 5512091.640000001, 349860.71999999974 5512105.949999999, 349884.7599999998 5512118.23, 349888.70999999996 5512118.99, 349926.2599999998 5512126.84, 349989.6200000001 5512148.050000001, 349992.1200000001 5512148.890000001, 349995.5499999998 5512150.050000001, 350003.88999999966 5512130.140000001, 350025.04000000004 5512096.08, 350055.4299999997 5512043.699999999, 350061.9500000002 5511982.960000001, 350076 5511936.539999999, 350080.45999999996 5511931.27, 350085.76999999955 5511925.0600000005, 350094.9500000002 5511918.15, 350103.8799999999 5511914.76, 350169.95999999996 5511901.640000001, 350272.88999999966 5511903.99, 350286.3200000003 5511904.6, 350291.5099999998 5511904.84, 350355.83999999985 5511907.800000001, 350369.8300000001 5511909.17, 350397.13999999966 5511911.4399999995, 350439.6799999997 5511911.5, 350504.5700000003 5511901.1899999995, 350505.3700000001 5511903.869999999, 350543.9500000002 5512048.26, 350245.9199999999 5512097.779999999, 350265.76999999955 5512152.140000001, 350266.1500000004 5512151.960000001, 350271.91000000015 5512156.539999999, 350275.1900000004 5512159.140000001, 350276.73000000045 5512160.789999999, 350278.6799999997 5512162.880000001, 350275.45999999996 5512164.49, 350262.8300000001 5512175.82, 350260.0499999998 5512180.01, 350261.70999999996 5512180.3100000005, 350268.79000000004 5512192.41, 350270.76999999955 5512195.76, 350327.4299999997 5512293.890000001, 350367.7999999998 5512321.289999999, 350393.48000000045 5512344.279999999, 350411.7599999998 5512369.5600000005, 350416.38999999966 5512397.9, 350416.20999999996 5512403.67, 350412.3499999996 5512421.08, 350417.5800000001 5512453.210000001, 350427.5999999996 5512482.92, 350437.4500000002 5512515.050000001, 350453.8200000003 5512535, 350462.6299999999 5512562.5600000005, 350470.21999999974 5512596.4, 350479.5099999998 5512636.1899999995, 350482.9400000004 5512670.07, 350480.26999999955 5512681.09, 350476.11000000034 5512693.02, 350455.4500000002 5512700.02, 350455.75 5512700.91, 350421.13999999966 5512729.41, 350400.4400000004 5512749.75, 350353.6900000004 5512781.640000001, 350315.1699999999 5512806.699999999, 350300.2000000002 5512820.300000001, 350288.41000000015 5512838.289999999, 350283.13999999966 5512863.039999999, 350322.54000000004 5512968.039999999, 350324.5499999998 5512973.390000001, 350326.08999999985 5512977.5, 350338.51999999955 5512979.85, 350355.4199999999 5512976.41, 350373.8300000001 5512972.68, 350404.70999999996 5512978.640000001, 350426.96999999974 5512988.859999999, 350449.8300000001 5512994.210000001, 350474.46999999974 5512994.32, 350485.33999999985 5513002.550000001, 350503.1900000004 5513003.26, 350526.1699999999 5513004.15, 350541.9400000004 5513002.76, 350564.7999999998 5513000.73, 350582.23000000045 5512990.289999999, 350604.4000000004 5512986.07, 350639.6500000004 5512966.26, 350682.38999999966 5512963.9, 350696.8300000001 5512953.73, 350711.73000000045 5512934.34, 350723.70999999996 5512910.91, 350738.61000000034 5512898.43, 350757.0999999996 5512891.98, 350759.03000000026 5512894.25, 350760.6699999999 5512896.16, 350766.08999999985 5512905.8100000005, 350779.21999999974 5512898.800000001, 350780.58999999985 5512898.1899999995, 350780.9299999997 5512897.960000001, 350785.5599999996 5512895.6899999995, 350785.83999999985 5512895.57, 350820.3499999996 5512879.1, 350821.2000000002 5512878.369999999, 350823.16000000015 5512876.449999999, 350825.73000000045 5512873.279999999, 350837.1799999997 5512871.07, 350842.53000000026 5512870.119999999, 350844.53000000026 5512870.23, 350864.1900000004 5512869.949999999, 350911.98000000045 5512877.289999999, 350920.9500000002 5512884.02, 350931.3200000003 5512891.8100000005, 350935 5512896.5, 350942.0700000003 5512905.49, 350957.16000000015 5512924.710000001, 350989.9500000002 5512962.33, 351003.3300000001 5512990.84, 351016.78000000026 5512986.26, 351026.38999999966 5513013.9, 351035.45999999996 5513040.550000001, 351042.7000000002 5513065.279999999, 351049.6900000004 5513071, 351052.4199999999 5513082.9, 351077.4500000002 5513120.92, 351081.3499999996 5513130.77, 351093.3700000001 5513143.800000001, 351097.8799999999 5513150.119999999, 351107.86000000034 5513168.24, 351112.3499999996 5513174.0600000005, 351088.8200000003 5513190.039999999, 351087.6699999999 5513190.789999999, 351064 5513206.1, 351058.26999999955 5513209.800000001, 350999.3200000003 5513247.9399999995, 350993.21999999974 5513241.68, 350961.4000000004 5513218.460000001, 350907.6900000004 5513157.65, 350884.86000000034 5513139.5600000005, 350871.36000000034 5513138.93, 350855.5099999998 5513145.07, 350843.3799999999 5513150.789999999, 350828 5513158.130000001, 350770.9500000002 5513195.41, 350754.13999999966 5513206.4, 350699.5800000001 5513242.050000001, 350693.1299999999 5513246.27, 350683.96999999974 5513248.960000001, 350589.3099999996 5513246.550000001, 350581.78000000026 5513244.380000001, 350550.4299999997 5513225.5, 350504.6900000004 5513217.3100000005, 350431.29000000004 5513204.140000001, 350425.66000000015 5513177.970000001, 350410.26999999955 5513177.41, 350380.26999999955 5513194.76, 350357.6200000001 5513216.4399999995, 350352.71999999974 5513229.92, 350347.91000000015 5513243.57, 350345.70999999996 5513247.02, 350333.0599999996 5513267.539999999, 350322.0499999998 5513280.18, 350321.01999999955 5513281.34, 350317.98000000045 5513278.539999999, 350312.4000000004 5513273.4399999995, 350296.95999999996 5513283.470000001, 350280.26999999955 5513284.66, 350251.8799999999 5513279.43, 350215.28000000026 5513261.25, 350208.5499999998 5513264.99, 350204.0999999996 5513268.33, 350200.04000000004 5513275.93, 350189.5800000001 5513256.8100000005, 350176.8300000001 5513233.300000001, 350163.9900000002 5513200.4, 350136.86000000034 5513155.619999999, 350117.33999999985 5513171, 350115.8300000001 5513172.220000001, 350074.58999999985 5513149.220000001, 350074.4400000004 5513149.32, 350024.61000000034 5513156.890000001, 350024.4199999999 5513156.73, 349952.8700000001 5513118.75, 349935.1699999999 5513119.199999999, 349890.21999999974 5513120.390000001, 349814.03000000026 5513121.960000001, 349780.5499999998 5513122.800000001, 349780.53000000026 5513127.57, 349785.3300000001 5513132.5, 349783.7000000002 5513182.18, 349778.4900000002 5513187, 349710.2400000002 5513184.449999999, 349692.79000000004 5513199.140000001, 349685.66000000015 5513205.08, 349713.1799999997 5513408.390000001, 349709.9199999999 5513422.890000001, 349676.5599999996 5513470</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6108-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6108-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6108-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6108-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -516,90 +516,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-076" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6108-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6108-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6108-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-076" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6108-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6108-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6108-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -673,51 +673,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108903</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.29501650208</v>
+        <v>46071.30374394169</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>