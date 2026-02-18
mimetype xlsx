--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6105-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((328785.9400000004 5528385.98, 328815.28000000026 5528392.289999999, 328836.1699999999 5528396.359999999, 328846.9199999999 5528398.449999999, 328868.4299999997 5528399.5, 328870.5999999996 5528399.609999999, 328887.7999999998 5528397.300000001, 328905.38999999966 5528393.08, 328921.0099999998 5528387.43, 328941.6799999997 5528374.619999999, 328963.51999999955 5528361.5, 328973.9299999997 5528351.710000001, 328987.1900000004 5528332.74, 328991.48000000045 5528328.960000001, 328993.4299999997 5528327.25, 329002.25 5528319.529999999, 329019.5999999996 5528299.8100000005, 329022.2000000002 5528296.859999999, 329039.2599999998 5528273.699999999, 329039.48000000045 5528273.4, 329052.83999999985 5528251.050000001, 329057.41000000015 5528243.380000001, 329078.2000000002 5528208.619999999, 329080.4900000002 5528204.779999999, 329101.1900000004 5528172.41, 329115.0499999998 5528157.49, 329117.5099999998 5528154.83, 329120.96999999974 5528150.5, 329126.7599999998 5528143.23, 329132.6699999999 5528135.82, 329138.08999999985 5528129.02, 329142.53000000026 5528122.09, 329149.04000000004 5528111.92, 329154.38999999966 5528098.4399999995, 329158.8300000001 5528089.85, 329162.4199999999 5528086.16, 329165.3200000003 5528083.17, 329175.0099999998 5528078.1899999995, 329176.8499999996 5528075.949999999, 329183.66000000015 5528067.67, 329185.7999999998 5528065.4, 329195.7599999998 5528054.85, 329206.29000000004 5528043.6899999995, 329227.1900000004 5528026.93, 329230.2999999998 5528024.449999999, 329251.88999999966 5528004.42, 329253.03000000026 5528003.26, 329272.03000000026 5527984.17, 329298.36000000034 5527960.65, 329309.0499999998 5527949.42, 329312.51999999955 5527945.9, 329321.76999999955 5527936.5600000005, 329327.3799999999 5527930.9, 329329.45999999996 5527928.800000001, 329333.1699999999 5527925.27, 329338.6299999999 5527920.09, 329343.3099999996 5527915.65, 329345.78000000026 5527914.199999999, 329353.95999999996 5527909.42, 329358.83999999985 5527905.630000001, 329368.11000000034 5527898.460000001, 329369.75 5527897.09, 329380.0999999996 5527888.34, 329381.3300000001 5527887.300000001, 329400.0099999998 5527871.109999999, 329407.7999999998 5527865.0600000005, 329418.1699999999 5527857.02, 329441.0700000003 5527841.09, 329452.1900000004 5527830.130000001, 329460.5 5527817.390000001, 329468.3200000003 5527811.23, 329479.8200000003 5527804.390000001, 329504.0499999998 5527788.960000001, 329520.8499999996 5527770.4399999995, 329522.53000000026 5527768.59, 329540.53000000026 5527752.199999999, 329557.3499999996 5527743.82, 329577.76999999955 5527732.8100000005, 329593.1799999997 5527726.58, 329614.38999999966 5527716.02, 329632.08999999985 5527711.24, 329645.83999999985 5527706.93, 329654.2000000002 5527703.18, 329662.4900000002 5527701.029999999, 329672.46999999974 5527695.779999999, 329686.73000000045 5527690.550000001, 329702.70999999996 5527683.65, 329729.71999999974 5527683.83, 329750.08999999985 5527681.85, 329760.6900000004 5527685.58, 329764.6299999999 5527685.48, 329762.7000000002 5527680.779999999, 329761.76999999955 5527678.539999999, 329754.46999999974 5527660.869999999, 329731.5599999996 5527588.41, 329690.6900000004 5527541.17, 329654.36000000034 5527499.34, 329641.0599999996 5527483.289999999, 329636.2999999998 5527475.279999999, 329644.54000000004 5527469.75, 329921.0499999998 5527284.029999999, 330016.2599999998 5527250.8100000005, 330035.6799999997 5527246.85, 330053.9400000004 5527243.140000001, 330099.91000000015 5527233.789999999, 330140.6799999997 5527225.49, 330182.38999999966 5527217.01, 330183.4199999999 5527206.92, 330184.58999999985 5527195.58, 330189.4299999997 5527148.550000001, 330185.33999999985 5527109.710000001, 330171.3099999996 5527102.470000001, 330169.9500000002 5527090.1, 330164.2000000002 5527037.9399999995, 330176.4199999999 5527039.84, 330175.96999999974 5527014.380000001, 330319.76999999955 5527002.9399999995, 330350.08999999985 5527000.33, 330389.95999999996 5526996.949999999, 330461.71999999974 5526990.789999999, 330476.6500000004 5526989.66, 330480.38999999966 5526989.449999999, 330486.23000000045 5526989.1, 330497.3200000003 5526988.470000001, 330487.58999999985 5526954.99, 330489.3499999996 5526941.3100000005, 330491.4000000004 5526925.4399999995, 330497.01999999955 5526906.24, 330501.3499999996 5526891.5, 330503.26999999955 5526886.74, 330506.86000000034 5526877.85, 330506.13999999966 5526854.32, 330503.3200000003 5526833.109999999, 330465.6900000004 5526789.42, 330453.1299999999 5526775.32, 330428.6500000004 5526747.83, 330429.26999999955 5526727.1899999995, 330436.1699999999 5526722.800000001, 330440.25 5526712.4, 330443.0599999996 5526693.23, 330447.9199999999 5526658.6899999995, 330458.46999999974 5526648.550000001, 330483.16000000015 5526624.8100000005, 330511.48000000045 5526586.300000001, 330542.3200000003 5526545.92, 330569.38999999966 5526521.25, 330588.1799999997 5526497.48, 330601.36000000034 5526480.1899999995, 330606.9400000004 5526463.279999999, 330585.9199999999 5526432.43, 330612.9299999997 5526384.640000001, 330623.16000000015 5526361.82, 330623.7400000002 5526360.92, 330650.26999999955 5526319.59, 330655.6799999997 5526305.52, 330665.86000000034 5526278.949999999, 330667.7599999998 5526275.699999999, 330696.7400000002 5526240.76, 330749.4199999999 5526193.35, 330796.7999999998 5526152.1, 330799.33999999985 5526149.869999999, 330834.91000000015 5526115.52, 330837.4500000002 5526100.5, 330848.7999999998 5526068.859999999, 330853.7400000002 5526055.07, 330855.4299999997 5526050.35, 330870.53000000026 5526018.1899999995, 330875.8799999999 5526006.800000001, 330918 5525941.77, 330949.03000000026 5525915.6899999995, 330949.9900000002 5525915.4, 330953.86000000034 5525931.42, 330949.6799999997 5525934.609999999, 330955.54000000004 5525943.92, 330933.78000000026 5525957.6, 330895.7000000002 5526018.039999999, 330875.4400000004 5526060.02, 330853.9900000002 5526108.65, 330849.8700000001 5526135.390000001, 330816.9299999997 5526170.8100000005, 330763.5800000001 5526220.27, 330727.4199999999 5526241.359999999, 330710.36000000034 5526262.6, 330699.61000000034 5526293.77, 330697.73000000045 5526297.01, 330667.86000000034 5526331.9, 330661.3799999999 5526343.74, 330644.91000000015 5526373.83, 330650.29000000004 5526382.539999999, 330652.6799999997 5526384.300000001, 330660.8300000001 5526390.27, 330662.03000000026 5526391.16, 330661.7999999998 5526392.41, 330661.7599999998 5526392.710000001, 330661.53000000026 5526397.92, 330660.8700000001 5526404.68, 330660.46999999974 5526407.949999999, 330660.28000000026 5526409.02, 330659 5526413.960000001, 330658.6699999999 5526414.789999999, 330655.9900000002 5526421.23, 330654.20999999996 5526424.970000001, 330648.5499999998 5526433.779999999, 330645.78000000026 5526436.09, 330644.91000000015 5526436.949999999, 330643.9299999997 5526437.9399999995, 330640.91000000015 5526446.6, 330635.4299999997 5526479.93, 330627.9500000002 5526494.869999999, 330613.4900000002 5526516, 330593.79000000004 5526539.84, 330563.5800000001 5526570.4, 330531.9000000004 5526603.4, 330503.9900000002 5526640.67, 330476.83999999985 5526679.029999999, 330463.7599999998 5526699.59, 330457.54000000004 5526717.369999999, 330454.1299999999 5526733.52, 330484.3200000003 5526775.0600000005, 330512.9199999999 5526806.029999999, 330527.4199999999 5526829.720000001, 330527.6200000001 5526854.380000001, 330528.7599999998 5526878.6, 330522.41000000015 5526897.880000001, 330513.0499999998 5526930.800000001, 330510.8700000001 5526942.58, 330511.66000000015 5526953.52, 330519.03000000026 5526977.85, 330527.70999999996 5527001.24, 330542.8799999999 5527036.609999999, 330570.9299999997 5527104.23, 330588.9900000002 5527158.65, 330591.95999999996 5527168.140000001, 330593.8799999999 5527178.02, 330595.3799999999 5527188.039999999, 330597.0099999998 5527211.25, 330597.51999999955 5527226.130000001, 330584.63999999966 5527304.66, 330579.26999999955 5527314.779999999, 330554.4199999999 5527357.119999999, 330495.36000000034 5527412.83, 330439.3300000001 5527451.789999999, 330415.3200000003 5527470.9, 330406.2599999998 5527474.720000001, 330382.2999999998 5527495.33, 330353.11000000034 5527515.82, 330280.36000000034 5527524.93, 330238.6900000004 5527522.289999999, 330219.4400000004 5527520.3100000005, 330209.26999999955 5527519.880000001, 330184.5499999998 5527514.699999999, 330174.9299999997 5527512.3100000005, 330156.6699999999 5527509.800000001, 330145.25 5527508.24, 330132.0099999998 5527506.43, 330127.5099999998 5527505.8100000005, 330107.73000000045 5527509.130000001, 330082.61000000034 5527513.34, 330071.66000000015 5527516.6, 330051.66000000015 5527524.73, 330039.46999999974 5527531.460000001, 330024.70999999996 5527544.57, 329993.9000000004 5527563.92, 329977.86000000034 5527576.25, 329941.98000000045 5527597.82, 329918.61000000034 5527610.58, 329892.61000000034 5527630.199999999, 329876.7999999998 5527642.210000001, 329842.1900000004 5527665.449999999, 329832.8099999996 5527672.1, 329813.3499999996 5527685.09, 329793 5527698.619999999, 329774.79000000004 5527705.130000001, 329768.4000000004 5527705.02, 329746.0099999998 5527704.640000001, 329729.4400000004 5527705.67, 329708.4500000002 5527706.289999999, 329697.33999999985 5527711.460000001, 329680.1500000004 5527715.199999999, 329672.95999999996 5527713.92, 329667.4900000002 5527717.8100000005, 329650.86000000034 5527722.050000001, 329639.73000000045 5527727.859999999, 329619.29000000004 5527733.41, 329598.5499999998 5527740.08, 329583.6699999999 5527749.890000001, 329565.3099999996 5527760.41, 329556.4299999997 5527772.130000001, 329552.5999999996 5527774.08, 329545.76999999955 5527777.57, 329538.2999999998 5527785.9399999995, 329535.29000000004 5527791.82, 329518.08999999985 5527807.42, 329517 5527808.41, 329497.63999999966 5527826.01, 329489.4500000002 5527832.5600000005, 329483.53000000026 5527832.949999999, 329466.1799999997 5527848.789999999, 329459.9500000002 5527858.74, 329451.38999999966 5527859.42, 329428.8700000001 5527876.42, 329413.54000000004 5527886.4, 329397.6200000001 5527903.859999999, 329378.08999999985 5527920.140000001, 329366.8300000001 5527927.82, 329362.20999999996 5527934.5600000005, 329346.5800000001 5527946.92, 329326.5099999998 5527966.66, 329311.73000000045 5527979.3100000005, 329286.28000000026 5528001.17, 329264.1699999999 5528018.26, 329241.86000000034 5528037.960000001, 329218.0599999996 5528058.720000001, 329194.73000000045 5528079.470000001, 329180.7000000002 5528101.66, 329155.3200000003 5528136, 329139.6500000004 5528161.3100000005, 329119.9400000004 5528186.66, 329096.01999999955 5528231.529999999, 329082.0800000001 5528255.449999999, 329066.6299999999 5528272.65, 329038.8200000003 5528313.720000001, 329029.25 5528325.59, 329018.25 5528334.390000001, 328999.0499999998 5528359.35, 328974 5528379.43, 328949.01999999955 5528394.74, 328930.2000000002 5528404.26, 328911.25 5528412.890000001, 328891.7999999998 5528419.59, 328877.33999999985 5528423.300000001, 328856.8300000001 5528421.76, 328851.98000000045 5528421.1, 328836.8700000001 5528419.050000001, 328829.4199999999 5528415.17, 328819.2599999998 5528413.630000001, 328809.3799999999 5528412.140000001, 328807.9199999999 5528412.07, 328799.0499999998 5528411.66, 328784.41000000015 5528407.99, 328780.5499999998 5528408.01, 328768.08999999985 5528408.08, 328756.2599999998 5528408.130000001, 328741.9199999999 5528407.800000001, 328738.4500000002 5528407.720000001, 328716.58999999985 5528405.029999999, 328706.6200000001 5528403.369999999, 328693.71999999974 5528402.73, 328685.9199999999 5528398.84, 328679.73000000045 5528399.33, 328666.1299999999 5528393.970000001, 328659.01999999955 5528391.619999999, 328654.71999999974 5528390.199999999, 328648.1200000001 5528390.41, 328631.76999999955 5528383, 328621.7400000002 5528380.359999999, 328583.0999999996 5528362.5600000005, 328558.61000000034 5528352, 328534.7999999998 5528346.16, 328529.6200000001 5528341.75, 328523.75 5528341.58, 328512.98000000045 5528340.800000001, 328503.63999999966 5528338.27, 328489.5999999996 5528330.699999999, 328462.4400000004 5528309.85, 328442.8799999999 5528294.289999999, 328427.78000000026 5528278.58, 328411.8700000001 5528261.300000001, 328397.0099999998 5528241.550000001, 328384.29000000004 5528221.48, 328379.95999999996 5528212.82, 328369.5 5528189.289999999, 328355.8799999999 5528159.359999999, 328317.3700000001 5528068.17, 328300.6200000001 5528029.65, 328280.04000000004 5527986.41, 328275.28000000026 5527967.73, 328272.63999999966 5527951.93, 328265.88999999966 5527936.58, 328258.83999999985 5527912.84, 328243.23000000045 5527875.6, 328221.6799999997 5527843.41, 328204.73000000045 5527825.51, 328189.1900000004 5527813.82, 328171.01999999955 5527798.890000001, 328145.88999999966 5527780.390000001, 328133.01999999955 5527775.59, 328101.7400000002 5527785.199999999, 328073.0700000003 5527795.359999999, 328059.08999999985 5527796.380000001, 328020.8200000003 5527807.57, 328004.20999999996 5527814.449999999, 327969.73000000045 5527831.07, 327947.0999999996 5527840, 327934.26999999955 5527847.5, 327930.54000000004 5527848.9, 327924.6900000004 5527853.43, 327880.88999999966 5527869.24, 327851.5099999998 5527877.210000001, 327811.23000000045 5527907.6, 327793.2000000002 5527921.960000001, 327767.41000000015 5527949.720000001, 327743.0099999998 5527979.119999999, 327727.96999999974 5527994.52, 327708.01999999955 5528020.74, 327693.25 5528047.07, 327684.4500000002 5528069.57, 327680.0099999998 5528096.76, 327678.11000000034 5528123.449999999, 327679.8200000003 5528154.4399999995, 327678.71999999974 5528176.5600000005, 327679.5499999998 5528197.779999999, 327679.6500000004 5528237.619999999, 327682.3099999996 5528316.15, 327687.5999999996 5528395.09, 327687.9199999999 5528415.050000001, 327675.86000000034 5528446.960000001, 327674.4400000004 5528450.73, 327677.36000000034 5528451.4399999995, 327691.58999999985 5528454.869999999, 327690.9400000004 5528488.960000001, 327691.8200000003 5528501.949999999, 327692.16000000015 5528506.9399999995, 327690.58999999985 5528535.52, 327691 5528570.65, 327691.1699999999 5528617.27, 327690.5800000001 5528660.949999999, 327694.29000000004 5528689.109999999, 327698.20999999996 5528716.199999999, 327711.13999999966 5528758.6899999995, 327726.91000000015 5528793.710000001, 327744.13999999966 5528824.49, 327762.23000000045 5528849.779999999, 327773.9199999999 5528864.720000001, 327804.6900000004 5528896.699999999, 327807.6500000004 5528899.390000001, 327798.6699999999 5528913.390000001, 327794.48000000045 5528919.93, 327844.0499999998 5528945.82, 327882.0599999996 5528954.41, 327902.45999999996 5528961.48, 327960.5999999996 5528995.609999999, 328000.04000000004 5529028.1899999995, 328019.51999999955 5529048.1, 328047.5499999998 5529084.050000001, 328064.4500000002 5529108.390000001, 328063.9299999997 5529130.289999999, 328080.66000000015 5529188.98, 328103.75 5529248.42, 328114.8799999999 5529287.039999999, 328121.08999999985 5529348.82, 328122.63999999966 5529379.09, 328113.86000000034 5529423.109999999, 328102.3200000003 5529471.449999999, 328100.5 5529497.039999999, 328100.5 5529528.779999999, 328082.7999999998 5529586.390000001, 328028.5700000003 5529697.710000001, 328014.58999999985 5529730.039999999, 328012.46999999974 5529748.4399999995, 328012.1500000004 5529768.550000001, 328014.23000000045 5529779.65, 328016.9299999997 5529785.77, 328022.73000000045 5529789.050000001, 328023.96999999974 5529802.390000001, 328029.86000000034 5529808.619999999, 328028.9400000004 5529817.470000001, 328032.5999999996 5529825.130000001, 328033.4400000004 5529833.039999999, 328033.8499999996 5529836.949999999, 328033.98000000045 5529838.15, 328043.38999999966 5529861.42, 328046.54000000004 5529869.119999999, 328048.5499999998 5529880.67, 328047.1799999997 5529888.289999999, 328047.2999999998 5529899.68, 328044.5099999998 5529913.83, 328044.8099999996 5529923, 328045.11000000034 5529931.66, 328052.0800000001 5529955.859999999, 328056.5499999998 5529965.130000001, 328064.58999999985 5529983.98, 328083.3799999999 5530009.49, 328103.20999999996 5530036.289999999, 328123.79000000004 5530058.65, 328141.5499999998 5530075.25, 328155.01999999955 5530086.52, 328192.4299999997 5530108.35, 328215.3099999996 5530108.130000001, 328226.7400000002 5530108.32, 328254.1699999999 5530108.4, 328283.4500000002 5530110.710000001, 328302.73000000045 5530112.91, 328343.98000000045 5530121.17, 328380.04000000004 5530128.550000001, 328417.2999999998 5530140.119999999, 328448.2999999998 5530151.51, 328461.70999999996 5530157.93, 328485.88999999966 5530172.27, 328507.9500000002 5530188.76, 328523.46999999974 5530199.279999999, 328541.54000000004 5530216.26, 328559.83999999985 5530236.34, 328571.2599999998 5530253.140000001, 328581.8799999999 5530273.73, 328590.78000000026 5530301.59, 328577.4199999999 5530301.6, 328562.33999999985 5530301.619999999, 328559.3200000003 5530289.529999999, 328560.58999999985 5530280.92, 328561.38999999966 5530275.49, 328556.6200000001 5530258.98, 328548.16000000015 5530244.83, 328532.5499999998 5530226.859999999, 328513.36000000034 5530213.300000001, 328512.7000000002 5530212.82, 328498.3300000001 5530202.26, 328476.6500000004 5530187.140000001, 328453.01999999955 5530174.4, 328440.7599999998 5530168.42, 328413.8099999996 5530157.949999999, 328401.8700000001 5530154.73, 328386.16000000015 5530150.5, 328377.01999999955 5530148.02, 328337.5499999998 5530139.6, 328292.8200000003 5530135.3100000005, 328269.1900000004 5530128.01, 328268.86000000034 5530128.1899999995, 328262.6299999999 5530131.779999999, 328251.29000000004 5530129.26, 328242.63999999966 5530130.73, 328226.4500000002 5530133.51, 328212.8300000001 5530132.42, 328202.5499999998 5530127.890000001, 328186.6799999997 5530120.890000001, 328156.75 5530104.890000001, 328147.7599999998 5530100.09, 328132.9900000002 5530087.42, 328113.20999999996 5530069.3100000005, 328113 5530069.119999999, 328090.5800000001 5530045.289999999, 328085.51999999955 5530040.49, 328077.3099999996 5530032.68, 328068.3799999999 5530019.6, 328061.54000000004 5530009.710000001, 328047.98000000045 5529990.08, 328038.8799999999 5529970.800000001, 328035.1200000001 5529960.699999999, 328030.4199999999 5529948.029999999, 328026.51999999955 5529932.17, 328027.45999999996 5529919.779999999, 328018.4500000002 5529918.720000001, 328014.71999999974 5529918.42, 328005.1900000004 5529917.65, 327999.70999999996 5529917.210000001, 327992.1799999997 5529916.550000001, 327990.61000000034 5529916.41, 327988.95999999996 5529916.26, 327966.28000000026 5529914.25, 327926.5700000003 5529910.720000001, 327907.3799999999 5529909.02, 327895.3799999999 5529907.949999999, 327859.5999999996 5529904.699999999, 327851.8700000001 5529904, 327852.7000000002 5529889.619999999, 327853.54000000004 5529875.460000001, 327860.9900000002 5529860.85, 327864.0499999998 5529846.27, 327865.8200000003 5529831.0600000005, 327869.3700000001 5529800.529999999, 327802.03000000026 5529785.109999999, 327739.5700000003 5529784.57, 327740.33999999985 5529773.859999999, 327707.0099999998 5529769.49, 327678.88999999966 5529764.550000001, 327654.9900000002 5529761.050000001, 327654.9199999999 5529716.77, 327649.5999999996 5529666.98, 327652.88999999966 5529666.9, 327652.98000000045 5529666.15, 327664.13999999966 5529568.68, 327664.73000000045 5529563.529999999, 327675.1500000004 5529562.1, 327680.98000000045 5529561.300000001, 327688.5999999996 5529560.26, 327694.8700000001 5529559.359999999, 327700.51999999955 5529558.539999999, 327700.33999999985 5529556.859999999, 327689.28000000026 5529452.710000001, 327688.63999999966 5529446.630000001, 327688.04000000004 5529440.960000001, 327705.88999999966 5529440.390000001, 327705.48000000045 5529436.99, 327704.88999999966 5529433.18, 327704.1900000004 5529428.67, 327702.6200000001 5529418.539999999, 327701.61000000034 5529412.050000001, 327715.70999999996 5529408.91, 327717.01999999955 5529403.4399999995, 327746.3099999996 5529396.6899999995, 327771.04000000004 5529391.01, 327772.38999999966 5529396.300000001, 327794.5099999998 5529390.59, 327820.36000000034 5529363.59, 327821.5999999996 5529353.039999999, 328000.88999999966 5529337.9, 328050.51999999955 5529333.470000001, 328040.9500000002 5529404.91, 328040.0099999998 5529416.16, 328039.51999999955 5529418.539999999, 328037.88999999966 5529426.199999999, 328037.9400000004 5529431.779999999, 328037.58999999985 5529448.3100000005, 328037.48000000045 5529453.4399999995, 328035.7999999998 5529478.9399999995, 328034.3200000003 5529501.51, 328032.2400000002 5529533.74, 328031.6299999999 5529543.34, 328028.51999999955 5529561.83, 328026.38999999966 5529574.4399999995, 328021.1900000004 5529597, 328024.1200000001 5529598.130000001, 328036.41000000015 5529602.48, 328044.75 5529605.4399999995, 328059.2599999998 5529573.9, 328067.0999999996 5529551.949999999, 328076.6200000001 5529525.24, 328079.0499999998 5529483.66, 328080.04000000004 5529466.609999999, 328086.6799999997 5529421.85, 328087.01999999955 5529419.6, 328091.86000000034 5529375.17, 328094.6299999999 5529349.529999999, 328089.53000000026 5529293.24, 328089.46999999974 5529292.5, 328088.0599999996 5529290.119999999, 328067.6500000004 5529255.34, 328063.1900000004 5529243.5, 328054.1500000004 5529219.460000001, 328046.16000000015 5529198.1899999995, 328046.1699999999 5529194.6, 328040.53000000026 5529181.6, 328018.46999999974 5529145.539999999, 328008.11000000034 5529122.26, 327997.1500000004 5529097.890000001, 327984 5529072.34, 327976.16000000015 5529058.5600000005, 327967.63999999966 5529047.07, 327963 5529042.210000001, 327959.2599999998 5529038.300000001, 327953.03000000026 5529032.33, 327942.0599999996 5529023.880000001, 327938.38999999966 5529021.050000001, 327928.78000000026 5529015.51, 327923.0499999998 5529013.359999999, 327921.0700000003 5529012.859999999, 327893.75 5529006.02, 327882.5 5529003.199999999, 327851.6200000001 5528985.720000001, 327842.16000000015 5528976.35, 327830.76999999955 5528965.01, 327778.5800000001 5528929, 327754.2000000002 5528909.720000001, 327751.4500000002 5528913.65, 327749.5599999996 5528916.23, 327762.5999999996 5528928.41, 327773.6299999999 5528936.66, 327730.5599999996 5528992.02, 327741.23000000045 5529005.73, 327754.04000000004 5529016.83, 327766.04000000004 5529027.210000001, 327778.53000000026 5529038.02, 327793.48000000045 5529050.970000001, 327831 5529083.449999999, 327849.6200000001 5529099.57, 327790.3499999996 5529119.59, 327682.4299999997 5529142.43, 327585.5999999996 5529154.82, 327570.7000000002 5529156.73, 327544.16000000015 5529133.0600000005, 327500.9000000004 5529085.130000001, 327467.01999999955 5529042.859999999, 327452.1900000004 5529016.57, 327437.95999999996 5528980.199999999, 327429.6200000001 5528958.98, 327427.03000000026 5528952.4, 327421.5800000001 5528938.609999999, 327411.4199999999 5528914.970000001, 327405.03000000026 5528898.09, 327402.45999999996 5528891.6899999995, 327390.61000000034 5528862.16, 327388.5599999996 5528857.050000001, 327370.23000000045 5528841.960000001, 327381.7400000002 5528865.779999999, 327385.08999999985 5528875.4399999995, 327352.1799999997 5528893.8100000005, 327338.4299999997 5528879.779999999, 327324.6900000004 5528864.91, 327322.2400000002 5528862.27, 327310.75 5528838.529999999, 327303.0800000001 5528832.08, 327293.98000000045 5528820.9399999995, 327298.6900000004 5528766.3100000005, 327292.9000000004 5528642.890000001, 327289.91000000015 5528579.25, 327336.86000000034 5528568.76, 327365.6200000001 5528562.460000001, 327365.79000000004 5528560.470000001, 327368.23000000045 5528531.41, 327371.45999999996 5528461.58, 327371.33999999985 5528449.9, 327371.20999999996 5528449.26, 327355.70999999996 5528371.51, 327348.3799999999 5528334.75, 327351.23000000045 5528330.8100000005, 327362.73000000045 5528296.99, 327364.41000000015 5528292.08, 327371.9900000002 5528271.34, 327386.25 5528270.140000001, 327437.1200000001 5528265.85, 327439.04000000004 5528262.51, 327462.08999999985 5528263.380000001, 327509.4199999999 5528265.140000001, 327561.51999999955 5528255.039999999, 327583.75 5528262.49, 327586.1200000001 5528262.76, 327583.53000000026 5528278.949999999, 327599.29000000004 5528290.699999999, 327602.48000000045 5528290.4, 327604.9500000002 5528296.1899999995, 327611.8499999996 5528312.369999999, 327621.36000000034 5528350.93, 327624.6299999999 5528371.140000001, 327626.8099999996 5528384.5, 327628.7599999998 5528396.460000001, 327630.4299999997 5528406.710000001, 327631.20999999996 5528421.65, 327641.63999999966 5528421.609999999, 327652.70999999996 5528421.5600000005, 327654.4199999999 5528421.550000001, 327656.4900000002 5528421.550000001, 327657.4199999999 5528421.550000001, 327658.51999999955 5528421.529999999, 327658.79000000004 5528420.460000001, 327664.70999999996 5528395.41, 327667.28000000026 5528316.66, 327662.53000000026 5528237.9399999995, 327659.78000000026 5528200.51, 327655.6200000001 5528170.08, 327653.78000000026 5528156.5600000005, 327651.9199999999 5528131.640000001, 327651.26999999955 5528122.92, 327651.3700000001 5528114.880000001, 327647.63999999966 5528114.26, 327644.2400000002 5528113.68, 327638.13999999966 5528112.65, 327632.1699999999 5528111.640000001, 327628.61000000034 5528123.42, 327625.78000000026 5528132.83, 327625.3300000001 5528135.619999999, 327621.78000000026 5528134.220000001, 327447.71999999974 5528065.8100000005, 327439.6799999997 5528062.65, 327443.0999999996 5528050.970000001, 327446.5999999996 5528038.99, 327447.96999999974 5528034.32, 327449.1699999999 5528031.16, 327452.66000000015 5528022, 327455.9900000002 5528013.26, 327459.13999999966 5528005.01, 327464.41000000015 5527991.16, 327470.1200000001 5527976.199999999, 327474.6500000004 5527964.3100000005, 327474.9199999999 5527963.779999999, 327489.5499999998 5527934.17, 327492.6500000004 5527927.9, 327498.46999999974 5527916.119999999, 327500.1299999999 5527912.77, 327505 5527898.84, 327507.04000000004 5527892.99, 327513.36000000034 5527874.9399999995, 327516.8300000001 5527865.02, 327520.38999999966 5527854.83, 327523.96999999974 5527844.619999999, 327524.9199999999 5527841.890000001, 327527.36000000034 5527839.67, 327536.6299999999 5527831.27, 327546.13999999966 5527822.65, 327553.01999999955 5527816.41, 327560.28000000026 5527809.83, 327564.08999999985 5527806.380000001, 327572.3300000001 5527798.91, 327610.9900000002 5527773.08, 327627.6699999999 5527761.92, 327635.5099999998 5527757.5, 327611.21999999974 5527745.9, 327617.79000000004 5527732.15, 327623.51999999955 5527719.34, 327650.8200000003 5527699.050000001, 327687.0099999998 5527672.17, 327713.8200000003 5527652.25, 327739.53000000026 5527633.15, 327757.45999999996 5527640.949999999, 327770.51999999955 5527645.859999999, 327802.53000000026 5527657.85, 327805.1299999999 5527658.83, 327819.3099999996 5527669.199999999, 327826.2000000002 5527674.26, 327854.66000000015 5527679.74, 327866.33999999985 5527679.800000001, 327872.4900000002 5527699.539999999, 327878.01999999955 5527711.35, 327886.48000000045 5527717.93, 327876.51999999955 5527729.039999999, 327872.4900000002 5527733.539999999, 327872.86000000034 5527745.880000001, 327864.5800000001 5527757.57, 327856.79000000004 5527767.18, 327877.4000000004 5527782.15, 327869.1299999999 5527789.800000001, 327867.8300000001 5527792.949999999, 327864.3700000001 5527794.720000001, 327864.9900000002 5527796.3100000005, 327863.0999999996 5527797.42, 327863.88999999966 5527798.779999999, 327863.3200000003 5527799.27, 327846.16000000015 5527819.42, 327842.5 5527816.52, 327838.83999999985 5527819.91, 327836.66000000015 5527821.92, 327832.21999999974 5527826.029999999, 327825.25 5527832.460000001, 327813.8300000001 5527843.02, 327821.13999999966 5527852.1, 327827.88999999966 5527858.9, 327830.04000000004 5527861.33, 327830.8099999996 5527862.1899999995, 327835.5499999998 5527857.859999999, 327851.04000000004 5527846.68, 327854.03000000026 5527845.449999999, 327862.11000000034 5527842.130000001, 327865.20999999996 5527836.050000001, 327868.4900000002 5527834.359999999, 327874.58999999985 5527831.23, 327877.4500000002 5527829.75, 327884.2000000002 5527826.279999999, 327888.1299999999 5527828.17, 327891.0800000001 5527829.58, 327894.01999999955 5527829.130000001, 327897.83999999985 5527828.539999999, 327900.70999999996 5527828.109999999, 327910.46999999974 5527826.619999999, 327911.16000000015 5527826.51, 327919.1900000004 5527825.279999999, 327922.48000000045 5527824.3100000005, 327926.98000000045 5527823, 327935.7599999998 5527816.92, 327936.3700000001 5527817.33, 327939.53000000026 5527814.83, 327943.3099999996 5527810.279999999, 327958.1799999997 5527779, 327966.4500000002 5527776.699999999, 327973.0800000001 5527776.51, 327970.5700000003 5527779.699999999, 327979.7999999998 5527780.470000001, 327981.61000000034 5527785.33, 327976.0999999996 5527785.24, 327966.98000000045 5527784.25, 327951.26999999955 5527808.140000001, 327954.2000000002 5527808.800000001, 327951.3099999996 5527811.4399999995, 327949.1500000004 5527811, 327941.7400000002 5527821.01, 327942.38999999966 5527821.449999999, 327962.08999999985 5527818.8100000005, 327969.8799999999 5527815.33, 327974.23000000045 5527813.380000001, 327985.13999999966 5527808.49, 328014.29000000004 5527794.5, 328018.9000000004 5527792.289999999, 328019.20999999996 5527792.140000001, 328040.33999999985 5527784.039999999, 328060.9299999997 5527782.460000001, 328072.0499999998 5527780.66, 328085.45999999996 5527773.550000001, 328055.7999999998 5527766.23, 328009.8300000001 5527774.01, 327999.2599999998 5527773.9, 327985.96999999974 5527768.17, 327984.3700000001 5527763.630000001, 327998.91000000015 5527768.15, 328008.8200000003 5527768.0600000005, 328010.36000000034 5527767.800000001, 328037.9400000004 5527763.140000001, 328058.7400000002 5527761.18, 328093.83999999985 5527769.109999999, 328094.96999999974 5527768.51, 328103.2999999998 5527764.01, 328098.36000000034 5527754.859999999, 328083.25 5527745.34, 328083.6900000004 5527740.59, 328084.7400000002 5527734.390000001, 328088.1699999999 5527730.24, 328094.1699999999 5527698.75, 328097.45999999996 5527699.029999999, 328097.6900000004 5527697.92, 328098.48000000045 5527694.050000001, 328098.6500000004 5527693.25, 328099.13999999966 5527690.83, 328095.7400000002 5527690.51, 328093.71999999974 5527690.3100000005, 328092.4000000004 5527690.359999999, 328098.26999999955 5527656.800000001, 328098.4000000004 5527656.1, 328099.2400000002 5527651.710000001, 328099.5099999998 5527649.77, 328091.79000000004 5527647.25, 328099.6299999999 5527587.84, 328100.29000000004 5527582.83, 328110.8099999996 5527585.119999999, 328115.58999999985 5527586.17, 328120.4299999997 5527587.23, 328126.76999999955 5527588.619999999, 328131.25 5527590.470000001, 328141.8799999999 5527594.890000001, 328152.8099999996 5527599.42, 328164 5527604.07, 328169.88999999966 5527606.51, 328175.86000000034 5527608.99, 328187.0999999996 5527613.65, 328197.61000000034 5527618.02, 328206.9400000004 5527621.890000001, 328215.5599999996 5527607.050000001, 328223.96999999974 5527592.5600000005, 328305.0499999998 5527636.67, 328328.76999999955 5527653.390000001, 328401.1799999997 5527753.699999999, 328426.4299999997 5527814.08, 328432.3300000001 5527824.23, 328418.5599999996 5527843.33, 328369.08999999985 5527922.52, 328444.0099999998 5527994.08, 328472.70999999996 5528035.960000001, 328525.86000000034 5528094.869999999, 328474.8499999996 5528137.960000001, 328512.71999999974 5528180.6899999995, 328502.58999999985 5528191.800000001, 328518.63999999966 5528220.130000001, 328514.6699999999 5528224.609999999, 328519.9900000002 5528233.65, 328501.61000000034 5528255.15, 328493.58999999985 5528248.43, 328485.3499999996 5528241.539999999, 328469.41000000015 5528228.18, 328466.54000000004 5528231.34, 328446.83999999985 5528212.43, 328451.2400000002 5528208.25, 328442.8099999996 5528197.27, 328427.8200000003 5528209.18, 328415.4500000002 5528219.68, 328403.6200000001 5528209.880000001, 328411.5 5528235.15, 328424.8200000003 5528250.1, 328434.46999999974 5528262.359999999, 328438.63999999966 5528267.67, 328454.7999999998 5528280.720000001, 328473.78000000026 5528294.67, 328482.33999999985 5528294.59, 328493.0499999998 5528294.49, 328508.66000000015 5528307.93, 328514.6299999999 5528315.609999999, 328522.4199999999 5528325.6, 328524.63999999966 5528325.92, 328541.3200000003 5528328.26, 328566.3099999996 5528333.109999999, 328566.91000000015 5528333.23, 328582.4400000004 5528341.33, 328589.8499999996 5528345.199999999, 328596 5528346.119999999, 328598.6299999999 5528346.529999999, 328605.53000000026 5528351.890000001, 328608.04000000004 5528353.15, 328617.0800000001 5528357.720000001, 328625.9500000002 5528362.1899999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6105-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6105-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-074" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6105-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-074" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6105-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108901</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.63585630814</v>
+        <v>46071.30376723695</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>