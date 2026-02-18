--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6105-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((334778.03000000026 5519593.08, 334764.3700000001 5519597.83, 334758.98000000045 5519599.710000001, 334759.4500000002 5519600.4, 334753.16000000015 5519603.65, 334724.1900000004 5519618.619999999, 334665.51999999955 5519648.93, 334558.83999999985 5519705.289999999, 334558.29000000004 5519704.48, 334556.8200000003 5519702.279999999, 334556.7000000002 5519702.08, 334555.08999999985 5519699.67, 334553.4299999997 5519697.18, 334551.5800000001 5519694.4, 334550.08999999985 5519692.18, 334549.61000000034 5519691.470000001, 334545.75 5519685.630000001, 334543.23000000045 5519681.8100000005, 334541.41000000015 5519679.07, 334538.4400000004 5519674.58, 334537.01999999955 5519672.42, 334536.5800000001 5519671.779999999, 334528.96999999974 5519660.4399999995, 334525.6799999997 5519655.539999999, 334515.0700000003 5519639.73, 334513 5519636.66, 334509.5700000003 5519631.529999999, 334508.0700000003 5519629.289999999, 334505.5700000003 5519625.550000001, 334505.0700000003 5519624.800000001, 334504.13999999966 5519623.41, 334503.7999999998 5519622.890000001, 334501.8099999996 5519619.91, 334501.01999999955 5519619.75, 334497.5999999996 5519619.039999999, 334483.6500000004 5519616.130000001, 334473.45999999996 5519613.220000001, 334468.8200000003 5519611.890000001, 334456.76999999955 5519608.4399999995, 334450.4299999997 5519606.630000001, 334449.66000000015 5519606.49, 334441.2400000002 5519604.93, 334437.4199999999 5519604.23, 334430.6900000004 5519602.98, 334427.4500000002 5519602.380000001, 334410.03000000026 5519598.380000001, 334403.0099999998 5519596.039999999, 334397.46999999974 5519593.199999999, 334388.01999999955 5519587.449999999, 334371.5599999996 5519574.9399999995, 334368.7599999998 5519572.800000001, 334358.1900000004 5519564.77, 334352.38999999966 5519560.35, 334349.8300000001 5519558.41, 334339.23000000045 5519551.890000001, 334334.3200000003 5519549.539999999, 334325.9400000004 5519546.960000001, 334324.4400000004 5519548.0600000005, 334326.4000000004 5519549, 334294.3499999996 5519576.16, 334288.1500000004 5519581.42, 334275.38999999966 5519592.24, 334274.78000000026 5519592.720000001, 334270.21999999974 5519596.35, 334267.61000000034 5519598.42, 334256.2000000002 5519607.51, 334253.1900000004 5519609.91, 334238.01999999955 5519621.970000001, 334233.16000000015 5519625.85, 334227.88999999966 5519618.83, 334220.8799999999 5519619.23, 334207.0999999996 5519620, 334200.4400000004 5519620.4, 334196.16000000015 5519620.65, 334182.1900000004 5519621.460000001, 334165.25 5519597.27, 334121.8300000001 5519535.25, 334127.1200000001 5519532.119999999, 334126.7999999998 5519531.640000001, 334125.4000000004 5519529.5600000005, 334125.3499999996 5519529.48, 334122.5800000001 5519493.050000001, 334124.6799999997 5519477.1899999995, 334125.9500000002 5519467.68, 334124.4000000004 5519448.140000001, 334118.79000000004 5519438.8100000005, 334101.4299999997 5519420.85, 334094.8200000003 5519425.5600000005, 334060.71999999974 5519461.23, 333995.1699999999 5519504.789999999, 333937.6200000001 5519543.050000001, 333929.54000000004 5519530.49, 333927.9199999999 5519527.99, 333926.5599999996 5519530.390000001, 333915.1799999997 5519544.98, 333902.51999999955 5519557.449999999, 333881.76999999955 5519572.890000001, 333873.13999999966 5519582.6, 333870.98000000045 5519584.74, 333858.9199999999 5519591.99, 333857.29000000004 5519596.300000001, 333854.5599999996 5519598.449999999, 333850.41000000015 5519600.43, 333845.78000000026 5519603.779999999, 333842.9400000004 5519605.279999999, 333842.4199999999 5519604.539999999, 333841.8200000003 5519603.6899999995, 333829.3700000001 5519612.17, 333828.16000000015 5519612.800000001, 333817.4400000004 5519618.369999999, 333813.6200000001 5519619.890000001, 333809.45999999996 5519621.539999999, 333802.08999999985 5519624.449999999, 333791.3700000001 5519630.02, 333783.5499999998 5519634.07, 333766.6900000004 5519642.17, 333745.1699999999 5519652.49, 333742.3200000003 5519653.970000001, 333735.3300000001 5519657.59, 333731.9400000004 5519659.34, 333728.9500000002 5519660.359999999, 333725.6900000004 5519661.48, 333722.33999999985 5519662.630000001, 333720.48000000045 5519663.26, 333717.16000000015 5519664.4, 333706.2400000002 5519665.74, 333700.6799999997 5519664.720000001, 333675.75 5519660.140000001, 333673.36000000034 5519659.699999999, 333661.75 5519659.5, 333654.86000000034 5519659.390000001, 333652.3200000003 5519659.35, 333644.79000000004 5519659.220000001, 333643.70999999996 5519659.449999999, 333637.45999999996 5519660.82, 333627.0999999996 5519664.68, 333624.51999999955 5519665.75, 333619.76999999955 5519667.75, 333614.3300000001 5519670.42, 333608.2999999998 5519673.380000001, 333602.7400000002 5519676.039999999, 333601.6299999999 5519678.07, 333602.58999999985 5519679.01, 333600.5 5519680.1899999995, 333592.5800000001 5519686.83, 333590.6299999999 5519687.75, 333581.0599999996 5519691.949999999, 333575.76999999955 5519692.01, 333573.3700000001 5519692.289999999, 333569.79000000004 5519693.35, 333565.25 5519694.85, 333546.03000000026 5519703.289999999, 333544.95999999996 5519704.67, 333536.51999999955 5519709.49, 333528.3200000003 5519712.43, 333467.9199999999 5519748.460000001, 333447.5 5519773.779999999, 333446.03000000026 5519773.199999999, 333440.7400000002 5519775.869999999, 333440.6200000001 5519775.710000001, 333432.76999999955 5519780.960000001, 333426.79000000004 5519781.0600000005, 333423.13999999966 5519783.619999999, 333422.45999999996 5519784.109999999, 333403.08999999985 5519798.279999999, 333389.04000000004 5519808.5600000005, 333372.0999999996 5519822.210000001, 333353.2000000002 5519837.449999999, 333345.88999999966 5519843.35, 333340.13999999966 5519848.02, 333342.7599999998 5519849.52, 333294.4199999999 5519889.02, 333293.71999999974 5519893.1, 333293.38999999966 5519894.970000001, 333292.6799999997 5519898.5, 333285.95999999996 5519932.1, 333280.66000000015 5519952.6899999995, 333272.7999999998 5519972.550000001, 333264.6200000001 5519991.15, 333264.2599999998 5519991.8100000005, 333261.6200000001 5519996.640000001, 333263.3300000001 5519998.199999999, 333255.33999999985 5520006.93, 333252.25 5520009.32, 333247.13999999966 5520002.73, 333240.9000000004 5520007.57, 333246.01999999955 5520014.16, 333242.25 5520028.640000001, 333242.45999999996 5520030.550000001, 333241.7599999998 5520033.210000001, 333242.9199999999 5520034.83, 333243.4000000004 5520039.279999999, 333245.0700000003 5520045.93, 333241.9199999999 5520051.880000001, 333241.71999999974 5520051.5600000005, 333235.8099999996 5520057.68, 333234.2000000002 5520059.119999999, 333229.9299999997 5520062.960000001, 333226.9299999997 5520065.65, 333223.20999999996 5520068.73, 333219.4400000004 5520071.83, 333215.11000000034 5520076.09, 333189.26999999955 5520096.85, 333169.5 5520111.050000001, 333165.23000000045 5520114.58, 333156.63999999966 5520118.699999999, 333145.08999999985 5520132.68, 333127.48000000045 5520159.279999999, 333127.01999999955 5520159.83, 333125.71999999974 5520161.720000001, 333125.4299999997 5520162.75, 333115.78000000026 5520178.220000001, 333113.3300000001 5520183.25, 333107.6699999999 5520196.890000001, 333106.51999999955 5520198.359999999, 333079.2000000002 5520232.359999999, 333075.3200000003 5520233.789999999, 333050.96999999974 5520242.27, 333045.1900000004 5520244.279999999, 333035.0099999998 5520247.83, 333029 5520249.93, 333017.33999999985 5520253.99, 333012.7999999998 5520254.630000001, 333005.76999999955 5520255.59, 333005.23000000045 5520255.76, 332995.0099999998 5520259.66, 332991.73000000045 5520261.41, 332983.79000000004 5520265.65, 332975.6900000004 5520270.08, 332971.20999999996 5520272.369999999, 332963.78000000026 5520276.33, 332962.11000000034 5520277.220000001, 332950.1900000004 5520283.57, 332949.5 5520283.9399999995, 332945.1900000004 5520285.68, 332934.75 5520289.890000001, 332926.0800000001 5520293.380000001, 332919.0700000003 5520296.210000001, 332916.9900000002 5520297.039999999, 332905.21999999974 5520303.029999999, 332902.21999999974 5520304.57, 332897.11000000034 5520307.16, 332892.58999999985 5520309.460000001, 332893.0700000003 5520310.140000001, 332892.16000000015 5520310.640000001, 332891.13999999966 5520311.199999999, 332890.7599999998 5520310.529999999, 332874.1500000004 5520319.279999999, 332873.3700000001 5520319.550000001, 332867.0800000001 5520321.77, 332862.41000000015 5520323.42, 332861.36000000034 5520323.779999999, 332855.6200000001 5520327.26, 332847.5 5520332.140000001, 332841.36000000034 5520335.85, 332840.9000000004 5520336.130000001, 332837.5700000003 5520338.710000001, 332832.73000000045 5520342.470000001, 332826.3099999996 5520347.449999999, 332819.6799999997 5520351.07, 332814.0800000001 5520354.119999999, 332811.3499999996 5520355.609999999, 332808.3499999996 5520357, 332808.73000000045 5520358.029999999, 332807.8300000001 5520358.789999999, 332804.71999999974 5520361.42, 332796.6699999999 5520365.710000001, 332783.8499999996 5520368.16, 332770.96999999974 5520368.09, 332745.7599999998 5520367.529999999, 332676.58999999985 5520385.539999999, 332659.29000000004 5520390.57, 332652.25 5520392.609999999, 332649.5599999996 5520393.390000001, 332641.7400000002 5520395.66, 332624.4199999999 5520400.699999999, 332620.95999999996 5520401.1, 332534.8700000001 5520433.92, 332501.0800000001 5520449.380000001, 332457.01999999955 5520477.630000001, 332422.3300000001 5520501.779999999, 332412.5800000001 5520511.67, 332409.3099999996 5520514.99, 332388.71999999974 5520537.050000001, 332368.1500000004 5520563.130000001, 332361.5700000003 5520570.9399999995, 332359.23000000045 5520573.720000001, 332352.9299999997 5520586.119999999, 332349.63999999966 5520592.59, 332337.13999999966 5520612.59, 332317.3200000003 5520652.970000001, 332310.0599999996 5520667.630000001, 332302.6200000001 5520685.300000001, 332272.91000000015 5520750.73, 332271.5 5520758.73, 332264.5700000003 5520776.380000001, 332262.33999999985 5520807.84, 332263 5520822.550000001, 332263.46999999974 5520830.220000001, 332270.6200000001 5520867.630000001, 332275.5800000001 5520883.25, 332278.8300000001 5520892.109999999, 332285.2599999998 5520904.74, 332294.0800000001 5520922.039999999, 332310.1699999999 5520949.93, 332307.3799999999 5520951.539999999, 332318.23000000045 5520972.42, 332331.91000000015 5520995.4399999995, 332348.0499999998 5521020.390000001, 332369.08999999985 5521060.91, 332380.1900000004 5521086.82, 332383.33999999985 5521114.460000001, 332382.48000000045 5521129.68, 332378.4000000004 5521144.74, 332377.5099999998 5521148.029999999, 332364.16000000015 5521174.65, 332349.9199999999 5521191.41, 332330.8099999996 5521209.33, 332309.16000000015 5521223.35, 332283.70999999996 5521235.220000001, 332266.38999999966 5521241.9, 332260.9299999997 5521243.130000001, 332240.4400000004 5521247.74, 332232.88999999966 5521249.01, 332223.0700000003 5521250.640000001, 332190.5099999998 5521245.83, 332157.73000000045 5521240.68, 332140.58999999985 5521234.48, 332123.3200000003 5521227.49, 332108.41000000015 5521221.51, 332092.5800000001 5521213.9399999995, 332068.4299999997 5521200.41, 332050.9000000004 5521191.3100000005, 332018.5599999996 5521178.59, 331994.9500000002 5521167.390000001, 331962 5521148.470000001, 331953.5599999996 5521142.83, 331945.16000000015 5521139.710000001, 331902.88999999966 5521123.99, 331880.1500000004 5521130.35, 331868.9500000002 5521139.66, 331862.9000000004 5521145.25, 331850.66000000015 5521158.619999999, 331844.03000000026 5521167.09, 331833.91000000015 5521180.18, 331801.76999999955 5521234.050000001, 331798.7000000002 5521235.390000001, 331785.5599999996 5521267.869999999, 331778.66000000015 5521285.48, 331776.7999999998 5521290.24, 331775.9000000004 5521290.01, 331764.7999999998 5521327.24, 331759.7000000002 5521344.33, 331758.73000000045 5521347.710000001, 331747.91000000015 5521392.289999999, 331739.9500000002 5521427.9399999995, 331735.5 5521443.140000001, 331730.36000000034 5521459.73, 331723.9500000002 5521476.640000001, 331716.5499999998 5521492.34, 331705.5599999996 5521513.890000001, 331699.0999999996 5521529.91, 331693.3499999996 5521538.460000001, 331695.4900000002 5521539.210000001, 331696.36000000034 5521539.5, 331697.58999999985 5521539.93, 331698.0099999998 5521540.17, 331698.8499999996 5521540.65, 331702.2000000002 5521542.58, 331702.7599999998 5521542.9, 331709.0700000003 5521540.789999999, 331710.79000000004 5521538.77, 331711.9299999997 5521537.4399999995, 331729.5099999998 5521555.039999999, 331755.3099999996 5521580.619999999, 331768.41000000015 5521603.699999999, 331777.1799999997 5521619.18, 331798.29000000004 5521633.380000001, 331831.29000000004 5521655.33, 331868.46999999974 5521665.35, 331888.5099999998 5521666.050000001, 331908.70999999996 5521676.75, 331980.6900000004 5521762.43, 331989.28000000026 5521789.609999999, 331988.9299999997 5521793.4, 331986.3200000003 5521793.27, 331979.83999999985 5521789.699999999, 331976.3700000001 5521791.1899999995, 331974.9400000004 5521791.800000001, 331954.86000000034 5521823.51, 331936.04000000004 5521778.23, 331706.7400000002 5521606.279999999, 331674.28000000026 5521568.9399999995, 331670.38999999966 5521566.289999999, 331668.76999999955 5521564.98, 331664.88999999966 5521561.880000001, 331658.70999999996 5521559.16, 331659.25 5521553.6, 331659.4500000002 5521551.58, 331659.51999999955 5521550.880000001, 331652.13999999966 5521549.68, 331620.8799999999 5521547.279999999, 331600.9900000002 5521545.75, 331592.73000000045 5521546.720000001, 331572.5499999998 5521539.710000001, 331560.4500000002 5521529.52, 331557.9400000004 5521526.73, 331552.0800000001 5521520.1899999995, 331545.98000000045 5521513.390000001, 331542.04000000004 5521508.98, 331541.0099999998 5521507.789999999, 331533.7400000002 5521506.15, 331530.4500000002 5521505.6, 331517.88999999966 5521507.48, 331506.3099999996 5521506.76, 331494.13999999966 5521505.800000001, 331490.51999999955 5521504.68, 331490.6299999999 5521507.890000001, 331477.3200000003 5521506.380000001, 331475.9400000004 5521504.609999999, 331474.23000000045 5521502.4, 331473.4199999999 5521498.6, 331460.9000000004 5521492.83, 331438.23000000045 5521482.380000001, 331419.0599999996 5521469.380000001, 331419.04000000004 5521469.83, 331419.0099999998 5521475.16, 331419 5521476.42, 331410.8700000001 5521470.43, 331408.1799999997 5521468.880000001, 331403.95999999996 5521466.4399999995, 331372.0499999998 5521455.140000001, 331363.8499999996 5521452.23, 331363.83999999985 5521453.24, 331349.0700000003 5521448.52, 331349.08999999985 5521447, 331317.86000000034 5521435.9399999995, 331313.91000000015 5521434.16, 331313.96999999974 5521429.050000001, 331313.9900000002 5521427.67, 331302.58999999985 5521423, 331301.3499999996 5521422.42, 331295.8700000001 5521423.279999999, 331295.0700000003 5521423.41, 331259.7000000002 5521400.92, 331243.7999999998 5521393.8100000005, 331214.4500000002 5521390.43, 331214.36000000034 5521396.720000001, 331210.26999999955 5521396.67, 331210.2599999998 5521397.039999999, 331180.13999999966 5521417.9399999995, 331174.48000000045 5521420.390000001, 331156.21999999974 5521428.3100000005, 331147.53000000026 5521430.26, 331166.45999999996 5521420.119999999, 331149.71999999974 5521426.029999999, 331146.5 5521430.23, 331136.5999999996 5521435.27, 331132.0599999996 5521435.43, 331126.4299999997 5521435.630000001, 331119.73000000045 5521435.859999999, 331115.76999999955 5521434.85, 331102.53000000026 5521431.5, 331097.0599999996 5521427.23, 331084.54000000004 5521425.91, 331064.0999999996 5521402.33, 331061.41000000015 5521399.210000001, 331052.75 5521393.029999999, 331046.28000000026 5521381.75, 331033.48000000045 5521371.51, 331028.0499999998 5521367.16, 331016.1699999999 5521361.3100000005, 331008.61000000034 5521359.66, 331006.26999999955 5521359.15, 330991.46999999974 5521355.98, 330982.45999999996 5521355.16, 330979.2400000002 5521354.869999999, 330956.23000000045 5521341.380000001, 330950.16000000015 5521337.83, 330940.3099999996 5521337.699999999, 330939.4000000004 5521341.67, 330933.71999999974 5521342.42, 330915.96999999974 5521345.449999999, 330900.0700000003 5521348.140000001, 330897.86000000034 5521348.859999999, 330879.78000000026 5521353.119999999, 330865.0099999998 5521357.789999999, 330858.25 5521361.76, 330846.61000000034 5521370.33, 330837.36000000034 5521384.359999999, 330832.1500000004 5521403.5600000005, 330833.5800000001 5521415.609999999, 330840.6900000004 5521425.4399999995, 330876.0599999996 5521444.91, 330900.3799999999 5521453.220000001, 330917.4900000002 5521458.609999999, 330924.5800000001 5521465.67, 330926.21999999974 5521464.23, 330930.51999999955 5521472.08, 330936.6799999997 5521470.85, 330933.21999999974 5521473.890000001, 330948.36000000034 5521523.050000001, 330955.4400000004 5521566.039999999, 330954.26999999955 5521576.4, 330952.41000000015 5521592.539999999, 330950.41000000015 5521611.960000001, 330950.3499999996 5521620.67, 330953.3200000003 5521624.380000001, 330956.28000000026 5521630.1, 330956.0800000001 5521633.5, 330942.41000000015 5521632.6, 330939.5 5521632.41, 330937.9500000002 5521637.49, 330936.96999999974 5521637.73, 330918.66000000015 5521642.42, 330919.8700000001 5521638.08, 330914.8099999996 5521639.33, 330917.41000000015 5521633.3100000005, 330918.6799999997 5521623.41, 330921.48000000045 5521601.699999999, 330932.11000000034 5521566.279999999, 330928.7000000002 5521542.1899999995, 330926.23000000045 5521537.49, 330915.9000000004 5521515.619999999, 330900.0499999998 5521499.85, 330897.6699999999 5521498.15, 330891.1699999999 5521496.4, 330872.0999999996 5521486.630000001, 330861.29000000004 5521478.65, 330856.61000000034 5521474.890000001, 330852.4299999997 5521471.539999999, 330836.29000000004 5521458.58, 330826.5 5521450.73, 330815.91000000015 5521443.880000001, 330803.26999999955 5521431.93, 330791.1299999999 5521420.4399999995, 330786.3300000001 5521415.91, 330783.7000000002 5521413.32, 330773.9199999999 5521403.68, 330769.0499999998 5521388.710000001, 330780.91000000015 5521369.550000001, 330795.78000000026 5521358.5600000005, 330825 5521345.890000001, 330821.3099999996 5521340.949999999, 330819.5099999998 5521338.539999999, 330819.03000000026 5521337.9, 330817.2400000002 5521335.51, 330815.36000000034 5521332.380000001, 330814.5700000003 5521330.720000001, 330812.16000000015 5521330.5, 330811.38999999966 5521330.73, 330798.61000000034 5521334.59, 330783.46999999974 5521339.16, 330787.88999999966 5521338.33, 330757.6699999999 5521352.869999999, 330718.58999999985 5521387.5600000005, 330709.28000000026 5521393, 330700.41000000015 5521398.199999999, 330671.0599999996 5521407.970000001, 330666.98000000045 5521404.529999999, 330652.61000000034 5521417.5, 330640.6200000001 5521432.43, 330595.13999999966 5521404.050000001, 330596.08999999985 5521397.039999999, 330608.2999999998 5521383.5600000005, 330599.8700000001 5521360.880000001, 330608.71999999974 5521294.48, 330632.0700000003 5521271.52, 330654.8200000003 5521258.609999999, 330654.0099999998 5521232.119999999, 330641.6299999999 5521219.43, 330574.2599999998 5521185.199999999, 330568.04000000004 5521159.59, 330549.6200000001 5521127.59, 330518.5599999996 5521086.369999999, 330452.61000000034 5521123.42, 330400.3700000001 5521152.210000001, 330331.78000000026 5521094.91, 330140.01999999955 5521210.66, 330139.8099999996 5521209.17, 330148.61000000034 5521111.76, 330134.78000000026 5521100.07, 330083.70999999996 5521056.880000001, 330034.5499999998 5520984.630000001, 330043.4400000004 5520977.16, 330094.41000000015 5520940.15, 330119.0599999996 5520922.24, 330151.46999999974 5520903.800000001, 330182.2599999998 5520852.9399999995, 330170.4299999997 5520742.869999999, 330141.4400000004 5520708.74, 330108.29000000004 5520669.710000001, 329994.26999999955 5520545.460000001, 329945.48000000045 5520518.279999999, 329941.96999999974 5520516.289999999, 329937.5 5520513.83, 329923.76999999955 5520506.220000001, 329892.1299999999 5520488.65, 329878.5099999998 5520481.09, 329877.8499999996 5520476.18, 329888.5499999998 5520465.5, 329899.91000000015 5520454.15, 329963.6299999999 5520390.6, 330000.4900000002 5520353.83, 330006.7999999998 5520354.449999999, 330009.73000000045 5520351.619999999, 330010.91000000015 5520346.32, 330051.23000000045 5520323.710000001, 330068.8700000001 5520313.789999999, 330071.5499999998 5520312.289999999, 330090.23000000045 5520301.789999999, 330102.9500000002 5520294.630000001, 330117.08999999985 5520286.710000001, 330118.3200000003 5520286.02, 330131.98000000045 5520281.92, 330211.25 5520205.58, 330265.3300000001 5520153.48, 330272.20999999996 5520146.859999999, 330264.3499999996 5520113.32, 330248.95999999996 5520047.710000001, 330238.79000000004 5520000.35, 330235.5099999998 5519985.08, 330214.3799999999 5519886.66, 330178.6299999999 5519875.43, 330086.2599999998 5519858.23, 330011.1699999999 5519948.02, 329945.7599999998 5519913.4399999995, 329874.2400000002 5519875.75, 329856.79000000004 5519866.5600000005, 329962.0800000001 5519671.65, 329948.1900000004 5519537.1, 330063.45999999996 5519485.16, 330073.8099999996 5519488.050000001, 330082.7400000002 5519497.26, 330085.86000000034 5519498.68, 330088.28000000026 5519499.470000001, 330089.9000000004 5519504.91, 330097.01999999955 5519511.01, 330129.51999999955 5519498.32, 330148.5700000003 5519493.0600000005, 330193.9900000002 5519490.24, 330232.7599999998 5519496.1899999995, 330257.78000000026 5519508.699999999, 330278.21999999974 5519531.9, 330279.0999999996 5519536.73, 330292.1900000004 5519542.84, 330318.0700000003 5519548.77, 330329.83999999985 5519555.73, 330337.86000000034 5519563.09, 330349.2000000002 5519564.039999999, 330353.13999999966 5519569.99, 330356.4299999997 5519571.09, 330359.1200000001 5519565.619999999, 330363.01999999955 5519565.470000001, 330371.5 5519565.34, 330385.78000000026 5519569.119999999, 330393.5800000001 5519570.970000001, 330401.03000000026 5519567.66, 330413.0099999998 5519572.01, 330419.21999999974 5519570.68, 330461.4900000002 5519554.09, 330488.2400000002 5519566.029999999, 330514.58999999985 5519567.970000001, 330599.1699999999 5519581.1, 330637.6200000001 5519591.57, 330708.01999999955 5519612.77, 330740.2999999998 5519638, 330824.8499999996 5519591.220000001, 330828.7000000002 5519589.09, 330857.2999999998 5519573.27, 330912.38999999966 5519624.6, 330939.79000000004 5519659.029999999, 330999.03000000026 5519632.640000001, 331053.54000000004 5519707.02, 331097.11000000034 5519757.8100000005, 331111.21999999974 5519779.26, 331117.7400000002 5519829.539999999, 331130.0800000001 5519869.07, 331136.1900000004 5519874.460000001, 331139.3300000001 5519877.24, 331160.33999999985 5519896.74, 331158.45999999996 5519900.960000001, 331188.0099999998 5519916.18, 331181.5599999996 5519921.66, 331178.79000000004 5519928.34, 331180.2400000002 5519930.960000001, 331205.3099999996 5519931.09, 331202.2999999998 5519936.949999999, 331208.58999999985 5519942.59, 331214.7999999998 5519944.08, 331219.71999999974 5519936.76, 331226.25 5519939.25, 331231.7400000002 5519955.220000001, 331237.5700000003 5519958.68, 331237.91000000015 5519954.3100000005, 331240.1900000004 5519951.970000001, 331241.83999999985 5519950.83, 331244.7999999998 5519963.5, 331250.9000000004 5519973.8100000005, 331254.9900000002 5519977.07, 331261.66000000015 5519979.98, 331264.91000000015 5519979.279999999, 331268.23000000045 5519987.52, 331279.5700000003 5519996.890000001, 331280.58999999985 5520006.15, 331288.9400000004 5520007.35, 331296.70999999996 5520015.9399999995, 331305.6299999999 5520020.99, 331304.1900000004 5520024.529999999, 331313.9000000004 5520028.449999999, 331313.8099999996 5520035.34, 331321.33999999985 5520039.550000001, 331324.23000000045 5520042.390000001, 331330.8200000003 5520046.949999999, 331349.0099999998 5520064.84, 331346.01999999955 5520069.6899999995, 331352.3499999996 5520073.26, 331351.2999999998 5520083.83, 331364.33999999985 5520089.460000001, 331368.28000000026 5520092.68, 331365.51999999955 5520096.380000001, 331371.8200000003 5520099.029999999, 331379.21999999974 5520095.93, 331382.26999999955 5520102.0600000005, 331390.2400000002 5520109.48, 331403.9199999999 5520119.119999999, 331401.5599999996 5520126.32, 331405.03000000026 5520127.289999999, 331409.1200000001 5520121.83, 331412.01999999955 5520120.33, 331413.5599999996 5520123.25, 331427.3200000003 5520131.1, 331429.91000000015 5520129.880000001, 331431.1799999997 5520131.73, 331434.8200000003 5520134.050000001, 331429.29000000004 5520138.8100000005, 331438.75 5520146.85, 331447.9900000002 5520143, 331450.8200000003 5520145.390000001, 331447.88999999966 5520153.66, 331453.3700000001 5520155.85, 331456.08999999985 5520156.949999999, 331454.6500000004 5520162.77, 331464.0499999998 5520161.1, 331467.0599999996 5520175.0600000005, 331481.08999999985 5520185.449999999, 331479.08999999985 5520190.68, 331481.3300000001 5520195.869999999, 331486.7999999998 5520204.539999999, 331494.28000000026 5520203.99, 331497.9400000004 5520205.109999999, 331507.4000000004 5520226.02, 331510.88999999966 5520223.300000001, 331513.58999999985 5520219.1, 331516.25 5520220.3100000005, 331517.3499999996 5520228.48, 331515.5099999998 5520234.07, 331520.4199999999 5520231.779999999, 331521.9000000004 5520237.369999999, 331527.1699999999 5520239.41, 331527.6799999997 5520242.460000001, 331524.4400000004 5520244.98, 331525.66000000015 5520250.619999999, 331533.8700000001 5520258.6, 331534.04000000004 5520266.279999999, 331532.4000000004 5520269.359999999, 331537.0700000003 5520267.57, 331537.20999999996 5520274.210000001, 331539.36000000034 5520280.49, 331541.5999999996 5520282.9399999995, 331551.0099999998 5520288.51, 331570.33999999985 5520337.0600000005, 331573.04000000004 5520341.49, 331588.0800000001 5520364.970000001, 331588.08999999985 5520372.91, 331593.8499999996 5520373.6899999995, 331590.3799999999 5520378.6, 331593.1900000004 5520384.619999999, 331600.0499999998 5520390.34, 331602.2400000002 5520398.67, 331602.3300000001 5520401.9399999995, 331609.1500000004 5520408.210000001, 331610.3799999999 5520420.699999999, 331625.2599999998 5520424.24, 331627.7599999998 5520430.23, 331634.1699999999 5520432.039999999, 331634.29000000004 5520437.66, 331640.7999999998 5520439.109999999, 331642.08999999985 5520442.8100000005, 331633.1500000004 5520443.3100000005, 331633.53000000026 5520446.8100000005, 331636.1799999997 5520450.369999999, 331648.13999999966 5520443.359999999, 331650.6200000001 5520445.539999999, 331646.4000000004 5520452.380000001, 331646.36000000034 5520460.25, 331650.3799999999 5520467.85, 331657.71999999974 5520474.869999999, 331657.03000000026 5520477.449999999, 331658.4400000004 5520482.5600000005, 331663.2999999998 5520484.34, 331665.0700000003 5520489.279999999, 331658.23000000045 5520488.4, 331657.6500000004 5520493.220000001, 331661.9900000002 5520493.99, 331664.3499999996 5520496.58, 331657.1200000001 5520498.92, 331658.95999999996 5520502.619999999, 331666.21999999974 5520521.460000001, 331677.0499999998 5520556.58, 331677.4199999999 5520563.859999999, 331681.73000000045 5520576.16, 331683.25 5520573.76, 331695.2599999998 5520595.67, 331698.66000000015 5520627.470000001, 331705.13999999966 5520633.300000001, 331706.41000000015 5520643.18, 331706.73000000045 5520646.08, 331708.1299999999 5520659.08, 331710.7400000002 5520660.42, 331717.1299999999 5520665.630000001, 331721.08999999985 5520677.25, 331721.29000000004 5520689.5, 331724.2999999998 5520696.09, 331722.21999999974 5520697.699999999, 331724.33999999985 5520702.3100000005, 331725.36000000034 5520708.27, 331725.8099999996 5520709.42, 331727.33999999985 5520712.140000001, 331725.54000000004 5520713.8100000005, 331733.4900000002 5520733.720000001, 331736.5 5520739.119999999, 331735.3099999996 5520743.09, 331733.76999999955 5520752.32, 331733.23000000045 5520758.59, 331734.86000000034 5520765.039999999, 331737.5999999996 5520765.0600000005, 331740.41000000015 5520763.41, 331743.1299999999 5520768.859999999, 331741.5 5520774.92, 331745.5499999998 5520777.77, 331744.16000000015 5520781.0600000005, 331743.8200000003 5520785.85, 331746.83999999985 5520790.5, 331751.0099999998 5520796.890000001, 331751.13999999966 5520799.51, 331745.79000000004 5520798.869999999, 331749.3300000001 5520803.84, 331747.9900000002 5520806.609999999, 331754.2599999998 5520820.51, 331758.01999999955 5520830.99, 331757.6799999997 5520833.609999999, 331760.25 5520841.960000001, 331764.66000000015 5520847.27, 331758.6900000004 5520849.960000001, 331761.6799999997 5520857.43, 331765.8799999999 5520855.33, 331770.7000000002 5520873.640000001, 331773.26999999955 5520883.15, 331777.83999999985 5520893.640000001, 331779.3099999996 5520902.91, 331773.8700000001 5520907.35, 331778.04000000004 5520912.9, 331775.1699999999 5520915.74, 331777.53000000026 5520918.0600000005, 331777.6799999997 5520927.800000001, 331776.8799999999 5520937.52, 331782.58999999985 5520942.300000001, 331779.4400000004 5520946.640000001, 331784.33999999985 5520962.859999999, 331790.29000000004 5520972.029999999, 331788.3700000001 5520977.75, 331794.71999999974 5520987.720000001, 331795.25 5520987.51, 331798.66000000015 5520992.24, 331800.2400000002 5521001.68, 331800.58999999985 5521006.779999999, 331804.63999999966 5521010.039999999, 331804.88999999966 5521015.960000001, 331808.73000000045 5521020.050000001, 331811.4500000002 5521018.960000001, 331818.5599999996 5521033.369999999, 331808.9299999997 5521026.960000001, 331814.76999999955 5521032.5600000005, 331816.6299999999 5521043.619999999, 331818.79000000004 5521046.050000001, 331821.03000000026 5521049.67, 331823.79000000004 5521052.9399999995, 331831.23000000045 5521066.17, 331831.4900000002 5521067.83, 331834.2599999998 5521085.710000001, 331835.16000000015 5521090.1899999995, 331835.8799999999 5521090.83, 331837.45999999996 5521092.23, 331852.1299999999 5521093.279999999, 331860.8799999999 5521097.57, 331863.4000000004 5521102, 331870.1699999999 5521096.140000001, 331876.36000000034 5521093.74, 331879.0599999996 5521093.380000001, 331897.0999999996 5521091, 331914.8099999996 5521094.710000001, 331959.54000000004 5521112.74, 331961.2999999998 5521115, 331994.3700000001 5521134.199999999, 332032.73000000045 5521154.67, 332058.26999999955 5521167.4399999995, 332082.1200000001 5521178.49, 332104.0999999996 5521189.0600000005, 332116.6900000004 5521197.35, 332134.21999999974 5521205.619999999, 332153.7400000002 5521213.460000001, 332169.1500000004 5521218.550000001, 332190.26999999955 5521224.52, 332208.5499999998 5521225.67, 332214.41000000015 5521224.4399999995, 332255.1500000004 5521224.140000001, 332270.38999999966 5521220.68, 332278.6799999997 5521216.140000001, 332286.3099999996 5521211.970000001, 332305.8300000001 5521204.130000001, 332329.5700000003 5521183.220000001, 332338.04000000004 5521171.42, 332338.5800000001 5521152.82, 332334.78000000026 5521140.4399999995, 332319.6699999999 5521091.18, 332317.29000000004 5521083.43, 332316.0700000003 5521079.460000001, 332312.2000000002 5521066.859999999, 332310.95999999996 5521062.83, 332309.28000000026 5521057.33, 332307.3300000001 5521050.970000001, 332302.95999999996 5521036.75, 332298.51999999955 5521038.199999999, 332295.79000000004 5521030.68, 332286.83999999985 5521006.039999999, 332264.8200000003 5520937.199999999, 332264.21999999974 5520934.6899999995, 332256.1500000004 5520901.01, 332257.11000000034 5520884.630000001, 332237.7000000002 5520820.1, 332236.53000000026 5520796.470000001, 332236.23000000045 5520790.4, 332239.75 5520783.199999999, 332250.0999999996 5520744.289999999, 332260.1799999997 5520714.51, 332264.76999999955 5520701.99, 332285.23000000045 5520654.1, 332291.1500000004 5520640.210000001, 332296.7599999998 5520629.289999999, 332306.53000000026 5520611.699999999, 332335.5999999996 5520560.51, 332338.0700000003 5520556.529999999, 332346.0499999998 5520543.67, 332362.29000000004 5520523.68, 332374.03000000026 5520510.41, 332398.9000000004 5520486.609999999, 332420.88999999966 5520468.1899999995, 332431.83999999985 5520461.289999999, 332449.0099999998 5520452.8100000005, 332465.5 5520443.960000001, 332496.66000000015 5520428.07, 332559.79000000004 5520398.210000001, 332630.36000000034 5520366.93, 332646.6799999997 5520361.960000001, 332653.1200000001 5520360.26, 332658.8099999996 5520357.119999999, 332661.11000000034 5520355.859999999, 332669.01999999955 5520352.35, 332688.5499999998 5520344.279999999, 332708.9400000004 5520337.359999999, 332731.33999999985 5520339.199999999, 332755.1200000001 5520341.130000001, 332776.79000000004 5520342.9, 332795.73000000045 5520336.77, 332801.21999999974 5520304.880000001, 332804.3099999996 5520303.9399999995, 332821.45999999996 5520288.68, 332821.95</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6105-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6105-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-073" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6105-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-073" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6105-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6105-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6105-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108900</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.87947680549</v>
+        <v>46071.30377306399</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>