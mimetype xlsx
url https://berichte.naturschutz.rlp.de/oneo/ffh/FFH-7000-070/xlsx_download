--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -167,51 +167,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6015-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((451250.25 5534052.289999999, 451246.8799999999 5534047.9, 451182.1900000004 5534040.390000001, 451150.41000000015 5534036.710000001, 451129.21999999974 5534034.25, 451124 5534033.640000001, 451119.0700000003 5534033.0600000005, 451114.0800000001 5534032.49, 451108.0599999996 5534031.800000001, 451099.1299999999 5534030.76, 451054.20999999996 5534025.57, 451051.25 5534021.210000001, 451043.4500000002 5534009.68, 451025.45999999996 5534011.1, 451022.46999999974 5534011.34, 451020.91000000015 5533991.4, 451019.5599999996 5533974.380000001, 451018.8099999996 5533963.73, 451015.11000000034 5533963.380000001, 451011.91000000015 5533963.08, 450991.51999999955 5533961.130000001, 450956.1699999999 5533957.789999999, 450895.8099999996 5533952.0600000005, 450853 5533947.99, 450847.86000000034 5533947.390000001, 450841.0599999996 5533946.6, 450840.91000000015 5533941.27, 450840.61000000034 5533930.279999999, 450837.8099999996 5533823.08, 450831.3099999996 5533729.779999999, 450829.5800000001 5533707.6899999995, 450820.16000000015 5533588.08, 450816.28000000026 5533478.0600000005, 450815.9400000004 5533466.17, 450811.3200000003 5533306.92, 450770.4900000002 5533114.32, 450770.0700000003 5533109.4, 450760.96999999974 5533027.699999999, 450756.9199999999 5533028.15, 450671.11000000034 5533035.35, 450503.41000000015 5533049.42, 450501.1799999997 5533038.59, 450493.1900000004 5532999.8100000005, 450491.20999999996 5532990.300000001, 450489.75 5532983.26, 450601.28000000026 5532927.58, 450605.2599999998 5532925.609999999, 450609.3200000003 5532918.619999999, 450611.3499999996 5532915.119999999, 450649.29000000004 5532930.800000001, 450662.61000000034 5532936.27, 450746.0999999996 5532970.800000001, 450750.75 5532968.390000001, 450758.61000000034 5532935.789999999, 450763.9900000002 5532913.470000001, 450766.8099999996 5532901.82, 450779.7400000002 5532848.220000001, 450780.3300000001 5532845.74, 450791.3099999996 5532813.359999999, 450801.1500000004 5532784.3100000005, 450803.33999999985 5532777.82, 450805.9299999997 5532770.16, 450810.2599999998 5532757.369999999, 450811.71999999974 5532749.6, 450812.9199999999 5532743.26, 450826.48000000045 5532670.890000001, 450827.4299999997 5532668.949999999, 450840.5 5532642.119999999, 450846.88999999966 5532629.029999999, 450855.2599999998 5532611.859999999, 450876.9199999999 5532567.42, 450914.8499999996 5532507.82, 450929.0099999998 5532485.5600000005, 450947.38999999966 5532456.6899999995, 450952.11000000034 5532456.66, 450972.96999999974 5532456.48, 450977.1500000004 5532456.4399999995, 450973.7599999998 5532455.17, 450978.8499999996 5532446.67, 450981.3799999999 5532442.83, 451014.1200000001 5532393.57, 451046.4000000004 5532344.960000001, 451056.9400000004 5532329.08, 451078.5499999998 5532296.57, 451083.2999999998 5532289.41, 451087.5999999996 5532282.9399999995, 451091.86000000034 5532276.529999999, 451145.46999999974 5532195.82, 451149.3499999996 5532197.27, 451158.16000000015 5532200.220000001, 451161.8799999999 5532201.93, 451155.1200000001 5532212.119999999, 451149.9199999999 5532219.9399999995, 451144.7000000002 5532227.789999999, 451130.4199999999 5532249.289999999, 451127.4299999997 5532253.779999999, 451124.98000000045 5532257.460000001, 451099.51999999955 5532295.789999999, 451096.8300000001 5532299.83, 451086.4000000004 5532315.52, 451081.63999999966 5532322.6899999995, 451068.0499999998 5532343.130000001, 451065.1299999999 5532347.529999999, 451050.7000000002 5532369.25, 451048.1699999999 5532373.0600000005, 451039.71999999974 5532385.77, 451032.01999999955 5532397.35, 451029.7400000002 5532400.77, 451027.7999999998 5532403.710000001, 450998.6699999999 5532447.52, 450994.01999999955 5532454.550000001, 450995.7999999998 5532460.91, 451014.88999999966 5532469.98, 451013.25 5532473.630000001, 451011.2000000002 5532478.16, 450953.3099999996 5532612.16, 450950.70999999996 5532665, 450953.63999999966 5532714.85, 450954.4199999999 5532728.0600000005, 450955.7599999998 5532750.890000001, 450957.26999999955 5532777.74, 450957.8700000001 5532786.779999999, 450958.1299999999 5532791.75, 450959.3499999996 5532813.09, 450962.41000000015 5532866.25, 450963.3200000003 5532882.1, 450965.0999999996 5532913.109999999, 450966.96999999974 5532945.640000001, 450967.3200000003 5532951.67, 450972.63999999966 5532956.4, 451056.5700000003 5532951.609999999, 451064.5700000003 5532947.289999999, 451070.1799999997 5532939.85, 451095.8799999999 5532905.779999999, 451114.01999999955 5532881.73, 451121.23000000045 5532873.25, 451135.4199999999 5532856.550000001, 451169.4199999999 5532816.5600000005, 451179.71999999974 5532806.699999999, 451197.0800000001 5532792.550000001, 451217.29000000004 5532776.08, 451239.7400000002 5532757.77, 451261.0099999998 5532740.43, 451292.6900000004 5532714.59, 451298.0499999998 5532710.24, 451311.70999999996 5532700.18, 451337.3099999996 5532681.33, 451368.71999999974 5532658.23, 451377.5599999996 5532651.73, 451381.4900000002 5532648.68, 451385.0499999998 5532645.91, 451389.04000000004 5532642.800000001, 451402.3099999996 5532632.0600000005, 451431.28000000026 5532608.539999999, 451445.8799999999 5532596.710000001, 451460.1699999999 5532585.119999999, 451493.26999999955 5532558.27, 451514.5 5532541.07, 451535.01999999955 5532524.42, 451610.83999999985 5532462.93, 451611.4900000002 5532462.41, 451647.4400000004 5532433.25, 451651.5 5532435.210000001, 451635.96999999974 5532467.51, 451505.88999999966 5532579.210000001, 451467.8099999996 5532611.890000001, 451460.95999999996 5532617.800000001, 451453.1500000004 5532624.49, 451416.6299999999 5532655.85, 451412.96999999974 5532659.1899999995, 451409.78000000026 5532662.109999999, 451405.9400000004 5532665.619999999, 451361.96999999974 5532710.65, 451274.9199999999 5532768.92, 451252.5700000003 5532792.029999999, 451247.36000000034 5532797.41, 451220.0599999996 5532825.609999999, 451210.61000000034 5532836.18, 451195.79000000004 5532855.4399999995, 451192.95999999996 5532859.119999999, 451178.6900000004 5532877.640000001, 451176.9000000004 5532879.99, 451173.25 5532884.73, 451170.33999999985 5532888.49, 451163.01999999955 5532898.029999999, 451153.8200000003 5532909.970000001, 451152.0700000003 5532912.24, 451141.25 5532924.8100000005, 451108.9000000004 5532962.43, 451108.1699999999 5532963.26, 451094.04000000004 5532979.6899999995, 451073.1200000001 5533003.98, 451072.1299999999 5533005.140000001, 451068.4299999997 5533013.960000001, 451065.5 5533049.880000001, 451062.75 5533083.51, 451067.4299999997 5533088.17, 451137.75 5533084.15, 451205.1299999999 5533080.289999999, 451214.29000000004 5533077.1899999995, 451219.7999999998 5533073.539999999, 451249.9199999999 5533053.619999999, 451270.2999999998 5533040.140000001, 451271.33999999985 5533039.460000001, 451317.98000000045 5533008.619999999, 451336.29000000004 5532996.51, 451350.6500000004 5532987.01, 451362.0999999996 5532979.43, 451366.6299999999 5532976.4399999995, 451372.3200000003 5532972.68, 451375.16000000015 5532970.8100000005, 451397.4299999997 5532956.09, 451401.83999999985 5532953.17, 451425.5599999996 5532937.49, 451429.2999999998 5532934.51, 451434.6799999997 5532932.65, 451521.4400000004 5532927.57, 451536.16000000015 5532926.710000001, 451589.4400000004 5532923.59, 451594.9500000002 5532918.33, 451612.38999999966 5532763.710000001, 451613.04000000004 5532758.699999999, 451613.58999999985 5532754.550000001, 451638.1500000004 5532766.220000001, 451642.66000000015 5532768.390000001, 451646.3300000001 5532770.16, 451644.36000000034 5532773.369999999, 451647.1500000004 5532777.26, 451651.7999999998 5532776.57, 451654.0599999996 5532777.470000001, 451655.48000000045 5532778.140000001, 451778.66000000015 5532830.220000001, 451777.4400000004 5532832.34, 451776.1699999999 5532834.52, 451764.5499999998 5532854.24, 451756.4299999997 5532868.01, 451751.8700000001 5532875.76, 451744.0499999998 5532889.029999999, 451723.29000000004 5532924.23, 451717.08999999985 5532934.73, 451709.13999999966 5532948.25, 451702.8300000001 5532958.93, 451689.1799999997 5532982.09, 451686.9000000004 5532985.960000001, 451681.61000000034 5532994.91, 451678.46999999974 5533000.25, 451666.9000000004 5533019.880000001, 451650.7599999998 5533047.26, 451648.51999999955 5533051.050000001, 451646.08999999985 5533055.18, 451637.6699999999 5533069.48, 451639.3099999996 5533074.48, 451637.3200000003 5533077.960000001, 451631.41000000015 5533079.73, 451594.7400000002 5533134.539999999, 451582.79000000004 5533245.01, 451582.36000000034 5533248.949999999, 451578.38999999966 5533248.76, 451577.5700000003 5533253.699999999, 451573.9900000002 5533275.34, 451409.8499999996 5533268.07, 451385.4000000004 5533266.98, 451371.5099999998 5533345.279999999, 451366.88999999966 5533371.27, 451352.9299999997 5533449.92, 451351.4900000002 5533458, 451347.45999999996 5533458.039999999, 451343.4900000002 5533458.109999999, 451272.88999999966 5533459.43, 451259.38999999966 5533459.68, 451252.0800000001 5533461.98, 451217.0999999996 5533485.609999999, 451213.08999999985 5533491.6899999995, 451211.13999999966 5533502.73, 451207.9400000004 5533520.75, 451204.7400000002 5533538.77, 451201.53000000026 5533556.789999999, 451199.9299999997 5533565.8100000005, 451198.33999999985 5533574.82, 451197.3799999999 5533580.220000001, 451192.75 5533606.300000001, 451188.79000000004 5533628.6, 451188.0499999998 5533632.800000001, 451184.8499999996 5533650.82, 451180.9000000004 5533673.029999999, 451176.9500000002 5533695.289999999, 451173.71999999974 5533713.52, 451176.83999999985 5533716.27, 451304.4400000004 5533676.58, 451308.8200000003 5533675.220000001, 451313.0499999998 5533673.970000001, 451305.41000000015 5533716.26, 451294.53000000026 5533776.550000001, 451290.0999999996 5533800.970000001, 451287.3499999996 5533816.25, 451285.01999999955 5533829.130000001, 451279.8499999996 5533857.76, 451279.53000000026 5533862.17, 451278.8099999996 5533871.9, 451277.04000000004 5533895.8100000005, 451270.98000000045 5533937.26, 451256.8200000003 5534034.119999999, 451254.0700000003 5534052.880000001, 451250.25 5534052.289999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6015-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6015-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6015-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6015-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -545,90 +545,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-070" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6015-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6015-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6015-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-070" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6015-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6015-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6015-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -702,51 +702,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108897</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.56549665899</v>
+        <v>46071.47545819369</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>