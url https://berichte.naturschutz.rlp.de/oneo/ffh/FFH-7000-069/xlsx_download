--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -144,51 +144,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6014-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((440328.5499999998 5539040.289999999, 440352.41000000015 5539041.73, 440357.8799999999 5539042.050000001, 440383.51999999955 5539043.59, 440397.3200000003 5539039.470000001, 440412.6699999999 5539034.5600000005, 440445.4900000002 5539024.84, 440446.04000000004 5539024.73, 440447.8499999996 5539024.359999999, 440459.51999999955 5539022.5600000005, 440466.86000000034 5539021.42, 440474.36000000034 5539020.26, 440514.4000000004 5539014.02, 440536.48000000045 5539007.34, 440570.41000000015 5538995.609999999, 440574.4199999999 5538994.220000001, 440586.7400000002 5538989.960000001, 440594.86000000034 5538988.109999999, 440644.3700000001 5538976.800000001, 440659.91000000015 5538974.9, 440732.79000000004 5538984.17, 440737.6299999999 5538983.68, 440742.4400000004 5538983.17, 440746.8200000003 5538982.710000001, 440757.9400000004 5538981.65, 440766.03000000026 5538980.92, 440769.98000000045 5538980.5600000005, 440777.9900000002 5538974.85, 440818.36000000034 5538962.390000001, 440835.6299999999 5538961.41, 440840.36000000034 5538961.140000001, 440841.75 5538961.17, 440857.29000000004 5538961.52, 440874.76999999955 5538961.92, 440883.8099999996 5538962.130000001, 440893.8700000001 5538962.35, 440916.76999999955 5538962.869999999, 440923.36000000034 5538963.02, 440928.3099999996 5538963.289999999, 440938.9400000004 5538963.949999999, 440949.86000000034 5538964.6899999995, 440961.08999999985 5538965.43, 440972.5499999998 5538966.199999999, 440979.5099999998 5538966.67, 440982.25 5538966.85, 440986.51999999955 5538967.130000001, 441001.16000000015 5538968.109999999, 441008.1299999999 5538968.58, 441047.33999999985 5538971.1899999995, 441062.8700000001 5538972.23, 441070.9900000002 5538972.74, 441085.5499999998 5538975.0600000005, 441087.1200000001 5538975.3100000005, 441106.45999999996 5538978.380000001, 441129.0499999998 5538981.98, 441130.6200000001 5538982.220000001, 441146.8300000001 5538987.25, 441155.71999999974 5538990.01, 441156.7400000002 5538990.32, 441161.91000000015 5538994.24, 441165.01999999955 5538996.6, 441166.11000000034 5538997.42, 441170.66000000015 5539000.859999999, 441210.36000000034 5539021.609999999, 441225.1500000004 5539029.34, 441239.38999999966 5539036.779999999, 441250.4900000002 5539042.58, 441258.73000000045 5539046.890000001, 441258.7000000002 5539046.949999999, 441258.86000000034 5539047, 441260.61000000034 5539047.91, 441277.0800000001 5539056.52, 441298.0800000001 5539067.49, 441319.1699999999 5539078.52, 441332.9900000002 5539085.74, 441352.8200000003 5539096.109999999, 441363.01999999955 5539101.779999999, 441371.71999999974 5539109.359999999, 441377.73000000045 5539114.59, 441379.3300000001 5539117.27, 441385.4500000002 5539127.550000001, 441388.7000000002 5539133, 441390.76999999955 5539140.33, 441394.6299999999 5539154.08, 441396.4400000004 5539160.550000001, 441400.0599999996 5539166.1899999995, 441406.5499999998 5539176.279999999, 441417.08999999985 5539192.66, 441419.2999999998 5539194.35, 441427.8799999999 5539200.890000001, 441436.6200000001 5539207.550000001, 441444.79000000004 5539213.800000001, 441454.9299999997 5539217.369999999, 441470.6299999999 5539222.92, 441475.91000000015 5539224.789999999, 441486.5700000003 5539228.550000001, 441492.21999999974 5539230.539999999, 441497.8799999999 5539232.550000001, 441534.1200000001 5539245.359999999, 441568.63999999966 5539257.539999999, 441581.9299999997 5539262.24, 441614.41000000015 5539282.619999999, 441619.0099999998 5539285.5, 441636.53000000026 5539301.15, 441646.2999999998 5539312.220000001, 441654.0700000003 5539321.42, 441652.98000000045 5539308.43, 441652.5599999996 5539303.41, 441650.7599999998 5539282.130000001, 441650.03000000026 5539273.52, 441649.5700000003 5539266.630000001, 441649.1200000001 5539259.970000001, 441648.9400000004 5539257.210000001, 441648.1900000004 5539246.18, 441647.5099999998 5539236.08, 441646.76999999955 5539223.32, 441615.20999999996 5539210.73, 441596.8700000001 5539203.41, 441596.8700000001 5539204.26, 441582.2000000002 5539194.3100000005, 441555.98000000045 5539160.93, 441540.03000000026 5539138.890000001, 441534.63999999966 5539131.4399999995, 441530.0499999998 5539125.029999999, 441525.3300000001 5539114.9, 441521.2400000002 5539106.01, 441517.6500000004 5539098.26, 441520.9299999997 5539091.66, 441521.51999999955 5539089.779999999, 441522.8200000003 5539087.16, 441526.2000000002 5539080.960000001, 441510.2400000002 5539066.25, 441505.7599999998 5539051.359999999, 441504.8200000003 5539048.199999999, 441503.66000000015 5539044.390000001, 441501.70999999996 5539032.74, 441501.7000000002 5539032.4399999995, 441501.53000000026 5539013.08, 441502.25 5538992.949999999, 441503.20999999996 5538982.710000001, 441503.6699999999 5538977.9399999995, 441504.13999999966 5538972.77, 441505.1200000001 5538962.34, 441506.48000000045 5538953.289999999, 441507.20999999996 5538948.35, 441507.96999999974 5538943.220000001, 441508.5 5538939.66, 441508.8499999996 5538938.609999999, 441510.5 5538933.66, 441512.0700000003 5538928.92, 441518.01999999955 5538915.73, 441518.36000000034 5538915.17, 441526.08999999985 5538902.25, 441529.0800000001 5538897.9, 441540.95999999996 5538880.609999999, 441546.7400000002 5538872.17, 441552.5099999998 5538864.25, 441564.83999999985 5538847.27, 441581.0499999998 5538850.77, 441669.0800000001 5538869.73, 441670.8799999999 5538856.92, 441671.4400000004 5538853.220000001, 441672.03000000026 5538848.720000001, 441674.33999999985 5538832.140000001, 441676.71999999974 5538815.07, 441693.1799999997 5538811.65, 441695.5999999996 5538811.15, 441698.9500000002 5538810.470000001, 441703.3799999999 5538809.59, 441707.86000000034 5538808.6899999995, 441709.7400000002 5538808.3100000005, 441706.20999999996 5538830.630000001, 441704.51999999955 5538841.390000001, 441703.20999999996 5538849.6899999995, 441702.8200000003 5538853.550000001, 441700.01999999955 5538877.99, 441696.0700000003 5538912.66, 441695.01999999955 5538921.779999999, 441692.4900000002 5538945.5, 441689.1200000001 5538977.23, 441685.9000000004 5539007.470000001, 441685.36000000034 5539012.51, 441683.20999999996 5539035.85, 441681.9199999999 5539049.93, 441680.73000000045 5539062.960000001, 441662.7400000002 5539076.130000001, 441673.95999999996 5539145.74, 441699.8300000001 5539148.449999999, 441702.95999999996 5539148.74, 441729.0099999998 5539151.27, 441731.98000000045 5539151.5600000005, 441733.9900000002 5539151.77, 441737.0800000001 5539152.08, 441769.28000000026 5539156.119999999, 441771.2000000002 5539156.369999999, 441774.25 5539156.57, 441815.6799999997 5539159.4399999995, 441817.20999999996 5539159.550000001, 441815.76999999955 5539148.460000001, 441818.70999999996 5539149.039999999, 441835.8799999999 5539152.43, 441852.96999999974 5539155.800000001, 441859.4199999999 5539157.07, 441861.1699999999 5539157.42, 441883.08999999985 5539161.73, 441907.04000000004 5539166.470000001, 441917.8099999996 5539168.59, 441938.2599999998 5539174.17, 441967.3300000001 5539182.09, 441979.61000000034 5539185.4399999995, 441988.86000000034 5539197.300000001, 442006.3300000001 5539219.66, 442019.33999999985 5539236.33, 442029.7000000002 5539249.5600000005, 442033.95999999996 5539252.65, 442038.2599999998 5539255.75, 442041.4500000002 5539258.050000001, 442053.6900000004 5539266.800000001, 442054.70999999996 5539267.529999999, 442061.36000000034 5539272.4399999995, 442078.9299999997 5539285.119999999, 442081.36000000034 5539286.880000001, 442095.79000000004 5539294.5, 442116.7999999998 5539305.58, 442137.1900000004 5539316.039999999, 442141.78000000026 5539318.390000001, 442161.2599999998 5539333.83, 442199.91000000015 5539290.609999999, 442226.46999999974 5539330.23, 442229.78000000026 5539328.359999999, 442230.4299999997 5539329.300000001, 442237.4500000002 5539338.09, 442243.20999999996 5539345.32, 442246.5599999996 5539343.609999999, 442250.0700000003 5539341.82, 442259.2999999998 5539359.57, 442279.9299999997 5539385.41, 442295.1200000001 5539404.470000001, 442296.4000000004 5539406.0600000005, 442306.6900000004 5539418.970000001, 442319.29000000004 5539434.779999999, 442332.1200000001 5539450.84, 442344.48000000045 5539466.34, 442348.9400000004 5539471.92, 442350.13999999966 5539473.43, 442366.9500000002 5539494.5, 442393.9400000004 5539475.65, 442394.6500000004 5539476.6899999995, 442403.0800000001 5539488.960000001, 442409.0599999996 5539484.82, 442415.0700000003 5539480.65, 442417.7400000002 5539478.789999999, 442423.79000000004 5539474.609999999, 442434.1500000004 5539510.279999999, 442439.21999999974 5539527.75, 442457.66000000015 5539532.41, 442475.26999999955 5539536.84, 442491.16000000015 5539522.970000001, 442515.2400000002 5539501.890000001, 442518.54000000004 5539493.33, 442607.48000000045 5539555.82, 442616.4400000004 5539542.279999999, 442660.91000000015 5539574.66, 442659.54000000004 5539576.74, 442600.2999999998 5539666.859999999, 442588.01999999955 5539678.49, 442545.5599999996 5539718.67, 442542.8300000001 5539721.25, 442520.2000000002 5539742.5600000005, 442538.29000000004 5539755.48, 442540.5800000001 5539757.119999999, 442546.8200000003 5539761.6, 442579.83999999985 5539785.23, 442598.78000000026 5539798.8100000005, 442602.5099999998 5539796.01, 442604.8099999996 5539763.98, 442580.08999999985 5539735.4, 442575.96999999974 5539733.01, 442623.98000000045 5539660.15, 442659.7400000002 5539684.18, 442663.20999999996 5539686.539999999, 442707.38999999966 5539716.609999999, 442743.9199999999 5539741.25, 442756.4199999999 5539741.25, 442766.3099999996 5539745.08, 442796.95999999996 5539753.109999999, 442817.6299999999 5539757.4399999995, 442819.20999999996 5539755.23, 442835.58999999985 5539756.949999999, 442844.26999999955 5539757.619999999, 442850.01999999955 5539758.0600000005, 442806.7999999998 5539848.609999999, 442804.6799999997 5539853.0600000005, 442792.13999999966 5539879.34, 442761.71999999974 5539871.4, 442753.83999999985 5539869.34, 442750.8099999996 5539869.43, 442747.8300000001 5539869, 442732.28000000026 5539864.65, 442728.33999999985 5539866.789999999, 442700.91000000015 5539860.800000001, 442677.0800000001 5539855.26, 442652 5539850.34, 442655.45999999996 5539855.66, 442680.79000000004 5539894.23, 442683.3799999999 5539896.619999999, 442681.5999999996 5539902.949999999, 442676.76999999955 5539944.99, 442674.04000000004 5540001.630000001, 442659.3799999999 5540058.34, 442653.63999999966 5540063.73, 442643.73000000045 5540073.029999999, 442639.6500000004 5540076.869999999, 442632.1799999997 5540083.880000001, 442625.58999999985 5540090.0600000005, 442642.6299999999 5540108.33, 442652.5999999996 5540121.4, 442669.2000000002 5540139.84, 442668.9400000004 5540142.640000001, 442672.79000000004 5540147.51, 442683.26999999955 5540152.16, 442696.54000000004 5540169.01, 442720.03000000026 5540198.859999999, 442752.9500000002 5540239.380000001, 442761.0099999998 5540250.789999999, 442762.4500000002 5540252.83, 442778.23000000045 5540275.199999999, 442752.23000000045 5540302.789999999, 442745.20999999996 5540311.199999999, 442743.9900000002 5540312.65, 442738.96999999974 5540318.65, 442738.1500000004 5540319.84, 442735.83999999985 5540323.25, 442733.3499999996 5540326.91, 442729.7400000002 5540332.24, 442727.5800000001 5540336.73, 442726.3499999996 5540339.289999999, 442726.0099999998 5540340.01, 442725.7400000002 5540341.82, 442724.9500000002 5540347.140000001, 442723.5 5540356.880000001, 442724.98000000045 5540368.57, 442725.63999999966 5540373.74, 442730.71999999974 5540389.470000001, 442744.16000000015 5540410.130000001, 442753.23000000045 5540417.390000001, 442766.9900000002 5540424.23, 442778.8099999996 5540427.470000001, 442798.1799999997 5540429.51, 442806.16000000015 5540429.43, 442829.2599999998 5540429.1899999995, 442844.86000000034 5540430.0600000005, 442857.7000000002 5540432.970000001, 442868.4199999999 5540435.68, 442883.2400000002 5540440.220000001, 442885.8700000001 5540439.01, 442887.0700000003 5540438.9399999995, 442889.28000000026 5540439.9, 442895.4400000004 5540443.49, 442897.76999999955 5540445.24, 442899.91000000015 5540447.65, 442902.5 5540451.039999999, 442923.16000000015 5540469.779999999, 442922 5540480.33, 442927.0800000001 5540487.77, 442938.8300000001 5540489.34, 442941.86000000034 5540492.029999999, 442954.6200000001 5540510.48, 442982.6299999999 5540555.720000001, 443043.0499999998 5540653.289999999, 443066.9299999997 5540694.859999999, 443082.1299999999 5540718.93, 443094.6699999999 5540738.800000001, 443108.7000000002 5540764.880000001, 443131.4500000002 5540810.43, 443176.7999999998 5540894.1899999995, 443196.7999999998 5540929.3100000005, 443226.58999999985 5540987.98, 443228.63999999966 5540992.01, 443231.7999999998 5540998.26, 443247.58999999985 5541032.359999999, 443260.0499999998 5541057.5, 443272.9000000004 5541087.58, 443278.9199999999 5541102.380000001, 443280.88999999966 5541106.68, 443283.0099999998 5541111.27, 443288.3300000001 5541122.890000001, 443294.4500000002 5541136.220000001, 443300.4199999999 5541149.23, 443302.48000000045 5541154.43, 443307.08999999985 5541166, 443309.11000000034 5541171.130000001, 443314.5599999996 5541185.4399999995, 443322.28000000026 5541212.109999999, 443323.54000000004 5541216.9, 443323.6799999997 5541217.4399999995, 443325.0700000003 5541222.220000001, 443345.1799999997 5541291.859999999, 443348.98000000045 5541302.970000001, 443351.0599999996 5541308.65, 443354.6500000004 5541313.4, 443359.5099999998 5541314.93, 443362.1900000004 5541315.77, 443366.6299999999 5541314.449999999, 443374.6900000004 5541312.029999999, 443376.1699999999 5541311.58, 443384.0599999996 5541309.23, 443392.11000000034 5541306.8100000005, 443395.1299999999 5541305.91, 443395.3300000001 5541302.970000001, 443395.8700000001 5541296.58, 443394.98000000045 5541289.76, 443393.5599999996 5541286.16, 443391.75 5541281.57, 443389.88999999966 5541276.66, 443383.0599999996 5541259.300000001, 443375.0999999996 5541239.17, 443362.0700000003 5541210.720000001, 443347.36000000034 5541180.539999999, 443343.1799999997 5541171.029999999, 443336.23000000045 5541155.01, 443329.3799999999 5541139.25, 443325.8700000001 5541131.210000001, 443318.5 5541114.699999999, 443311 5541098.029999999, 443286.4400000004 5541031.16, 443279.5099999998 5541011.18, 443277.0499999998 5541005.66, 443275.7000000002 5541002.5600000005, 443270.9900000002 5540991.9, 443259.66000000015 5540968.609999999, 443258.91000000015 5540967.07, 443258.26999999955 5540965.41, 443251.4500000002 5540948.15, 443230.4500000002 5540897.77, 443227.5700000003 5540890.869999999, 443222.08999999985 5540880.6899999995, 443212.1699999999 5540862.23, 443184.7999999998 5540812.91, 443168.0099999998 5540777.460000001, 443160.0099999998 5540763.76, 443130.4500000002 5540719.82, 443085.36000000034 5540646.77, 443058.0999999996 5540600.48, 443010.26999999955 5540525.630000001, 443001.83999999985 5540512.43, 442998.4900000002 5540507.1899999995, 442976.11000000034 5540475.83, 442970.66000000015 5540468.220000001, 442974.8200000003 5540454.92, 442969.79000000004 5540447.48, 442956.3099999996 5540447.23, 442932.3099999996 5540408.880000001, 442923.4299999997 5540390.82, 442917.21999999974 5540375.82, 442914.53000000026 5540364.1899999995, 442910.5700000003 5540352.289999999, 442900.75 5540334.49, 442899.4400000004 5540326.34, 442899.36000000034 5540319.33, 442899.13999999966 5540300.119999999, 442899.1299999999 5540299.27, 442899.73000000045 5540293.039999999, 442900.96999999974 5540280.109999999, 442901.3200000003 5540276.42, 442901.78000000026 5540271.699999999, 442902.45999999996 5540264.57, 442903.2400000002 5540262.02, 442903.45999999996 5540261.3100000005, 442906.3300000001 5540251.91, 442907.8799999999 5540246.83, 442909.4500000002 5540241.640000001, 442910.79000000004 5540237.26, 442910.9900000002 5540236.529999999, 442912.4000000004 5540231.43, 442913.78000000026 5540226.4, 442916.21999999974 5540217.539999999, 442925.1200000001 5540199.65, 442936.01999999955 5540183.01, 442947.75 5540167.82, 442948.4000000004 5540167.35, 442961.3300000001 5540153.5600000005, 442972.88999999966 5540143.08, 442976.1900000004 5540140.199999999, 442991.1900000004 5540127.08, 443007.2599999998 5540115.279999999, 443024.2400000002 5540104.84, 443041.9400000004 5540095.5600000005, 443042.88999999966 5540097.32, 443071.28000000026 5540089.3100000005, 443092.3200000003 5540083.380000001, 443140.58999999985 5540073.890000001, 443163.5800000001 5540073.32, 443189.7999999998 5540075.32, 443225.3300000001 5540078.890000001, 443225.79000000004 5540094.67, 443280.13999999966 5540107, 443344.91000000015 5540124, 443364.0499999998 5540129.01, 443406.16000000015 5540140.470000001, 443405.13999999966 5540145.82, 443455.6900000004 5540159.66, 443488.21999999974 5540171.4, 443530.5 5540203.09, 443566.4000000004 5540211.07, 443591.7400000002 5540214.119999999, 443593.7999999998 5540196.99, 443598.38999999966 5540197.529999999, 443600.38999999966 5540227.050000001, 443601.3300000001 5540241.5, 443602.3499999996 5540256.619999999, 443603.8700000001 5540279.23, 443604.86000000034 5540294.029999999, 443606.2000000002 5540314, 443609.1200000001 5540357.5600000005, 443612.1699999999 5540403.09, 443616.75 5540473.960000001, 443612.13999999966 5540485.57, 443607.53000000026 5540497.24, 443580.38999999966 5540565.800000001, 443568.5099999998 5540596.289999999, 443565.11000000034 5540604.949999999, 443561.13999999966 5540614.109999999, 443558.1900000004 5540622.5, 443556.7999999998 5540625.98, 443555.25 5540629.949999999, 443548.45999999996 5540646.93, 443517.0499999998 5540726.789999999, 443512.4500000002 5540738.460000001, 443502.61000000034 5540763.42, 443494.8099999996 5540783.23, 443461.5599999996 5540867.48, 443456.78000000026 5540879.58, 443459.3700000001 5540894.380000001, 443469.21999999974 5540893.8100000005, 443469.61000000034 5540931.050000001, 443469.6500000004 5540934.76, 443469.8499999996 5540951.74, 443468.5599999996 5540951.83, 443464.8499999996 5540952.109999999, 443464.9000000004 5540956.09, 443464.9299999997 5540960.130000001, 443464.96999999974 5540962.4399999995, 443465.0499999998 5540969.039999999, 443465.1299999999 5540975.67, 443465.3099999996 5540992.539999999, 443465.4299999997 5541002.029999999, 443465.61000000034 5541017.789999999, 443463.61000000034 5541024.539999999, 443461.78000000026 5541030.74, 443461.26999999955 5541032.460000001, 443460.76999999955 5541034.130000001, 443460.3799999999 5541035.460000001, 443457.41000000015 5541045.5, 443454.51999999955 5541055.24, 443452.0099999998 5541063.720000001, 443449.45999999996 5541072.26, 443449.48000000045 5541074.48, 443449.58999999985 5541084.68, 443449.9299999997 5541116.0600000005, 443456.2400000002 5541119.91, 443459.6500000004 5541121.970000001, 443459.7999999998 5541123.9, 443457.03000000026 5541128.3100000005, 443451.6699999999 5541136.98, 443451.8099999996 5541139.91, 443454.04000000004 5541187.359999999, 443454.7400000002 5541202.220000001, 443457.5 5541260.869999999, 443465.6299999999 5541315.75, 443466.45999999996 5541321.3100000005, 443467.4400000004 5541327.93, 443466.9500000002 5541330.27, 443465.0800000001 5541331.720000001, 443467.33999999985 5541331, 443474.23000000045 5541328.35, 443478.79000000004 5541326.949999999, 443488.5700000003 5541335.27, 443493.4900000002 5541332.59, 443498.1299999999 5541330.67, 443502.71999999974 5541328.82, 443507.6299999999 5541326.76, 443512.5999999996 5541324.75, 443521.6200000001 5541321.109999999, 443529.7400000002 5541317.65, 443537.96999999974 5541314.130000001, 443542.0599999996 5541312.369999999, 443546.1799999997 5541310.609999999, 443558.76999999955 5541305.220000001, 443569.0700000003 5541300.800000001, 443577.23000000045 5541297.3100000005, 443585.0499999998 5541293.960000001, 443591.63999999966 5541291.140000001, 443596.79000000004 5541288.9399999995, 443602.16000000015 5541286.65, 443606.71999999974 5541284.68, 443611.6500000004 5541282.57, 443615.46999999974 5541280.93, 443626.0599999996 5541276.4, 443636.38999999966 5541271.99, 443650.53000000026 5541265.93, 443660.5499999998 5541261.640000001, 443670.03000000026 5541257.59, 443673.3099999996 5541256.17, 443677.4000000004 5541254.42, 443681.9000000004 5541252.5, 443685.53000000026 5541250.93, 443690.04000000004 5541249.02, 443694.5499999998 5541247.08, 443698.8499999996 5541245.24, 443703.20999999996 5541243.380000001, 443707.58999999985 5541241.5, 443711.88999999966 5541239.779999999, 443716.76999999955 5541237.57, 443721.7400000002 5541235.449999999, 443725.54000000004 5541233.8100000005, 443729.2999999998 5541232.199999999, 443735.58999999985 5541275.66, 443739.73000000045 5541304.26, 443756.6900000004 5541420.74, 443749.1299999999 5541421.529999999, 443746.3700000001 5541421.82, 443746.83999999985 5541426.289999999, 443747.8499999996 5541430.720000001, 443748.8200000003 5541435.01, 443750.0999999996 5541440.66, 443750.1299999999 5541440.859999999, 443751.6900000004 5541447.67, 443753.0099999998 5541453.529999999, 443761.98000000045 5541493.109999999, 443766.3200000003 5541512.3100000005, 443780.1900000004 5541573.529999999, 443781.1900000004 5541577.960000001, 443782.1900000004 5541582.35, 443791.1699999999 5541622.029999999, 443768.1799999997 5541630.58, 443721 5541648.449999999, 443706.0999999996 5541653.93, 443697.2999999998 5541656.74, 443691.0700000003 5541658.73, 443678.11000000034 5541662.869999999, 443675.1500000004 5541663.8100000005, 443671.96999999974 5541664.83, 443661.61000000034 5541668.130000001, 443655.03000000026 5541670.23, 443644.75 5541673.51, 443620.95999999996 5541680.48, 443614.70999999996 5541682.3100000005, 443608.66000000015 5541684.08, 443606.0999999996 5541684.74, 443601.6799999997 5541685.9, 443572.4500000002 5541693.539999999, 443548 5541699.289999999, 443543.21999999974 5541700.41, 443534.75 5541702.199999999, 443527.95999999996 5541703.630000001, 443522.23000000045 5541704.84, 443492.2000000002 5541711.199999999, 443491.26999999955 5541711.369999999, 443463.6299999999 5541716.5600000005, 443449.70999999996 5541719.26, 443399.96999999974 5541728.9, 443380.58999999985 5541732.619999999, 443376.4500000002 5541733.5, 443348.53000000026 5541739.039999999, 443344.45999999996 5541740.109999999, 443338.95999999996 5541741.390000001, 443319.5700000003 5541745.9, 443299.1200000001 5541750.66, 443256.03000000026 5541761.369999999, 443209.29000000004 5541773.33, 443208.53000000026 5541773.550000001, 443196.21999999974 5541776.699999999, 443191.88999999966 5541777.9399999995, 443187.63999999966 5541779.17, 443179 5541781.67, 443169.51999999955 5541784.41, 443159.8099999996 5541787.220000001, 443155.7999999998 5541788.380000001, 443140.95999999996 5541792.66, 443134.7400000002 5541794.470000001, 443128.0999999996 5541796.369999999, 443123.5599999996 5541797.6899999995, 443119.75 5541798.800000001, 443115.3200000003 5541800.08, 443111.3700000001 5541800.67, 443107.16000000015 5541801.3100000005, 443102.8499999996 5541801.98, 443098.8200000003 5541802.58, 443090.7999999998 5541803.800000001, 443089.04000000004 5541804.07, 443086.7000000002 5541804.880000001, 443082.79000000004 5541806.220000001, 443078.9199999999 5541807.5600000005, 443077.78000000026 5541807.960000001, 443074.91000000015 5541809.17, 443071.0099999998 5541810.83, 443067.3499999996 5541812.380000001, 443064.8700000001 5541813.43, 443063.4299999997 5541814.140000001, 443055.6299999999 5541818.01, 443051.8300000001 5541819.9, 443047.5700000003 5541821.5, 443043.4500000002 5541823.02, 443039.2999999998 5541824.5600000005, 443032.58999999985 5541827.07, 443025.8799999999 5541829.6, 443006.70999999996 5541836.84, 443002.83999999985 5541838.300000001, 443000.45999999996 5541839.1899999995, 442994.2599999998 5541841.529999999, 442992.5800000001 5541842.17, 442990.41000000015 5541839.029999999, 442988.1500000004 5541840.33, 442981.0599999996 5541844.359999999, 442976.13999999966 5541847.18, 442973.83999999985 5541848.49, 442971.3200000003 5541849.789999999, 442966.4000000004 5541852.300000001, 442964.03000000026 5541853.529999999, 442961.6799999997 5541854.48, 442953.9900000002 5541857.609999999, 442946.5800000001 5541860.65, 442941.58999999985 5541862.68, 442936.46999999974 5541864.76, 442932.4199999999 5541866.42, 442928.4400000004 5541868.039999999, 442924.4900000002 5541869.65, 442920.5099999998 5541871.27, 442918.53000000026 5541872.08, 442915.3200000003 5541873.33, 442897.5499999998 5541880.23, 442883.1500000004 5541885.83, 442878.8099999996 5541887.550000001, 442867.73000000045 5541891.99, 442862.2599999998 5541894.16, 442859.13999999966 5541895.41, 442855.8099999996 5541896.82, 442849.4400000004 5541899.51, 442844.3300000001 5541901.67, 442839.1200000001 5541903.48, 442833.95999999996 5541905.25, 442828.83999999985 5541907.02, 442827.13999999966 5541907.609999999, 442822.33999999985 5541909.359999999, 442815.5999999996 5541911.84, 442808.95999999996 5541914.27, 442802.1200000001 5541916.779999999, 442797.4400000004 5541918.5, 442792.73000000045 5541920.23, 442787.73000000045 5541922.0600000005, 442783.21999999974 5541923.710000001, 442781.3799999999 5541924.380000001, 442778.70999999996 5541925.32, 442773.9000000004 5541927.029999999, 442769.26999999955 5541928.66, 442764.26999999955 5541930.43, 442761.33999999985 5541931.470000001, 442756.96999999974 5541933, 442752.61000000034 5541934.550000001, 442748.28000000026 5541936.08, 442741.71999999974 5541938.4, 442735.2000000002 5541940.699999999, 442732.8300000001 5541941.529999999, 442702.2400000002 5541953.51, 442676.2000000002 5541963.84, 442668.28000000026 5541966.6899999995, 442662.54000000004 5541957.18, 442661.9299999997 5541957.41, 442656.8300000001 5541935.609999999, 442654.23000000045 5541924.5, 442649.0499999998 5541902.359999999, 442646.4500000002 5541891.27, 442634.3200000003 5541894.26, 442630.4900000002 5541883.33, 442619.4000000004 5541885.9, 442616.6200000001 5541874.57, 442614.66000000015 5541866.609999999, 442618.5700000003 5541865.74, 442616.51999999955 5541857.369999999, 442614.3200000003 5541848.42, 442612.8499999996 5541842.42, 442611.45999999996 5541836.77, 442610.0099999998 5541830.869999999, 442608.5599999996 5541824.960000001, 442607.3300000001 5541819.9399999995, 442605.9500000002 5541814.300000001, 442604.3499999996 5541807.800000001, 442602.7599999998 5541801.34, 442601.3099999996 5541795.380000001, 442599.88999999966 5541789.66, 442598.4199999999 5541783.66, 442597.0099999998 5541777.91, 442595.4900000002 5541771.640000001, 442591.46999999974 5541772.02, 442589.8700000001 5541765.52, 442588.8799999999 5541761.460000001, 442580.88999999966 5541668.67, 442580.73000000045 5541666.699999999, 442573.21999999974 5541579.4399999995, 442572.73000000045 5541573.74, 442572.4500000002 5541570.6899999995, 442569.4299999997 5541571.02, 442564.83999999985 5541571.5, 442560.2400000002 5541572.01, 442555.6299999999 5541572.5, 442549.5 5541573.17, 442543.3300000001 5541573.84, 442534.41000000015 5541574.800000001, 442528.8200000003 5541575.41, 442520.7999999998 5541576.27, 442512.75 5541577.15, 442504.66000000015 5541578.01, 442499.41000000015 5541578.4, 442495.1200000001 5541578.710000001, 442491.2400000002 5541579, 442487.71999999974 5541579.26, 442482.61000000034 5541579.640000001, 442476.0099999998 5541580.119999999, 442469.33999999985 5541580.609999999, 442462.66000000015 5541581.109999999, 442457.48000000045 5541581.49, 442452.0800000001 5541581.880000001, 442442.0499999998 5541582.619999999, 442437.1200000001 5541582.98, 442432.2000000002 5541583.34, 442426.6299999999 5541583.76, 442421.04000000004 5541584.16, 442409.23000000045 5541475.33, 442406.03000000026 5541475.68, 442405 5541465.17, 442404.4299999997 5541465.0600000005, 442396.46999999974 5541463.539999999, 442390.2400000002 5541462.359999999, 442384.04000000004 5541461.18, 442379 5541460.220000001, 442374.13999999966 5541459.289999999, 442369.13999999966 5541458.35, 442364.11000000034 5541457.380000001, 442358.4000000004 5541456.3100000005, 442352.6299999999 5541455.210000001, 442346.96999999974 5541454.130000001, 442342.66000000015 5541453.3100000005, 442338.3700000001 5541452.48, 442333.21999999974 5541451.51, 442327.4000000004 5541450.4, 442322.20999999996 5541449.42, 442320.61000000034 5541449.109999999, 442316.5 5541448.33, 442310.76999999955 5541447.24, 442305.1200000001 5541446.16, 442298.46999999974 5541444.9, 442291.83999999985 5541443.640000001, 442290.5800000001 5541367.15, 442290.01999999955 5541328.630000001, 442296.51999999955 5541329.35, 442303.5999999996 5541330.140000001, 442308.20999999996 5541330.65, 442312.66000000015 5541331.140000001, 442317.0999999996 5541331.640000001, 442322.2599999998 5541332.199999999, 442327.3200000003 5541332.77, 442332.7999999998 5541333.380000001, 442336.5700000003 5541333.800000001, 442340.3499999996 5541334.210000001, 442345.0700000003 5541334.74, 442349.78000000026 5541335.25, 442354.4400000004 5541335.779999999, 442358.88999999966 5541336.27, 442363.3099999996 5541336.76, 442367.5499999998 5541337.23, 442371.6299999999 5541337.6899999995, 442376.76999999955 5541338.26, 442381.96999999974 5541338.83, 442387.51999999955 5541339.449999999, 442393.2000000002 5541340.08, 442399.8200000003 5541340.8100000005, 442410.95999999996 5541342.050000001, 442420.86000000034 5541343.15, 442422.4000000004 5541343.390000001, 442426.20999999996 5541343.99, 442430.04000000004 5541344.59, 442437.48000000045 5541345.77, 442444.4900000002 5541346.869999999, 442450.83999999985 5541347.880000001, 442456.4299999997 5541348.76, 442461.9000000004 5541349.630000001, 442470.0800000001 5541350.92, 442476.71999999974 5541351.9, 442483.23000000045 5541352.869999999, 442490.16000000015 5541353.9, 442497.5599999996 5541354.99, 442503.86000000034 5541355.93, 442510.8099999996 5541356.970000001, 442517.88999999966 5541358.02, 442524.7999999998 5541359.050000001, 442533.2400000002 5541360.300000001, 442538.9000000004 5541361.15, 442544.6900000004 5541362, 442550.2000000002 5541362.82, 442554.01999999955 5541363.390000001, 442558.23000000045 5541364.02, 442564.9299999997 5541365.01, 442571.21999999974 5541365.949999999, 442579.1500000004 5541367.119999999, 442585.6299999999 5541368.09, 442595.0800000001 5541369.5, 442599.7599999998 5541370.18, 442604.03000000026 5541370.8100000005, 442609.86000000034 5541371.6899999995, 442616.1799999997 5541372.619999999, 442621.5099999998 5541373.41, 442626.6200000001 5541374.18, 442633.7599999998 5541375.24, 442640.73000000045 5541376.279999999, 442644.13999999966 5541376.779999999, 442647.5800000001 5541377.289999999, 442652.11000000034 5541377.960000001, 442653.1799999997 5541378.119999999, 442658.88999999966 5541378.970000001, 442664.71999999974 5541379.85, 442670.63999999966 5541380.720000001, 442676.58999999985 5541381.6, 442682.03000000026 5541382.41, 442694.1799999997 5541472.65, 442694.3200000003 5541473.640000001, 442706.54000000004 5541564.369999999, 442705.54000000004 5541567.51, 442711.6299999999 5541567.76, 442716.5 5541567.960000001, 442722.08999999985 5541568.1899999995, 442727.6299999999 5541568.42, 442733.3799999999 5541568.65, 442739.11000000034 5541568.890000001, 442744.0499999998 5541569.09, 442749.13999999966 5541569.289999999, 442752.63999999966 5541569.4399999995, 442756.03000000026 5541569.58, 442759.3200000003 5541569.720000001, 442764.9400000004 5541569.949999999, 442767.2000000002 5541570.039999999, 442773.8700000001 5541570.32, 442780.5599999996 5541570.59, 442783.0999999996 5541569.710000001, 442783.6500000004 5541569.470000001, 442793.25 5541565.98, 442798 5541564.25, 442802.71999999974 5541562.529999999, 442814.01999999955 5541558.4399999995, 442825.2599999998 5541554.359999999, 442829.9500000002 5541552.65, 442837.2000000002 5541550.02, 442842.0700000003 5541548.25, 442848.95999999996 5541545.73, 442850.1799999997 5541545.289999999, 442856.8700000001 5541544.109999999, 442863.08999999985 5541543.01, 442871.78000000026 5541541.470000001, 442875.3499999996 5541540.93, 442878.9900000002 5541540.380000001, 442883.4900000002 5541539.710000001, 442887.98000000045 5541539.039999999, 442893.3200000003 5541538.220000001, 442898.8799999999 5541537.390000001, 442904.4500000002 5541536.550000001, 442912.1699999999 5541535.380000001, 442916.8300000001 5541534.6899999995, 442919.7000000002 5541534.25, 442921.4500000002 5541533.949999999, 442926.0700000003 5541533.18, 442932.3099999996 5541532.109999999, 442937.9199999999 5541531.16, 442942.71999999974 5541530.359999999, 442949.01999999955 5541529.27, 442949.41000000015 5541529.199999999, 442953.1200000001 5541529.74, 442957.7400000002 5541530.42, 442963.41000000015 5541531.27, 442969.0999999996 5541532.09, 442974.5599999996 5541533.460000001, 442976.9500000002 5541534.0600000005, 442989.1699999999 5541537.1, 442992.11000000034 5541537.82, 442997.490000000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6014-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6014-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6014-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6014-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -522,90 +522,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-069" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6014-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6014-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6014-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-069" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6014-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6014-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6014-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="79.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -679,51 +679,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108896</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.65888765469</v>
+        <v>46071.47537691166</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>