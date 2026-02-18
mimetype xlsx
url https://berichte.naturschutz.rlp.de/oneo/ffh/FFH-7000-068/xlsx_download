--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -138,51 +138,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6012-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((405308.6799999997 5532859.83, 405305.8099999996 5532862.82, 405300.53000000026 5532868.3100000005, 405262.08999999985 5532888.85, 405213.9400000004 5532897.789999999, 405169.9400000004 5532904.550000001, 405113.4000000004 5532910.32, 405131.7999999998 5532963.6, 405048.2599999998 5533019.470000001, 404945.2999999998 5533052.609999999, 404967.4199999999 5533117.75, 404968.16000000015 5533119.609999999, 404946.95999999996 5533125.65, 404941.9199999999 5533125.99, 404938.29000000004 5533124.8100000005, 404935.28000000026 5533123.289999999, 404896.9500000002 5533101.66, 404815.6299999999 5533055.699999999, 404742.1799999997 5533013.470000001, 404723.86000000034 5533003.130000001, 404662.79000000004 5532968.91, 404611.36000000034 5532940.220000001, 404597.20999999996 5532932.18, 404607.53000000026 5532925.970000001, 404679.8799999999 5532929.09, 404756.9900000002 5532935.5, 404791.91000000015 5532925.720000001, 404735.33999999985 5532861.960000001, 404864.11000000034 5532817.789999999, 405208.6900000004 5532698.07, 405263.26999999955 5532793.619999999, 405263.78000000026 5532794.52, 405266.5999999996 5532793.75, 405270.2999999998 5532792.720000001, 405327.8300000001 5532750.67, 405352.75 5532723.66, 405423.9500000002 5532684.289999999, 405475.5800000001 5532662.220000001, 405531.33999999985 5532649.48, 405605.4199999999 5532638.5, 405625.86000000034 5532624.18, 405595.9500000002 5532564.359999999, 405581.4199999999 5532533.76, 405517.78000000026 5532412.75, 405515.3799999999 5532408.130000001, 405500.63999999966 5532379.75, 405580.61000000034 5532337.9, 405667.9400000004 5532345.4, 405772.7400000002 5532333.1899999995, 405829.38999999966 5532323.92, 405948.63999999966 5532310.75, 405961.63999999966 5532352.02, 405978.7999999998 5532407.43, 405986.0499999998 5532430.130000001, 405997.2999999998 5532464.85, 406015.25 5532525.66, 406032.58999999985 5532577.109999999, 406040.38999999966 5532601.449999999, 406046.5999999996 5532614.76, 406049.91000000015 5532621.85, 406050.33999999985 5532622.75, 406066.04000000004 5532647.5, 406069.1799999997 5532644.67, 406073.38999999966 5532640.869999999, 406073.4900000002 5532640.77, 406073.91000000015 5532641.34, 406076.3700000001 5532640.699999999, 406108.61000000034 5532647.210000001, 406130.38999999966 5532632.779999999, 406148.6200000001 5532633.949999999, 406164.5099999998 5532620.83, 406173.88999999966 5532621.15, 406208.04000000004 5532616.85, 406215.78000000026 5532598.42, 406225.1299999999 5532576.140000001, 406276.0099999998 5532554.09, 406276.1799999997 5532554.029999999, 406233.21999999974 5532457.82, 406248.46999999974 5532451.970000001, 406247.8300000001 5532440.130000001, 406232.9400000004 5532429.83, 406196.01999999955 5532336.49, 406159.28000000026 5532286.8100000005, 406201.5 5532250.25, 406147.86000000034 5532163, 406079.3300000001 5532132.77, 406076.9500000002 5532072.279999999, 406017.33999999985 5532013.91, 405949.6500000004 5531903.460000001, 405973.7599999998 5531904.51, 406037.13999999966 5531903.01, 406119.9400000004 5531897.470000001, 406152.04000000004 5531893.76, 406194.45999999996 5531888.890000001, 406273.73000000045 5531871.210000001, 406365.1699999999 5531847.5, 406404.61000000034 5531841.130000001, 406435.6299999999 5531841.76, 406457.11000000034 5531845.039999999, 406536.88999999966 5531857.210000001, 406538.61000000034 5531857.470000001, 406550.36000000034 5531887.85, 406551.96999999974 5531891.779999999, 406581.71999999974 5531964.109999999, 406627.61000000034 5532074.59, 406676.25 5532190.1, 406698.0599999996 5532241.59, 406715.2400000002 5532281.85, 406729.4299999997 5532313.140000001, 406744.9199999999 5532354.16, 406756.0999999996 5532383.279999999, 406779.4500000002 5532429.859999999, 406779.2999999998 5532430.18, 406761.7000000002 5532439.66, 406733.70999999996 5532437.5600000005, 406731.76999999955 5532469.300000001, 406727.0700000003 5532512.960000001, 406714.11000000034 5532572.880000001, 406781.9299999997 5532580.93, 406859.6799999997 5532591.16, 406910.71999999974 5532596.539999999, 406931.8200000003 5532599.199999999, 406956.11000000034 5532601.8100000005, 406986.3200000003 5532605.279999999, 406997.54000000004 5532606.75, 407017.9900000002 5532609.08, 407041.54000000004 5532611.380000001, 407067.6299999999 5532614.470000001, 407086.63999999966 5532615.83, 407129.45999999996 5532621.039999999, 407154.51999999955 5532624.85, 407188.28000000026 5532628.33, 407205.6699999999 5532629.630000001, 407226.41000000015 5532632.029999999, 407248.76999999955 5532634.210000001, 407273.4199999999 5532636.869999999, 407284.5700000003 5532638.4399999995, 407323.61000000034 5532642.9, 407342.3799999999 5532644.75, 407349.03000000026 5532645.720000001, 407352.6299999999 5532647.300000001, 407355.98000000045 5532649.630000001, 407358.86000000034 5532652.890000001, 407362.33999999985 5532658.43, 407365.45999999996 5532664.9, 407367.26999999955 5532669.91, 407369.0700000003 5532676.699999999, 407371.0999999996 5532689.41, 407373.6299999999 5532698, 407377.33999999985 5532708.01, 407380.7000000002 5532714.029999999, 407385.0099999998 5532719.58, 407396.23000000045 5532731.49, 407405.4000000004 5532739.800000001, 407416.0700000003 5532748.0600000005, 407433.9400000004 5532758.710000001, 407450.45999999996 5532768.49, 407456.9900000002 5532773.1899999995, 407466.45999999996 5532780.949999999, 407469.5999999996 5532783.35, 407472.54000000004 5532785.59, 407477.46999999974 5532787.32, 407481.45999999996 5532787.32, 407486.01999999955 5532785.76, 407492.1900000004 5532782.24, 407498.54000000004 5532778.02, 407501.2999999998 5532776.82, 407504.4199999999 5532777.4, 407508.76999999955 5532772.92, 407510.2599999998 5532771.380000001, 407517.01999999955 5532767.619999999, 407522.8099999996 5532768.449999999, 407525.9199999999 5532767.699999999, 407526.36000000034 5532765.67, 407527.11000000034 5532762.16, 407533.3799999999 5532757.99, 407538.1900000004 5532756.0600000005, 407548.16000000015 5532761.33, 407553.53000000026 5532761.65, 407562.70999999996 5532759.619999999, 407570.41000000015 5532760.869999999, 407578.41000000015 5532762.98, 407587.4199999999 5532762.220000001, 407593.2000000002 5532765.119999999, 407607.41000000015 5532766.619999999, 407617.8099999996 5532772.43, 407620.1299999999 5532784.59, 407621.70999999996 5532788.789999999, 407625.54000000004 5532791.710000001, 407631.5800000001 5532790.6, 407634.8799999999 5532792.109999999, 407651.9199999999 5532794.58, 407665.5099999998 5532800.48, 407666.96999999974 5532801.1, 407670.0099999998 5532805.07, 407672.28000000026 5532815.43, 407673.23000000045 5532817.6899999995, 407678.86000000034 5532819.16, 407686.3700000001 5532817.35, 407690.54000000004 5532820.039999999, 407699.51999999955 5532825.890000001, 407704.3799999999 5532825.74, 407712.5 5532820.789999999, 407724.2599999998 5532823.279999999, 407731.71999999974 5532815.4, 407740.91000000015 5532815.02, 407745.6500000004 5532813.52, 407753.86000000034 5532816.09, 407756.4299999997 5532819.98, 407762.9500000002 5532825.01, 407765.75 5532822.5, 407769.5700000003 5532821.32, 407775.53000000026 5532819.49, 407783.9000000004 5532818.640000001, 407793.48000000045 5532822.5, 407803.36000000034 5532828.050000001, 407806.38999999966 5532832.289999999, 407805.3799999999 5532837.6899999995, 407808.16000000015 5532840.460000001, 407814.96999999974 5532841.43, 407824.7400000002 5532846.5600000005, 407830.5599999996 5532855.199999999, 407831.5999999996 5532861.050000001, 407828.3200000003 5532865.960000001, 407830.73000000045 5532867.73, 407833.2999999998 5532869.300000001, 407836.91000000015 5532871.57, 407846.66000000015 5532879.07, 407848.4900000002 5532885.6, 407847.8099999996 5532904.23, 407850.70999999996 5532907.18, 407857.5700000003 5532906.07, 407861.08999999985 5532909.1, 407868.66000000015 5532910.859999999, 407877.29000000004 5532912.26, 407884.46999999974 5532909, 407885.11000000034 5532908.710000001, 407891.11000000034 5532910.73, 407893.8799999999 5532913.73, 407902.4299999997 5532918.52, 407908.5800000001 5532914.73, 407914.16000000015 5532914.43, 407921.3300000001 5532917.23, 407933.5099999998 5532928.76, 407947.4400000004 5532935.27, 407954.08999999985 5532942.140000001, 407969.3099999996 5532937.49, 407978.21999999974 5532935.619999999, 407999.8499999996 5532933.75, 408001.3700000001 5532933.699999999, 408019.3499999996 5532931.85, 408032.26999999955 5532927.619999999, 408034.9500000002 5532926.74, 408045.9000000004 5532921.43, 408050.2999999998 5532919.26, 408057.7999999998 5532919.199999999, 408061.2599999998 5532920.880000001, 408063.29000000004 5532924.6, 408069.9500000002 5532926.460000001, 408072.3499999996 5532926.369999999, 408081.9500000002 5532923.529999999, 408088.3499999996 5532923.789999999, 408099.5 5532930.699999999, 408103.9000000004 5532928.24, 408107.0099999998 5532922.73, 408116.20999999996 5532916.68, 408119.13999999966 5532914.73, 408122.25 5532912.5600000005, 408129.7999999998 5532909.380000001, 408143.16000000015 5532907.369999999, 408154.6799999997 5532904.9, 408160.1299999999 5532898.630000001, 408172.3700000001 5532891.59, 408184.23000000045 5532887.6, 408187.5599999996 5532883.74, 408192.2400000002 5532875.02, 408197.79000000004 5532870.68, 408201.01999999955 5532868.16, 408207.29000000004 5532866.41, 408224.1200000001 5532851.59, 408229.0800000001 5532849.289999999, 408235.5800000001 5532848.720000001, 408240.2400000002 5532848.33, 408244.11000000034 5532849, 408246.98000000045 5532850.35, 408251.3799999999 5532851.83, 408257.2999999998 5532855.91, 408260.3300000001 5532868.050000001, 408275.9000000004 5532867.050000001, 408284.54000000004 5532876.35, 408289.16000000015 5532878.74, 408298 5532879.109999999, 408305.73000000045 5532881.140000001, 408310.3700000001 5532885.050000001, 408310.6500000004 5532891.83, 408313.73000000045 5532894.470000001, 408320.8200000003 5532891.699999999, 408328.75 5532895.5600000005, 408332.4500000002 5532894.41, 408342.33999999985 5532886.84, 408347.0599999996 5532885.1899999995, 408352.4400000004 5532886.859999999, 408352.5 5532880.5600000005, 408365.70999999996 5532870.92, 408373.83999999985 5532868.630000001, 408378.4900000002 5532872.58, 408382.70999999996 5532870.93, 408386.79000000004 5532871.58, 408393.4000000004 5532870.85, 408401.25 5532873.85, 408407.88999999966 5532879.050000001, 408428.6900000004 5532876.890000001, 408433.4900000002 5532883.66, 408443.13999999966 5532880.119999999, 408446.88999999966 5532875.23, 408449.5 5532874.24, 408460.36000000034 5532868.109999999, 408466.38999999966 5532867.619999999, 408469.1699999999 5532869.8100000005, 408476.8099999996 5532859.84, 408483.3499999996 5532846.949999999, 408486.2000000002 5532842.5, 408487.76999999955 5532839.92, 408495.6200000001 5532839.15, 408508.4900000002 5532830.550000001, 408527.0800000001 5532826.83, 408537.7599999998 5532820.16, 408550 5532816.43, 408554.76999999955 5532812.550000001, 408569.2400000002 5532807.300000001, 408574.25 5532806.51, 408586.1500000004 5532800.85, 408594.2400000002 5532800.83, 408606.86000000034 5532806.960000001, 408615.9500000002 5532806.85, 408637.16000000015 5532812.359999999, 408653.3200000003 5532804.74, 408658.66000000015 5532799.3100000005, 408671.7599999998 5532799.390000001, 408675.4400000004 5532802.449999999, 408675.63999999966 5532799.49, 408679.1299999999 5532796.33, 408725.4500000002 5532752.880000001, 408746.7599999998 5532813.57, 408748.6299999999 5532812.9399999995, 408754.88999999966 5532812.34, 408758.3499999996 5532814.109999999, 408771.3300000001 5532815.9399999995, 408810.91000000015 5532827.18, 408850.98000000045 5532829.289999999, 408916.76999999955 5532841.1899999995, 408919.51999999955 5532836.24, 408926.08999999985 5532835.58, 408930.3499999996 5532837.800000001, 408932.36000000034 5532845.4399999995, 408944.4000000004 5532853.289999999, 408949.8499999996 5532852.02, 408958.58999999985 5532853.130000001, 408966.8700000001 5532858.0600000005, 408972.8499999996 5532864.529999999, 408985.88999999966 5532869.26, 408993.4000000004 5532869.289999999, 409001.33999999985 5532867.59, 409008.4299999997 5532864.220000001, 409013.58999999985 5532863.140000001, 409018.3499999996 5532867.67, 409027.36000000034 5532867.84, 409046.6500000004 5532864.390000001, 409051.4900000002 5532864.529999999, 409054.53000000026 5532864.609999999, 409057.48000000045 5532863.99, 409057.75 5532863.93, 409057.5599999996 5532863.17, 409055.9000000004 5532859.24, 409096.83999999985 5532851.1, 409117.78000000026 5532843.25, 409135.5700000003 5532831.539999999, 409145.6299999999 5532820.630000001, 409154.8499999996 5532807.26, 409163.9400000004 5532796.890000001, 409181.78000000026 5532792.67, 409198.9400000004 5532790.48, 409226.8700000001 5532788.359999999, 409235.61000000034 5532788.01, 409264.0099999998 5532785.369999999, 409290.01999999955 5532785.33, 409316.7400000002 5532790.76, 409328.8300000001 5532792.779999999, 409351.96999999974 5532802.35, 409373.91000000015 5532806.970000001, 409374.0499999998 5532807.33, 409392.46999999974 5532812.6899999995, 409398.6799999997 5532817.630000001, 409409.8499999996 5532821.119999999, 409418.6699999999 5532822.390000001, 409433.16000000015 5532820.640000001, 409454.5999999996 5532824, 409462.5499999998 5532826.66, 409470.9199999999 5532825.24, 409486.46999999974 5532825.890000001, 409494.98000000045 5532834.07, 409499.6799999997 5532842.890000001, 409506.53000000026 5532847.58, 409521.71999999974 5532854.539999999, 409552.5599999996 5532846.82, 409574.0099999998 5532838.960000001, 409612.38999999966 5532829.42, 409619.11000000034 5532828.65, 409639.7000000002 5532830.82, 409672.78000000026 5532845, 409684.4900000002 5532850.029999999, 409704.4000000004 5532847.73, 409717.0499999998 5532845.23, 409738.08999999985 5532839.880000001, 409771.75 5532828.720000001, 409772.70999999996 5532828.17, 409799.16000000015 5532815.880000001, 409814.2599999998 5532818.74, 409833.79000000004 5532831.630000001, 409847.9400000004 5532844.800000001, 409882.8300000001 5532853.800000001, 409880.3499999996 5532860.66, 409881.08999999985 5532860.710000001, 409885.4900000002 5532861.01, 409903.9199999999 5532862.27, 409918.13999999966 5532865.32, 409933.3799999999 5532860.050000001, 409948.98000000045 5532857.369999999, 409965.95999999996 5532858.35, 409992.23000000045 5532866.720000001, 410016.6500000004 5532876.52, 410035.9900000002 5532889.470000001, 410046.8700000001 5532888.02, 410084.5099999998 5532885.01, 410092.79000000004 5532885.67, 410118.95999999996 5532889.630000001, 410124.0700000003 5532892.42, 410147.2400000002 5532909, 410165.71999999974 5532908.26, 410175.6900000004 5532907.359999999, 410203.7599999998 5532902.73, 410209.70999999996 5532901.49, 410247.46999999974 5532888.970000001, 410245.1299999999 5532899.07, 410253.66000000015 5532899.85, 410257.1200000001 5532899.75, 410270.6699999999 5532911.23, 410310.08999999985 5532914.25, 410311.33999999985 5532905.91, 410308.4199999999 5532894.98, 410308.4000000004 5532878.09, 410317.1500000004 5532864.300000001, 410327.36000000034 5532860.15, 410341.9400000004 5532863.859999999, 410348.45999999996 5532871.91, 410349.3499999996 5532877.48, 410350.58999999985 5532885.199999999, 410356.4400000004 5532887.119999999, 410369.28000000026 5532891.35, 410391.4199999999 5532897.76, 410412.6799999997 5532893.0600000005, 410428.8099999996 5532892.58, 410436.29000000004 5532892.359999999, 410447.3799999999 5532886.17, 410451 5532860.550000001, 410439.33999999985 5532855.15, 410434.13999999966 5532854.220000001, 410433.78000000026 5532838.99, 410434.0499999998 5532826.970000001, 410433.9299999997 5532817.970000001, 410435.70999999996 5532812.4, 410440.6900000004 5532805.699999999, 410449.5499999998 5532795.84, 410455.4000000004 5532792.1, 410474.96999999974 5532787.32, 410483.5 5532787.98, 410487.1699999999 5532792.33, 410503.6900000004 5532817.68, 410507.41000000015 5532810.52, 410508.61000000034 5532802.970000001, 410508.4299999997 5532798.48, 410493.8499999996 5532765.550000001, 410490.95999999996 5532762.17, 410483.3200000003 5532752.470000001, 410510.45999999996 5532736.880000001, 410519.5599999996 5532758.02, 410532.4400000004 5532780.01, 410538.5700000003 5532789.27, 410547.4199999999 5532797.92, 410560.21999999974 5532805.41, 410589 5532812.25, 410625.4199999999 5532809.789999999, 410661.3099999996 5532806.85, 410674 5532805.34, 410704.5099999998 5532799.119999999, 410727.0700000003 5532794.210000001, 410804.0999999996 5532788.119999999, 410815.78000000026 5532811.16, 410840.36000000034 5532819.18, 410847.83999999985 5532824.880000001, 410848.3099999996 5532825.279999999, 410858.45999999996 5532833.960000001, 410872.46999999974 5532840.4, 410900.48000000045 5532846.77, 410925.51999999955 5532853.77, 410948.2599999998 5532865.859999999, 410984.88999999966 5532874.9, 411002.1900000004 5532882.210000001, 411005.03000000026 5532884.720000001, 411023.8700000001 5532890.619999999, 411047.16000000015 5532896.279999999, 411058.5499999998 5532900.65, 411073.0999999996 5532907.32, 411081.1500000004 5532910.74, 411096.6500000004 5532919.119999999, 411104.9900000002 5532918.789999999, 411112.79000000004 5532916.0600000005, 411126.11000000034 5532908.279999999, 411140.5800000001 5532907.48, 411147.66000000015 5532908.51, 411157.95999999996 5532908.1, 411170.95999999996 5532908.890000001, 411178.63999999966 5532908.58, 411194.83999999985 5532907.0600000005, 411208.2999999998 5532903, 411218.96999999974 5532905.869999999, 411229.4299999997 5532909.470000001, 411238.5599999996 5532915.050000001, 411241.13999999966 5532916.619999999, 411247.23000000045 5532918.050000001, 411259.03000000026 5532920.83, 411293.13999999966 5532928.859999999, 411291.78000000026 5532935.710000001, 411381.58999999985 5532944.49, 411418.21999999974 5532942.390000001, 411419.86000000034 5532956.25, 411430.20999999996 5532980.039999999, 411435.0099999998 5532995.279999999, 411439.98000000045 5533013.699999999, 411441.5499999998 5533023.630000001, 411439.3799999999 5533050.869999999, 411438.5700000003 5533061.58, 411456.38999999966 5533063.470000001, 411482.4500000002 5533059.23, 411498.3099999996 5533061.4, 411501.70999999996 5533063.07, 411513.38999999966 5533068.84, 411531.7000000002 5533092.119999999, 411544.63999999966 5533097.83, 411558.79000000004 5533094.73, 411573.5700000003 5533076.300000001, 411649.1900000004 5533075.869999999, 411655.5499999998 5533075.84, 411659.78000000026 5533075.8100000005, 411675.8099999996 5533080.41, 411690.8799999999 5533086.27, 411706.73000000045 5533092.43, 411728.3099999996 5533102.5, 411734.95999999996 5533100.18, 411750.5800000001 5533079.99, 411764.78000000026 5533070.050000001, 411766.5999999996 5533070.48, 411771.0499999998 5533071.5600000005, 411775.4900000002 5533070.76, 411783 5533069.41, 411783.71999999974 5533069.82, 411783.83999999985 5533069.890000001, 411795.46999999974 5533076.58, 411814.70999999996 5533087.65, 411815.83999999985 5533088.3100000005, 411812.5800000001 5533091.470000001, 411794.3099999996 5533081.460000001, 411793.2999999998 5533080.9, 411782.58999999985 5533074.23, 411778.1200000001 5533075.09, 411773.98000000045 5533075.99, 411771.25 5533076.58, 411764.4400000004 5533078.0600000005, 411760.88999999966 5533078.83, 411759.7400000002 5533079.08, 411759.2000000002 5533079.1899999995, 411757.75 5533080.42, 411747.04000000004 5533098.98, 411739.3200000003 5533104.619999999, 411734.5599999996 5533105.93, 411728.5599999996 5533107.57, 411728.46999999974 5533108.539999999, 411701.8799999999 5533093.800000001, 411695.76999999955 5533090.4, 411681.9299999997 5533086.869999999, 411673.4000000004 5533084.699999999, 411669.95999999996 5533084.41, 411661.41000000015 5533083.720000001, 411660.6200000001 5533083.67, 411657.4000000004 5533083.51, 411646.48000000045 5533082.9399999995, 411608.5099999998 5533081, 411583.1299999999 5533079.68, 411573.1699999999 5533080.98, 411561.0599999996 5533101.09, 411541.13999999966 5533103.3100000005, 411528.70999999996 5533096.529999999, 411510.3200000003 5533073.07, 411498.1200000001 5533066.5600000005, 411482.38999999966 5533064.4, 411456.2400000002 5533066.9, 411438.2000000002 5533065, 411399.13999999966 5533060.9, 411398.8300000001 5533066.140000001, 411398.2599999998 5533074.98, 411398.0099999998 5533078.65, 411371.8099999996 5533074.8100000005, 411370.2400000002 5533085.369999999, 411362.01999999955 5533083.970000001, 411326.54000000004 5533078.359999999, 411277.61000000034 5533067.02, 411263.79000000004 5533062.1899999995, 411239.1200000001 5533053.58, 411235.7400000002 5533049.5600000005, 411227.08999999985 5533046.01, 411225.7400000002 5533048.609999999, 411185.4900000002 5533034.869999999, 411169.58999999985 5533031.289999999, 411133.75 5533026.49, 411095.3799999999 5533021.75, 411077.5499999998 5533016.6899999995, 411007.9900000002 5532986.4399999995, 410918.0499999998 5532960.390000001, 410891.71999999974 5532952.720000001, 410798.1299999999 5532925.73, 410763.38999999966 5532918.15, 410739.28000000026 5532912.4399999995, 410726.08999999985 5532905.6, 410716.4400000004 5532909.109999999, 410685.20999999996 5532904.57, 410624.79000000004 5532893.16, 410615.8799999999 5532891.24, 410609.7999999998 5532889.960000001, 410601.9400000004 5532888.32, 410573.8099999996 5532882.42, 410551.45999999996 5532879.5, 410545.0999999996 5532878.66, 410525.9299999997 5532876.16, 410505.71999999974 5532874.720000001, 410496.6200000001 5532876.25, 410493.3799999999 5532876.789999999, 410490.4900000002 5532875.800000001, 410462.70999999996 5532866.359999999, 410453.5 5532861.73, 410449.6699999999 5532888.0600000005, 410449.3700000001 5532887.960000001, 410435.9199999999 5532895.9, 410429.46999999974 5532895.9399999995, 410414.98000000045 5532896.02, 410390.9199999999 5532901.43, 410382.95999999996 5532899.210000001, 410367.5499999998 5532894.92, 410362.4000000004 5532893.24, 410347.04000000004 5532888.210000001, 410346.0800000001 5532882.130000001, 410344.7000000002 5532873.48, 410339.38999999966 5532866.66, 410327.13999999966 5532863.52, 410319.8200000003 5532866.48, 410311.70999999996 5532879.34, 410311.7999999998 5532895.15, 410314.79000000004 5532906.109999999, 410313.3200000003 5532916.58, 410310.83999999985 5532917.84, 410293.45999999996 5532916.470000001, 410268.7000000002 5532914.52, 410257.83999999985 5532905.6, 410257.2599999998 5532921.289999999, 410257.16000000015 5532924.119999999, 410256.11000000034 5532948.09, 410255.63999999966 5532958.5, 410254.5099999998 5532989.85, 410254.36000000034 5532993.9399999995, 410244.01999999955 5532991.4, 410200.63999999966 5532980.76, 410201.6699999999 5532974.970000001, 410133.2000000002 5532971.73, 410118.96999999974 5532966.84, 410117.9500000002 5532967.17, 410108.70999999996 5532970.16, 410082.4500000002 5532961.41, 410037.29000000004 5532957.27, 409992.41000000015 5532953.619999999, 409964.1500000004 5532948.74, 409889.4299999997 5532934.800000001, 409842.63999999966 5532923.869999999, 409829.3700000001 5532920.8100000005, 409829.0599999996 5532923.539999999, 409806.76999999955 5532919.82, 409752.8799999999 5532920, 409730.0599999996 5532920.09, 409727.9500000002 5532919.98, 409709.79000000004 5532919.050000001, 409696.1900000004 5532917.529999999, 409689.25 5532917.74, 409688.6900000004 5532917.5600000005, 409675.2999999998 5532912.9, 409638.7599999998 5532909.119999999, 409595.51999999955 5532902.539999999, 409587.33999999985 5532900.449999999, 409573.2599999998 5532900.84, 409569.46999999974 5532901.18, 409548.38999999966 5532903.109999999, 409515.95999999996 5532902.01, 409501.2000000002 5532901.57, 409491.3200000003 5532901.27, 409471.3700000001 5532900.970000001, 409460.7599999998 5532896.880000001, 409438.6200000001 5532896.25, 409423.58999999985 5532899.74, 409404.5700000003 5532901.27, 409383.6500000004 5532903.1, 409337.25 5532907.16, 409321.48000000045 5532910.49, 409245.75 5532903.18, 409238.79000000004 5532902.51, 409205.41000000015 5532907.880000001, 409188.0499999998 5532907.289999999, 409182.5800000001 5532907.1, 409165.1799999997 5532908.67, 409158.8300000001 5532911.15, 409128.1299999999 5532914.84, 409114.6699999999 5532915.24, 409101.4000000004 5532915.630000001, 409092.5700000003 5532915.890000001, 409087.1500000004 5532916.369999999, 409073.4199999999 5532917.6, 409066.5099999998 5532918.210000001, 409064.13999999966 5532917.800000001, 409063.20999999996 5532917.630000001, 409060.8099999996 5532912.41, 409061.9299999997 5532904.460000001, 409062.8099999996 5532893.630000001, 409059.70999999996 5532893.390000001, 409059.6799999997 5532888.48, 409059.21999999974 5532873.109999999, 409059.1299999999 5532869.41, 409053.26999999955 5532872.029999999, 409051.3700000001 5532871.99, 409046.2999999998 5532871.880000001, 409046.23000000045 5532873.18, 409043.5999999996 5532873.949999999, 409045.3799999999 5532894.300000001, 409045.88999999966 5532900.390000001, 409047.51999999955 5532919.25, 409053.91000000015 5532927.289999999, 409012.16000000015 5532921.880000001, 408944.29000000004 5532930.43, 408918.63999999966 5532934.49, 408892.6699999999 5532935.93, 408852.8499999996 5532933, 408807.1699999999 5532927.8100000005, 408795.08999999985 5532927.699999999, 408793.3700000001 5532928.67, 408770.3200000003 5532941.720000001, 408763.11000000034 5532947.640000001, 408747.70999999996 5532927.949999999, 408755.38999999966 5532877.99, 408708.0099999998 5532877.25, 408698.53000000026 5532877.1, 408667.33999999985 5532876.609999999, 408669.6900000004 5532861.800000001, 408670.4900000002 5532856.869999999, 408674.4000000004 5532813.0600000005, 408674.7599999998 5532809.029999999, 408670.04000000004 5532806.380000001, 408664.6200000001 5532803.359999999, 408648.63999999966 5532813.279999999, 408641.83999999985 5532815.27, 408637.11000000034 5532816.66, 408615.91000000015 5532810.85, 408606.8099999996 5532812.75, 408594.1900000004 5532805.630000001, 408586.11000000034 5532804.65, 408578.21999999974 5532808.51, 408571.26999999955 5532813.140000001, 408563.5999999996 5532813.92, 408556.4900000002 5532817.449999999, 408551.5 5532820.77, 408533.5599999996 5532828.17, 408529.0999999996 5532832.68, 408515.75 5532833.199999999, 408510.23000000045 5532835.550000001, 408497.38999999966 5532844.25, 408490.3799999999 5532844.470000001, 408486.5999999996 5532851.52, 408481.04000000004 5532865.789999999, 408472.0099999998 5532873.800000001, 408464.3300000001 5532874.279999999, 408460.9400000004 5532873.59, 408450.8200000003 5532878.42, 408451.5599999996 5532880.74, 408449.25 5532881.65, 408447.8799999999 5532886.789999999, 408433.0700000003 5532892.18, 408425.03000000026 5532885.390000001, 408418.66000000015 5532884.01, 408411.6900000004 5532886.07, 408409.45999999996 5532886.76, 408405.1500000004 5532885.550000001, 408399.70999999996 5532877.130000001, 408393.3200000003 5532876.949999999, 408378.41000000015 5532879.07, 408373.76999999955 5532874.42, 408370.16000000015 5532875.18, 408368.03000000026 5532878.75, 408358.48000000045 5532882.43, 408358.4199999999 5532888.119999999, 408354.95999999996 5532892.880000001, 408347.0099999998 5532889.1899999995, 408343.7000000002 5532890.34, 408332.3799999999 5532900.4, 408328.6799999997 5532900.66, 408320.75 5532897.109999999, 408311.03000000026 5532899.01, 408307.03000000026 5532893.619999999, 408305.5599999996 5532887.300000001, 408303.7000000002 5532884.5600000005, 408295.1500000004 5532883.92, 408286.9199999999 5532882.52, 408278.2000000002 5532878.050000001, 408273.75 5532870.66, 408257.9900000002 5532871.99, 408255.4900000002 5532868.77, 408254.76999999955 5532860.220000001, 408243.5999999996 5532853.470000001, 408239.78000000026 5532852.289999999, 408226.5 5532855.1899999995, 408210.26999999955 5532870.93, 408203.8700000001 5532872.5, 408195.3700000001 5532879.779999999, 408191.54000000004 5532886.140000001, 408191.03000000026 5532888.99, 408187.3300000001 5532890.710000001, 408177.21999999974 5532895.26, 408175.29000000004 5532896.029999999, 408161.8499999996 5532902.34, 408156.1799999997 5532908.16, 408137.5999999996 5532912.25, 408131.73000000045 5532913.5600000005, 408125.3700000001 5532917.4399999995, 408109.5599999996 5532926.83, 408104.0599999996 5532932.42, 408097.6200000001 5532933.960000001, 408089.41000000015 5532928.720000001, 408088.51999999955 5532928.390000001, 408079.8300000001 5532928.49, 408073.1900000004 5532930.34, 408070.58999999985 5532930.43, 408064.13999999966 5532931.199999999, 408061.2999999998 5532929.9, 408051.98000000045 5532924.51, 408044.13999999966 5532926.18, 408036.0800000001 5532931.609999999, 408029.9299999997 5532934.24, 408020.3499999996 5532936.220000001, 408001.8799999999 5532937.779999999, 408000.3700000001 5532937.82, 407979.5999999996 5532941.449999999, 407970.6900000004 5532943.289999999, 407951.6200000001 5532947.27, 407947.0599999996 5532940.85, 407941.46999999974 5532936.6, 407928.4400000004 5532930.529999999, 407920.3700000001 5532922.199999999, 407917.0800000001 5532922.390000001, 407915.2999999998 5532919.42, 407909.79000000004 5532918.42, 407900.33999999985 5532922.84, 407892.28000000026 5532917.0600000005, 407889.54000000004 5532913.970000001, 407881.71999999974 5532915.73, 407866.8300000001 5532914.640000001, 407855.26999999955 5532910.82, 407848.96999999974 5532910.77, 407845.5 5532905.33, 407843.53000000026 5532882.32, 407842.9299999997 5532881.85, 407833.48000000045 5532874.32, 407829.5 5532872.34, 407823.6500000004 5532866.140000001, 407827.4500000002 5532859.24, 407826.79000000004 5532856.33, 407822.1299999999 5532849.970000001, 407812.8300000001 5532844.199999999, 407805.5999999996 5532843.789999999, 407797.4299999997 5532835.09, 407796.2999999998 5532828.5600000005, 407784.0700000003 5532822.84, 407775.6799999997 5532823.1899999995, 407767.5999999996 5532826.029999999, 407765.0099999998 5532828.83, 407760.04000000004 5532829.84, 407752.6699999999 5532818.539999999, 407745.79000000004 5532817.02, 407741.11000000034 5532819.91, 407730.3099999996 5532820.16, 407730.5599999996 5532826.15, 407727.9500000002 5532826.800000001, 407723.63999999966 5532827.85, 407711.83999999985 5532825.73, 407709.0599999996 5532829.1, 407701.96999999974 5532830.15, 407691.54000000004 5532826.119999999, 407685.8499999996 5532821.220000001, 407678.3499999996 5532823.02, 407673.03000000026 5532821.3100000005, 407670.76999999955 5532818.66, 407669.3799999999 5532817, 407668.21999999974 5532810.460000001, 407666 5532805.949999999, 407661.1299999999 5532801.890000001, 407651.41000000015 5532797.8100000005, 407645.96999999974 5532796.470000001, 407634.7000000002 5532795.630000001, 407632.7400000002 5532795.48, 407623.4900000002 5532794.92, 407619.4500000002 5532792.34, 407616.25 5532786.01, 407614.91000000015 5532776.970000001, 407612.04000000004 5532773.49, 407604.73000000045 5532770.83, 407601.5 5532770.470000001, 407590.5599999996 5532769.24, 407585.78000000026 5532767.5600000005, 407576.8499999996 5532767.289999999, 407568.21999999974 5532763.57, 407562.3700000001 5532763.380000001, 407552.58999999985 5532765.92, 407539.3499999996 5532761.65, 407534.36000000034 5532762.6899999995, 407530.8099999996 5532768.109999999, 407526.6799999997 5532771.32, 407517.8700000001 5532771.630000001, 407514.6699999999 5532772.91, 407510.83999999985 5532776.24, 407506.88999999966 5532779.99, 407508.41000000015 5532784.43, 407509.6799999997 5532788.109999999, 407508.4299999997 5532794.9399999995, 407480.6299999999 5532826.630000001, 407441.03000000026 5532849.99, 407402.9299999997 5532859.4399999995, 407301.6200000001 5532872.5, 407254.95999999996 5532920.66, 407174.28000000026 5533013.949999999, 407123.79000000004 5532948.09, 407073.9299999997 5532883.07, 407041.8099999996 5532867.01, 407019.1200000001 5532852.4, 407004.6200000001 5532837.0600000005, 407001.5499999998 5532833.82, 407000.61000000034 5532819.710000001, 406999.88999999966 5532808.890000001, 406976.66000000015 5532809.41, 406958.6699999999 5532808.27, 406918.6200000001 5532810.82, 406906.46999999974 5532814.0600000005, 406899.3099999996 5532815.970000001, 406888.6200000001 5532827.390000001, 406882.5099999998 5532820.529999999, 406844.11000000034 5532781.470000001, 406841.45999999996 5532778.76, 406836.66000000015 5532773.289999999, 406836.7400000002 5532773.09, 406822.2000000002 5532768.289999999, 406823.2000000002 5532767.279999999, 406824.91000000015 5532766.92, 406829.45999999996 5532768.029999999, 406834.21999999974 5532758.789999999, 406824.79000000004 5532754.640000001, 406822.88999999966 5532756.51, 406822.2599999998 5532757.779999999, 406818.08999999985 5532766.9399999995, 406735.5999999996 5532739.6899999995, 406733.2599999998 5532738.92, 406714.0700000003 5532732.59, 406585.8200000003 5532690.210000001, 406566.08999999985 5532683.710000001, 406543.03000000026 5532703.119999999, 406510.48000000045 5532665.4, 4</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6012-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6012-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -516,90 +516,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6012-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6012-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -673,51 +673,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108895</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.87953487014</v>
+        <v>46071.47540597364</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>