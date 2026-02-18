--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6012-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((409642.2400000002 5529845.67, 409639.7599999998 5529845.210000001, 409636.75 5529844.66, 409619.8300000001 5529841.52, 409576 5529833.4399999995, 409541.01999999955 5529827.880000001, 409516.25 5529823.9399999995, 409473.5499999998 5529819.27, 409470.3099999996 5529819.1899999995, 409459.7000000002 5529818.92, 409423.6799999997 5529819.529999999, 409378.58999999985 5529819.42, 409373.38999999966 5529820.84, 409361.29000000004 5529821.300000001, 409356.9500000002 5529819.619999999, 409351.0700000003 5529821.68, 409318.8499999996 5529821.529999999, 409284.51999999955 5529820.02, 409250.9000000004 5529818.789999999, 409207.5700000003 5529815.1899999995, 409205.8200000003 5529815.050000001, 409197.3700000001 5529814.42, 409163.0499999998 5529811.859999999, 409115.58999999985 5529806.9, 409098.4299999997 5529804.109999999, 409095.95999999996 5529803.710000001, 409092.9900000002 5529803.23, 409058.8799999999 5529795.66, 409034.1799999997 5529786.84, 409015.38999999966 5529778.75, 408997.71999999974 5529768.029999999, 408983.8200000003 5529759.59, 408970.5700000003 5529751.550000001, 408943.45999999996 5529733.529999999, 408930.6799999997 5529725.779999999, 408917.4500000002 5529717.75, 408902.5999999996 5529708.74, 408895.53000000026 5529704.4399999995, 408880.23000000045 5529695.16, 408867.8799999999 5529686.15, 408842.9000000004 5529667.93, 408841.3300000001 5529666.779999999, 408819.2000000002 5529653.119999999, 408783.7000000002 5529631.24, 408746.28000000026 5529608.16, 408718.25 5529591.1, 408732.4400000004 5529568.6899999995, 408755.5599999996 5529532.199999999, 408757.7599999998 5529528.73, 408747.20999999996 5529521.99, 408729.83999999985 5529510.880000001, 408718.13999999966 5529503.4, 408691.6900000004 5529486.48, 408730.7599999998 5529426.279999999, 408733.0700000003 5529421.76, 408725.61000000034 5529417, 408712.61000000034 5529408.720000001, 408699.9000000004 5529400.609999999, 408676.5700000003 5529385.74, 408666.46999999974 5529379.300000001, 408649.76999999955 5529368.65, 408623.36000000034 5529351.83, 408631.6799999997 5529338.300000001, 408629.91000000015 5529330.970000001, 408621.9000000004 5529332.630000001, 408562.1299999999 5529345.07, 408542.95999999996 5529346.67, 408532.23000000045 5529347.5600000005, 408503.11000000034 5529342.640000001, 408475.4400000004 5529330.58, 408473.36000000034 5529329.359999999, 408453 5529317.369999999, 408437.88999999966 5529308.42, 408433.5700000003 5529309.279999999, 408424.98000000045 5529305.609999999, 408418.36000000034 5529302.800000001, 408340.5 5529288.99, 408312.3499999996 5529280.92, 408303.7400000002 5529278.449999999, 408267.91000000015 5529269.59, 408265.98000000045 5529264.35, 408260.78000000026 5529264.83, 408257.66000000015 5529263.220000001, 408234.6799999997 5529251.630000001, 408202.3700000001 5529235.33, 408158.3799999999 5529214.74, 408168.11000000034 5529195.130000001, 408179.88999999966 5529180.17, 408145.54000000004 5529168.65, 408128.6299999999 5529162.92, 408114.0599999996 5529213.619999999, 408083.5499999998 5529199.220000001, 408062.3799999999 5529186.800000001, 408037.1799999997 5529169.73, 408029.8099999996 5529165.140000001, 408021.1699999999 5529159.8100000005, 408016.75 5529157.51, 407997.3300000001 5529147.6899999995, 407927.1699999999 5529115.82, 407924.5700000003 5529114.640000001, 407892.2999999998 5529097.6, 407872.4400000004 5529086.34, 407874.5999999996 5529081.869999999, 407871.91000000015 5529080.3100000005, 407869.3300000001 5529084.49, 407843.3099999996 5529068.66, 407828.0700000003 5529057.9399999995, 407809.8099999996 5529045.050000001, 407816.0999999996 5529036.039999999, 407825.75 5529003.5, 407827.78000000026 5528996.59, 407825.21999999974 5528975.869999999, 407805.3099999996 5528978.65, 407780.28000000026 5528966.27, 407776.6200000001 5528964.119999999, 407744.6500000004 5528952.630000001, 407741.6500000004 5528973.4399999995, 407719.20999999996 5528965.18, 407719.23000000045 5528972.279999999, 407719.3099999996 5528985.449999999, 407714.2999999998 5528981.529999999, 407710.3300000001 5528978.42, 407697.16000000015 5528968.140000001, 407682 5528956.8100000005, 407679.71999999974 5528955.109999999, 407666.29000000004 5528946.16, 407639.16000000015 5528932.460000001, 407624.73000000045 5528926.76, 407610.79000000004 5528921.279999999, 407551.7999999998 5528899.41, 407533.6500000004 5528893.8100000005, 407497.3300000001 5528885.0600000005, 407491.75 5528883.720000001, 407476.9299999997 5528872.17, 407436.8200000003 5528840.92, 407428.3799999999 5528845.16, 407420.79000000004 5528830.23, 407414.4400000004 5528825.02, 407391.70999999996 5528806.449999999, 407388.70999999996 5528798.390000001, 407392.6200000001 5528775.23, 407394.7999999998 5528762.369999999, 407395.6799999997 5528757.130000001, 407397.1900000004 5528751.91, 407412.4400000004 5528699.199999999, 407419.8799999999 5528682.970000001, 407425.5499999998 5528670.609999999, 407427.28000000026 5528666.890000001, 407431.63999999966 5528657.32, 407450.48000000045 5528610.32, 407457.3300000001 5528605.49, 407460.13999999966 5528605.390000001, 407493.21999999974 5528604.18, 407554.98000000045 5528601.93, 407585.4400000004 5528606.42, 407605.8099999996 5528609.41, 407622.0700000003 5528611.800000001, 407651.0599999996 5528616.07, 407694.3200000003 5528626.869999999, 407711.03000000026 5528623.16, 407723.03000000026 5528616.68, 407735.45999999996 5528607.539999999, 407749.79000000004 5528593.6, 407810.8300000001 5528517.85, 407824 5528481.84, 407830.7599999998 5528478.220000001, 407857.25 5528483.42, 407875.01999999955 5528486.91, 407921.3300000001 5528496, 407926.9400000004 5528500.390000001, 407929.9500000002 5528506.720000001, 407929.38999999966 5528513.359999999, 407919.5099999998 5528530.76, 407911.8700000001 5528546.25, 407909.9400000004 5528558.09, 407909.58999999985 5528559.16, 407916.7999999998 5528566.130000001, 407919.33999999985 5528601.460000001, 407921.7000000002 5528616.199999999, 407924.48000000045 5528620.3100000005, 407929.1299999999 5528627.220000001, 407931.79000000004 5528631.23, 407937.01999999955 5528637.869999999, 407939.41000000015 5528639.85, 407939.8099999996 5528668.119999999, 407940.70999999996 5528690.59, 407941.9000000004 5528715.57, 407942.2400000002 5528722.539999999, 407942.3799999999 5528738.539999999, 407961.2599999998 5528748.4399999995, 407983.95999999996 5528742.710000001, 407968.8499999996 5528752.539999999, 407959.1500000004 5528763.539999999, 407949.5700000003 5528776.92, 407935.8099999996 5528786.4399999995, 407934.38999999966 5528786.92, 407939.13999999966 5528793.630000001, 407964.79000000004 5528802.210000001, 407971.5599999996 5528808.34, 407976.0499999998 5528806.050000001, 407979.91000000015 5528797.609999999, 407981.0700000003 5528797.289999999, 407996.46999999974 5528792.42, 408026.20999999996 5528783.08, 408037.8499999996 5528783.98, 408059 5528787.4399999995, 408095.95999999996 5528796.35, 408147.61000000034 5528767.77, 408146.4500000002 5528761.67, 408144.08999999985 5528734.109999999, 408142.0700000003 5528710.52, 408233.7000000002 5528706.85, 408233.9500000002 5528706.82, 408244.08999999985 5528705.460000001, 408412.6699999999 5528681.17, 408412.1299999999 5528671.49, 408411.8300000001 5528666.1899999995, 408411.0099999998 5528651.66, 408409.9299999997 5528632.550000001, 408422.4199999999 5528630.380000001, 408449.3700000001 5528625.720000001, 408449.3099999996 5528637.4399999995, 408452.20999999996 5528663.609999999, 408453.0599999996 5528666.609999999, 408459.8200000003 5528665.15, 408506.9900000002 5528655.279999999, 408516.4000000004 5528653.3100000005, 408517.88999999966 5528653, 408519.46999999974 5528637.48, 408520.3700000001 5528628.710000001, 408521.2999999998 5528619.5600000005, 408522.76999999955 5528619.9, 408524.25 5528620.24, 408524.51999999955 5528620.300000001, 408542.9400000004 5528623.390000001, 408562.1299999999 5528632.09, 408597.7400000002 5528651.199999999, 408606.96999999974 5528654.199999999, 408618.9500000002 5528656, 408632.0700000003 5528654.76, 408678.78000000026 5528640.619999999, 408692.9400000004 5528638.199999999, 408707.2400000002 5528637.33, 408723.03000000026 5528637.630000001, 408735.98000000045 5528636.58, 408747.8799999999 5528631.9, 408790.9000000004 5528586.74, 408852.5599999996 5528531.4399999995, 408872.7599999998 5528518.289999999, 408909.26999999955 5528500.43, 408927.4900000002 5528493.800000001, 408937.6500000004 5528498.789999999, 408966.25 5528603.76, 408991.3499999996 5528695.98, 408993.21999999974 5528695.26, 408995.9400000004 5528694.220000001, 409086 5528659.6899999995, 409176.0599999996 5528625.33, 409266.08999999985 5528590.93, 409400.9500000002 5528539.33, 409405.5099999998 5528537.59, 409401.2599999998 5528495.91, 409387.58999999985 5528361.67, 409387.20999999996 5528355.92, 409377.23000000045 5528261.109999999, 409382.29000000004 5528252.68, 409382.0099999998 5528249.84, 409375.58999999985 5528245.41, 409374.3300000001 5528233.32, 409409.96999999974 5528205.0600000005, 409429.9299999997 5528185.25, 409439 5528174.380000001, 409446.2599999998 5528162.09, 409456.33999999985 5528139.18, 409460.4199999999 5528128.51, 409462.13999999966 5528121.4399999995, 409462.4000000004 5528109.42, 409460.2599999998 5528102.5600000005, 409458.38999999966 5528096.58, 409451.23000000045 5528076.359999999, 409458.71999999974 5528071.15, 409481.6200000001 5528066.43, 409521.8700000001 5528051.58, 409572.0599999996 5528037.800000001, 409593.6500000004 5528034.58, 409610.9500000002 5528030.08, 409635.5999999996 5528012.73, 409644.4500000002 5528009.4, 409677.88999999966 5528006.32, 409696.7000000002 5528008.640000001, 409701.13999999966 5528002.35, 409702.4299999997 5527994.16, 409693.6699999999 5527979.050000001, 409711.91000000015 5527967.970000001, 409737.66000000015 5527950.17, 409744.63999999966 5527942.890000001, 409756.6900000004 5527930.369999999, 409767.2000000002 5527928.880000001, 409780.88999999966 5527926.029999999, 409771.3499999996 5527898.83, 409771.29000000004 5527890.84, 409771.2599999998 5527887.58, 409776.51999999955 5527868.210000001, 409784.8300000001 5527854.0600000005, 409790.0800000001 5527846.43, 409793.7599999998 5527841.26, 409801.9199999999 5527832.529999999, 409813.5499999998 5527820.050000001, 409818.5499999998 5527814.6899999995, 409831.45999999996 5527789.41, 409833.46999999974 5527775.460000001, 409846.13999999966 5527767.58, 409854.70999999996 5527762.27, 409869.20999999996 5527754.91, 409893.4299999997 5527742.619999999, 409933.0599999996 5527737.16, 409958.7599999998 5527736.699999999, 409993.98000000045 5527730.6, 410018.08999999985 5527797.48, 410003.5 5527797.26, 409985.95999999996 5527794.6, 409974.8499999996 5527813.890000001, 409962.48000000045 5527818.84, 409939.51999999955 5527811.3100000005, 409930.71999999974 5527818.800000001, 409921.5599999996 5527826.93, 409916.23000000045 5527831.67, 409924.7000000002 5527830.51, 409934.0599999996 5527823.18, 409939.9000000004 5527821.99, 409949.8700000001 5527819.960000001, 409961.9299999997 5527823.57, 409971.23000000045 5527823.02, 409978.38999999966 5527816.73, 409990.5800000001 5527810.93, 409993.0999999996 5527809.73, 410002.8300000001 5527805.1, 410018.23000000045 5527805.6, 410036.61000000034 5527804.619999999, 410053.53000000026 5527801.859999999, 410064.91000000015 5527797.460000001, 410069.9299999997 5527835.710000001, 410065.6200000001 5527836.32, 410063.7999999998 5527836.57, 410049.7400000002 5527840.859999999, 410038.4299999997 5527846.460000001, 410031.3799999999 5527852.949999999, 410026.5700000003 5527859.01, 410022.4900000002 5527867.609999999, 410018.7000000002 5527879.640000001, 410011.46999999974 5527885.9, 410015.2400000002 5527890.630000001, 410057.3700000001 5527928.65, 410057.2400000002 5527928.67, 410060.73000000045 5527931.890000001, 410061.1900000004 5527932.33, 410103.11000000034 5527972.210000001, 410103.4400000004 5527972.609999999, 410085.5999999996 5527977.02, 410090.6900000004 5527981.42, 410084.63999999966 5527993.32, 410093.3099999996 5527990.800000001, 410103.95999999996 5528028.84, 410114.70999999996 5528067.359999999, 410114.4900000002 5528076.949999999, 410098.88999999966 5528122.93, 410090.9000000004 5528146.52, 410089.3300000001 5528151.140000001, 410086.3499999996 5528159.9, 410065.9500000002 5528219.970000001, 410059.28000000026 5528225.09, 410062.91000000015 5528228.9399999995, 410259.21999999974 5528383.039999999, 410378.6500000004 5528419.779999999, 410349.98000000045 5528447.460000001, 410316.6699999999 5528471.3100000005, 410289.36000000034 5528494.91, 410268.71999999974 5528522.74, 410254.79000000004 5528543.3100000005, 410216.9400000004 5528597.34, 410181.3499999996 5528645.279999999, 410155.23000000045 5528671.630000001, 410117.1900000004 5528708.789999999, 410099.5099999998 5528726.07, 410073.9400000004 5528709.640000001, 410037.13999999966 5528692.109999999, 410021.0099999998 5528689.449999999, 409988.0999999996 5528684.039999999, 409973.3700000001 5528684.0600000005, 409952.7400000002 5528688.59, 409943.41000000015 5528688.15, 409926.20999999996 5528681.93, 409894.33999999985 5528661.039999999, 409840.3700000001 5528644.390000001, 409795.95999999996 5528636.98, 409795.33999999985 5528641.07, 409803.0499999998 5528643.92, 409804.5499999998 5528644.470000001, 409841.8799999999 5528667.17, 409853.54000000004 5528681.24, 409874.26999999955 5528706.27, 409881.98000000045 5528715.58, 409890 5528719.960000001, 409902.3300000001 5528726.68, 409914.51999999955 5528731.140000001, 409915.25 5528736.25, 409926.7999999998 5528739.52, 409957.83999999985 5528749.779999999, 409957.61000000034 5528768.699999999, 409922.36000000034 5528772.300000001, 409890.9299999997 5528794.789999999, 409871.11000000034 5528824.43, 409860.3300000001 5528850.779999999, 409844.9900000002 5528875.52, 409847.2599999998 5528886.9, 409850.3499999996 5528895.210000001, 409849.1299999999 5528903.23, 409841.3799999999 5528913.25, 409836.78000000026 5528913.52, 409842.7599999998 5528936.51, 409840.8099999996 5528996.140000001, 409851.61000000034 5529054.67, 409852.45999999996 5529059.26, 409857.5 5529167.75, 409847.48000000045 5529183.67, 409846.3700000001 5529185.4399999995, 409781.2400000002 5529282.779999999, 409780.9500000002 5529284.779999999, 409759.25 5529433.3100000005, 409829.83999999985 5529547.449999999, 409834.3099999996 5529554.68, 409836.41000000015 5529558.08, 409898.5800000001 5529625.48, 409903.20999999996 5529630.5, 409906.63999999966 5529628.67, 409909.3499999996 5529625.880000001, 409911.28000000026 5529623.9, 409917.9400000004 5529617.07, 409921.4199999999 5529611.68, 409925.3799999999 5529605.51, 409930.33999999985 5529592.619999999, 409935.3499999996 5529569.960000001, 409938.96999999974 5529553.619999999, 409943.9500000002 5529531.109999999, 409948.4500000002 5529510.74, 409950.6299999999 5529500.9, 409952.41000000015 5529492.84, 409953.4299999997 5529491.529999999, 410064.3300000001 5529568.01, 410060.4500000002 5529576.300000001, 410060.28000000026 5529576.800000001, 410057.23000000045 5529585.68, 410050.76999999955 5529604.9, 410043.5999999996 5529626.119999999, 410036.98000000045 5529631.039999999, 410023.9199999999 5529636.470000001, 409998.8700000001 5529665.1899999995, 409988.54000000004 5529677.01, 409975.2000000002 5529692.289999999, 409968.58999999985 5529697.949999999, 409966.71999999974 5529699.550000001, 409958.7599999998 5529706.359999999, 409919.26999999955 5529731.630000001, 409891.7000000002 5529744.76, 409861.6500000004 5529750.640000001, 409856.6799999997 5529750.23, 409832.8099999996 5529748.43, 409831.3499999996 5529748.48, 409819.0999999996 5529746, 409807.78000000026 5529743.699999999, 409795.2999999998 5529741.3100000005, 409778.9299999997 5529737.220000001, 409772.91000000015 5529735.359999999, 409771.5099999998 5529735.029999999, 409768.01999999955 5529733.76, 409748.5800000001 5529726.220000001, 409744.2599999998 5529724.24, 409722.5 5529714.3100000005, 409713.3300000001 5529715.73, 409681.2400000002 5529828.199999999, 409679.86000000034 5529835.6899999995, 409674.7999999998 5529853.41, 409642.2400000002 5529845.67)), ((412741.6900000004 5530193.08, 412734.6200000001 5530190.609999999, 412722.9299999997 5530186.6899999995, 412683.5499999998 5530181.23, 412657.6699999999 5530177.640000001, 412656.0099999998 5530176.800000001, 412642.2999999998 5530169.83, 412634.9299999997 5530174.48, 412623.79000000004 5530172.9399999995, 412586.3700000001 5530172.68, 412574.7599999998 5530173.52, 412539.26999999955 5530176.119999999, 412531.4000000004 5530176.6899999995, 412514.29000000004 5530177.9399999995, 412489.13999999966 5530183.91, 412475.58999999985 5530192.18, 412458.9299999997 5530211.380000001, 412444.5999999996 5530231.42, 412420.0800000001 5530263.039999999, 412412.3799999999 5530269.880000001, 412380.96999999974 5530307.859999999, 412364.51999999955 5530327.75, 412363.4400000004 5530329.07, 412352.9299999997 5530341.77, 412350.1500000004 5530345.140000001, 412348.33999999985 5530347.32, 412344.2599999998 5530352.27, 412275.51999999955 5530401.5600000005, 412253.6799999997 5530417.210000001, 412227.79000000004 5530431.73, 412214.1500000004 5530438.369999999, 412205.6799999997 5530440.789999999, 412201.9400000004 5530441.859999999, 412181.48000000045 5530445.59, 412160.6900000004 5530447.880000001, 412132.9199999999 5530445.210000001, 412109.38999999966 5530441.460000001, 412074.4400000004 5530431.76, 412072.5800000001 5530431.34, 412071.8300000001 5530434.02, 412003.29000000004 5530412.57, 411967.23000000045 5530401.75, 411934.8099999996 5530395.27, 411888.08999999985 5530388.220000001, 411860 5530383.74, 411859.58999999985 5530386.02, 411858.11000000034 5530391.27, 411853.0999999996 5530409.109999999, 411844.96999999974 5530409.029999999, 411837.2400000002 5530408.59, 411828.66000000015 5530408.109999999, 411820.3499999996 5530407.65, 411812.54000000004 5530407.220000001, 411800.28000000026 5530447.699999999, 411808.01999999955 5530452.26, 411807.1799999997 5530455.32, 411813.8200000003 5530460.140000001, 411816.88999999966 5530462.380000001, 411817.4199999999 5530464.539999999, 411812.8700000001 5530471.15, 411816.75 5530473, 411816.5599999996 5530473.82, 411815.7599999998 5530477.289999999, 411813.8799999999 5530485.460000001, 411812.8799999999 5530489.77, 411808.26999999955 5530509.92, 411806.9500000002 5530515.51, 411811.33999999985 5530518.779999999, 411821.5999999996 5530530.109999999, 411834.23000000045 5530533.92, 411849.9500000002 5530534.369999999, 411850.03000000026 5530535.8100000005, 411850.73000000045 5530544.83, 411850.86000000034 5530546.539999999, 411858.54000000004 5530543.359999999, 411863.9299999997 5530546.92, 411870.96999999974 5530553.460000001, 411874.73000000045 5530560.449999999, 411865.86000000034 5530585.8100000005, 411858.8200000003 5530597.109999999, 411837.70999999996 5530618.76, 411825.3499999996 5530629.720000001, 411813.54000000004 5530640.1899999995, 411779.96999999974 5530669.9399999995, 411766.9400000004 5530680.359999999, 411749.4900000002 5530691.359999999, 411737.66000000015 5530694.83, 411719.7999999998 5530698.859999999, 411713.61000000034 5530699.789999999, 411710.9000000004 5530700.300000001, 411711.6900000004 5530703.49, 411710.98000000045 5530732.32, 411716.5499999998 5530758.82, 411719.9400000004 5530776.029999999, 411719.73000000045 5530776.289999999, 411721.41000000015 5530792.619999999, 411727.54000000004 5530791.68, 411778.7999999998 5530782.449999999, 411755.29000000004 5530800.52, 411746.0700000003 5530807.59, 411724.9199999999 5530820.210000001, 411699.3099999996 5530831.109999999, 411674.8099999996 5530837.050000001, 411647.4500000002 5530837.210000001, 411631.4199999999 5530835.6, 411618.66000000015 5530834.33, 411604.3300000001 5530830.59, 411600.45999999996 5530829.470000001, 411580.0999999996 5530823.58, 411565.4199999999 5530817.640000001, 411544.1200000001 5530806.779999999, 411532.9500000002 5530801.08, 411521.7599999998 5530795.380000001, 411515.3499999996 5530792.119999999, 411501.04000000004 5530784.83, 411490.5099999998 5530779.460000001, 411480.63999999966 5530774.43, 411501.88999999966 5530751.65, 411511.21999999974 5530741.75, 411520.0599999996 5530732.369999999, 411522.26999999955 5530729.9399999995, 411517.6799999997 5530714.73, 411518.8499999996 5530712.18, 411522 5530705.32, 411537.33999999985 5530683.029999999, 411541.25 5530676.949999999, 411541.2999999998 5530676.890000001, 411554.3499999996 5530656.68, 411556.7000000002 5530653.25, 411518.6200000001 5530626.59, 411469.6799999997 5530603.3100000005, 411404.96999999974 5530581.82, 411396.6699999999 5530581.869999999, 411340.79000000004 5530582.25, 411327.76999999955 5530582.710000001, 411259.21999999974 5530585.220000001, 411254.0800000001 5530585.41, 411225.25 5530596.390000001, 411197.1200000001 5530607.119999999, 411196.29000000004 5530607.49, 411205.2999999998 5530576.51, 411201.71999999974 5530566.25, 411197.5999999996 5530555.199999999, 411195.54000000004 5530550.77, 411193.28000000026 5530547.09, 411189.83999999985 5530544.460000001, 411187.04000000004 5530542.58, 411184.0800000001 5530541.33, 411181.3300000001 5530540.199999999, 411163.5 5530535.6899999995, 411160.0999999996 5530533.99, 411147.0800000001 5530531.630000001, 411142.75 5530530.77, 411145.8700000001 5530520.109999999, 411160.16000000015 5530513.779999999, 411187.46999999974 5530506.460000001, 411221.54000000004 5530500.57, 411222.75 5530500.52, 411242.8700000001 5530498.779999999, 411272.2400000002 5530487.449999999, 411280.9299999997 5530481.970000001, 411284.1299999999 5530480.369999999, 411298.9000000004 5530473.02, 411313.28000000026 5530465.859999999, 411323.9299999997 5530460.57, 411331.36000000034 5530456.869999999, 411341.1500000004 5530449.74, 411353.75 5530440.5600000005, 411369.38999999966 5530429.73, 411390.16000000015 5530415.369999999, 411408.96999999974 5530402.35, 411415.6200000001 5530398.68, 411423.3700000001 5530396.84, 411432.1299999999 5530396.779999999, 411439.5499999998 5530397.16, 411449.95999999996 5530400.09, 411501.7599999998 5530413.68, 411512.4500000002 5530415.02, 411523.25 5530416.369999999, 411533.95999999996 5530417.720000001, 411544.9000000004 5530419.09, 411553.8499999996 5530420.199999999, 411554.96999999974 5530420.17, 411580.86000000034 5530419.57, 411599.33999999985 5530419.140000001, 411603.51999999955 5530419.039999999, 411617.1200000001 5530419.58, 411618.46999999974 5530419.619999999, 411620.2400000002 5530419.640000001, 411646.4299999997 5530418.32, 411666.01999999955 5530417.33, 411665.86000000034 5530415.220000001, 411666.9299999997 5530414.710000001, 411683.29000000004 5530371.970000001, 411690.5099999998 5530374.529999999, 411690.53000000026 5530373.98, 411691.1799999997 5530367.390000001, 411708.13999999966 5530369.02, 411722.46999999974 5530370.390000001, 411764.2000000002 5530374.390000001, 411767.3200000003 5530369.99, 411770.6200000001 5530360.33, 411771.23000000045 5530357.8100000005, 411764.86000000034 5530356.470000001, 411734.21999999974 5530351.74, 411655.51999999955 5530341.970000001, 411586.54000000004 5530333.66, 411572.6299999999 5530333.140000001, 411549.5599999996 5530330.300000001, 411530.70999999996 5530327.98, 411514.4400000004 5530325.970000001, 411513.5700000003 5530325.859999999, 411490.2400000002 5530323, 411485.1200000001 5530322.359999999, 411475.2599999998 5530321.15, 411470.7599999998 5530320.6, 411464.2400000002 5530319.800000001, 411457.98000000045 5530319.029999999, 411455.13999999966 5530318.67, 411446.73000000045 5530317.27, 411422.6699999999 5530313.24, 411419.1200000001 5530312.869999999, 411410.9199999999 5530311.98, 411407.01999999955 5530311.57, 411396.4199999999 5530310.43, 411380.16000000015 5530308.699999999, 411361.29000000004 5530309.77, 411360.51999999955 5530309.8100000005, 411337.2400000002 5530311.710000001, 411302.9900000002 5530314.130000001, 411281.86000000034 5530315.619999999, 411277.6500000004 5530314.9399999995, 411265 5530312.859999999, 411264.3700000001 5530312.77, 411242.9199999999 5530309.43, 411226.9299999997 5530308.470000001, 411214.4299999997 5530308.210000001, 411200.29000000004 5530307.119999999, 411182.71999999974 5530308.33, 411145.63999999966 5530314.6899999995, 411124.6500000004 5530317.77, 411122.9000000004 5530305.16, 411120.9299999997 5530290.84, 411122.2599999998 5530284.119999999, 411127.5700000003 5530258.51, 411120.33999999985 5530257.07, 411123.16000000015 5530224.17, 411123.53000000026 5530220.42, 411123.86000000034 5530217.1899999995, 411114.29000000004 5530217.26, 411102.63999999966 5530217.35, 411058.08999999985 5530217.6899999995, 411015.46999999974 5530226.130000001, 410992.6200000001 5530230.630000001, 410952.04000000004 5530238.539999999, 410942.4000000004 5530240.470000001, 410937.1200000001 5530241.52, 410931.23000000045 5530241.23, 410915.8700000001 5530240.470000001, 410911.25 5530239.869999999, 410906.4500000002 5530239.23, 410887.04000000004 5530236.449999999, 410874.13999999966 5530234.93, 410864.58999999985 5530233.67, 410824.96999999974 5530229.66, 410823.86000000034 5530229.49, 410798.3799999999 5530226.050000001, 410778.9900000002 5530223.09, 410774.7000000002 5530222.449999999, 410769.8700000001 5530222.07, 410762.38999999966 5530222, 410753.0499999998 5530222.8100000005, 410752.7599999998 5530225.91, 410752.6699999999 5530230.35, 410726.79000000004 5530270.52, 410715.5800000001 5530266.960000001, 410710.21999999974 5530265.6, 410708.8200000003 5530268.32, 410698.1200000001 5530287.279999999, 410683.6900000004 5530312.789999999, 410678.8799999999 5530320.369999999, 410673.54000000004 5530316.27, 410660.83999999985 5530306.529999999, 410656.5999999996 5530314.67, 410638.6299999999 5530351.199999999, 410636.4400000004 5530355.43, 410627.61000000034 5530373.119999999, 410626.8300000001 5530374.6899999995, 410622.9500000002 5530392.1899999995, 410621.26999999955 5530399.050000001, 410618.7999999998 5530416.17, 410618.54000000004 5530419.050000001, 410607.48000000045 5530427.16, 410575.01999999955 5530445.91, 410558.3799999999 5530455.52, 410556.4000000004 5530458.25, 410554.5700000003 5530460.27, 410530 5530487.48, 410528.73000000045 5530488.890000001, 410521.23000000045 5530494.51, 410514.88999999966 5530499.26, 410508.45999999996 5530504.07, 410507.0700000003 5530505.1, 410485.4000000004 5530515.68, 410470.6299999999 5530520.15, 410448.6200000001 5530526.52, 410440.75 5530530.720000001, 410432.79000000004 5530534.949999999, 410425.0700000003 5530539.0600000005, 410418.2999999998 5530539.98, 410410.5700000003 5530541.029999999, 410403.08999999985 5530542.050000001, 410394.83999999985 5530543.17, 410388.3700000001 5530544.050000001, 410363.6699999999 5530547.41, 410360.01999999955 5530547.91, 410358.6699999999 5530548.09, 410351.51999999955 5530545.460000001, 410346.86000000034 5530543.91, 410339.4400000004 5530541.4399999995, 410326.0599999996 5530536.99, 410306.9500000002 5530535.51, 410292.03000000026 5530534.359999999, 410287.8700000001 5530534.039999999, 410281.75 5530531.210000001, 410278.9299999997 5530529.91, 410277.7999999998 5530529.42, 410275.5499999998 5530528.41, 410271 5530526.380000001, 410273.20999999996 5530513.9, 410273.2400000002 5530512.33, 410272.9500000002 5530510.619999999, 410272.1200000001 5530509.039999999, 410270.8099999996 5530507.75, 410269.0999999996 5530506.6899999995, 410257.71999999974 5530503.289999999, 410259.5700000003 5530499.390000001, 410267 5530483.85, 410271.1200000001 5530475.210000001, 410256.9199999999 5530471.84, 410256.5999999996 5530473.49, 410240.5499999998 5530471.369999999, 410254.29000000004 5530445.220000001, 410254.8499999996 5530435.779999999, 410255.29000000004 5530428.4399999995, 410255.86000000034 5530418.91, 410253.6900000004 5530404.84, 410255.66000000015 5530398.300000001, 410257.5 5530392.16, 410258.79000000004 5530387.880000001, 410261.1299999999 5530381.68, 410262.16000000015 5530374.83, 410263.21999999974 5530367.859999999, 410264.3499999996 5530360.449999999, 410264.9400000004 5530356.5, 410266.13999999966 5530353.369999999, 410269.5999999996 5530344.359999999, 410272.16000000015 5530331.48, 410272.23000000045 5530329.93, 410272.75 5530319.43, 410272.95999999996 5530307.140000001, 410272.86000000034 5530295.789999999, 410272.25 5530290.43, 410271.96999999974 5530287.91, 410269.9400000004 5530273.25, 410269.70999999996 5530271.8100000005, 410268.33999999985 5530272.02, 410265.95999999996 5530257.16, 410261.88999999966 5530231.92, 410254.6699999999 5530204.3100000005, 410247.28000000026 5530180.6899999995, 410241.1299999999 5530155.16, 410238.71999999974 5530147.82, 410228.4000000004 5530071, 410225.6799999997 5530050.66, 410211.54000000004 5530045.98, 410198.21999999974 5530041.58, 410188.23000000045 5530038.26, 410182.78000000026 5530037.18, 410168.2000000002 5530034.279999999, 410153.3499999996 5530031.32, 410139.3499999996 5530028.529999999, 410133.8300000001 5530027.43, 410123.9500000002 5530025.470000001, 410105.2999999998 5530021.75, 410103.1500000004 5530008.24, 410102.08999999985 5530001.369999999, 410100.0999999996 5529988.4399999995, 410099.1299999999 5529982.09, 410098.20999999996 5529976.08, 410094.9199999999 5529954.630000001, 410093.51999999955 5529945.57, 410093.26999999955 5529943.970000001, 410092.0999999996 5529936.369999999, 410090.86000000034 5529928.24, 410090.0999999996 5529923.3100000005, 410088.7000000002 5529914.1899999995, 410087.8700000001 5529908.779999999, 410087.7400000002 5529907.77, 410086.7000000002 5529899.49, 410085.66000000015 5529891.0600000005, 410084.9299999997 5529885.18, 410083.78000000026 5529875.93, 410082.8200000003 5529863.359999999, 410082.16000000015 5529854.75, 410080.98000000045 5529839.35, 410080.78000000026 5529836.699999999, 410080.71999999974 5529823.800000001, 410091.0099999998 5529803.9, 410094.91000000015 5529796.390000001, 410104.4199999999 5529778, 410108.5099999998 5529770.109999999, 410112.88999999966 5529761.640000001, 410116.95999999996 5529753.77, 410126.61000000034 5529735.130000001, 410130.0800000001 5529728.42, 410136.9199999999 5529714.65, 410154.51999999955 5529680.32, 410162.20999999996 5529668.9399999995, 410217.6200000001 5529548.74, 410410.86000000034 5529396.43, 410470.9000000004 5529338.52, 410484.21999999974 5529344.74, 410497.58999999985 5529350.960000001, 410525 5529363.74, 410582.0700000003 5529389.960000001, 410610.8799999999 5529403.8100000005, 410657.7599999998 5529425.43, 410701.9400000004 5529448.17, 410680.4000000004 5529503.550000001, 410654.5599999996 5529582.609999999, 410631.71999999974 5529649.050000001, 410614.1500000004 5529703.77, 410603.5499999998 5529726.199999999, 410602.6500000004 5529728.74, 410625.6699999999 5529747.82, 410640.3700000001 5529758.74, 410654.25 5529768.18, 410684.23000000045 5529779.98, 410709.88999999966 5529789.960000001, 410736.51999999955 5529805.4, 410757.46999999974 5529816.5600000005, 410784 5529829.5, 410898.4299999997 5529876.93, 410899.5599999996 5529873.880000001, 410933.04000000004 5529792.02, 410966.7000000002 5529714.640000001, 410975.1200000001 5529693.800000001, 411010.8200000003 5529598.84, 411073.3499999996 5529630.34, 411117.28000000026 5529653.09, 411184.3799999999 5529686.41, 411218.79000000004 5529702.539999999, 411331.03000000026 5529757.5600000005, 411433.3300000001 5529820.470000001, 411431.53000000026 5529831.550000001, 411424.51999999955 5529881.35, 411411.13999999966 5529934.4, 411435.2999999998 5529944.43, 411455.23000000045 5529948.640000001, 411493.5999999996 5529957.6, 411533.6699999999 5529971.5, 411575.29000000004 5529986.84, 411643.0800000001 5530012.130000001, 411660.88999999966 5530019.92, 411694.13999999966 5530032.09, 411719.21999999974 5530040.08, 411747.63999999966 5530050.449999999, 411776.8700000001 5530055.779999999, 411817.16000000015 5530062.67, 411856.9500000002 5530070.18, 411849.86000000034 5530106.5600000005, 411829.4299999997 5530201.9399999995, 411834.0800000001 5530204.029999999, 411863.6200000001 5530217.35, 411885.6200000001 5530223.470000001, 411971.78000000026 5530245.52, 411993.4199999999 5530255.16, 412032.96999999974 5530268.58, 412057.9500000002 5530274.08, 412079.79000000004 5530276.199999999, 412100.9400000004 5530273.359999999, 412122.51999999955 5530268.99, 412150.66000000015 5530259.859999999, 412188.03000000026 5530243.859999999, 412203.03000000026 5530231.25, 412215.45999999996 5530223.25, 412252.0999999996 5530207.779999999, 412268.6299999999 5530202.109999999, 412277.25 5530198.77, 412284.73000000045 5530191.960000001, 412291.3799999999 5530183.199999999, 412296.2599999998 5530174, 412303.73000000045 5530148.1899999995, 412309.38999999966 5530133.460000001, 412318.20999999996 5530122.6, 412325.23000000045 5530116.82, 412325.61000000034 5530117.01, 412370.0700000003</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6012-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6012-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-067" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6012-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-067" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6012-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6012-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6012-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108894</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.25025285491</v>
+        <v>46071.47540007169</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>