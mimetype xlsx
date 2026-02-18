--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6009-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((369234.71999999974 5533194.83, 369206.2400000002 5533313.220000001, 369205.04000000004 5533318.210000001, 369202.1299999999 5533330.300000001, 369201.75 5533331.890000001, 369191.8799999999 5533372.9, 369180.95999999996 5533418.23, 369175.70999999996 5533440.039999999, 369228.86000000034 5533478.35, 369241.76999999955 5533487.65, 369268.0800000001 5533506.609999999, 369350.86000000034 5533514.27, 369399.0800000001 5533518.76, 369400.4199999999 5533518.890000001, 369405.2599999998 5533519.35, 369445.73000000045 5533510.369999999, 369464.3099999996 5533506.24, 369477.13999999966 5533503.4, 369543.8200000003 5533488.58, 369586.3799999999 5533479.109999999, 369623.8499999996 5533470.76, 369688.6799999997 5533456.33, 369727.86000000034 5533447.58, 369797.20999999996 5533432.09, 369809.41000000015 5533338.83, 369820.21999999974 5533254.58, 369771.08999999985 5533149.220000001, 369769.5 5533145.8100000005, 369767.71999999974 5533141.970000001, 369761.4199999999 5533128.460000001, 369735.66000000015 5533073.210000001, 369727.16000000015 5533054.949999999, 369725.54000000004 5533045.539999999, 369733.88999999966 5532970.109999999, 369734.4400000004 5532965.130000001, 369744.6799999997 5532962.34, 369769.54000000004 5532955.58, 369799.4299999997 5532947.449999999, 369824.7000000002 5532940.57, 369863.0700000003 5532930.130000001, 369868.8499999996 5532928.550000001, 369879.26999999955 5532932.119999999, 369965.28000000026 5532961.52, 369946.9400000004 5533027.41, 369948.8700000001 5533035.52, 369983.5499999998 5533056.550000001, 370084.3200000003 5533074.140000001, 370091.26999999955 5533075.35, 370096.5700000003 5533071.49, 370119.66000000015 5533054.67, 370120.45999999996 5532974.33, 370120.5599999996 5532966.49, 370122.6299999999 5532824.380000001, 370138.25 5532810.6899999995, 370118.4199999999 5532799.550000001, 370063.28000000026 5532768.58, 370025.48000000045 5532747.34, 369986.3700000001 5532725.4, 369991.71999999974 5532715.93, 370002.0800000001 5532697.6, 370016.3499999996 5532672.380000001, 370091.45999999996 5532718.25, 370109.58999999985 5532729.32, 370111.5499999998 5532725.93, 370174.5800000001 5532749.199999999, 370191.29000000004 5532755.380000001, 370195.0599999996 5532756.74, 370223.2400000002 5532696.970000001, 370268.7000000002 5532749.449999999, 370334.91000000015 5532770.789999999, 370336.0099999998 5532770.65, 370479.0499999998 5532753.300000001, 370508.6900000004 5532851.57, 370520.9900000002 5532892.33, 370531.95999999996 5532910.5, 370546.54000000004 5532925.529999999, 370562.95999999996 5532938.43, 370579.16000000015 5532945.92, 370585.4000000004 5532948.800000001, 370609.9500000002 5532956.140000001, 370659.3499999996 5532964.0600000005, 370666.38999999966 5532965.1899999995, 370667.4500000002 5532965.359999999, 370688.1299999999 5532965.5600000005, 370706.8499999996 5532960.42, 370734.1500000004 5532948.529999999, 370788.3099999996 5532921.34, 370803.26999999955 5532923.109999999, 370804.4500000002 5532919.220000001, 370804.5700000003 5532918.82, 370806.16000000015 5532913.529999999, 370807.88999999966 5532907.82, 370921.6299999999 5532859.369999999, 370920.6200000001 5532852.119999999, 370917.1299999999 5532838.460000001, 370907.4500000002 5532809.08, 370888.9900000002 5532779.390000001, 370875.45999999996 5532757.630000001, 370870 5532733.84, 370871.86000000034 5532694.4399999995, 370872.1299999999 5532692.43, 370869.8099999996 5532688.08, 370849.5800000001 5532650.210000001, 370847.0700000003 5532591.68, 370844.53000000026 5532532.289999999, 370840.78000000026 5532444.93, 370840.46999999974 5532440.48, 370821.3300000001 5532432.8100000005, 370782.6799999997 5532417.300000001, 370796.16000000015 5532398.02, 370810.9000000004 5532376.9399999995, 370830.4500000002 5532349.01, 370850.3300000001 5532320.609999999, 370871.2400000002 5532290.699999999, 370873.7400000002 5532287.43, 370865.8499999996 5532282.08, 370959.61000000034 5532186.08, 370974.78000000026 5532170.550000001, 370978.38999999966 5532166.880000001, 370930.5700000003 5532089.57, 370928.1699999999 5532082.26, 370924.01999999955 5532022.52, 370909.78000000026 5532019.82, 370879.96999999974 5532022.3100000005, 370861.8499999996 5532023.83, 370803.26999999955 5531986.42, 370777.4400000004 5531972.16, 370731.88999999966 5531947, 370706.70999999996 5531933.08, 370693.9199999999 5531926.02, 370682.4900000002 5531919.699999999, 370664.70999999996 5531909.880000001, 370635.1299999999 5531893.550000001, 370581.83999999985 5531864.109999999, 370576.36000000034 5531859.01, 370575.54000000004 5531857.550000001, 370560.28000000026 5531829.33, 370536.2400000002 5531784.9399999995, 370538.0700000003 5531781.029999999, 370561.8300000001 5531779.51, 370659.9400000004 5531773.1899999995, 370671.61000000034 5531772.4399999995, 370697.9299999997 5531770.76, 370716.33999999985 5531769.57, 370759.1699999999 5531766.83, 370773.8099999996 5531765.890000001, 370777.6699999999 5531765.640000001, 370781.1299999999 5531757.1, 370814.23000000045 5531675.32, 370822.3700000001 5531669.09, 370834.95999999996 5531667.73, 370844.83999999985 5531673.289999999, 370855.79000000004 5531697.1, 370858.9000000004 5531703.880000001, 370861.95999999996 5531710.529999999, 370871 5531722.41, 370897.04000000004 5531756.619999999, 370930.4900000002 5531800.57, 370940.4400000004 5531813.640000001, 370942.8099999996 5531816.77, 370946.46999999974 5531818.800000001, 371018.6799999997 5531859.15, 371105.9000000004 5531907.880000001, 371110.70999999996 5531910.57, 371334.78000000026 5531735.82, 371358.4500000002 5531456.390000001, 371353.6699999999 5531453.6899999995, 371361.5599999996 5531361.300000001, 371362.29000000004 5531352.699999999, 371363.7400000002 5531335.74, 371381.6699999999 5531308.68, 371401.7599999998 5531316.880000001, 371418.1699999999 5531308.220000001, 371444.9199999999 5531301.65, 371479.9299999997 5531295.24, 371526.79000000004 5531272.35, 371565.2400000002 5531264.300000001, 371595.7599999998 5531251.640000001, 371640.86000000034 5531158.789999999, 371564.7000000002 5531126.25, 371558.66000000015 5531118.99, 371565.83999999985 5531054.67, 371480.91000000015 5530976.529999999, 371327.66000000015 5530833.74, 371234.7000000002 5530742.01, 371142.6299999999 5530641.470000001, 371109.6799999997 5530607.57, 371113.9400000004 5530595.98, 371122.95999999996 5530555.74, 371148.5499999998 5530438.880000001, 371180.6200000001 5530358.800000001, 371226.9000000004 5530281.9, 371307.8099999996 5530197.4, 371358.5999999996 5530164.210000001, 371474.70999999996 5530118.779999999, 371799.4400000004 5529993.77, 372130.9199999999 5529866.42, 372201.6799999997 5529840.5600000005, 372227.48000000045 5529837.74, 372238.95999999996 5529837.800000001, 372269.63999999966 5529837.9, 372309.7400000002 5529843.42, 372326.1299999999 5529841.380000001, 372335.3300000001 5529837.59, 372356.08999999985 5529829.029999999, 372369.20999999996 5529828.1, 372482.54000000004 5529892.68, 372493.83999999985 5529897.869999999, 372585.5800000001 5529949.960000001, 372668.3300000001 5529997.039999999, 372692.63999999966 5530011.369999999, 372668.3300000001 5530052.6, 372703.48000000045 5530072.66, 372756.79000000004 5530103.09, 372779.48000000045 5530060.82, 372842.83999999985 5530094.83, 372919.5 5530140.25, 372987.9500000002 5530178.51, 373004.3799999999 5530188.65, 373046.2999999998 5530216.93, 373084.4500000002 5530247.210000001, 373116.48000000045 5530277.130000001, 373153.0099999998 5530313.220000001, 373216.8799999999 5530374.970000001, 373282.4199999999 5530438.5, 373345.3099999996 5530500.789999999, 373416.36000000034 5530569.210000001, 373463.16000000015 5530618.17, 373523.3200000003 5530676.49, 373555.5700000003 5530709.199999999, 373579.76999999955 5530736.6899999995, 373600.96999999974 5530766.539999999, 373618.1799999997 5530755.77, 373614.3700000001 5530739.380000001, 373621.8499999996 5530726.26, 373638.95999999996 5530717.75, 373725.6900000004 5530744.720000001, 373763.5999999996 5530760.4, 373784.4900000002 5530769.039999999, 373840.29000000004 5530791.76, 373923.9000000004 5530825.800000001, 374122.4900000002 5530909.59, 374169.6200000001 5530930.779999999, 374239.21999999974 5530958.93, 374261.9400000004 5530969.210000001, 374331.2599999998 5530997.779999999, 374401.4299999997 5531024.140000001, 374470.4299999997 5531053.220000001, 374486.5599999996 5531061.199999999, 374492.8300000001 5531064.300000001, 374510.71999999974 5531073.17, 374530.08999999985 5531082.76, 374603.36000000034 5531119, 374670.2400000002 5531171.449999999, 374701 5531195.59, 374703.0599999996 5531211.279999999, 374715.0599999996 5531217.59, 374721.1200000001 5531226.279999999, 374729.1500000004 5531229.3100000005, 374739.1900000004 5531233.09, 374750.9000000004 5531237.51, 374767.53000000026 5531241.8100000005, 374781.73000000045 5531243.82, 374798.20999999996 5531243.220000001, 374808.01999999955 5531240.279999999, 374811.3099999996 5531239.41, 374824.5800000001 5531230.4399999995, 374846.5999999996 5531245.66, 374888.8200000003 5531271.52, 374993.88999999966 5531337.93, 375009.9000000004 5531350.09, 375053.4500000002 5531383.140000001, 375117.54000000004 5531422.5, 375175.66000000015 5531469.5, 375181.2999999998 5531473.25, 375174.36000000034 5531477.800000001, 375155.4000000004 5531491.32, 375130.6500000004 5531511.75, 375122.9400000004 5531519.17, 375121.5 5531520.5600000005, 375115.2000000002 5531526.67, 375110.13999999966 5531532.539999999, 375103.9400000004 5531539.98, 375095.73000000045 5531550.75, 375083.7599999998 5531567.68, 375082.6699999999 5531569.42, 375072.1699999999 5531586.43, 375054.71999999974 5531618.41, 375047.7400000002 5531634.84, 375044.13999999966 5531644.01, 375043.61000000034 5531646.98, 375043.5099999998 5531647.5, 375038.8200000003 5531673.529999999, 375035.8700000001 5531706.6899999995, 375037.13999999966 5531759.17, 375029.7400000002 5531761.890000001, 375019.3200000003 5531762.76, 375000.26999999955 5531766.65, 374975.6200000001 5531768.970000001, 374952.08999999985 5531773.91, 374950.13999999966 5531774.32, 374924.26999999955 5531779.52, 374923.0499999998 5531754.460000001, 374922.8799999999 5531751.18, 374830.6299999999 5531731.15, 374812.6500000004 5531727.25, 374731.04000000004 5531709.5, 374661 5531694.25, 374590.2000000002 5531678.83, 374422.71999999974 5531574.9, 374377.3799999999 5531763.49, 374359.9299999997 5531834.220000001, 374341.0700000003 5531911.109999999, 374339.54000000004 5531917.140000001, 374306.86000000034 5532045.720000001, 374303.5999999996 5532058.52, 374284.5700000003 5532122.1899999995, 374274.2000000002 5532120.57, 374274.16000000015 5532120.49, 374258.1799999997 5532089.26, 374240.9900000002 5532060.5, 374223.5999999996 5532036.119999999, 374202.3799999999 5532009.83, 374187.3200000003 5531992.609999999, 374130.4500000002 5531929.220000001, 374117.0800000001 5531941.369999999, 374099.9299999997 5531959.02, 374091.53000000026 5531976.949999999, 374025.3200000003 5532024.25, 373997.8700000001 5532030.24, 373955.21999999974 5532055.74, 373956.76999999955 5531964.4399999995, 373942.1500000004 5531965.34, 373917.96999999974 5531971.859999999, 373886.38999999966 5531989.380000001, 373821.9299999997 5531865.470000001, 373816.76999999955 5531855.76, 373816.0599999996 5531854.539999999, 373813.9199999999 5531850.449999999, 373813.0099999998 5531848.699999999, 373741.4299999997 5531892.58, 373809.76999999955 5532020.1899999995, 373782.98000000045 5532034.619999999, 373815.03000000026 5532088.289999999, 373843.51999999955 5532134.4399999995, 373799.6299999999 5532162.720000001, 373884.08999999985 5532347.92, 373825.0999999996 5532398.8100000005, 373886.2599999998 5532495.41, 373949.4400000004 5532595.68, 373951.3300000001 5532598.68, 374088.20999999996 5532814.67, 374276.5 5533111.789999999, 374287.0599999996 5533107.050000001, 374334.79000000004 5533172.699999999, 374335.96999999974 5533174.33, 374336.4400000004 5533178.4399999995, 374384.6699999999 5533246.380000001, 374389.96999999974 5533257.15, 374394.08999999985 5533255.99, 374404.16000000015 5533271.48, 374441.0999999996 5533330.039999999, 374492.86000000034 5533408.15, 374536.28000000026 5533467.869999999, 374572.3200000003 5533526.140000001, 374627.46999999974 5533616.32, 374625.51999999955 5533618.68, 374549.0700000003 5533652.41, 374545.7999999998 5533660.25, 374429.4199999999 5533713.609999999, 374428.4900000002 5533713.859999999, 374398.9299999997 5533720.970000001, 374340.8799999999 5533809.880000001, 374331.7999999998 5533823.789999999, 374396.5099999998 5533928.220000001, 374401.6500000004 5533936.76, 374406.1699999999 5533933.73, 374512.6799999997 5533865.699999999, 374631.95999999996 5533786.529999999, 374702.08999999985 5533738.74, 374713.04000000004 5533743.699999999, 374739.5099999998 5533785.26, 374768.0800000001 5533827.300000001, 374785.4900000002 5533851.5, 374783.5499999998 5533862.539999999, 374786.6500000004 5533866.32, 374796.95999999996 5533858.42, 374814.83999999985 5533883.779999999, 374851.6699999999 5533939.17, 374892.53000000026 5534000.800000001, 374930.2999999998 5534057.76, 374957.6799999997 5534104.49, 375006.4500000002 5534173.529999999, 375008.2599999998 5534176.09, 375049.61000000034 5534236.210000001, 375087.4900000002 5534291.369999999, 375114.6799999997 5534331.58, 375143.4299999997 5534377.460000001, 375174.45999999996 5534421.880000001, 375191.7999999998 5534446.4, 375223.4900000002 5534494.789999999, 375257.5499999998 5534546.8100000005, 375296.78000000026 5534603.92, 375305.0800000001 5534616, 375150.9900000002 5534788.57, 375117.3700000001 5534789, 375106.54000000004 5534795.9, 374998.16000000015 5534845.5600000005, 374868.6299999999 5534910.52, 374785.3799999999 5534998.42, 374709.5499999998 5535072.1899999995, 374628.2400000002 5535121.220000001, 374598.3200000003 5535154.99, 374582.3300000001 5535179.869999999, 374666.4500000002 5535301.029999999, 374665.66000000015 5535306.800000001, 374532.8700000001 5535417.3100000005, 374468.28000000026 5535471.0600000005, 374340.25 5535438.58, 374230.3300000001 5535427.609999999, 374214.9400000004 5535422.210000001, 374211.23000000045 5535429.380000001, 374127.1799999997 5535404.859999999, 374095.48000000045 5535390.99, 374088.9400000004 5535387.32, 374078.36000000034 5535415.01, 374052.51999999955 5535446.619999999, 374045.63999999966 5535452.050000001, 374012.58999999985 5535471.4, 374006.61000000034 5535475.4399999995, 374003.4199999999 5535481.550000001, 373996.25 5535498.640000001, 373994.23000000045 5535533.93, 373981.08999999985 5535566.43, 373963.6200000001 5535503.25, 373935.71999999974 5535426.52, 373906.5700000003 5535346.380000001, 373897.6500000004 5535321.84, 373940.36000000034 5535289.16, 373971.83999999985 5535278.84, 374050.11000000034 5535270, 374056.98000000045 5535266.390000001, 374082.13999999966 5535263.449999999, 374132.8799999999 5535244.73, 374195.23000000045 5535221.15, 374226.7999999998 5535176.74, 374223.26999999955 5535173.0600000005, 374229.5499999998 5535153.65, 374218.2999999998 5535147.23, 374222.16000000015 5535141.35, 374224.58999999985 5535131.83, 374222.83999999985 5535130.68, 374194.04000000004 5535111.699999999, 374165.11000000034 5535092.640000001, 374161.20999999996 5535090.369999999, 374142.6699999999 5535127.220000001, 374106.36000000034 5535165.220000001, 374070.25 5535192.1, 374011.88999999966 5535216.119999999, 373958.53000000026 5535226.130000001, 373918.0700000003 5535236.0600000005, 373877.5 5535258.52, 373827.33999999985 5535301.84, 373770.46999999974 5535337.039999999, 373667.45999999996 5535369.02, 373627.3499999996 5535350.15, 373621.9199999999 5535343.0600000005, 373612.3799999999 5535293.02, 373611.4400000004 5535260.029999999, 373613.0700000003 5535240.859999999, 373615.5700000003 5535231.710000001, 373627.5800000001 5535208.220000001, 373632.63999999966 5535180.5600000005, 373647.29000000004 5535188.59, 373651.04000000004 5535167.619999999, 373655.6500000004 5535127.18, 373652.29000000004 5535118.76, 373599.3099999996 5535053.02, 373605.8499999996 5535014.32, 373677.58999999985 5535003.24, 373692.88999999966 5535000.880000001, 373736.0499999998 5534990.24, 373771.1799999997 5534979.710000001, 373881.2000000002 5534940.4, 373908.4900000002 5534910.58, 373983.58999999985 5534821.74, 374065.3700000001 5534755.74, 374201.41000000015 5534645.99, 374299.4500000002 5534575.67, 374308.29000000004 5534574.23, 374454.2599999998 5534618.859999999, 374471.9400000004 5534624.25, 374474.5099999998 5534616.32, 374510.04000000004 5534582.4, 374530.4199999999 5534562.949999999, 374563.86000000034 5534527.880000001, 374585.6299999999 5534478.67, 374569.73000000045 5534468.289999999, 374491.4199999999 5534417.1899999995, 374487.96999999974 5534414.9399999995, 374395.53000000026 5534354.58, 374383.5700000003 5534256.48, 374380.1200000001 5534228.17, 374374.9299999997 5534168.050000001, 374397.29000000004 5534150.8100000005, 374419.1699999999 5534133.93, 374416.21999999974 5534129.91, 374408.6699999999 5534129.24, 374334.1200000001 5534052.710000001, 374329.5499999998 5534045.93, 374308.51999999955 5533999.17, 374302.6900000004 5533990.57, 374262.79000000004 5534017.09, 374251.5 5534023.49, 374240.0599999996 5534027.85, 374211.6699999999 5534033.199999999, 374129.71999999974 5534044.550000001, 374089.41000000015 5534049.59, 374024.8700000001 5534052.66, 373911.6699999999 5534057.93, 373844.6299999999 5534063.039999999, 373840.7599999998 5534063.32, 373817.6799999997 5534071.359999999, 373785.16000000015 5534088.74, 373610.21999999974 5534187.75, 373584.6900000004 5534202.130000001, 373538.4299999997 5534228.1899999995, 373479.2999999998 5534261.5, 373473.41000000015 5534265.49, 373420.0499999998 5534241.91, 373390.9000000004 5534222.02, 373377.08999999985 5534209.59, 373329.4199999999 5534151.32, 373322.5599999996 5534150.84, 373299.96999999974 5534171.539999999, 373253.8300000001 5534096.949999999, 373251.1699999999 5534092.539999999, 373260.6500000004 5534089.710000001, 373313.26999999955 5534074.02, 373317.01999999955 5534072.9, 373299.5 5534027.609999999, 373284.96999999974 5533990.07, 373324.54000000004 5533942.43, 373350.5499999998 5533913.74, 373379.83999999985 5533877.220000001, 373387.3799999999 5533855.02, 373387.21999999974 5533833.800000001, 373382.75 5533807.1899999995, 373387.46999999974 5533785.92, 373392.3799999999 5533777.08, 373404.9199999999 5533764.6, 373418.8200000003 5533755.93, 373441.38999999966 5533745.210000001, 373454.54000000004 5533737.369999999, 373459.23000000045 5533730.640000001, 373460.53000000026 5533722.609999999, 373422.98000000045 5533563.01, 373390.9500000002 5533427.640000001, 373385.5099999998 5533426.08, 373311.4500000002 5533404.890000001, 373268.9299999997 5533399.98, 373171.3499999996 5533398.279999999, 373168.6699999999 5533408.17, 373155.1900000004 5533458.09, 373146.58999999985 5533394.779999999, 373145.1900000004 5533384.49, 373119.0700000003 5533370.710000001, 373118.5099999998 5533370.42, 373053.6500000004 5533336.359999999, 373040.2000000002 5533330.23, 373034 5533329.27, 373028.7000000002 5533328.4399999995, 372983.08999999985 5533402.859999999, 372977.16000000015 5533408.109999999, 372982.4000000004 5533413.279999999, 372989.98000000045 5533416.039999999, 372984.13999999966 5533418.17, 373008.03000000026 5533426.859999999, 373030.66000000015 5533455.33, 373001.46999999974 5533477.34, 372987.1200000001 5533475.32, 372985.9199999999 5533492.529999999, 372977.33999999985 5533484.23, 372949.16000000015 5533456.949999999, 372932.3300000001 5533462.359999999, 372933.4400000004 5533484.27, 372933.9000000004 5533493.27, 372937.9900000002 5533518.24, 372940.0800000001 5533527.380000001, 372924.1200000001 5533555.359999999, 372922.11000000034 5533556.630000001, 372912.28000000026 5533562.8100000005, 372901.88999999966 5533569.359999999, 372874.23000000045 5533576.26, 372849.79000000004 5533582.35, 372842.4400000004 5533584.18, 372832.71999999974 5533584.9399999995, 372819.63999999966 5533583.970000001, 372760.29000000004 5533579.58, 372690.2400000002 5533574.42, 372686.1699999999 5533574.119999999, 372620.76999999955 5533569.33, 372615.8300000001 5533568.970000001, 372612.95999999996 5533572.050000001, 372642.9000000004 5533642.07, 372627.1799999997 5533639.49, 372615.0800000001 5533644.279999999, 372612.25 5533646.67, 372554.0099999998 5533696.23, 372550.1200000001 5533696.82, 372547.29000000004 5533754.09, 372544.6500000004 5533807.4399999995, 372548.54000000004 5533807.970000001, 372588.0099999998 5533801.35, 372602.3799999999 5533709.65, 372611.7999999998 5533718.27, 372622.6900000004 5533725.390000001, 372644.11000000034 5533725.300000001, 372642.45999999996 5533735.539999999, 372640.26999999955 5533749.17, 372633.11000000034 5533793.77, 372630.16000000015 5533798.800000001, 372635.1200000001 5533802.050000001, 372640.76999999955 5533798.880000001, 372642.6699999999 5533797.8100000005, 372657.6699999999 5533797.609999999, 372664.1299999999 5533832.91, 372647.4400000004 5533849.300000001, 372635.70999999996 5533860.82, 372614.46999999974 5533884.300000001, 372608.51999999955 5533882.4399999995, 372588.8700000001 5533907.4399999995, 372567.5 5533934.640000001, 372555.75 5533956.84, 372563.5599999996 5533985.779999999, 372566.08999999985 5533995.16, 372588.8499999996 5534036.16, 372628.4199999999 5534086.289999999, 372684.95999999996 5534134.029999999, 372675.6699999999 5534207.65, 372674.66000000015 5534247.43, 372690.4199999999 5534281.9399999995, 372694.46999999974 5534287.960000001, 372694.5 5534288, 372699.0599999996 5534285.4, 372700.1699999999 5534281.5, 372750.5099999998 5534255.789999999, 372823.51999999955 5534229.699999999, 372883.54000000004 5534204.34, 372892.76999999955 5534201.15, 372951.45999999996 5534180.800000001, 372972.08999999985 5534173.65, 372958.61000000034 5534189.85, 372918.53000000026 5534238.01, 372912.38999999966 5534245.380000001, 372875.8799999999 5534277.57, 372871.1699999999 5534285.869999999, 372853.6200000001 5534316.92, 372845.8499999996 5534342.99, 372862.4400000004 5534371.74, 372899.6699999999 5534408.050000001, 372859.5 5534387.109999999, 372820.6699999999 5534372.08, 372793.8099999996 5534370.08, 372777.86000000034 5534375.130000001, 372766.11000000034 5534384.140000001, 372756.4500000002 5534369.92, 372751.9400000004 5534373.07, 372750.1299999999 5534375.77, 372678.1900000004 5534364.460000001, 372594.9199999999 5534367.220000001, 372548.88999999966 5534364.210000001, 372517.78000000026 5534359.050000001, 372466.8700000001 5534329.1899999995, 372463.1500000004 5534334.08, 372458.98000000045 5534353.15, 372457.4500000002 5534360.140000001, 372453.51999999955 5534378.140000001, 372443.1200000001 5534425.77, 372412.3499999996 5534439.83, 372407.8099999996 5534441.91, 372421.70999999996 5534469.279999999, 372442.1299999999 5534508.91, 372444.0499999998 5534523.640000001, 372430.0999999996 5534539.27, 372413.29000000004 5534561.98, 372397.33999999985 5534583.51, 372383.23000000045 5534607.73, 372358.73000000045 5534647.289999999, 372358.1500000004 5534648.220000001, 372357.4000000004 5534649.52, 372341.0599999996 5534678.85, 372321.20999999996 5534709.5, 372319.9400000004 5534711.210000001, 372314.88999999966 5534718.57, 372300.63999999966 5534739.4, 372297.7999999998 5534743.52, 372327.9400000004 5534765.57, 372326.63999999966 5534769.3100000005, 372312.70999999996 5534809.4399999995, 372311.58999999985 5534812.66, 372296.3300000001 5534856.640000001, 372290.3499999996 5534918.25, 372288.6799999997 5534935.5, 372232.5700000003 5534924.699999999, 372194.29000000004 5534916.449999999, 372184.01999999955 5534958.65, 372183.6699999999 5534959.15, 372171.8200000003 5534976.49, 372170.53000000026 5534978.380000001, 372155.78000000026 5534999.970000001, 372180.9500000002 5535008.869999999, 372190.3099999996 5535009.93, 372205.5 5535011.65, 372217.1900000004 5535026.800000001, 372233.04000000004 5535048.6899999995, 372241.1200000001 5535059.859999999, 372244.0599999996 5535063.9, 372239.23000000045 5535070.48, 372233.7000000002 5535078.01, 372227.71999999974 5535086.16, 372219.5499999998 5535100.23, 372202.2000000002 5535114.67, 372198.6299999999 5535117.630000001, 372194.75 5535121.300000001, 372159.01999999955 5535155.08, 372138.71999999974 5535166.539999999, 372128.7000000002 5535172.18, 372068.0599999996 5535206.42, 372055.3700000001 5535211.35, 372040.8499999996 5535222.460000001, 372036.08999999985 5535226.119999999, 372008.73000000045 5535247.050000001, 372008.2599999998 5535246.800000001, 372005.83999999985 5535243.51, 371963.9299999997 5535289.99, 371959.8499999996 5535293.4399999995, 371927.26999999955 5535319.529999999, 371870.0800000001 5535349.369999999, 371843.36000000034 5535347.75, 371752.8200000003 5535351.380000001, 371588.1799999997 5535357.98, 371580.3099999996 5535317.98, 371535.5499999998 5535295.75, 371528.4299999997 5535292.199999999, 371470.96999999974 5535263.67, 371400.8099999996 5535279.09, 371366.70999999996 5535286.58, 371362.6500000004 5535281.359999999, 371395.1500000004 5535265.119999999, 371402.28000000026 5535261.5600000005, 371437.1799999997 5535225.460000001, 371409.1699999999 5535156.92, 371384.3700000001 5535160.859999999, 371368.29000000004 5535165.720000001, 371334.6500000004 5535180.84, 371327.3099999996 5535184.15, 371319.3700000001 5535151.18, 371315.88999999966 5535144.460000001, 371305.26999999955 5535123.98, 371287.4400000004 5535110.73, 371279.0099999998 5535133.25, 371247.8799999999 5535117.789999999, 371222.48000000045 5535105.609999999, 371083.8200000003 5535039.119999999, 371039.5499999998 5535032.41, 371027.3799999999 5535047.539999999, 371032.36000000034 5535076.58, 371025.6500000004 5535153.970000001, 370945.6299999999 5535158.039999999, 370854.53000000026 5535162.66, 370870.0099999998 5535197.4399999995, 370907.95999999996 5535250.6899999995, 370916.51999999955 5535279.359999999, 370909.6900000004 5535285.42, 370893.13999999966 5535283, 370887.9500000002 5535286.76, 370866.6500000004 5535302.17, 370835.28000000026 5535324.890000001, 370829.70999999996 5535328.92, 370808.5 5535308.039999999, 370800.20999999996 5535250.51, 370795.16000000015 5535215.449999999, 370740.8799999999 5535183.66, 370641.73000000045 5535125.6, 370634.29000000004 5535121.300000001, 370618.36000000034 5535112.109999999, 370619.5099999998 5535102.67, 370632.1200000001 5535095.07, 370656.4400000004 5535102.25, 370681.04000000004 5535109.51, 370712.1299999999 5535115.9, 370710.1299999999 5535111.0600000005, 370646.21999999974 5535039.890000001, 370624.0099999998 5535029.029999999, 370583.6699999999 5535009.289999999, 370518.9400000004 5534983.029999999, 370531.21999999974 5535001.92, 370530.0800000001 5535010.33, 370523.63999999966 5535016.99, 370533.6200000001 5535034.0600000005, 370515.8499999996 5535043.6899999995, 370514.0700000003 5535050.550000001, 370524.9299999997 5535052.6899999995, 370527.45999999996 5535061.119999999, 370505.8700000001 5535068.039999999, 370496.53000000026 5535100.43, 370527.58999999985 5535149.59, 370533.20999999996 5535155.140000001, 370565.61000000034 5535187.08, 370570.0800000001 5535181.619999999, 370649.46999999974 5535252.41, 370678.7599999998 5535294.9399999995, 370667.3499999996 5535314.16, 370676.6900000004 5535328.93, 370677.8499999996 5535329.93, 370802.20999999996 5535436.390000001, 370800.86000000034 5535441.68, 370795.9000000004 5535461.09, 370799.1500000004 5535505.529999999, 370827.6699999999 5535778.390000001, 370744.5700000003 5535823.720000001, 370728.0499999998 5535830.16, 370697.9900000002 5535842.289999999, 370668.9900000002 5535856.34, 370640.79000000004 5535871.92, 370614.95999999996 5535888.07, 370610.5999999996 5535893.199999999, 370599.3300000001 5535906.4399999995, 370597.88999999966 5535911.869999999, 370591.0800000001 5535937.34, 370589.6299999999 5535946.02, 370586.0999999996 5535967.09, 370571.8499999996 5536010.8100000005, 370563.4199999999 5536031.27, 370550.4500000002 5536051.42, 370537.2999999998 5536065.48, 370523.5599999996 5536076.23, 370508.51999999955 5536085.380000001, 370494.45999999996 5536091.380000001, 370461.4900000002 5536094.9399999995, 370409.41000000015 5536095.890000001, 370372.79000000004 5536097.779999999, 370331.7400000002 5536103.619999999, 370306.48000000045 5536110.52, 370288.83999999985 5536116, 370279.46999999974 5536118.93, 370262.5700000003 5536125.02, 370247.20999999996 5536130.5600000005, 370233.75 5536135.41, 370198.98000000045 5536147.9399999995, 370167.79000000004 5536163.140000001, 370144.70999999996 5536176.5600000005, 370124.63999999966 5536190.640000001, 370100.83999999985 5536211.449999999, 370086.61000000034 5536226.140000001, 370070.79000000004 5536244.91, 370033.53000000026 5536283.220000001, 370012.5700000003 5536301.07, 369985.5999999996 5536319.16, 369961 5536332.279999999, 369956.7599999998 5536334.08, 369941.11000000034 5536212.99, 369957.23000000045 5536207.68, 369928.3300000001 5536144.6, 369888.08999999985 5536134.710000001, 369877.2999999998 5536132.0600000005, 369857.4400000004 5536127.18, 369819.38999999966 5536138.789999999, 369801.6799999997 5536147.6, 369778.66000000015 5536159.0600000005, 369776.2599999998 5536164.880000001, 369737.0499999998 5536104.140000001, 369737.8499999996 5536053.140000001, 369737.8799999999 5536051.369999999, 369739.5499999998 5536015.6899999995, 369716.23000000045 5536021.300000001, 369696.2400000002 5536026.15, 369700.3200000003 5536007.970000001, 369688.51999999955 5535999.369999999, 369678.4500000002 5535992.029999999, 369674.6500000004 5535989.27, 369652.2000000002 5535977.050000001, 369638.73000000045 5535969.710000001, 369615.70999999996 5535957.18, 369593.83999999985 5535945.27, 369574.7599999998 5535934.890000001, 369555.9900000002 5535924.67, 369558.45999999996 5535920.470000001, 369549.7999999998 5535912.859999999, 369539.5 5535903.8100000005, 369524.3700000001 5535890.5, 369509.1799999997 5535881.49, 369535.3099999996 5535827.85, 369515.2400000002 5535827.34, 369501.04000000004 5535826.99, 369488.7400000002 5535826.6899999995, 369486.3300000001 5535826.630000001, 369489.3700000001 5535820.390000001, 369490.20999999996 5535810.5, 369490.9400000004 5535801.789999999, 369491.5099999998 5535795.16, 369492.0599999996 5535788.65, 369489.46999999974 5535788.84, 369471.1699999999 5535790.16, 369471.4299999997 5535777.33, 369456.6699999999 5535777.300000001, 369443.03000000026 5535777.279999999, 369464.1799999997 5535672.800000001, 369449.3200000003 5535663.1, 369446.38999999966 5535662.9, 369347.0099999998 5535656.0600000005, 369310.9900000002 5535653.58, 369309.8799999999 5535651.43, 369280.6500000004 5535664.4, 369270.86000000034 5535671.9399999995, 369255.21999999974 5535674.85, 369184.7599999998 5535681.76, 369143.1799999997 5535704.73, 369135.46999999974 5535689.5, 369055.38999999966 5535613.01, 369033.9500000002 5535597.09, 369014.48000000045 5535582.630000001, 368981.5599999996 5535565.130000001, 368961.2599999998 5535554.35, 368933.5499999998 5535531.42, 368918.4900000002 5535525.73, 368913.98000000045 5535524.029999999, 368910.88999999966 5535517.85, 368908.5700000003 5535513.210000001, 368906.2000000002 5535508.48, 368903.86000000034 5535503.8100000005, 368901.5700000003 5535499.25, 368899.1200000001 5535494.33, 368896.70999999996 5535489.550000001, 368894.28000000026 5535484.66, 368893.4400000004 5535482.99, 368891.0700000003 5535480.859999999, 368887.0599999996 5535477.23, 368883.51999999955 5535474.02, 368879.6299999999 5535470.49, 368875.7599999998 5535466.98, 368872.01999999955 5535463.59, 368868.04000000004 5535459.99, 368864.2999999998 5535456.609999999, 368860.33999999985 5535453.01, 368856.6699999999 5535449.6899999995, 368852.75 5535446.140000001, 368848.73000000045 5535442.49, 368844.63999999966 5535438.789999999, 368839.7999999998 5535434.41, 368835.1299999999 5535430.17, 368832.8099999996 5535428.07, 368831.95999999996 5535427.300000001, 368830.0499999998 5535426.550000001, 368824.0099999998 5535424.210000001, 368818.3799999999 5535422, 368812.1200000001 5535419.5600000005, 368806.3799999999 5535417.32, 368800.76999999955 5535415.119999999, 368794.8200000003 5535412.800000001, 368788.70999999996 5535410.42, 368783.4000000004 5535408.35, 368777.6699999999 5535406.1, 368771.6900000004 5535403.76, 368766.0999999996 5535401.59, 368760.3499999996 5535399.34, 368752.9299999997 5535396.4399999995, 368750.8300000001 5535395.619999999, 368746.41000000015 5535395.710000001, 368746.04000000004 5535395.720000001, 368728.5800000001 5535396.07, 368718.86000000034 5535396.26, 368709.3300000001 5535396.449999999, 368701.8200000003 5535396.6, 368699.48000000045 5535397.199999999, 368689.9400000004 5535399.640000001, 368680.3499999996 5535402.1, 368671.13999999966 5535404.460000001, 368655.4900000002 5535408.470000001, 368668.480000000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6009-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6009-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6009-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6009-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-064" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6009-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6009-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6009-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-064" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6009-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6009-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6009-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108891</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.25025139287</v>
+        <v>46071.47542914328</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>