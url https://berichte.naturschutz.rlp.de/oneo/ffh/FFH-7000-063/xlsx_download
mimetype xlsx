--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6008-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((363669.71999999974 5530349.699999999, 363669.6699999999 5530349.800000001, 363664.63999999966 5530352.960000001, 363656.6500000004 5530356.140000001, 363639.9500000002 5530352.9, 363628.5 5530346.1899999995, 363599.1500000004 5530337.02, 363596.46999999974 5530332.9, 363593.3099999996 5530321.33, 363589.8200000003 5530312.970000001, 363587.70999999996 5530307.93, 363579.1500000004 5530296.32, 363568.78000000026 5530288.699999999, 363557.6900000004 5530284.710000001, 363546.1299999999 5530280, 363542.6299999999 5530269.640000001, 363537.20999999996 5530257.67, 363516.21999999974 5530228.84, 363514.48000000045 5530227.449999999, 363511.2000000002 5530224.82, 363407.16000000015 5530141.49, 363395.66000000015 5530134.52, 363390.29000000004 5530131.26, 363384.3300000001 5530128.43, 363383.23000000045 5530127.9, 363378.9400000004 5530128.710000001, 363373.3499999996 5530132.619999999, 363371.5800000001 5530135.539999999, 363362.26999999955 5530150.869999999, 363357.29000000004 5530154.949999999, 363302.0999999996 5530148.65, 363277.20999999996 5530145.8100000005, 363271.16000000015 5530136.380000001, 363263.3700000001 5530124.210000001, 363256.1699999999 5530112.99, 363249.28000000026 5530102.23, 363235.9900000002 5530081.48, 363224.3099999996 5530063.26, 363218.61000000034 5530054.359999999, 363213.23000000045 5530045.970000001, 363202.5700000003 5530029.35, 363191.9299999997 5530012.73, 363183.9900000002 5530000.34, 363176.3099999996 5529988.369999999, 363166.6799999997 5529973.34, 363157.08999999985 5529958.380000001, 363146.8200000003 5529942.8100000005, 363102.08999999985 5529881.74, 363032.2999999998 5529828.5600000005, 362997.1200000001 5529822.8100000005, 362995.1500000004 5529825.91, 362938.70999999996 5529915.01, 362936.6200000001 5529918.33, 362937.58999999985 5529920.0600000005, 362867.5499999998 5529957.84, 362860.4000000004 5529987.25, 362870.1799999997 5530004.220000001, 362831.0700000003 5530028.98, 362827.8099999996 5530031.18, 362838.1500000004 5530047.9399999995, 362848.7000000002 5530065.630000001, 362858.98000000045 5530082.869999999, 362879.2999999998 5530116.98, 362887.8200000003 5530315.09, 362887.73000000045 5530323.279999999, 362876.4000000004 5530338.41, 362843.5999999996 5530369.960000001, 362811.48000000045 5530393.6899999995, 362802.7999999998 5530404.67, 362784.25 5530424.4399999995, 362756.8799999999 5530481.3100000005, 362429.0599999996 5530477.9399999995, 362429.0700000003 5530478.15, 362264.3200000003 5530483.9399999995, 362267.86000000034 5530478.85, 362274.41000000015 5530469.42, 362279 5530462.789999999, 362271.78000000026 5530455.85, 362264.2599999998 5530448.619999999, 362235.3799999999 5530445.800000001, 362217.3799999999 5530445.130000001, 362195.20999999996 5530445.91, 362168.98000000045 5530445.23, 362168.91000000015 5530434.82, 362145.45999999996 5530435.720000001, 362144.25 5530434.33, 362140.9900000002 5530422.41, 362125.0800000001 5530423.83, 362106.01999999955 5530425.529999999, 362104.4900000002 5530416.99, 362092.51999999955 5530413.83, 362074.6699999999 5530417.1899999995, 362072.5499999998 5530417.6, 362071.4199999999 5530413.050000001, 362069.46999999974 5530397.98, 362073.28000000026 5530382.01, 362077.16000000015 5530367.869999999, 362081.6299999999 5530329.5600000005, 362092.7599999998 5530321.800000001, 362085.2000000002 5530319.630000001, 362077.38999999966 5530317.380000001, 362074.03000000026 5530311.74, 362072.48000000045 5530307.18, 362074.98000000045 5530298.98, 362067.70999999996 5530299.279999999, 362060.61000000034 5530292.359999999, 362056.8200000003 5530288.0600000005, 362044.01999999955 5530303.0600000005, 362033.8300000001 5530327.92, 362021.51999999955 5530350.039999999, 362012.9199999999 5530373.289999999, 362003.63999999966 5530407.26, 362003.4400000004 5530408, 362002.66000000015 5530407.18, 361995.23000000045 5530399.380000001, 361974.20999999996 5530377.3100000005, 361946.4500000002 5530348.18, 361927.0999999996 5530328.6899999995, 361908.9000000004 5530308.41, 361894.1799999997 5530292.02, 361878.9500000002 5530275.050000001, 361876.8300000001 5530272.699999999, 361874.20999999996 5530269.960000001, 361864.7599999998 5530260.07, 361855.4299999997 5530250.34, 361849.0999999996 5530243.73, 361837.96999999974 5530232.09, 361836.28000000026 5530229.9, 361807.5999999996 5530192.58, 361804.21999999974 5530212.4, 361802.0800000001 5530225.01, 361797.75 5530223.3100000005, 361791.6500000004 5530247.16, 361787.0599999996 5530247.8100000005, 361773.0499999998 5530199.66, 361780.0499999998 5530177.210000001, 361804.5499999998 5530156.390000001, 361842.7400000002 5530138.51, 361906.7599999998 5530118.529999999, 361915.08999999985 5530115.92, 361958.26999999955 5530102.449999999, 361989.6299999999 5530087.48, 361997.51999999955 5530073.35, 362001.8499999996 5530059.93, 361998.2400000002 5530006.119999999, 362001.6699999999 5529968.6899999995, 362010.46999999974 5529948.359999999, 362052.16000000015 5529906.5600000005, 362041.88999999966 5529850.99, 362023.3499999996 5529825.07, 361947.3499999996 5529771.58, 361831.3300000001 5529614.300000001, 361794.0800000001 5529570.220000001, 361906.6200000001 5529482.640000001, 361909.9400000004 5529479.85, 361907.6500000004 5529469.470000001, 361904.6299999999 5529457.0600000005, 361903.5499999998 5529444.32, 361902.75 5529434.8100000005, 361904.7400000002 5529418.08, 361905.5499999998 5529413.01, 361908.3300000001 5529411.66, 361917.5700000003 5529406.9399999995, 361927.5800000001 5529401.82, 361940.5099999998 5529399.449999999, 361949.66000000015 5529405.050000001, 361950.2999999998 5529403.66, 361938.79000000004 5529390.98, 361937.01999999955 5529389.67, 361958.6200000001 5529371.48, 361964.46999999974 5529366.5600000005, 361957.4000000004 5529319.91, 361993.8499999996 5529277, 362013.7599999998 5529270.15, 362049.3099999996 5529306.800000001, 362081.3200000003 5529304.539999999, 362096.08999999985 5529326.9399999995, 362115.01999999955 5529321.83, 362159.1699999999 5529386.460000001, 362187.0800000001 5529405.82, 362216.58999999985 5529424.26, 362285.9199999999 5529427.51, 362291.0099999998 5529423.41, 362300.46999999974 5529377.039999999, 362339.01999999955 5529312.26, 362455.6900000004 5529249.77, 362478.9500000002 5529240.99, 362519.20999999996 5529234.68, 362526.54000000004 5529234.08, 362542.03000000026 5529232.25, 362693.75 5529262.32, 362775.23000000045 5529288.220000001, 362804.71999999974 5529294.460000001, 362872.13999999966 5529327.1, 362913.33999999985 5529335.24, 362959.3300000001 5529363.539999999, 362996.0599999996 5529388.949999999, 363080.0599999996 5529422.970000001, 363152.88999999966 5529457.859999999, 363162.20999999996 5529465.539999999, 363131.08999999985 5529594.199999999, 363122.53000000026 5529624.32, 363121.0499999998 5529629.48, 363118.98000000045 5529636.77, 363119.1799999997 5529636.77, 363134.8200000003 5529639.6, 363164.46999999974 5529654.720000001, 363219.5999999996 5529668.67, 363300.78000000026 5529679.25, 363327.2400000002 5529685.279999999, 363383.6799999997 5529677.35, 363398.29000000004 5529676.16, 363411.53000000026 5529672.800000001, 363424.0599999996 5529669.6, 363480.25 5529643.5, 363476.5800000001 5529638.74, 363462.6699999999 5529623.4, 363461.21999999974 5529619.789999999, 363460.61000000034 5529618.369999999, 363457.79000000004 5529610.619999999, 363460.1299999999 5529601.34, 363460.28000000026 5529590.57, 363458.73000000045 5529578.220000001, 363454.1299999999 5529562.210000001, 363447.79000000004 5529541.359999999, 363438.53000000026 5529520.880000001, 363429.5800000001 5529500.16, 363418.23000000045 5529477.720000001, 363410.2999999998 5529460.699999999, 363400.76999999955 5529439.619999999, 363398.79000000004 5529436.84, 363411.91000000015 5529443.98, 363436.16000000015 5529462.52, 363452.11000000034 5529473.390000001, 363466.3499999996 5529479.32, 363479.70999999996 5529481.789999999, 363488.6200000001 5529479.43, 363499.6200000001 5529472.98, 363519.46999999974 5529456.68, 363519.20999999996 5529362.640000001, 363528.78000000026 5529164.640000001, 363581.8200000003 5529077.470000001, 363592.48000000045 5529056.529999999, 363679.5999999996 5529070.550000001, 363707.9400000004 5529041.4, 363717.7599999998 5529030.5, 363722.11000000034 5529020.32, 363717.16000000015 5529003.01, 363683.8300000001 5528920.300000001, 363666.3799999999 5528871.970000001, 363658.2400000002 5528849.779999999, 363656.0700000003 5528826.85, 363655.75 5528806.359999999, 363661.54000000004 5528788.609999999, 363655.6299999999 5528759.83, 363640.63999999966 5528728.92, 363604.4400000004 5528683.15, 363601.9000000004 5528679.9399999995, 363580.8700000001 5528648.27, 363541.6900000004 5528606.8100000005, 363510.5800000001 5528579.539999999, 363470.5599999996 5528554.630000001, 363410.95999999996 5528515.5, 363350.96999999974 5528472.880000001, 363280.6299999999 5528414.609999999, 363308.8099999996 5528376.48, 363310.9000000004 5528368.869999999, 363318.78000000026 5528340.130000001, 363435.41000000015 5528400.039999999, 363469.0700000003 5528344.33, 363485.16000000015 5528337.68, 363520.95999999996 5528299.67, 363589.2599999998 5528227.15, 363592.5599999996 5528223.640000001, 363589.1799999997 5528221.01, 363598.04000000004 5528211.43, 363632.3099999996 5528236.300000001, 363637.11000000034 5528230.74, 363622.23000000045 5528158.83, 363631.9299999997 5528148.1899999995, 363637.6299999999 5528159.51, 363678.8499999996 5528218.619999999, 363705.9299999997 5528199.26, 363747.86000000034 5528169.26, 363754.95999999996 5528167.949999999, 363801.4299999997 5528180.92, 363805.70999999996 5528182.109999999, 363800.29000000004 5528026.720000001, 363799.1500000004 5527994.119999999, 363784.4199999999 5527937.119999999, 363787.95999999996 5527908.83, 363790.9000000004 5527905.8100000005, 363839.9900000002 5527899.17, 363847.46999999974 5527878.0600000005, 363848.0499999998 5527876.390000001, 363877.41000000015 5527879.210000001, 363902.61000000034 5527867.289999999, 363931.8300000001 5527898.869999999, 363933.79000000004 5527896.369999999, 363979.6500000004 5527837.710000001, 363982.0999999996 5527834.5600000005, 363992.54000000004 5527821.210000001, 363996.21999999974 5527775.01, 363999.11000000034 5527738.77, 364002.3300000001 5527726.66, 363999.0800000001 5527721.08, 363996.75 5527712.5600000005, 363992.7999999998 5527697.970000001, 363988.88999999966 5527683.59, 363984.9299999997 5527669.02, 363977.0099999998 5527639.800000001, 363971.4900000002 5527619.52, 363957.63999999966 5527582.619999999, 363940.0800000001 5527535.85, 363935.46999999974 5527523.619999999, 363934.04000000004 5527519.789999999, 363930.6699999999 5527509.779999999, 363926.6900000004 5527498.029999999, 363927.53000000026 5527462.390000001, 363937.86000000034 5527445.43, 363944.9900000002 5527412.25, 363953.1299999999 5527374.34, 363960.78000000026 5527351.789999999, 363964.6200000001 5527347.57, 363969.1900000004 5527347.630000001, 363974.83999999985 5527353.18, 363979.7400000002 5527358, 363981.5599999996 5527359.890000001, 363996.4400000004 5527368.789999999, 364030.98000000045 5527365.01, 364040.5499999998 5527361.890000001, 364054.6500000004 5527343.460000001, 364062.58999999985 5527329.029999999, 364074.73000000045 5527293.49, 364079.45999999996 5527279.65, 364087.5499999998 5527225.67, 364100.5999999996 5527207.76, 364109.75 5527195.23, 364133.8200000003 5527160.68, 364134.48000000045 5527158.789999999, 364140.7400000002 5527141.01, 364146.11000000034 5527125.789999999, 364157.26999999955 5527094.1, 364157.91000000015 5527092.289999999, 364170.16000000015 5527068.949999999, 364172.79000000004 5527067.02, 364179.54000000004 5527062.07, 364186.70999999996 5527060.1899999995, 364214.9500000002 5527061.0600000005, 364224.91000000015 5527063.51, 364227.1500000004 5527064.5, 364239.2400000002 5527069.119999999, 364246.04000000004 5527074.460000001, 364263.0700000003 5527095.289999999, 364268.04000000004 5527116.65, 364269.5700000003 5527123.220000001, 364277.45999999996 5527157.15, 364279.6299999999 5527166.48, 364283.1699999999 5527184.720000001, 364285.8499999996 5527198.52, 364220.1299999999 5527262.380000001, 364214.63999999966 5527275.470000001, 364218.3799999999 5527284.470000001, 364231.0999999996 5527289.83, 364264.76999999955 5527293.699999999, 364266.26999999955 5527297.029999999, 364238.01999999955 5527306.65, 364193.96999999974 5527312.68, 364185.75 5527341.720000001, 364175.13999999966 5527379.09, 364226.95999999996 5527451.01, 364196.29000000004 5527472.460000001, 364201.8099999996 5527484.470000001, 364210.01999999955 5527502.33, 364219.51999999955 5527522.960000001, 364224.01999999955 5527530.18, 364241.4199999999 5527558.050000001, 364277.2599999998 5527621.15, 364294.5800000001 5527651.67, 364322.6900000004 5527701.210000001, 364351.1799999997 5527751.42, 364375.76999999955 5527864.0600000005, 364383.9400000004 5527885.359999999, 364399.04000000004 5527905.640000001, 364416.11000000034 5527924.449999999, 364422.53000000026 5527930.01, 364420.95999999996 5527931.130000001, 364337.70999999996 5527907.8100000005, 364333.8499999996 5527906.73, 364332.9000000004 5527910.609999999, 364328.4900000002 5527927.51, 364324.4199999999 5527943.130000001, 364318.6200000001 5527965.369999999, 364314.1799999997 5527982.380000001, 364311.6799999997 5527991.949999999, 364307 5528009.92, 364303.3300000001 5528023.960000001, 364298.6500000004 5528041.9, 364295.9900000002 5528052.08, 364295.1200000001 5528055.4399999995, 364294.0999999996 5528059.32, 364292.36000000034 5528066.01, 364290.79000000004 5528072.02, 364286.95999999996 5528086.68, 364286.5499999998 5528088.289999999, 364283.73000000045 5528099.09, 364272.3700000001 5528142.58, 364272.04000000004 5528144.99, 364268.9500000002 5528167.41, 364233.96999999974 5528160.33, 364219.03000000026 5528157.3100000005, 364224.9299999997 5528160.3100000005, 364213.63999999966 5528161.1, 364204.5800000001 5528163.48, 364200.1500000004 5528165.34, 364193.70999999996 5528168.0600000005, 364185.5499999998 5528173.369999999, 364184.75 5528173.890000001, 364178.5 5528181.15, 364178.2000000002 5528181.699999999, 364174.45999999996 5528188.5, 364172.9900000002 5528191.16, 364172.91000000015 5528191.66, 364171.13999999966 5528202.8100000005, 364160.95999999996 5528210.390000001, 364174.5999999996 5528237.859999999, 364183.8799999999 5528253.4399999995, 364193.83999999985 5528262.76, 364196.88999999966 5528264.109999999, 364211.79000000004 5528270.619999999, 364224.16000000015 5528274.65, 364239.0099999998 5528282.82, 364258.9199999999 5528296.57, 364271.1500000004 5528305.41, 364291.7999999998 5528321.76, 364304.16000000015 5528342.33, 364305.36000000034 5528344.32, 364305.86000000034 5528346.710000001, 364309.9400000004 5528365.859999999, 364312.2999999998 5528379.27, 364313.0700000003 5528386.51, 364313.5499999998 5528386.42, 364313.2599999998 5528388.279999999, 364311.20999999996 5528400.98, 364309.0700000003 5528407.859999999, 364307.46999999974 5528412.960000001, 364307.73000000045 5528413.789999999, 364308.5800000001 5528414.16, 364314.5700000003 5528420.609999999, 364309.45999999996 5528444.949999999, 364303.23000000045 5528462.390000001, 364297.1699999999 5528475.99, 364296.70999999996 5528476.76, 364303.5099999998 5528481.949999999, 364306.88999999966 5528484.52, 364295.3799999999 5528539.9399999995, 364303.23000000045 5528551.140000001, 364329.4400000004 5528588.539999999, 364342.48000000045 5528607.130000001, 364380.5700000003 5528609.300000001, 364397.5700000003 5528610.26, 364397.1699999999 5528614.83, 364396.28000000026 5528629.279999999, 364395.75 5528639.35, 364394.7000000002 5528656.5600000005, 364391.1699999999 5528660.34, 364359.3799999999 5528676.91, 364339.5 5528687.27, 364303.04000000004 5528687.3100000005, 364301.3499999996 5528687.3100000005, 364289.0800000001 5528685, 364270.73000000045 5528681.529999999, 364262.98000000045 5528681.23, 364255.6500000004 5528681.949999999, 364256 5528687.09, 364259.03000000026 5528690.23, 364249.4500000002 5528729.6, 364244.20999999996 5528751.15, 364232.53000000026 5528796.16, 364230.3200000003 5528807.99, 364231.95999999996 5528848.529999999, 364233.13999999966 5528877.720000001, 364235.1900000004 5528924.4, 364235.6900000004 5528937.4, 364236.0700000003 5528945.48, 364241.3700000001 5528953.67, 364232.8200000003 5528960.02, 364227.0499999998 5528957.699999999, 364221.1799999997 5528955.33, 364215.66000000015 5528953.109999999, 364210.5 5528951.029999999, 364177.5999999996 5528937.77, 364159.1200000001 5528930.3100000005, 364168.8799999999 5529002.66, 364178.9199999999 5529079.58, 364171.1299999999 5529080.07, 364169.70999999996 5529080.15, 364166.61000000034 5529080.27, 364161.2000000002 5529080.460000001, 364161.5800000001 5529084.6, 364161.8700000001 5529088.67, 364163.58999999985 5529112.5600000005, 364169.0499999998 5529188.26, 364168.66000000015 5529200.9, 364149.2400000002 5529279.380000001, 364151.5499999998 5529336.75, 364146.75 5529347.369999999, 364121.45999999996 5529384.4399999995, 364093.91000000015 5529409.609999999, 364091.13999999966 5529412.140000001, 364071.9000000004 5529429.699999999, 364031.61000000034 5529437.25, 363992.8799999999 5529434.369999999, 363988.86000000034 5529433.83, 363948.5599999996 5529437.970000001, 363899 5529462, 363877.01999999955 5529476.16, 363875.0800000001 5529487.710000001, 363886.70999999996 5529498.5, 363891.5099999998 5529513.9399999995, 363901.63999999966 5529546.58, 363899.4199999999 5529570.3100000005, 363883.63999999966 5529584.300000001, 363883.1900000004 5529584.27, 363881.28000000026 5529589.5, 363873.8200000003 5529635.59, 363910.36000000034 5529662.5, 363917.0800000001 5529667.4399999995, 363919.1200000001 5529673.91, 363904.88999999966 5529742.1899999995, 363903.1900000004 5529749.76, 363902.38999999966 5529753.59, 363897.41000000015 5529777.300000001, 363889.9000000004 5529792.02, 363888.16000000015 5529795.4399999995, 363857.5999999996 5529855.35, 363855.73000000045 5529858.869999999, 363853.8099999996 5529862.779999999, 363781.2000000002 5529894.880000001, 363716.6699999999 5529869.300000001, 363736.5599999996 5529911.49, 363745.3200000003 5529929.1, 363755.91000000015 5529950.43, 363758.0999999996 5529966.609999999, 363757.1500000004 5529986.74, 363754.2999999998 5530010.800000001, 363780.8700000001 5530012.130000001, 363782.7599999998 5530065.470000001, 363787.46999999974 5530089.300000001, 363793.7999999998 5530110.0600000005, 363803.9299999997 5530125.66, 363806.6299999999 5530143.0600000005, 363800.3499999996 5530154.82, 363784.33999999985 5530160.960000001, 363769 5530171.59, 363755.2999999998 5530191.65, 363750.11000000034 5530211.859999999, 363769.9199999999 5530238.09, 363776.61000000034 5530255.33, 363786.16000000015 5530268.949999999, 363808.5499999998 5530297.07, 363823.26999999955 5530333.5, 363833.1200000001 5530367.119999999, 363832.9199999999 5530393.15, 363792.2599999998 5530377.27, 363750.21999999974 5530364.449999999, 363723.2999999998 5530360.52, 363708.70999999996 5530358.609999999, 363688.03000000026 5530341.92, 363669.71999999974 5530349.699999999), (362139.7999999998 5530273.18, 362145.91000000015 5530278.109999999, 362215.46999999974 5530333.25, 362229.20999999996 5530316.35, 362236.1799999997 5530310.529999999, 362252.4299999997 5530301, 362275.79000000004 5530289.26, 362304.76999999955 5530279.23, 362346.9900000002 5530267.5600000005, 362389.11000000034 5530253.390000001, 362403.48000000045 5530227.0600000005, 362406.95999999996 5530221.91, 362384.38999999966 5530212.85, 362352.11000000034 5530187.41, 362319.1699999999 5530148.09, 362302.4000000004 5530159.33, 362291.11000000034 5530164.880000001, 362266.58999999985 5530171.34, 362258.5599999996 5530180.08, 362252.2999999998 5530188.98, 362229.0999999996 5530208.720000001, 362226.2599999998 5530211.130000001, 362212.9299999997 5530222.74, 362180.1500000004 5530243.25, 362176.4299999997 5530243.73, 362155.98000000045 5530260.75, 362139.8700000001 5530273.140000001, 362139.7999999998 5530273.18)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6008-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6008-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-063" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6008-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-063" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6008-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108890</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.73745761142</v>
+        <v>46071.47543490097</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>