--- v0 (2025-11-07)
+++ v1 (2026-02-18)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6008-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((365094.9500000002 5532670.17, 365083.6500000004 5532669.73, 365041.3799999999 5532671.619999999, 365035.58999999985 5532672.789999999, 365021.4000000004 5532675.630000001, 364986.3300000001 5532682.66, 364970.5099999998 5532683.5, 364923.36000000034 5532681.390000001, 364910.3799999999 5532680.8100000005, 364894.5099999998 5532680.710000001, 364884.2599999998 5532680.41, 364878.53000000026 5532680.24, 364842.6200000001 5532670.619999999, 364845.13999999966 5532666.0600000005, 364854.8200000003 5532649.550000001, 364860.79000000004 5532638.390000001, 364867.0099999998 5532626.789999999, 364892.76999999955 5532567.26, 364908.0999999996 5532568.050000001, 364919.04000000004 5532568.6, 364929.54000000004 5532543.539999999, 364925.5499999998 5532526.470000001, 364921.51999999955 5532509.25, 364899.79000000004 5532519.73, 364893.9199999999 5532482.4, 364883.78000000026 5532458.640000001, 364870.3099999996 5532437.359999999, 364868.4400000004 5532423.390000001, 364836.5700000003 5532344.34, 364826.54000000004 5532310.779999999, 364819.0599999996 5532299.66, 364829.3099999996 5532290.970000001, 364809.61000000034 5532269.57, 364804 5532275.369999999, 364799.79000000004 5532261.26, 364787.9199999999 5532243.77, 364762.11000000034 5532211.49, 364769.46999999974 5532211.710000001, 364772.54000000004 5532207.77, 364755.1900000004 5532186.35, 364740.8499999996 5532183.26, 364774.75 5532153.380000001, 364779.7400000002 5532149.609999999, 364793.4299999997 5532144.92, 364818.1200000001 5532141.25, 364832.08999999985 5532141.25, 364813.54000000004 5532135.050000001, 364797.7599999998 5532124.800000001, 364781.5800000001 5532116.359999999, 364764.95999999996 5532115.210000001, 364762.4299999997 5532118.83, 364763.16000000015 5532111.34, 364756.4199999999 5532111.6, 364747.6500000004 5532113.75, 364739.45999999996 5532115.77, 364722.76999999955 5532140.029999999, 364716.51999999955 5532158.800000001, 364715.83999999985 5532158.43, 364702.3799999999 5532151.43, 364696.48000000045 5532138.859999999, 364694.23000000045 5532134.039999999, 364691.29000000004 5532127.77, 364688.6799999997 5532122.210000001, 364686.3799999999 5532117.300000001, 364682.8799999999 5532109.84, 364680.9199999999 5532105.66, 364675.8799999999 5532094.91, 364673.3099999996 5532086.76, 364670.1900000004 5532076.880000001, 364668.58999999985 5532071.800000001, 364665.3499999996 5532061.539999999, 364663.1200000001 5532054.5, 364638.86000000034 5532057.15, 364624.11000000034 5532068.710000001, 364620.4199999999 5532073.48, 364614.79000000004 5532068.18, 364608.28000000026 5532076.449999999, 364593.8499999996 5532055.890000001, 364579.04000000004 5532034.800000001, 364569.26999999955 5532035.539999999, 364565.03000000026 5532036.4399999995, 364553.7000000002 5532038.85, 364552.36000000034 5532039.140000001, 364544.4299999997 5532043.43, 364527.3300000001 5532052.6899999995, 364519.28000000026 5532057.039999999, 364506.1699999999 5532045.050000001, 364540.66000000015 5532022.1, 364551.8700000001 5532018.050000001, 364540.33999999985 5531995.720000001, 364557.11000000034 5531987.3100000005, 364532.0499999998 5531954.699999999, 364506.66000000015 5531955.300000001, 364512.51999999955 5531943.300000001, 364509.1699999999 5531914.8100000005, 364507.46999999974 5531912.15, 364500.6699999999 5531901.5, 364497.29000000004 5531896.199999999, 364484.6900000004 5531883.779999999, 364456.96999999974 5531869.15, 364442.13999999966 5531861.279999999, 364431.3300000001 5531854.449999999, 364420.6500000004 5531847.720000001, 364415.3700000001 5531835.67, 364413.8300000001 5531823.91, 364414.46999999974 5531805.789999999, 364421.0700000003 5531777.289999999, 364421.6699999999 5531759.84, 364422.20999999996 5531744.220000001, 364422.66000000015 5531731.039999999, 364453.8099999996 5531742.609999999, 364463.7999999998 5531687.57, 364470.29000000004 5531690.66, 364480.7999999998 5531695.66, 364482.4299999997 5531696.4399999995, 364491.11000000034 5531700.57, 364500.54000000004 5531705.0600000005, 364502.95999999996 5531706.210000001, 364526.0499999998 5531676.15, 364535.28000000026 5531684.82, 364550.08999999985 5531665.76, 364564.45999999996 5531674.470000001, 364585.8099999996 5531671.0600000005, 364591.3300000001 5531667.67, 364600.76999999955 5531661.869999999, 364607.75 5531653.93, 364620.8799999999 5531639.01, 364629.5700000003 5531629.130000001, 364630.1200000001 5531626.74, 364636.6200000001 5531598.789999999, 364643.36000000034 5531569.75, 364655.9299999997 5531515.6, 364662.0599999996 5531478.49, 364664.1200000001 5531465.970000001, 364662.33999999985 5531454.66, 364657.0499999998 5531442.77, 364699.3300000001 5531449.869999999, 364722.6699999999 5531460.09, 364762.7000000002 5531491.51, 364809.5 5531529.65, 364845.75 5531554.210000001, 364871.0999999996 5531568.699999999, 364894.3499999996 5531580.779999999, 364901.20999999996 5531583.51, 364905.7000000002 5531583.33, 364908.0599999996 5531579.73, 364911.6900000004 5531545.57, 364913.0599999996 5531536.01, 364911.8700000001 5531525.050000001, 364905.3099999996 5531504.800000001, 364900.25 5531490.99, 364900.45999999996 5531477.48, 364900.16000000015 5531457.48, 364882.28000000026 5531448.1899999995, 364870.45999999996 5531434.16, 364861.20999999996 5531415.52, 364846.95999999996 5531384.57, 364838.33999999985 5531369.41, 364832.23000000045 5531354.140000001, 364829.7999999998 5531337.23, 364831.0700000003 5531312.67, 364833.25 5531280.99, 364832.7400000002 5531268.25, 364865.0099999998 5531251.609999999, 364886.11000000034 5531235.130000001, 364897.48000000045 5531223.039999999, 364916.3700000001 5531230.18, 364952.6900000004 5531174.34, 364957.9500000002 5531166.26, 364984.0999999996 5531151.140000001, 365010.5999999996 5531135.8100000005, 365004.3499999996 5531121.26, 365051.26999999955 5531110.859999999, 365066.98000000045 5531110.390000001, 365094.54000000004 5531115.35, 365110.7400000002 5531111.4, 365130.26999999955 5531116.720000001, 365181.0999999996 5531109.01, 365185.54000000004 5531135.73, 365197.03000000026 5531140.32, 365242.45999999996 5531120.41, 365237.16000000015 5531084.470000001, 365225.91000000015 5531087.99, 365218.88999999966 5531040.42, 365193.6200000001 5531027.77, 365171.98000000045 5530903.01, 365115.33999999985 5530901.43, 365124.33999999985 5530799.289999999, 365162.8099999996 5530725.699999999, 365163.6500000004 5530707.23, 365157.88999999966 5530664.76, 365158.03000000026 5530664.710000001, 365414.8200000003 5530555.859999999, 365414.9400000004 5530555.789999999, 365419.71999999974 5530573.279999999, 365427.5999999996 5530602.17, 365429.7000000002 5530609.859999999, 365417.7999999998 5530626.279999999, 365396.1200000001 5530656.1899999995, 365388.51999999955 5530666.67, 365382.9199999999 5530674.42, 365371.2999999998 5530691.449999999, 365357.4900000002 5530711.869999999, 365334.6799999997 5530745.5600000005, 365329.9400000004 5530752.460000001, 365337.61000000034 5530781.26, 365341.3700000001 5530795.380000001, 365348.4500000002 5530821.9399999995, 365353.0999999996 5530839.41, 365357.7400000002 5530856.869999999, 365366.16000000015 5530888.630000001, 365376.4199999999 5530927.27, 365378.5499999998 5530935.3100000005, 365382.0499999998 5530948.51, 365427.58999999985 5530948.99, 365438.9199999999 5530958.43, 365444.83999999985 5530963.34, 365476.5599999996 5530989.74, 365492.36000000034 5531002.9, 365508.8300000001 5531031.8100000005, 365499.51999999955 5531038.199999999, 365503.8499999996 5531050.470000001, 365508.03000000026 5531062.27, 365589.5 5531224.380000001, 365611.5800000001 5531266.380000001, 365614.21999999974 5531273.17, 365608.86000000034 5531278.050000001, 365605.9400000004 5531285.109999999, 365602.11000000034 5531294.380000001, 365610.5099999998 5531295.449999999, 365611.03000000026 5531292.35, 365615.16000000015 5531283.029999999, 365619.1200000001 5531278.9, 365629.0700000003 5531274.4399999995, 365646.5099999998 5531269.58, 365660.63999999966 5531265.35, 365705.20999999996 5531250.6899999995, 365716.13999999966 5531246.93, 365727.83999999985 5531240.789999999, 365730.5499999998 5531238.1899999995, 365747.6500000004 5531221.74, 365760.78000000026 5531205.279999999, 365766.23000000045 5531198.41, 365770.3099999996 5531193.300000001, 365772.5599999996 5531190.49, 365774.6200000001 5531187.33, 365778.95999999996 5531180.65, 365779.8200000003 5531181.01, 365780.1699999999 5531178.24, 365783.08999999985 5531170.08, 365784.54000000004 5531165.380000001, 365785.61000000034 5531160.42, 365786.11000000034 5531155.43, 365786.1900000004 5531150.41, 365785.8700000001 5531145.460000001, 365785.1299999999 5531140.539999999, 365783.91000000015 5531135.710000001, 365782.0999999996 5531131, 365779.9400000004 5531126.6, 365777.13999999966 5531122.35, 365774.1200000001 5531118.390000001, 365770.7599999998 5531114.68, 365766.96999999974 5531111.3100000005, 365762.91000000015 5531108.470000001, 365758.45999999996 5531106.18, 365753.6299999999 5531104.619999999, 365747.73000000045 5531103.5600000005, 365739.86000000034 5531103.34, 365730.04000000004 5531104.01, 365718.0499999998 5531105.1899999995, 365716.0599999996 5531101.99, 365714.04000000004 5531098.73, 365713.3499999996 5531091.380000001, 365681.70999999996 5531088.77, 365653.1799999997 5531077.33, 365637.6500000004 5531053.57, 365633.0099999998 5531046.48, 365629.8799999999 5531015.91, 365631.6200000001 5530995.4399999995, 365639.26999999955 5530975.58, 365628.3700000001 5530970.369999999, 365627.11000000034 5530969.140000001, 365625.86000000034 5530967.92, 365633.0700000003 5530960.99, 365640.6799999997 5530947.57, 365639.2599999998 5530946.5600000005, 365628.6200000001 5530939.08, 365625.2599999998 5530936.73, 365622.1799999997 5530934.609999999, 365619.0599999996 5530929.470000001, 365614.9199999999 5530922.66, 365613.88999999966 5530920.960000001, 365587.6500000004 5530878.220000001, 365584.83999999985 5530853.949999999, 365583.48000000045 5530842.029999999, 365582.23000000045 5530831.1, 365580.16000000015 5530813.24, 365585.7999999998 5530811.52, 365600.1500000004 5530807.140000001, 365601.6900000004 5530786.130000001, 365610.41000000015 5530771.68, 365617.5800000001 5530754.73, 365627.8700000001 5530755.02, 365634.28000000026 5530745.9399999995, 365661.6799999997 5530732.18, 365659.6500000004 5530729.77, 365646.6500000004 5530716.76, 365622.9400000004 5530693.02, 365621.0099999998 5530693.880000001, 365602.9400000004 5530701.99, 365587.45999999996 5530711.460000001, 365561.8700000001 5530727.1, 365542.8099999996 5530717.609999999, 365547.1799999997 5530702.57, 365542.66000000015 5530684.25, 365549.36000000034 5530674.8100000005, 365539.61000000034 5530662.15, 365541.28000000026 5530587.58, 365550.91000000015 5530589.07, 365550.38999999966 5530571.390000001, 365544.38999999966 5530535.26, 365533.4900000002 5530499.710000001, 365521.6500000004 5530458.140000001, 365504.33999999985 5530417.1899999995, 365491.0599999996 5530380.5, 365484.6799999997 5530354.359999999, 365478.96999999974 5530342.07, 365472.16000000015 5530359.109999999, 365467.13999999966 5530374.710000001, 365465.61000000034 5530377.74, 365464.7599999998 5530379.4, 365463.8499999996 5530381.199999999, 365460.9900000002 5530377.66, 365458.11000000034 5530374.16, 365456 5530373.390000001, 365447.58999999985 5530356.02, 365445.9500000002 5530344.6899999995, 365448.1699999999 5530329.859999999, 365443.13999999966 5530328.07, 365439.71999999974 5530326.85, 365435.0700000003 5530325.1899999995, 365401.58999999985 5530313.26, 365373.3300000001 5530300.880000001, 365351.03000000026 5530281.26, 365343.1200000001 5530265.07, 365348.4299999997 5530253.85, 365357.8799999999 5530239.970000001, 365359.38999999966 5530227.9, 365354.9199999999 5530216.07, 365350.51999999955 5530206.24, 365347.1200000001 5530196.369999999, 365348.13999999966 5530184.33, 365356.6299999999 5530171.48, 365352.33999999985 5530164.15, 365341.9900000002 5530155.5600000005, 365335.5599999996 5530151.3100000005, 365331.7999999998 5530132.449999999, 365379.4900000002 5530111.529999999, 365405.1900000004 5530128.51, 365463.4299999997 5530121.17, 365463.70999999996 5530115.66, 365462.33999999985 5530100.199999999, 365448.95999999996 5530084.73, 365417.4400000004 5530065.98, 365377.4500000002 5530048.08, 365343.23000000045 5530042.9399999995, 365308.6500000004 5530035.33, 365279.13999999966 5530023, 365256.5800000001 5530009.4, 365241.3200000003 5529990.5, 365223.1200000001 5529967.210000001, 365203.6500000004 5529949.49, 365184.2000000002 5529932.26, 365164.46999999974 5529908.029999999, 365136.8700000001 5529874.619999999, 365108.03000000026 5529860.27, 365080.1799999997 5529845.869999999, 365049.16000000015 5529833.109999999, 365020.2400000002 5529829.27, 364991.53000000026 5529836.92, 364947.54000000004 5529856.6899999995, 364902.21999999974 5529880.52, 364880.0700000003 5529899.15, 364877.03000000026 5529895.039999999, 364872.63999999966 5529889.09, 364878.0499999998 5529879.279999999, 364894.63999999966 5529865.92, 364891.45999999996 5529851.949999999, 364925.91000000015 5529838.26, 364925.1799999997 5529837.32, 364894.16000000015 5529797.289999999, 364936.9500000002 5529764.32, 364940.3300000001 5529761.710000001, 364934.8200000003 5529741.82, 364981.3300000001 5529705.84, 364986.08999999985 5529701.77, 364960.6299999999 5529642.369999999, 364948.96999999974 5529615.49, 364919.0599999996 5529546.6899999995, 364829.91000000015 5529438.75, 364815.1500000004 5529420.9399999995, 364814.04000000004 5529342.960000001, 364813.96999999974 5529341.41, 364814.11000000034 5529307.4399999995, 364807.6699999999 5529309.380000001, 364800.83999999985 5529310.34, 364791.7999999998 5529241.51, 364726.13999999966 5529196.16, 364758.8200000003 5529135.8100000005, 364765.53000000026 5529094.119999999, 364788.58999999985 5529069.369999999, 364789.8700000001 5529068, 364791.6299999999 5529066.109999999, 364794.1900000004 5529063.35, 364801.0099999998 5529056, 364746.58999999985 5529018.43, 364769.25 5528978.9399999995, 364775.83999999985 5528982.91, 364807.16000000015 5529001.699999999, 364834.5099999998 5529008.800000001, 364868.61000000034 5529010.710000001, 364921.4299999997 5529007.449999999, 364920.70999999996 5529002.84, 364916.5700000003 5528999.140000001, 364916.0700000003 5528991.789999999, 364914.6299999999 5528971.26, 364912.8799999999 5528945.890000001, 364912.51999999955 5528940.630000001, 364910.63999999966 5528913.710000001, 364952.1699999999 5528885.109999999, 364975.83999999985 5528869.27, 364989.8700000001 5528859.869999999, 364996.3200000003 5528862.02, 364997.3099999996 5528857.9399999995, 365014.0999999996 5528846.84, 365031.83999999985 5528835.119999999, 365074.9000000004 5528805.51, 365091.6699999999 5528815.48, 365117.1200000001 5528830.58, 365131.8499999996 5528839.32, 365133 5528844.550000001, 365136.7999999998 5528847.4, 365144.1299999999 5528843.58, 365192.4299999997 5528837.83, 365193.6699999999 5528832.4399999995, 365195.9000000004 5528820.76, 365192.61000000034 5528790.630000001, 365175.3099999996 5528736.470000001, 365211.9500000002 5528721.09, 365236.3200000003 5528710.859999999, 365246.13999999966 5528711.609999999, 365247.1200000001 5528710.619999999, 365252.66000000015 5528705.0600000005, 365271.08999999985 5528716.65, 365303.4199999999 5528730.970000001, 365319.6299999999 5528741.92, 365327.53000000026 5528747.26, 365333.86000000034 5528755.41, 365342.7000000002 5528767.83, 365349.1900000004 5528778.1899999995, 365353.5700000003 5528790.609999999, 365358.01999999955 5528811.23, 365364.3499999996 5528827.18, 365369.78000000026 5528831.07, 365378.5 5528827.789999999, 365393.83999999985 5528819.57, 365406.8099999996 5528810.18, 365410.96999999974 5528805.6, 365412.3200000003 5528804.050000001, 365417.25 5528799.18, 365427.54000000004 5528778.09, 365436.5 5528765.710000001, 365441.5999999996 5528757.949999999, 365461.86000000034 5528737.289999999, 365464.78000000026 5528738.279999999, 365470.88999999966 5528734.98, 365491.41000000015 5528714.289999999, 365498.21999999974 5528700.26, 365505.8799999999 5528684.619999999, 365507.4900000002 5528681.0600000005, 365510.75 5528682.050000001, 365512.0599999996 5528687.1, 365512.9400000004 5528688.880000001, 365519.3099999996 5528701.76, 365568.51999999955 5528722.32, 365568.8200000003 5528713.220000001, 365561.61000000034 5528691.92, 365566.75 5528676.4, 365580.6900000004 5528718.140000001, 365578.5800000001 5528734.01, 365578.4400000004 5528738.9, 365581.0499999998 5528738.43, 365584.4900000002 5528738.07, 365587.6500000004 5528737.99, 365595.5599999996 5528750.65, 365609.2999999998 5528755.58, 365612.1299999999 5528756.59, 365648.7599999998 5528742.789999999, 365646.3700000001 5528738.58, 365635.3300000001 5528719.1899999995, 365622.9900000002 5528690.35, 365618.28000000026 5528679.359999999, 365595.6500000004 5528649.050000001, 365590.4199999999 5528642.029999999, 365568.6799999997 5528581.02, 365567.75 5528562.16, 365571.16000000015 5528535.67, 365571.96999999974 5528528.85, 365586.70999999996 5528500.1899999995, 365594.03000000026 5528478.91, 365594.6900000004 5528461.92, 365596.8700000001 5528463.58, 365603.48000000045 5528438.1899999995, 365606.0800000001 5528409.09, 365600.3799999999 5528377.5600000005, 365601.1200000001 5528368.41, 365588.6900000004 5528343.550000001, 365586.5499999998 5528307.279999999, 365586.13999999966 5528300.34, 365585.6900000004 5528292.15, 365611.9299999997 5528299.5600000005, 365624.9299999997 5528282.35, 365637.91000000015 5528264.73, 365678.5599999996 5528254.109999999, 365698.6200000001 5528252.880000001, 365703.2000000002 5528260.4, 365707.5800000001 5528273.48, 365708.7000000002 5528290.970000001, 365702.5 5528307.0600000005, 365690.7000000002 5528322.08, 365680.41000000015 5528332.33, 365675.38999999966 5528345.800000001, 365677.3799999999 5528363.26, 365682.4500000002 5528393.859999999, 365683.66000000015 5528413.49, 365692.6799999997 5528435.369999999, 365704.4000000004 5528461.01, 365722.21999999974 5528478.68, 365742.4000000004 5528491.140000001, 365758.5700000003 5528521.34, 365765.5800000001 5528579.6899999995, 365781.8300000001 5528613.640000001, 365786.4000000004 5528617.59, 365821.4500000002 5528649.0600000005, 365822.8099999996 5528664.779999999, 365823.73000000045 5528675.42, 365814.41000000015 5528718.119999999, 365830.3499999996 5528742.039999999, 365844.95999999996 5528761.65, 365851.58999999985 5528770.550000001, 365852.63999999966 5528798.949999999, 365835.61000000034 5528822.210000001, 365831.9400000004 5528832.15, 365824.6299999999 5528851.949999999, 365814.2400000002 5528863.66, 365803.98000000045 5528875.24, 365793 5528902.640000001, 365777.83999999985 5528940.460000001, 365771.51999999955 5528958.51, 365759.4900000002 5528992.859999999, 365752.11000000034 5529013.970000001, 365708.21999999974 5529049.720000001, 365715.1900000004 5529068.43, 365695.58999999985 5529096.619999999, 365660.23000000045 5529147.4399999995, 365623.5599999996 5529182.710000001, 365570.2400000002 5529233.960000001, 365488.1699999999 5529312.84, 365502.98000000045 5529328.01, 365587.38999999966 5529414.49, 365617.0599999996 5529386.41, 365651.2000000002 5529421.1899999995, 365692.1799999997 5529462.93, 365757.5999999996 5529529.140000001, 365738.78000000026 5529547.380000001, 365726.48000000045 5529559.289999999, 365748.88999999966 5529583.33, 365724.46999999974 5529607.109999999, 365745.54000000004 5529628.890000001, 365756.2999999998 5529640.01, 365803.6299999999 5529688.9399999995, 365878.8799999999 5529699.24, 365943.75 5529657.470000001, 366115.88999999966 5529625.949999999, 366107.36000000034 5529611.6, 366114.3099999996 5529585.300000001, 366144.8099999996 5529591.09, 366151.20999999996 5529494.779999999, 366235.9199999999 5529498.890000001, 366271.9400000004 5529498.699999999, 366282.8200000003 5529487.41, 366295.9000000004 5529483.99, 366328.3300000001 5529475.51, 366339.4500000002 5529470.6, 366359.3700000001 5529469.449999999, 366371.58999999985 5529468.74, 366391.5800000001 5529470.800000001, 366394.4299999997 5529469.76, 366407.25 5529506.869999999, 366408.0800000001 5529509.24, 366416.1200000001 5529511.6, 366416.36000000034 5529513.76, 366416.25 5529516.66, 366415.91000000015 5529530.92, 366368.95999999996 5529549.640000001, 366361.6699999999 5529554.630000001, 366396.3499999996 5529631.699999999, 366408.95999999996 5529647.48, 366427.4500000002 5529665.1, 366446.11000000034 5529673.02, 366459.5999999996 5529685.48, 366472.7000000002 5529709.369999999, 366475.70999999996 5529718.57, 366476.66000000015 5529722.130000001, 366480.29000000004 5529740.68, 366483.54000000004 5529746.220000001, 366501.5099999998 5529765.52, 366503.2599999998 5529765.84, 366541.3300000001 5529587.470000001, 366629.36000000034 5529528.27, 366638.75 5529532.07, 366654.4000000004 5529536.43, 366699.76999999955 5529541.74, 366744.5800000001 5529546.85, 366796.5499999998 5529532.41, 366804.28000000026 5529532.68, 366856.4900000002 5529550.23, 366898.7599999998 5529552.779999999, 366932.9000000004 5529565.880000001, 366966.5700000003 5529576.6899999995, 366984.9500000002 5529585.880000001, 366988.78000000026 5529582.91, 367000.73000000045 5529573.67, 367007.26999999955 5529568.6, 367034.53000000026 5529547.539999999, 367036.5099999998 5529546.01, 367045.5599999996 5529539.07, 367062.58999999985 5529525.99, 367162.48000000045 5529544.289999999, 367170.51999999955 5529545.76, 367174.23000000045 5529546.43, 367182.5999999996 5529530.9, 367190.6900000004 5529508.970000001, 367208.3200000003 5529488.4, 367228.9199999999 5529480.83, 367267.9199999999 5529483.93, 367293.3300000001 5529472, 367295.96999999974 5529467.51, 367318.2999999998 5529455.82, 367346.6900000004 5529440.949999999, 367355.53000000026 5529436.3100000005, 367369.7000000002 5529435.779999999, 367372.6500000004 5529434.93, 367391.91000000015 5529445.3100000005, 367394.2599999998 5529444.66, 367417.3499999996 5529438.25, 367429.6200000001 5529444.32, 367442.5800000001 5529454.119999999, 367456.4500000002 5529454.5600000005, 367464.5499999998 5529450.470000001, 367470.70999999996 5529441.380000001, 367468.0099999998 5529429.390000001, 367442.98000000045 5529422.4399999995, 367404.3499999996 5529406.3100000005, 367375.36000000034 5529399.390000001, 367375.04000000004 5529395.890000001, 367385.0599999996 5529393.039999999, 367424.86000000034 5529395, 367463.2400000002 5529400.289999999, 367500.46999999974 5529412.869999999, 367509.98000000045 5529413.17, 367518.0999999996 5529406.08, 367530.5099999998 5529412.27, 367544.71999999974 5529372.91, 367567.5999999996 5529357.199999999, 367571.2000000002 5529343.01, 367541.3099999996 5529328.02, 367540.54000000004 5529323.15, 367553.8300000001 5529309.33, 367588.4000000004 5529273.359999999, 367595.11000000034 5529269.83, 367674.2999999998 5529254.57, 367679.11000000034 5529253.65, 367710.3499999996 5529201.49, 367716.36000000034 5529196.59, 367715.11000000034 5529191.85, 367707.8099999996 5529189.08, 367694.96999999974 5529164.66, 367688.75 5529152.82, 367683.2999999998 5529151.199999999, 367666 5529159.48, 367663.36000000034 5529157.09, 367671.4900000002 5529120, 367695.2599999998 5529083.98, 367714.88999999966 5529058.5, 367718.7599999998 5529056.98, 367729.70999999996 5529052.65, 367767.91000000015 5529049.140000001, 367778.8700000001 5529048.140000001, 367802.6200000001 5529042.43, 367809.4900000002 5529036.279999999, 367817.0999999996 5529018.140000001, 367841.0999999996 5529017.640000001, 367846.79000000004 5529017.52, 367898.1799999997 5529016.449999999, 367897.01999999955 5529050.1899999995, 367896.76999999955 5529087.460000001, 367887.58999999985 5529146.9399999995, 367899.1500000004 5529150.460000001, 367917.78000000026 5529144.43, 367919.88999999966 5529144.5, 367951.76999999955 5529130.16, 367957.66000000015 5529130.960000001, 368040.0099999998 5529155.34, 368044.91000000015 5529185.699999999, 368047.79000000004 5529203.26, 368066.7599999998 5529211.51, 368021.95999999996 5529272.98, 368016.8499999996 5529273.4, 368012.03000000026 5529273.8100000005, 367978.6500000004 5529276.5600000005, 367969.8499999996 5529277.300000001, 367964.16000000015 5529303.619999999, 367951.4199999999 5529314.9399999995, 367941.8700000001 5529323.02, 367947.26999999955 5529325.9, 367968.95999999996 5529337.460000001, 367988.96999999974 5529348.130000001, 368018.78000000026 5529364.01, 368025.5099999998 5529367.609999999, 368039.95999999996 5529360.699999999, 368069.23000000045 5529346.73, 368086.0700000003 5529338.6899999995, 368093.45999999996 5529337.66, 368108.48000000045 5529341.359999999, 368106.1299999999 5529355.109999999, 368103.9299999997 5529367.92, 368098.6299999999 5529398.890000001, 368120.1900000004 5529401.029999999, 368119.96999999974 5529403.02, 368119.6500000004 5529406.050000001, 368120.8700000001 5529409.07, 368044.54000000004 5529486.23, 368037.8700000001 5529485.220000001, 368020.83999999985 5529490.609999999, 368002.9299999997 5529490, 368000.5099999998 5529489.140000001, 368000.53000000026 5529497.960000001, 368004.79000000004 5529512.18, 367977.4500000002 5529519.74, 367952.0999999996 5529508.8100000005, 367937.21999999974 5529515.390000001, 367928.21999999974 5529533.41, 367948.79000000004 5529541.5, 367972.0599999996 5529550.66, 367969.73000000045 5529608.859999999, 367969.23000000045 5529621.15, 367968.5800000001 5529637.51, 367967.88999999966 5529654.58, 367967.13999999966 5529673.5, 367850.20999999996 5529668.890000001, 367843.54000000004 5529672.3100000005, 367753.1200000001 5529726.59, 367746.2000000002 5529730.74, 367669.9500000002 5529776.52, 367664.1200000001 5529781.550000001, 367637.28000000026 5529814.449999999, 367617.76999999955 5529838.359999999, 367615.08999999985 5529845.5, 367599.91000000015 5529898.199999999, 367592.0099999998 5529925.67, 367592.20999999996 5529933.4, 367593.36000000034 5529948.76, 367600.48000000045 5530044.33, 367596.1200000001 5530053.609999999, 367501.8700000001 5530117.470000001, 367494.83999999985 5530122.23, 367435.11000000034 5530162.380000001, 367427.8499999996 5530164.640000001, 367300.0800000001 5530158.109999999, 367292.1900000004 5530157.73, 367201.16000000015 5530153.25, 367193.16000000015 5530151.699999999, 367156.7000000002 5530151.01, 367059.7599999998 5530165.699999999, 367025 5530170.960000001, 366936.88999999966 5530184.07, 366890.0599999996 5530191.039999999, 366882.6900000004 5530193.640000001, 366790.0700000003 5530243.08, 366773.2400000002 5530252.0600000005, 366762.5 5530257.789999999, 366755.3300000001 5530261.210000001, 366743.1200000001 5530267.0600000005, 366630.46999999974 5530321.050000001, 366623.2000000002 5530324.539999999, 366515.3099999996 5530362.550000001, 366508.11000000034 5530366.16, 366478.6299999999 5530376.5, 366455.45999999996 5530384.630000001, 366401.6299999999 5530403.529999999, 366393.75 5530406.050000001, 366321.36000000034 5530424.49, 366275.38999999966 5530436.199999999, 366254.5700000003 5530441.49, 366243.21999999974 5530445.470000001, 366244.58999999985 5530449.93, 366250.86000000034 5530451.949999999, 366288.1900000004 5530498.869999999, 366294.5700000003 5530506.890000001, 366310.79000000004 5530527.26, 366318.2999999998 5530536.6899999995, 366333.45999999996 5530555.75, 366372.48000000045 5530604.77, 366321.3099999996 5530682.35, 366318.5599999996 5530686.51, 366301.1500000004 5530712.91, 366304.7000000002 5530714.58, 366440.3200000003 5530770.23, 366443.0599999996 5530775.779999999, 366540.1299999999 5530799.289999999, 366548.0700000003 5530801.199999999, 366591.7599999998 5530811.789999999, 366594.5999999996 5530812.48, 366651.23000000045 5530826.199999999, 366655.5700000003 5530827.25, 366658.83999999985 5530825.539999999, 366698.1900000004 5530805.050000001, 366747.4000000004 5530779.42, 366754.3499999996 5530775.26, 366797.5 5530749.35, 366817.61000000034 5530737.289999999, 366841.4199999999 5530706.41, 366845.6500000004 5530669.67, 366846.03000000026 5530666.34, 366855.7400000002 5530645.4, 366863.5800000001 5530643.57, 366881.76999999955 5530639.33, 366948.08999999985 5530646.539999999, 366961.28000000026 5530641.52, 367005.75 5530624.59, 367046.95999999996 5530596.92, 367057.1500000004 5530592.8100000005, 367070.5099999998 5530583.9, 367106.78000000026 5530559.73, 367120.61000000034 5530529.83, 367125.8499999996 5530481.890000001, 367136.46999999974 5530450.279999999, 367145.23000000045 5530442.1, 367164.5099999998 5530445.699999999, 367203.4400000004 5530464.59, 367237.8799999999 5530458.77, 367307.79000000004 5530409.210000001, 367329.3200000003 5530393.949999999, 367381.2400000002 5530357.140000001, 367403.33999999985 5530341.48, 367499.1699999999 5530273.630000001, 367516.3099999996 5530261.5, 367522.3300000001 5530255.57, 367519.51999999955 5530261.789999999, 367522.7999999998 5530283.48, 367552.23000000045 5530259.369999999, 367583.21999999974 5530244.289999999, 367645.25 5530190.359999999, 367713.26999999955 5530169.050000001, 367742.51999999955 5530169.24, 367776.66000000015 5530153.550000001, 367814.46999999974 5530147.3100000005, 367851.9400000004 5530139.32, 367953 5530092.09, 368010.9400000004 5530097.890000001, 368039.03000000026 5530095.890000001, 368047.38999999966 5530109.619999999, 368077.3799999999 5530116.039999999, 368121.73000000045 5530116.869999999, 368150.4199999999 5530158.359999999, 368170.3300000001 5530177.3100000005, 368189.28000000026 5530182.24, 368204.20999999996 5530171.880000001, 368219.04000000004 5530128.859999999, 368246.8499999996 5530089.83, 368271.53000000026 5530054.58, 368278.3300000001 5530052.48, 368305.61000000034 5530040, 368349.23000000045 5530003.130000001, 368385.2599999998 5529983.050000001, 368468.25 5529952.33, 368494.23000000045 5529947.74, 368578.58999999985 5529932.83, 368600.6799999997 5529951.289999999, 368630.66000000015 5529932.0600000005, 368655.51999999955 5529954.52, 368658.91000000015 5529957.640000001, 368716.26999999955 5529928.210000001, 368721.9400000004 5529913.710000001, 368725.2999999998 5529905.119999999, 368753.0499999998 5529834.18, 368787.5700000003 5529780.300000001, 368919.46999999974 5529687.8100000005, 368922.5700000003 5529683.630000001, 368953.54000000004 5529641.76, 368954.63999999966 5529639.75, 368955.4500000002 5529638.279999999, 368963.58999999985 5529623.449999999, 368987.9400000004 5529622.5600000005, 368995.0599999996 5529622.289999999, 369005.58999999985 5529591.17, 369010.4199999999 5529592.880000001, 369020.7999999998 5529596.539999999, 369036.75 5529602.15, 369065.51999999955 5529560.66, 369076.4299999997 5529580.92, 369079.33999999985 5529586.33, 369078.7599999998 5529588.199999999, 369078.0499999998 5529590.470000001, 369062.63999999966 5529611.789999999, 369050.63999999966 5529639.6899999995, 369042.5099999998 5529656.449999999, 369039.20999999996 5529663.25, 369033.7400000002 5529669.48, 369020.66000000015 5529684.359999999, 369030.0099999998 5529698.67, 369032.2000000002 5529702.029999999, 369035.66000000015 5529712.640000001, 369027.3799999999 5529733.880000001, 369028 5529733.93, 369039.23000000045 5529734.91, 369045.2000000002 5529735.25, 369048.21999999974 5529707.1899999995, 369091.04000000004 5529671.6899999995, 369114.86000000034 5529657.98, 369138.9000000004 5529700.65, 369145.01999999955 5529706.710000001, 369253.58999999985 5529723.6899999995, 369257.0099999998 5529728.27, 369255.03000000026 5529743.01, 369168.3499999996 5529729.91, 369166.6799999997 5529759.75, 369165.8799999999 5529774.25, 369111.79000000004 5529838.16, 369113.23000000045 5529840.85, 369104.6299999999 5529842.6, 369065.0700000003 5529859.43, 369020.54000000004 5529878.390000001, 369006.3099999996 5529890.279999999, 368986.9299999997 5529906.5, 368961.61000000034 5529936.460000001, 368945.7000000002 5529972.77, 368913.51999999955 5530098.5, 368915.7400000002 5530107.91, 368928.8200000003 5530124.0600000005, 368929.3799999999 5530125.1899999995, 368937.4400000004 5530126.869999999, 368946.8300000001 5530128.82, 368978.98000000045 5530135.52, 369006.25 5530197.6899999995, 369013.4500000002 5530214.109999999, 369050.0599999996 5530297.630000001, 369002.16000000015 5530311.640000001, 368975.5800000001 5530319.42, 368973.46999999974 5530318.869999999, 368951.7400000002 5530312.4399999995, 368947.46999999974 5530311.09, 368930.66000000015 5530299.779999999, 368911.9500000002 5530287.1899999995, 368877.38999999966 5530263.9399999995, 368866.5499999998 5530256.65, 368827.8300000001 5530231.630000001, 368809.3200000003 5530238.32, 368690.61000000034 5530281.24, 368686.88999999966 5530282.57, 368691.88999999966 5530290.949999999, 368656.26999999955 5530294.539999999, 368640.4900000002 5530296.119999999, 368626.5800000001 5530297.52, 368590.9000000004 5530301.109999999, 368564.7400000002 5530303.74, 368548.9500000002 5530305.33, 368532.1299999999 5530307.02, 368526</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6008-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6008-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-062" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6008-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-062" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6008-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6008-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6008-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108889</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.44021683901</v>
+        <v>46071.47546396866</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>