--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6007-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((347138.48000000045 5537258.76, 347142.1500000004 5537403.99, 347173.66000000015 5537411.52, 347168.8700000001 5537429.300000001, 347167.9400000004 5537432.779999999, 347162.9500000002 5537432.5, 347116.8300000001 5537429.93, 347043.71999999974 5537425.84, 346959.20999999996 5537424.67, 346953.6200000001 5537424.41, 346862.2999999998 5537420.18, 346842.5700000003 5537419.26, 346820.63999999966 5537439, 346819.1799999997 5537440.32, 346811.38999999966 5537447.32, 346799.9400000004 5537457.640000001, 346692.29000000004 5537334.75, 346671.11000000034 5537308.83, 346625.16000000015 5537252.59, 346598.4400000004 5537219.880000001, 346607.5800000001 5537202.220000001, 346614.9400000004 5537175.890000001, 346619.79000000004 5537158.51, 346670.58999999985 5537116.140000001, 346662.79000000004 5537109.720000001, 346519.3700000001 5536991.67, 346571.46999999974 5536949.16, 346471.0499999998 5536854.470000001, 346421.21999999974 5536792.640000001, 346353.5800000001 5536698.8100000005, 346411.6799999997 5536601.07, 346411.13999999966 5536600.119999999, 346406.91000000015 5536592.6, 346415.08999999985 5536578.779999999, 346347.75 5536485.470000001, 346293.51999999955 5536410.109999999, 346274.6799999997 5536335.91, 346257.9400000004 5536272, 346254.3499999996 5536272.1899999995, 346121.7599999998 5536281.68, 346104.95999999996 5536207.84, 345998.5499999998 5536229.289999999, 345972.11000000034 5536140.119999999, 346034.6299999999 5536124.83, 346044.4500000002 5536123.59, 346130.61000000034 5536121.93, 346167.3799999999 5536112.960000001, 346185.96999999974 5536108.41, 346257.51999999955 5536060.93, 346309.11000000034 5535995.51, 346361.51999999955 5535852.720000001, 346375.66000000015 5535847.51, 346397.75 5535848.789999999, 346447.1799999997 5535866.949999999, 346496.8300000001 5535871.050000001, 346510.6299999999 5535856.109999999, 346583.73000000045 5535916.93, 346625.4500000002 5535951.720000001, 346671.1900000004 5535989.27, 346806.63999999966 5535975.529999999, 346872.70999999996 5535965.49, 346879.6299999999 5535964.4399999995, 346874.4900000002 5535971.710000001, 346888.9500000002 5536037.65, 346930.70999999996 5536073.369999999, 346991.9900000002 5536124.300000001, 347001.73000000045 5536132.57, 347074.3499999996 5536166.720000001, 347211.58999999985 5536232.18, 347248.1900000004 5536249.710000001, 347387.3099999996 5536280.15, 347390.5 5536283.76, 347383.0599999996 5536308.92, 347359.29000000004 5536391.6899999995, 347400.5999999996 5536462.029999999, 347506.9000000004 5536546.48, 347569.20999999996 5536569.199999999, 347562.5999999996 5536633.1, 347558.21999999974 5536674.26, 347556.48000000045 5536691.33, 347552.29000000004 5536729.550000001, 347548.4900000002 5536767.67, 347542.46999999974 5536829.58, 347542.0999999996 5536833.68, 347541.5999999996 5536835.619999999, 347589.0599999996 5536909.27, 347591.83999999985 5536913.67, 347605.16000000015 5536935.17, 347618.38999999966 5536955.57, 347638.5599999996 5536988.109999999, 347680 5537055.08, 347766.33999999985 5537090.859999999, 347789.1299999999 5537110.84, 347792.13999999966 5537113.52, 347807.6900000004 5537127.02, 347853.51999999955 5537136.25, 347853.3499999996 5537139.1, 347852.5099999998 5537153.880000001, 347853.5700000003 5537164.76, 347855.88999999966 5537175.41, 347859.0999999996 5537185.33, 347865.5099999998 5537199.32, 347876.25 5537215.27, 347898.41000000015 5537246.68, 347920.5800000001 5537275.289999999, 347926.0700000003 5537282.380000001, 347933.8300000001 5537294.85, 347942.26999999955 5537324.9399999995, 347963.5 5537417, 347968.9299999997 5537442, 347971.96999999974 5537477.4399999995, 347970.2000000002 5537495.58, 347963.70999999996 5537520.539999999, 347956.45999999996 5537515.57, 347872.8700000001 5537474.32, 347864.2999999998 5537470.08, 347781.04000000004 5537428.859999999, 347715.75 5537395.279999999, 347698.75 5537386.529999999, 347699.1299999999 5537385.76, 347709.7400000002 5537364.18, 347603.6699999999 5537312.59, 347595.5700000003 5537322.48, 347565.9299999997 5537307.92, 347507.5999999996 5537271.210000001, 347472.1299999999 5537248.880000001, 347351.03000000026 5537213.51, 347276 5537175.93, 347275.4500000002 5537175.67, 347188.66000000015 5537133.43, 347173.5099999998 5537126.0600000005, 347164.91000000015 5537121.83, 347134.6799999997 5537107.09, 347138.48000000045 5537258.76)), ((354106.36000000034 5536431.5600000005, 354102.01999999955 5536433.449999999, 354096.1500000004 5536436, 354087.4199999999 5536412.82, 354078.11000000034 5536380.890000001, 354066.6299999999 5536384.369999999, 354065.7999999998 5536384.630000001, 354055.2599999998 5536387.890000001, 354053.9900000002 5536388.300000001, 354042.3099999996 5536392.01, 354036.1699999999 5536393.960000001, 354026.2000000002 5536397.119999999, 354020.38999999966 5536398.970000001, 354014.78000000026 5536400.75, 354009.41000000015 5536402.460000001, 354000.0499999998 5536405.26, 353995.88999999966 5536406.609999999, 353995.2400000002 5536406.83, 353988.75 5536409.09, 353949.0099999998 5536423.5, 353941.1699999999 5536425.5, 353931.54000000004 5536427.970000001, 353917.03000000026 5536409.699999999, 353896.2599999998 5536383.550000001, 353887.11000000034 5536367.6, 353875.76999999955 5536347.84, 353851.4000000004 5536289.67, 353844.4500000002 5536291.119999999, 353850.61000000034 5536308.68, 353830.0599999996 5536319.99, 353795.1299999999 5536339.48, 353793.71999999974 5536340.27, 353791.7400000002 5536341.4, 353763.28000000026 5536357.43, 353762.3200000003 5536358.23, 353761.26999999955 5536359.15, 353758.3799999999 5536361.01, 353733.1500000004 5536374.539999999, 353719.58999999985 5536351.9399999995, 353716.7599999998 5536347.02, 353706.79000000004 5536330.640000001, 353697.04000000004 5536309.6, 353694.04000000004 5536293.01, 353690.1699999999 5536271.640000001, 353688.6299999999 5536263.140000001, 353686.54000000004 5536251.58, 353674.8700000001 5536206.43, 353670.6900000004 5536192.9, 353670.20999999996 5536191.4, 353660.5700000003 5536161.32, 353653.8799999999 5536140.27, 353647.36000000034 5536119.74, 353643.8700000001 5536108.68, 353639.1200000001 5536093.619999999, 353636.6299999999 5536085.800000001, 353630.3300000001 5536066.029999999, 353625.5999999996 5536051.1, 353625.2999999998 5536050.1899999995, 353612.1799999997 5536038.710000001, 353599.7400000002 5536027.82, 353598.23000000045 5536027.550000001, 353574.53000000026 5536023.220000001, 353570.8200000003 5536022.539999999, 353566.3700000001 5536017.960000001, 353561.01999999955 5536029.1, 353472.8200000003 5536131.76, 353468.3799999999 5536136.92, 353457.46999999974 5536149.609999999, 353447.8499999996 5536160.789999999, 353437.1200000001 5536173.279999999, 353428.63999999966 5536183.140000001, 353416.8499999996 5536196.85, 353405.51999999955 5536210.029999999, 353394.4199999999 5536222.93, 353386.29000000004 5536232.390000001, 353378.38999999966 5536241.58, 353366.75 5536255.0600000005, 353355.0099999998 5536268.65, 353338.38999999966 5536287.890000001, 353333.3099999996 5536293.779999999, 353326.6200000001 5536301.529999999, 353311.21999999974 5536319.4399999995, 353300.48000000045 5536331.93, 353286.58999999985 5536348.08, 353272.4400000004 5536364.539999999, 353265.48000000045 5536372.609999999, 353258.61000000034 5536380.609999999, 353232.5599999996 5536410.92, 353226.61000000034 5536417.83, 353222 5536423.199999999, 353221.0099999998 5536424.34, 353114.5599999996 5536330.17, 353110.8099999996 5536326.859999999, 353101.78000000026 5536337.109999999, 353088.2400000002 5536352.460000001, 353076.03000000026 5536366.289999999, 353067.3799999999 5536376.1, 353060.2999999998 5536384.119999999, 353044.01999999955 5536402.58, 352973.0700000003 5536339.539999999, 352911.58999999985 5536285.619999999, 352927.6699999999 5536268.119999999, 352935.2400000002 5536259.91, 352944.0599999996 5536250.16, 352956.9500000002 5536236.380000001, 352971.1900000004 5536221.25, 352983.3099999996 5536207.3100000005, 352989.6699999999 5536199.9399999995, 353007.41000000015 5536178.539999999, 353008.3499999996 5536177.41, 353022.5700000003 5536156.539999999, 353029.03000000026 5536144.710000001, 353035.4400000004 5536133.43, 353040.23000000045 5536125.57, 353055.13999999966 5536101.300000001, 353061.7599999998 5536090.09, 353071.7999999998 5536073.08, 353074.28000000026 5536069.880000001, 353083.98000000045 5536053.43, 353086.9299999997 5536048.42, 353092.0700000003 5536039.92, 353102.6699999999 5536022.390000001, 353107.9199999999 5536013.710000001, 353114.4900000002 5536002.84, 353120.83999999985 5535992.07, 353122.73000000045 5535989.460000001, 353131.9299999997 5535976.890000001, 353141.0099999998 5535967.74, 353143.13999999966 5535965.6, 353154.0499999998 5535955.550000001, 353158.4500000002 5535951.5, 353162.8499999996 5535948.1, 353169.8300000001 5535942.6899999995, 353171.5599999996 5535941.359999999, 353179.51999999955 5535936.039999999, 353180.8099999996 5535935.18, 353186.9900000002 5535931.0600000005, 353196.6900000004 5535926.01, 353206.5599999996 5535920.869999999, 353220.48000000045 5535914.84, 353226.1900000004 5535912.369999999, 353236.38999999966 5535909.18, 353254.20999999996 5535903.619999999, 353263.8099999996 5535900.619999999, 353267.8200000003 5535899.380000001, 353283.4000000004 5535894.57, 353307.38999999966 5535887.17, 353319.86000000034 5535883.3100000005, 353333.36000000034 5535879.140000001, 353343.9900000002 5535875.859999999, 353362.9900000002 5535870.720000001, 353380.5999999996 5535866.93, 353402.79000000004 5535864.57, 353422.3499999996 5535864.779999999, 353438.78000000026 5535869.039999999, 353442.73000000045 5535869.640000001, 353456.6900000004 5535876.4, 353464.28000000026 5535871.66, 353465.48000000045 5535868.4399999995, 353480.91000000015 5535869.25, 353488.63999999966 5535869.65, 353516.5700000003 5535871.1, 353549.53000000026 5535869.9399999995, 353567.8700000001 5535865.3100000005, 353608.1799999997 5535847.74, 353636.9500000002 5535831.699999999, 353644.91000000015 5535829.710000001, 353645.9400000004 5535829.449999999, 353669.21999999974 5535820.52, 353670.29000000004 5535819.59, 353676.1299999999 5535815.039999999, 353678.75 5535812.99, 353685.4299999997 5535807.779999999, 353723.5 5535786.65, 353744.0499999998 5535798.25, 353775.96999999974 5535816.289999999, 353785.4299999997 5535818.67, 353798.23000000045 5535822.18, 353816.5700000003 5535827.49, 353826.8799999999 5535827.789999999, 353835.7400000002 5535828.26, 353839.0999999996 5535829.449999999, 353841.63999999966 5535830.3100000005, 353849.63999999966 5535836.609999999, 353880.7599999998 5535908.01, 353883.28000000026 5535913.8100000005, 353926.86000000034 5535975.140000001, 353929.1799999997 5535978.300000001, 353937.1799999997 5535987.4, 353948.7400000002 5536000.33, 353950.8200000003 5536002.67, 353954.1200000001 5536000.210000001, 353964.71999999974 5535992.34, 353974.54000000004 5535984.800000001, 353993.66000000015 5535970.75, 354003.3200000003 5535963.470000001, 354014.71999999974 5535955.039999999, 354023.1200000001 5535948.859999999, 354031.73000000045 5535942.279999999, 354040.1699999999 5535936.109999999, 354051.0599999996 5535928.01, 354055.79000000004 5535924.08, 354065.9500000002 5535887.84, 354067.9400000004 5535880.65, 354068.9900000002 5535876.84, 354035.01999999955 5535859.380000001, 354056.21999999974 5535830.18, 354091.11000000034 5535845.15, 354122.20999999996 5535858.41, 354119.83999999985 5535864.41, 354154.96999999974 5535874.699999999, 354194.0800000001 5535885.48, 354216.96999999974 5535891.300000001, 354219.9900000002 5535892.07, 354233.7599999998 5535850.029999999, 354236.6500000004 5535841.74, 354241.5800000001 5535839.5600000005, 354266.16000000015 5535849.84, 354268.03000000026 5535850.619999999, 354272.6900000004 5535857.91, 354269.20999999996 5535868.4, 354268.3200000003 5535871.220000001, 354265.7999999998 5535879.119999999, 354267.1299999999 5535909.75, 354275.54000000004 5535933.140000001, 354280.48000000045 5535957.550000001, 354283.9900000002 5535974.83, 354284.25 5535980.3100000005, 354285.26999999955 5536001.460000001, 354286.63999999966 5536029.699999999, 354286.9199999999 5536035.52, 354289.3200000003 5536047.119999999, 354292.25 5536061.26, 354294.78000000026 5536073.51, 354297.6500000004 5536087.35, 354302.66000000015 5536111.550000001, 354304.61000000034 5536124.16, 354307.21999999974 5536141.01, 354310.2999999998 5536160.92, 354309.13999999966 5536168.800000001, 354305.8099999996 5536175.02, 354285.6500000004 5536197.6, 354269.3499999996 5536215.85, 354271.29000000004 5536221.32, 354288.3799999999 5536269.550000001, 354290.0499999998 5536274.26, 354290.13999999966 5536274.23, 354299.8200000003 5536269.9399999995, 354303.1799999997 5536284.4399999995, 354304.8099999996 5536292.050000001, 354256.16000000015 5536312.710000001, 354250.8499999996 5536314.970000001, 354245.0700000003 5536317.43, 354225.58999999985 5536326.08, 354224.3799999999 5536326.640000001, 354211.20999999996 5536332.15, 354201.8300000001 5536336.210000001, 354210.58999999985 5536363.15, 354218.1500000004 5536384.210000001, 354207.4900000002 5536388.16, 354196.9400000004 5536392.119999999, 354187.01999999955 5536395.84, 354177.04000000004 5536399.58, 354167.4400000004 5536403.17, 354157.6500000004 5536406.84, 354148.3200000003 5536410.32, 354138.8499999996 5536413.859999999, 354129.61000000034 5536417.32, 354131.11000000034 5536420.91, 354124.5599999996 5536423.77, 354117.98000000045 5536426.66, 354112.36000000034 5536429.029999999, 354106.36000000034 5536431.5600000005)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6007-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6007-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6007-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6007-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-061" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6007-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6007-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6007-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-061" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6007-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6007-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6007-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108888</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.4105566733</v>
+        <v>46071.47539432973</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>