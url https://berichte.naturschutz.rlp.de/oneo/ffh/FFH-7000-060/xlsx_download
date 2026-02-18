--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -145,51 +145,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6004-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((311357.70999999996 5532585.25, 311351.13999999966 5532573.85, 311393.63999999966 5532566.26, 311441.75 5532545.82, 311446.9199999999 5532543.539999999, 311464.9900000002 5532535.960000001, 311463.66000000015 5532532.140000001, 311450.5700000003 5532445.4399999995, 311537.7000000002 5532513.380000001, 311562.88999999966 5532531.27, 311571.1200000001 5532537.039999999, 311580.3300000001 5532543.43, 311605.0599999996 5532541.85, 311652.0099999998 5532500.67, 311702.54000000004 5532435.4, 311705.0700000003 5532430.02, 311711.51999999955 5532416.300000001, 311708.0599999996 5532397.359999999, 311701.5800000001 5532391.43, 311666.96999999974 5532359.779999999, 311545.51999999955 5532278.109999999, 311528.6799999997 5532266.779999999, 311494.88999999966 5532241.67, 311468.76999999955 5532222.27, 311448.38999999966 5532201.390000001, 311429.1200000001 5532176.720000001, 311409.1500000004 5532138.609999999, 311400.4000000004 5532106.34, 311400.36000000034 5532066.5600000005, 311411.4000000004 5531999.41, 311395.58999999985 5531991.77, 311387.3099999996 5531987.779999999, 311345.7400000002 5531970.039999999, 311319.9199999999 5531963.710000001, 311290.4900000002 5531957.41, 311235 5531939.66, 311202.79000000004 5531917.52, 311199.3499999996 5531911.48, 311198.36000000034 5531909.75, 311195.29000000004 5531878.210000001, 311193.8099999996 5531862.9399999995, 311193.03000000026 5531847.6899999995, 311190.3300000001 5531835.58, 311184.96999999974 5531811.66, 311178.08999999985 5531781.02, 311178.8700000001 5531767.630000001, 311179.33999999985 5531762.119999999, 311184.3300000001 5531735.279999999, 311187.36000000034 5531719.3100000005, 311193.9900000002 5531703.02, 311198.3300000001 5531692.26, 311208.48000000045 5531673.859999999, 311209.3300000001 5531672.300000001, 311219.2999999998 5531661.369999999, 311245.0800000001 5531633.359999999, 311277.96999999974 5531597.66, 311271.1799999997 5531582.3100000005, 311243.3099999996 5531562.5, 311233.8300000001 5531555.75, 311229.70999999996 5531552.82, 311224.95999999996 5531545.550000001, 311222.9199999999 5531539.539999999, 311225.04000000004 5531533.300000001, 311226.61000000034 5531528.65, 311231.79000000004 5531530.1899999995, 311285.36000000034 5531535.390000001, 311315.45999999996 5531533.300000001, 311339.53000000026 5531510.619999999, 311358.1799999997 5531482.779999999, 311365.5499999998 5531471.57, 311390.3499999996 5531449.73, 311394.8099999996 5531445.550000001, 311412.70999999996 5531429.779999999, 311431.51999999955 5531413.199999999, 311448.79000000004 5531402.75, 311462.4199999999 5531394.5, 311455.29000000004 5531390.59, 311434.33999999985 5531361.880000001, 311428.9199999999 5531354.4399999995, 311380.8799999999 5531306.289999999, 311342.5099999998 5531270.48, 311316.8300000001 5531238.779999999, 311297.7599999998 5531228.49, 311293.3700000001 5531226.130000001, 311276.9500000002 5531220.9399999995, 311216.70999999996 5531201.93, 311193.58999999985 5531196.57, 311178.36000000034 5531180.869999999, 311173.6299999999 5531175.99, 311149.8200000003 5531170.449999999, 311128.6900000004 5531160.460000001, 311118.21999999974 5531159.5600000005, 311111.25 5531158.949999999, 311109.1299999999 5531158.77, 311105.6200000001 5531159.84, 311100.3799999999 5531161.4399999995, 311097.8300000001 5531160.35, 311037.01999999955 5531134.42, 311003.0999999996 5531114.98, 310982.5 5531097.699999999, 310932.76999999955 5531061.130000001, 310929.5800000001 5531058.699999999, 310897.8300000001 5531029.210000001, 310858.78000000026 5531000.48, 310764.04000000004 5530946.279999999, 310766.9299999997 5530942.82, 310769.83999999985 5530939.359999999, 310863.7000000002 5530992.92, 310903.29000000004 5531022.73, 310937.23000000045 5531055.529999999, 310988.0099999998 5531089.4, 311041.5800000001 5531126.15, 311095.8799999999 5531149.65, 311098.95999999996 5531150.98, 311106.16000000015 5531147.869999999, 311112.1299999999 5531145.289999999, 311119.7999999998 5531148.130000001, 311176.23000000045 5531169.0600000005, 311194.3700000001 5531188.1899999995, 311221.03000000026 5531190.720000001, 311223.0800000001 5531191.5, 311295.88999999966 5531219.550000001, 311305.21999999974 5531224.98, 311319.11000000034 5531233.0600000005, 311349.13999999966 5531264.890000001, 311388.1900000004 5531299.199999999, 311434.1699999999 5531350.640000001, 311440.1900000004 5531359.119999999, 311455.4400000004 5531380.5600000005, 311461.33999999985 5531386.1, 311464.9900000002 5531389.6899999995, 311482.3499999996 5531377.59, 311497.1699999999 5531367.25, 311517.11000000034 5531346.779999999, 311541.16000000015 5531322.09, 311574 5531307.83, 311657.48000000045 5531299.16, 311655.58999999985 5531295.65, 311664.46999999974 5531299.02, 311662.1200000001 5531302.15, 311736.8300000001 5531299.68, 311836.7400000002 5531303.720000001, 311875.41000000015 5531310.4, 311919.5599999996 5531319.640000001, 311985.1699999999 5531344.99, 312014.3700000001 5531345.5600000005, 312153.58999999985 5531398.48, 312209.4900000002 5531395.26, 312242.5599999996 5531300.5, 312217.8700000001 5531203.91, 312208.71999999974 5531086.49, 312158.1299999999 5531025.039999999, 312141.9900000002 5531003.390000001, 312141.53000000026 5530968.529999999, 312168.29000000004 5530900.869999999, 312188.8799999999 5530863.91, 312209.7599999998 5530844.59, 312241.1699999999 5530830.26, 312246.1299999999 5530828.4, 312295.4900000002 5530812.390000001, 312305.0999999996 5530783.48, 312298.88999999966 5530739.07, 312316.3799999999 5530664.289999999, 312321.1799999997 5530656.119999999, 312345.1900000004 5530615.26, 312391.53000000026 5530555.91, 312395.6500000004 5530552.08, 312399.83999999985 5530548.18, 312404.5700000003 5530543.77, 312463.75 5530492.07, 312488.4500000002 5530474.17, 312508.8300000001 5530445.68, 312517.38999999966 5530411.220000001, 312529.9299999997 5530382.66, 312536.5599999996 5530376.26, 312577.8200000003 5530359.369999999, 312625.9500000002 5530347.710000001, 312680.54000000004 5530319.91, 312705.1900000004 5530293.859999999, 312733.4900000002 5530167.68, 312758.71999999974 5530090.67, 312771.1699999999 5530036.3100000005, 312788.0099999998 5530031.5, 312765.13999999966 5529996.49, 312761.6200000001 5529990.9399999995, 312733.5700000003 5529972.460000001, 312694.0700000003 5529953.35, 312642.5999999996 5529924.07, 312625.2000000002 5529920.640000001, 312617.3300000001 5529919.130000001, 312597.63999999966 5529915.279999999, 312543.41000000015 5529898.359999999, 312507.0099999998 5529882.27, 312471.4900000002 5529866.58, 312460.8700000001 5529861.9, 312422.25 5529828.08, 312403.91000000015 5529808.380000001, 312377.8700000001 5529786.59, 312328.9400000004 5529762.51, 312289.3200000003 5529738.27, 312285.0499999998 5529735.640000001, 312242.29000000004 5529709.800000001, 312223.2999999998 5529694.359999999, 312141.79000000004 5529628.109999999, 312099.45999999996 5529607.74, 312087.70999999996 5529597, 312066.36000000034 5529586.460000001, 312028.3799999999 5529567.68, 312019.3700000001 5529564.4399999995, 312023.78000000026 5529571.52, 312039.61000000034 5529597.289999999, 312029.1500000004 5529615.550000001, 312026.0099999998 5529620.93, 312017.86000000034 5529634.93, 312010.6699999999 5529647.029999999, 312050.9199999999 5529694.83, 312078.4500000002 5529738.199999999, 312107.76999999955 5529781.609999999, 312112.26999999955 5529788.26, 312119.6699999999 5529790.66, 312142.41000000015 5529797.67, 312145.4000000004 5529799.640000001, 312175.95999999996 5529819.68, 312186.45999999996 5529829.57, 312199.3099999996 5529855.85, 312207.20999999996 5529887.76, 312212.5700000003 5529909.43, 312237.71999999974 5529949.630000001, 312240.2000000002 5529958.8100000005, 312239.7000000002 5529976.140000001, 312237.3799999999 5530055.550000001, 312236.66000000015 5530057.66, 312230.66000000015 5530075.3100000005, 312221.9500000002 5530087.789999999, 312215.26999999955 5530088.630000001, 312207.11000000034 5530081.619999999, 312196.88999999966 5530072.83, 312186.5599999996 5530055.07, 312182.5999999996 5530057.74, 312173.63999999966 5530063.800000001, 312192.9000000004 5530091.18, 312187.88999999966 5530096.66, 312200.6299999999 5530110.41, 312191.11000000034 5530120.029999999, 312164.3700000001 5530139.25, 312150 5530149.59, 312143.01999999955 5530156.289999999, 312135.95999999996 5530156.630000001, 312062.41000000015 5530160.16, 312004.5499999998 5530162.960000001, 311964.5599999996 5530164.890000001, 311959.5599999996 5530165.24, 311949.5999999996 5530164.539999999, 311946.51999999955 5530170.949999999, 311951.16000000015 5530176.220000001, 311948.9299999997 5530203.93, 311947.8499999996 5530217.470000001, 311946.3499999996 5530236.1, 311941.1900000004 5530300.5, 311939.0800000001 5530326.6899999995, 311914.4299999997 5530320.960000001, 311862.01999999955 5530308.77, 311801.95999999996 5530294.800000001, 311715.51999999955 5530274.710000001, 311698.26999999955 5530270.699999999, 311690.9199999999 5530268.99, 311686.5999999996 5530264.93, 311639.9900000002 5530267.720000001, 311609.33999999985 5530259.09, 311584.16000000015 5530252, 311564.1500000004 5530233.8100000005, 311546.8200000003 5530207.970000001, 311539.8799999999 5530187.9399999995, 311527.0800000001 5530151.08, 311518.86000000034 5530127.43, 311495.01999999955 5530131.300000001, 311458.79000000004 5530104.52, 311456.5499999998 5530107.859999999, 311444.88999999966 5530125.210000001, 311427.95999999996 5530129.49, 311422.46999999974 5530130.880000001, 311421.01999999955 5530129.98, 311364.46999999974 5530091.880000001, 311344.13999999966 5530106.289999999, 311373.9299999997 5530174.970000001, 311376.5099999998 5530180.83, 311373.54000000004 5530182.4399999995, 311370.0700000003 5530184.359999999, 311366.6799999997 5530186.25, 311364.8200000003 5530187.279999999, 311363.83999999985 5530188, 311361.7400000002 5530187.720000001, 311355.28000000026 5530189.5, 311356.1299999999 5530193.76, 311358.8099999996 5530207.140000001, 311339.48000000045 5530219.5600000005, 311338.21999999974 5530244.52, 311338.04000000004 5530248.51, 311305.0599999996 5530277.9, 311297.4900000002 5530284.640000001, 311288.28000000026 5530316.82, 311285.66000000015 5530325.949999999, 311299.71999999974 5530419.48, 311319.98000000045 5530479.880000001, 311321.6200000001 5530485.16, 311327.3300000001 5530485.710000001, 311443.7599999998 5530509.789999999, 311657.3700000001 5530568.59, 311650.6500000004 5530571.67, 311640.6900000004 5530581.050000001, 311639.13999999966 5530582.66, 311625.8300000001 5530596.449999999, 311616.1299999999 5530604.41, 311603.48000000045 5530614.789999999, 311601.48000000045 5530616.720000001, 311576.3200000003 5530641, 311542.26999999955 5530679.880000001, 311523.6500000004 5530691.15, 311493 5530704.34, 311440.7400000002 5530726.82, 311420.4199999999 5530735.5600000005, 311348.0499999998 5530748.050000001, 311324.6799999997 5530760.279999999, 311306.5099999998 5530774.08, 311295.3499999996 5530782.550000001, 311281.8099999996 5530792.83, 311277.6799999997 5530795.91, 311268.9900000002 5530798.300000001, 311229.5800000001 5530809.359999999, 311180.5999999996 5530823.09, 311152.95999999996 5530830.84, 311129.70999999996 5530837.369999999, 311114.8099999996 5530841.550000001, 311032.0800000001 5530698.68, 311011.98000000045 5530664.1899999995, 311002.01999999955 5530646.76, 311000.8799999999 5530644.59, 310998.5599999996 5530640.130000001, 310985.1299999999 5530668.51, 310926.9299999997 5530713.99, 310916.61000000034 5530722.08, 310909.13999999966 5530738.77, 310809.46999999974 5530695.51, 310733.38999999966 5530657.99, 310728.08999999985 5530654.77, 310707.71999999974 5530690.3100000005, 310700 5530691.92, 310615.36000000034 5530628.9, 310506.3700000001 5530574.15, 310501.01999999955 5530571.380000001, 310487.9000000004 5530570.130000001, 310423.3099999996 5530563.98, 310359.29000000004 5530524.15, 310309.3799999999 5530493.0600000005, 310265.28000000026 5530448.140000001, 310261.28000000026 5530436.27, 310271.1900000004 5530354.16, 310284.83999999985 5530293.029999999, 310303.9400000004 5530257.24, 310296 5530253, 310277.5 5530289.199999999, 310254.29000000004 5530277.08, 310237.53000000026 5530282.52, 310215.71999999974 5530289.6, 310170.03000000026 5530304.42, 310171.4299999997 5530356.130000001, 310124.2599999998 5530329.59, 310159.0999999996 5530279.65, 310170.13999999966 5530263.82, 310148.20999999996 5530249.16, 310110.75 5530224.109999999, 310027.78000000026 5530168.289999999, 310038.4500000002 5530156.800000001, 309978.6900000004 5530085.23, 309999.3300000001 5530075.470000001, 310005.98000000045 5530068.76, 309988.6299999999 5530019.390000001, 309992.5499999998 5529987.359999999, 310006.61000000034 5529956.43, 310032.8700000001 5529919.15, 310033.4000000004 5529906.6899999995, 310027.9400000004 5529895.619999999, 310028.4900000002 5529884.550000001, 310054.4500000002 5529832.369999999, 310004.6699999999 5529846.6, 309956.3700000001 5529860.43, 309951.01999999955 5529832.039999999, 309945.5 5529802.6899999995, 309935.1699999999 5529748.42, 309905.8499999996 5529741.41, 309893.3700000001 5529738.42, 309880.4500000002 5529760.5600000005, 309873.38999999966 5529753.98, 309881.51999999955 5529733.01, 309850.8300000001 5529684.449999999, 309851.1699999999 5529677.720000001, 309838.48000000045 5529661.640000001, 309823.71999999974 5529648.17, 309664.33999999985 5529553.039999999, 309628.51999999955 5529525.210000001, 309586.78000000026 5529492.77, 309553.4000000004 5529462.59, 309534.5099999998 5529459.470000001, 309513.3799999999 5529467.5, 309495.8099999996 5529470.5600000005, 309477.3700000001 5529464.119999999, 309445.0999999996 5529448.380000001, 309453.3300000001 5529428.449999999, 309500.4199999999 5529413.83, 309511.16000000015 5529408.41, 309531.5800000001 5529395.720000001, 309563.8499999996 5529376.5600000005, 309582.51999999955 5529362.09, 309596.66000000015 5529350.640000001, 309615.9000000004 5529289.09, 309627.5599999996 5529275.18, 309714.48000000045 5529237.15, 309738.0099999998 5529222.66, 309767.88999999966 5529227.5, 309769.36000000034 5529213.699999999, 309770.9900000002 5529200.1, 309786.0499999998 5529189.01, 309797.76999999955 5529169.880000001, 309805.78000000026 5529152.9, 309816.7999999998 5529129.550000001, 309834.3300000001 5529103.8100000005, 309830.5599999996 5529070.76, 309834.6299999999 5529047.0600000005, 309884.21999999974 5528998.539999999, 309898.23000000045 5528973.460000001, 309906.4500000002 5528954.210000001, 309913.9299999997 5528921.779999999, 309921.28000000026 5528905.48, 309927.8200000003 5528900.210000001, 309936.4000000004 5528889.359999999, 309934.7400000002 5528881.300000001, 309921.66000000015 5528852.949999999, 310001.83999999985 5528686.41, 310009.58999999985 5528679.3100000005, 310016.36000000034 5528682.380000001, 310032.8799999999 5528689.880000001, 310032.1200000001 5528665.73, 310040.9900000002 5528642.140000001, 310059.3300000001 5528607.640000001, 310059.5599999996 5528607.390000001, 310062.45999999996 5528679.710000001, 310102.9299999997 5528677.59, 310140.75 5528684.58, 310166.3499999996 5528686.07, 310204.4000000004 5528686.050000001, 310223.0499999998 5528689.300000001, 310245.53000000026 5528700.41, 310276.4000000004 5528708.6899999995, 310293.73000000045 5528716.5, 310308.6299999999 5528725.93, 310331.73000000045 5528727.5, 310363.73000000045 5528726.720000001, 310397.4500000002 5528718.359999999, 310417.54000000004 5528707.539999999, 310450.73000000045 5528686.18, 310464.7000000002 5528672.6, 310470.9400000004 5528665.85, 310495.0599999996 5528667.880000001, 310520.88999999966 5528700.390000001, 310548.66000000015 5528693.779999999, 310566.38999999966 5528697.970000001, 310566.9299999997 5528591.300000001, 310579.6299999999 5528547.02, 310582.4000000004 5528537.59, 310585.01999999955 5528497.380000001, 310589.79000000004 5528424.49, 310601.54000000004 5528397.109999999, 310639.4500000002 5528348.359999999, 310693.33999999985 5528307.57, 310702.6500000004 5528291.630000001, 310706.9000000004 5528259.869999999, 310683.51999999955 5528212.869999999, 310664 5528148.140000001, 310626.6799999997 5528060.8100000005, 310619.7999999998 5528024.15, 310622.1500000004 5527995.4, 310623.26999999955 5527981.550000001, 310615.04000000004 5527918.16, 310617.11000000034 5527885.460000001, 310650.4900000002 5527815.380000001, 310697.9900000002 5527754.369999999, 310745 5527708.529999999, 310794.5499999998 5527598.25, 310800.98000000045 5527605.92, 310815.36000000034 5527623.109999999, 310858.79000000004 5527674.970000001, 310928.5800000001 5527755.41, 311010.6299999999 5527849.960000001, 311103.3799999999 5527956.880000001, 311107.8700000001 5527962.140000001, 311109.96999999974 5527964.470000001, 311222.3700000001 5527964.130000001, 311325.03000000026 5527964.130000001, 311349.2000000002 5527981.42, 311378.3300000001 5528002.529999999, 311408.70999999996 5528024.539999999, 311440.0599999996 5528047.220000001, 311532.2599999998 5528113.82, 311562.98000000045 5528136.039999999, 311593.4900000002 5528158.109999999, 311624.16000000015 5528180.369999999, 311641.5 5528202.75, 311664.7400000002 5528232.859999999, 311684.9400000004 5528259.08, 311711.2000000002 5528293.27, 311724.8700000001 5528311.01, 311737.08999999985 5528326.859999999, 311743.20999999996 5528334.789999999, 311780.2000000002 5528382.59, 311882.21999999974 5528494.880000001, 311983.96999999974 5528585.890000001, 312062.5599999996 5528653.92, 312069.7400000002 5528659.67, 312153.4500000002 5528732.65, 312173.08999999985 5528749.279999999, 312190.86000000034 5528755.91, 312209.4500000002 5528790, 312209.1299999999 5528796.85, 312233.45999999996 5528800.0600000005, 312262.86000000034 5528800.630000001, 312268.5999999996 5528799.77, 312293.86000000034 5528795.960000001, 312297.6200000001 5528795.4, 312305.5099999998 5528790.529999999, 312323.28000000026 5528779.609999999, 312348.5700000003 5528764.0600000005, 312378.9900000002 5528750.84, 312402.79000000004 5528740.5, 312434.0599999996 5528726.890000001, 312436.21999999974 5528725.539999999, 312465.2999999998 5528707.43, 312498.0800000001 5528687.01, 312508.08999999985 5528680.779999999, 312518.58999999985 5528680.84, 312585.70999999996 5528681.210000001, 312593.70999999996 5528683.18, 312612.7400000002 5528687.880000001, 312654.2000000002 5528715.859999999, 312669.79000000004 5528723.59, 312700.45999999996 5528738.789999999, 312732.13999999966 5528725.85, 312750.5599999996 5528762.99, 312771.9900000002 5528806.1899999995, 312812.76999999955 5528810.539999999, 312864.9900000002 5528808.84, 312813.2599999998 5528692.710000001, 312856.0700000003 5528692.41, 312909 5528692.039999999, 312921.41000000015 5528688.26, 312936.1500000004 5528683.77, 312958.9400000004 5528676.82, 312966.70999999996 5528671.8100000005, 313020.04000000004 5528637.470000001, 313022.5599999996 5528635.84, 313021.2599999998 5528616.74, 312992.3700000001 5528492.42, 312987.8499999996 5528472.140000001, 312973.33999999985 5528401.890000001, 312971.08999999985 5528391.029999999, 312978.73000000045 5528383.5, 312991.71999999974 5528386.6, 313015.7400000002 5528389.9399999995, 313018.5099999998 5528390.33, 313047.76999999955 5528391.27, 313093.45999999996 5528390.35, 313133.95999999996 5528389.529999999, 313153.4199999999 5528389.57, 313171.6500000004 5528392.41, 313187.6500000004 5528402.0600000005, 313198.4900000002 5528409.970000001, 313234.51999999955 5528436.23, 313274.03000000026 5528461.59, 313290.2000000002 5528468.51, 313297.5499999998 5528471.66, 313336.6699999999 5528484.34, 313431.25 5528522.75, 313442.6299999999 5528526.880000001, 313481.5800000001 5528541, 313513.95999999996 5528571.869999999, 313539.28000000026 5528594.890000001, 313543.61000000034 5528602.539999999, 313566.1699999999 5528642.380000001, 313584.5999999996 5528671.18, 313610.76999999955 5528700.16, 313647.5099999998 5528755.5600000005, 313683.5800000001 5528832.73, 313726.0499999998 5528890.220000001, 313756.7599999998 5528940.09, 313775.0099999998 5528966.26, 313802.91000000015 5528987.9, 313846.23000000045 5529009.52, 313869.6799999997 5529020.66, 313871.46999999974 5529020.630000001, 313901.0599999996 5529016.82, 313958.1699999999 5528996.960000001, 314001.76999999955 5528986.65, 314032.4500000002 5528978, 314024.9299999997 5529001.630000001, 314024.4000000004 5529019.880000001, 314014.8499999996 5529051.66, 314019.79000000004 5529056.34, 314012.9400000004 5529074.699999999, 313978.36000000034 5529111.4, 313960.6699999999 5529148.67, 313950.25 5529162.16, 313899.26999999955 5529194.75, 313862.3300000001 5529216.98, 313830.6500000004 5529230.1899999995, 313827.54000000004 5529231.48, 313809.70999999996 5529239.85, 313799.4000000004 5529246.380000001, 313798.13999999966 5529256.619999999, 313802.95999999996 5529272.109999999, 313810.08999999985 5529288.119999999, 313811.5599999996 5529292.369999999, 313818.8799999999 5529313.68, 313823.45999999996 5529326.99, 313826.01999999955 5529346.619999999, 313830.4199999999 5529381.42, 313825.7999999998 5529384.25, 313814.0999999996 5529383.369999999, 313793.9900000002 5529377.32, 313761.5499999998 5529363.58, 313731.21999999974 5529350.76, 313706.2999999998 5529340.210000001, 313682.48000000045 5529321.68, 313655.8300000001 5529298.68, 313638.8799999999 5529274.470000001, 313626.4199999999 5529256.67, 313576.45999999996 5529207.23, 313550.6200000001 5529162.98, 313539.2599999998 5529142.15, 313530.4299999997 5529125.949999999, 313510.9400000004 5529100.359999999, 313501.9500000002 5529090.08, 313497.8200000003 5529093.699999999, 313497.8700000001 5529101.300000001, 313462.1299999999 5529146.1, 313445.75 5529197.949999999, 313440.04000000004 5529216.029999999, 313434.54000000004 5529223.77, 313421.08999999985 5529233.779999999, 313414.70999999996 5529232.390000001, 313409.4900000002 5529233.08, 313406.8700000001 5529238.16, 313252.9199999999 5529117.4, 313220.66000000015 5529092.09, 313204.1699999999 5529079.15, 313143.5599999996 5529031.6, 313137.0700000003 5529026.27, 313136.8799999999 5529040.800000001, 313135.88999999966 5529119.210000001, 313132.0999999996 5529127.49, 313108.5700000003 5529148.470000001, 313109.5499999998 5529149.58, 313082.8700000001 5529173.359999999, 313072.6500000004 5529175.23, 313073.8200000003 5529181.609999999, 313079.2599999998 5529185.67, 313084.8099999996 5529236.01, 313072.8499999996 5529297.720000001, 313070.9199999999 5529307.619999999, 313063.7999999998 5529344.4, 313060.3300000001 5529361.91, 313064.4900000002 5529364.74, 313108.96999999974 5529404.140000001, 313132.3300000001 5529417.960000001, 313160.3300000001 5529430.5600000005, 313222.5099999998 5529406.42, 313234.9299999997 5529397.75, 313276.7400000002 5529355.85, 313297.5800000001 5529323.42, 313294.1799999997 5529290.119999999, 313293.8300000001 5529286.76, 313293.45999999996 5529283.15, 313296.13999999966 5529274.33, 313305.5499999998 5529263.710000001, 313312.75 5529262.970000001, 313332.4900000002 5529278.6, 313337.1200000001 5529281.6899999995, 313341.8300000001 5529284.93, 313372.3200000003 5529305.550000001, 313379.79000000004 5529330.57, 313396.1799999997 5529398.82, 313409.54000000004 5529454.41, 313427.4400000004 5529489.08, 313453.08999999985 5529514.890000001, 313487.5 5529540.380000001, 313564.1500000004 5529587.48, 313589.11000000034 5529602.82, 313605.86000000034 5529607.029999999, 313651.5700000003 5529618.5, 313675.8700000001 5529620.550000001, 313701.11000000034 5529620.609999999, 313715.5999999996 5529618.73, 313719.0700000003 5529624.029999999, 313722.1799999997 5529627.98, 313733.79000000004 5529617.640000001, 313739.8200000003 5529610.43, 313746.6500000004 5529600.32, 313748.76999999955 5529595.43, 313755.2400000002 5529580.449999999, 313761.5099999998 5529576.74, 313770.1900000004 5529583.3100000005, 313781.4000000004 5529593.42, 313787.45999999996 5529598.869999999, 313809.33999999985 5529609.550000001, 313835.6200000001 5529615.9, 313843.63999999966 5529617.460000001, 313873.4000000004 5529623.23, 313909.88999999966 5529627.66, 313902.5099999998 5529640.84, 313891.7999999998 5529659.960000001, 313939.45999999996 5529685.3100000005, 313995.1500000004 5529715.34, 314010.29000000004 5529728.66, 314022.2400000002 5529747.24, 314044.2000000002 5529759.33, 314052.5599999996 5529762.02, 314053.79000000004 5529770.42, 314043.5099999998 5529767.6899999995, 314040.7000000002 5529766.529999999, 314013.71999999974 5529753.380000001, 314002.61000000034 5529737.91, 313997.1900000004 5529730.380000001, 313922.04000000004 5529688.52, 313886.3499999996 5529671.6, 313886.1799999997 5529671.529999999, 313868.2599999998 5529664.27, 313863.6500000004 5529687.75, 313860.08999999985 5529705.859999999, 313823.8799999999 5529707.68, 313826.6900000004 5529712.720000001, 313827.11000000034 5529729.550000001, 313835.9299999997 5529728.960000001, 313835.83999999985 5529734.279999999, 313835.53000000026 5529753.640000001, 313826 5529754.869999999, 313802.33999999985 5529757.9, 313783.6900000004 5529770.01, 313770.3300000001 5529778.68, 313775.2599999998 5529786.77, 313779.25 5529792.779999999, 313780.51999999955 5529795.1, 313821.9500000002 5529777.5, 313819.4199999999 5529791.65, 313812.46999999974 5529802.35, 313799.95999999996 5529810.85, 313780.98000000045 5529823.76, 313742.2999999998 5529841.789999999, 313707.78000000026 5529872.880000001, 313695.7400000002 5529878.779999999, 313606.13999999966 5529895.220000001, 313583.58999999985 5529887.779999999, 313532.9400000004 5529875.77, 313455.66000000015 5529855.68, 313299.86000000034 5529815.08, 313294.6799999997 5529808.92, 313293.11000000034 5529788.630000001, 313290.73000000045 5529757.970000001, 313288.9500000002 5529735.1, 313286.3099999996 5529701.15, 313281.2400000002 5529700.050000001, 313157.3099999996 5529673.210000001, 313103.76999999955 5529661.619999999, 313089.38999999966 5529674.83, 313065.4199999999 5529696.83, 313046.9199999999 5529713.83, 313043.28000000026 5529717.18, 313072.4500000002 5529746.49, 313075.46999999974 5529748.98, 313108.1900000004 5529775.890000001, 313137.2999999998 5529809.76, 313161.8799999999 5529851.369999999, 313159.5599999996 5529857.039999999, 313140.8200000003 5529862.33, 313163.03000000026 5529940.51, 313219.23000000045 5530118.99, 313208.4199999999 5530125.529999999, 313197.4000000004 5530126.949999999, 313170.0800000001 5530086.18, 313149.5499999998 5530082.109999999, 313117.9199999999 5530070.68, 313110.6900000004 5530040.699999999, 313106.9400000004 5530035.6899999995, 313106.0099999998 5530034.460000001, 313092.9400000004 5530017.039999999, 313067.20999999996 5530015.470000001, 313023.3300000001 5530012.77, 312910.9000000004 5530025.609999999, 312837.76999999955 5530039.09, 312814.53000000026 5530043.380000001, 312791.5 5530056.890000001, 312764 5530142.210000001, 312758.48000000045 5530159.33, 312750.29000000004 5530184.16, 312748.9199999999 5530188.09, 312736.6900000004 5530233.5600000005, 312731.5599999996 5530252.640000001, 312723.83999999985 5530303.57, 312698.3499999996 5530329.67, 312676.70999999996 5530342.380000001, 312650.5499999998 5530357.73, 312644.3799999999 5530360.529999999, 312629.78000000026 5530367.15, 312616.28000000026 5530373.18, 312563.04000000004 5530390.4, 312545.6799999997 5530402.77, 312526.33999999985 5530445.17, 312525.4299999997 5530447.17, 312504.3300000001 5530479.98, 312471.96999999974 5530502.58, 312444.41000000015 5530527.130000001, 312419.95999999996 5530557.380000001, 312415.75 5530561.74, 312411.0800000001 5530566.58, 312405.9900000002 5530571.85, 312382.6900000004 5530592.359999999, 312366.16000000015 5530616.109999999, 312330.86000000034 5530676.08, 312321.21999999974 5530700.220000001, 312313.95999999996 5530737.1899999995, 312313.0099999998 5530742.02, 312320.3300000001 5530757.140000001, 312321.9900000002 5530760.58, 312323.6699999999 5530764.07, 312324.03000000026 5530764.8100000005, 312328.21999999974 5530791.15, 312323.8799999999 5530810.390000001, 312304.7400000002 5530825.74, 312297.3499999996 5530831.67, 312293.16000000015 5530835.029999999, 312225.25 5530857.720000001, 312193.5099999998 5530894.550000001, 312160.7999999998 5530971.24, 312164.0700000003 5530997.82, 312164.63999999966 5531002.41, 312226.9199999999 5531083.449999999, 312231.11000000034 5531115.4399999995, 312226.2000000002 5531129.449999999, 312226.9400000004 5531133.529999999, 312235.45999999996 5531180.880000001, 312238.3200000003 5531196.73, 312242.54000000004 5531223.49, 312255.03000000026 5531251.8100000005, 312260.8700000001 5531278.1899999995, 312257.96999999974 5531304.3100000005, 312246.6900000004 5531346.890000001, 312220.25 5531404.93, 312211.54000000004 5531414.859999999, 312201.11000000034 5531418.619999999, 312178.95999999996 5531419.210000001, 312126.98000000045 5531413.74, 312086.1900000004 5531401.66, 312046.1799999997 5531381.029999999, 311978.79000000004 5531360.75, 311915.73000000045 5531335.17, 311873.4900000002 5531324.77, 311834.6200000001 5531319.58, 311736.5999999996 5531313.68, 311667.78000000026 5531312.550000001, 311661.95999999996 5531310.630000001, 311653.51999999955 5531308.85, 311629.78000000026 5531313.6899999995, 311575.9000000004 5531322.58, 311553.21999999974 5531332.76, 311537.2999999998 5531355.279999999, 311544.41000000015 5531388.949999999, 311546.8700000001 5531400.609999999, 311547.95999999996 5531405.77, 311543.3799999999 5531422.99, 311542.28000000026 5531424.25, 311526.8499999996 5531441.699999999, 311517.4900000002 5531452.289999999, 311501.16000000015 5531526.289999999, 311490.4900000002 5531573.460000001, 311458.11000000034 5531654.619999999, 311456.48000000045 5531686.359999999, 311456.01999999955 5531695.300000001, 311458.0599999996 5531726.609999999, 311469.20999999996 5531746.4399999995, 311484.41000000015 5531754.73, 311489.88999999966 5531757.720000001, 311509.25 5531760.119999999, 311543.5599999996 5531764.289999999, 311627.66000000015 5531781.27, 311662.54000000004 5531808.59, 311684.1900000004 5531833.57, 311693.9000000004 5531844.77, 311703.61000000034 5531866.3100000005, 311713.61000000034 5531893.9399999995, 311693.95999999996 5531977.74, 311676.53000000026 5532027.59, 311646.41000000015 5532090.970000001, 311645.7599999998 5532116.960000001, 311671.0800000001 5532145.369999999, 311694.8799999999 5532156.68, 311727.2400000002 5532184.630000001, 311740.8700000001 5532196.41, 311770.5599999996 5532227.710000001, 311784.45999999996 5532246.789999999, 311814.5700000003 5532288.15, 311834.11000000034 5532323.85, 311845.7400000002 5532351.52, 311852.4299999997 5532391.41, 311854.2000000002 5532412.33, 311844.79000000004 5532450.07, 311842.0700000003 5532473.6899999995, 311846.11000000034 5532496.949999999, 311852.1500000004 5532508.84, 311867.7999999998 5532519.800000001, 311868.6299999999 5532526.6, 311868.7999999998 5532526.720000001, 311869.2999999998 5532531.6, 311869.8099999996 5532536.65, 311864.6699999999 5532544.6, 311831.38999999966 5532572.5600000005, 311787.2400000002 5532635.15, 311778.23000000045 5532653.619999999, 311783.75 5532676.609999999, 311783.46999999974 5532686.220000001, 311777.0700000003 5532691.98, 311713.7599999998 5532704.6899999995, 311558.71999999974 5532723.279999999, 311553.7599999998 5532745.779999999, 311453.6799999997 5532681.25, 311431.1799999997 5532582.26, 311432.45999999996 5532574.35, 311435.8799999999 5532564.960000001, 311411.6299999999 5532576.74, 311393.25 5532584.98, 311357.70999999996 5532585.25), (312805.96999999974 5530027.17, 312814.0700000003 5530016.869999999, 312818.53000000026 5530016.3100000005, 312837.9900000002 5530013.859999999, 312858.8499999996 5530011.23, 312864.51999999955 5530010.52, 312871.63999999966 5530009.609999999, 312951.6699999999 5530002.949999999, 312971.98000000045 5529998.57, 312994.9500000002 5529993.6, 312994.91000000015 5529993.3100000005, 312973.9000000004 5529953.76, 312977.5800000001 5529951.460000001, 312921.8799999999 5529911.92, 312919.48000000045 5529905.8100000005, 312894.8499999996 5529843.66, 312896.2000000002 5529835.16, 312891.6299999999 5529834.49, 312883.5099999998 5529839.4399999995, 312879.8200000003 5529840.17, 312817.01999999955 5529852.859999999, 312773.33999999985 5529861.6899999995, 312776.78000000026 5529847.26, 312775.11000000034 5529837.76, 312751.2599999998 5529796.6, 312724.95999999996 5529757.41, 312643.2999999998 5529713.08, 312631.8300000001 5529706.859999999, 312627.6799999997 5529699.5, 312630.78000000026 5529650.74, 312632.3300000001 5529626.449999999, 312620.5099999998 5529598.470000001, 312612.9199999999 5529572.390000001, 312606.5099999998 5529514.43, 312618.2599999998 5529472.4399999995, 312657.96999999974 5529407.130000001, 312700.3799999999 5529368.960000001, 312694.03000000026 5529360.970000001, 312654.9900000002 5529311.92, 312650.95999999996 5529306.859999999, 312639.04000000004 5</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6004-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6004-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6004-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6004-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -523,90 +523,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-060" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6004-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6004-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_6004-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-060" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=6004-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh6004-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_6004-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -680,51 +680,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108887</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.77118763883</v>
+        <v>46071.30748101707</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>