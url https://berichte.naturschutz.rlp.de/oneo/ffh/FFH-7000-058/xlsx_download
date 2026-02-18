--- v0 (2025-11-09)
+++ v1 (2026-02-18)
@@ -153,51 +153,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5914-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((428392.23000000045 5536856.1899999995, 428391.5700000003 5536857.23, 428391.23000000045 5536858.699999999, 428390.7400000002 5536860.800000001, 428518.5800000001 5536890, 428569.66000000015 5536909.789999999, 428603.3300000001 5536928.59, 428648.71999999974 5536958.460000001, 428740.2599999998 5537019.42, 428783.8300000001 5537056.76, 428797.51999999955 5537069.449999999, 428805.91000000015 5537078.6899999995, 428843.46999999974 5537118.960000001, 428916.03000000026 5537197.83, 428943.36000000034 5537222.83, 428947.25 5537219.890000001, 428987.0999999996 5537253.76, 428989.6699999999 5537255.890000001, 428993.3499999996 5537258.960000001, 428996.8200000003 5537261.84, 428999.63999999966 5537264.199999999, 429006.41000000015 5537269.83, 429010.28000000026 5537273.039999999, 429017.96999999974 5537279.449999999, 429025.23000000045 5537285.49, 429034.45999999996 5537293.17, 429044.2400000002 5537301.32, 429048.8099999996 5537305.119999999, 429053.0099999998 5537309.27, 429057.1900000004 5537313.4, 429060.48000000045 5537316.66, 429062.4900000002 5537318.65, 429064.2999999998 5537320.4399999995, 429068.25 5537324.34, 429074.8799999999 5537330.890000001, 429081.5599999996 5537337.77, 429091.4299999997 5537347.92, 429094.6799999997 5537351.43, 429097.73000000045 5537354.710000001, 429101.1799999997 5537358.43, 429107.71999999974 5537365.49, 429114.70999999996 5537373.029999999, 429119.23000000045 5537377.91, 429122.0599999996 5537380.960000001, 429128.46999999974 5537387.869999999, 429131.73000000045 5537391.380000001, 429136.1900000004 5537396.1899999995, 429138.8099999996 5537399.02, 429141.25 5537401.640000001, 429145.45999999996 5537406.07, 429152.0499999998 5537412.99, 429159.0700000003 5537420.369999999, 429172.54000000004 5537434.52, 429156.26999999955 5537452.15, 429146.86000000034 5537460.93, 429141.1900000004 5537464.279999999, 429134.5999999996 5537462.59, 429129.2000000002 5537451.17, 429124.9500000002 5537442.17, 429121.04000000004 5537433.859999999, 429118.63999999966 5537435.08, 429108.71999999974 5537440.15, 429069.08999999985 5537455.15, 429058.61000000034 5537459.119999999, 429052.1900000004 5537461.550000001, 429029.9000000004 5537470.51, 429008.0499999998 5537479.49, 428980.6699999999 5537490.76, 428971.41000000015 5537493.73, 428962.0599999996 5537496.74, 428944.76999999955 5537520.1899999995, 428930.5099999998 5537539.550000001, 428915.95999999996 5537559.279999999, 428911.6200000001 5537565.17, 428905.01999999955 5537574.130000001, 428898.91000000015 5537582.42, 428899.7999999998 5537582.789999999, 428963.08999999985 5537616.01, 428987.3700000001 5537634.779999999, 429002.0800000001 5537644.77, 429007.01999999955 5537648.119999999, 429039.01999999955 5537674.0600000005, 429076.6500000004 5537702.52, 429156.75 5537762.130000001, 429185.98000000045 5537791.9, 429205.78000000026 5537811.970000001, 429245.38999999966 5537843.470000001, 429291.01999999955 5537888.34, 429317.23000000045 5537933.9399999995, 429356.63999999966 5537982.6899999995, 429392.0599999996 5538019.59, 429441.6699999999 5538075.15, 429495.38999999966 5538120.35, 429551.88999999966 5538136.0600000005, 429564.0700000003 5538145.9399999995, 429558.8300000001 5538158.25, 429561.1799999997 5538159.25, 429568.04000000004 5538162.15, 429565.1799999997 5538168.869999999, 429534.9500000002 5538239.779999999, 429651.36000000034 5538317.85, 429646.16000000015 5538318.960000001, 429642.38999999966 5538321.0600000005, 429641.7599999998 5538324.4399999995, 429643.1500000004 5538327.789999999, 429752.6900000004 5538401.25, 429754.8700000001 5538402.550000001, 429757.23000000045 5538411.27, 429784.0599999996 5538415.699999999, 429791.70999999996 5538418.4399999995, 429800.25 5538423.75, 429837.23000000045 5538446.73, 429833.3300000001 5538461.949999999, 429839.9900000002 5538466.74, 429853.2999999998 5538452.01, 429857.48000000045 5538441.640000001, 429869.3499999996 5538400.9399999995, 429872.29000000004 5538394.300000001, 429884.9500000002 5538368.68, 429930.6799999997 5538408.76, 429945.26999999955 5538422.880000001, 429997.16000000015 5538467.039999999, 430069.6299999999 5538529.25, 430141.78000000026 5538595.25, 430147.3300000001 5538593.48, 430155.0800000001 5538600.27, 430151.78000000026 5538604.039999999, 430165.63999999966 5538615.880000001, 430171.75 5538616.02, 430173.0499999998 5538616.039999999, 430183.2999999998 5538625.0600000005, 430192.2999999998 5538632.960000001, 430202.0099999998 5538635.720000001, 430208.0099999998 5538637.43, 430213.3700000001 5538637.77, 430217.0099999998 5538637.449999999, 430234.01999999955 5538635.949999999, 430371.51999999955 5538639.85, 430517.53000000026 5538644.33, 430569.51999999955 5538646.15, 430609.41000000015 5538647.140000001, 430612.5999999996 5538647.25, 430626.0499999998 5538647.66, 430616.6200000001 5538649.52, 430772.21999999974 5538648.529999999, 430783.51999999955 5538645.5600000005, 430784.88999999966 5538645.1899999995, 430788.5999999996 5538644.23, 430807.61000000034 5538639.220000001, 430810.8200000003 5538638.380000001, 430884.0999999996 5538626.24, 430892.71999999974 5538624.82, 430920.54000000004 5538617.68, 430929.8799999999 5538615.279999999, 430940.6799999997 5538611.130000001, 430960.78000000026 5538603.4, 430962.1200000001 5538602.880000001, 430965 5538601.779999999, 430965.04000000004 5538602.460000001, 430965.2400000002 5538606.33, 430965.58999999985 5538613.16, 430970.01999999955 5538615.369999999, 430973.3300000001 5538617.029999999, 430977.03000000026 5538618.880000001, 430988.20999999996 5538624.460000001, 430993.4400000004 5538627.9, 430998.11000000034 5538630.98, 431008.2000000002 5538637.630000001, 431017.21999999974 5538643.57, 431025.66000000015 5538646.789999999, 431030.9500000002 5538648.779999999, 431038.16000000015 5538651.5, 431044.7999999998 5538654.01, 431051.79000000004 5538656.640000001, 431060.53000000026 5538659.93, 431064.9400000004 5538661.59, 431076.6500000004 5538666, 431091.0800000001 5538671.4399999995, 431098.4199999999 5538674.210000001, 431112.29000000004 5538679.43, 431120.51999999955 5538682.529999999, 431128.33999999985 5538685.48, 431132.6900000004 5538687.119999999, 431137.26999999955 5538688.84, 431152.4199999999 5538694.5600000005, 431164.9000000004 5538699.26, 431176.46999999974 5538703.609999999, 431240.75 5538736.73, 431253.1900000004 5538705.630000001, 431269.8300000001 5538715.720000001, 431276.5800000001 5538719.800000001, 431277.7400000002 5538720.51, 431285.5599999996 5538725.42, 431290.7599999998 5538711.91, 431291.91000000015 5538708.630000001, 431293.38999999966 5538704.369999999, 431295.5099999998 5538698.27, 431298.9900000002 5538699.0600000005, 431304.9199999999 5538700.43, 431305.9900000002 5538700.65, 431313.86000000034 5538702.4399999995, 431317.03000000026 5538704.119999999, 431318.25 5538704.76, 431328.8099999996 5538710.369999999, 431339.51999999955 5538716.0600000005, 431346.4000000004 5538719.710000001, 431355.3700000001 5538724.48, 431363.88999999966 5538729, 431372.0599999996 5538733.34, 431423.3099999996 5538761.32, 431406.83999999985 5538790.48, 431405.0999999996 5538794.57, 431407.8099999996 5538797.300000001, 431412.5099999998 5538802.050000001, 431416.95999999996 5538805.699999999, 431420.48000000045 5538808.6, 431436.4400000004 5538820.59, 431452.6500000004 5538832.789999999, 431514.75 5538878.710000001, 431524.9199999999 5538886.24, 431635.6699999999 5538960.33, 431647.9299999997 5538967.210000001, 431676.9400000004 5538983.48, 431739.7999999998 5539022.52, 431773.6200000001 5539041.09, 431902.11000000034 5539088.5, 431916.33999999985 5539093.74, 432041.6299999999 5539141.640000001, 432116.9199999999 5539149.02, 432240.5800000001 5539161.17, 432277.54000000004 5539160.73, 432335.01999999955 5539160.050000001, 432481.7000000002 5539190.41, 432613.29000000004 5539193.85, 432637.98000000045 5539188.85, 432785.5 5539142.49, 432945.8499999996 5539092.130000001, 432964.79000000004 5539088.779999999, 432971.6799999997 5539088.390000001, 432982.29000000004 5539090.59, 432989.5499999998 5539092.09, 433220.3499999996 5539161.51, 433424.9400000004 5539223.91, 433426.25 5539224.300000001, 433621.3099999996 5539283.359999999, 433645.70999999996 5539250.1899999995, 433658.2999999998 5539246, 433706.9500000002 5539260.66, 433714.0800000001 5539262.210000001, 433720.3799999999 5539271.42, 433714.13999999966 5539315.74, 433901.8799999999 5539410.529999999, 434090.3200000003 5539505.91, 434147.76999999955 5539533.93, 434192.11000000034 5539556.300000001, 434187.5700000003 5539566.359999999, 434182.9500000002 5539576.609999999, 434152.0599999996 5539644.59, 434137.5499999998 5539639.699999999, 434123.7400000002 5539635.0600000005, 434111.3499999996 5539630.880000001, 434105.79000000004 5539629.01, 434088.46999999974 5539623.300000001, 434085.83999999985 5539622.43, 434076.3300000001 5539619.300000001, 434074.9400000004 5539618.83, 434071.4000000004 5539617.67, 434068.1200000001 5539616.58, 434053.16000000015 5539611.65, 434048.03000000026 5539609.960000001, 434045.3799999999 5539609.09, 434037.0099999998 5539606.33, 434031.0800000001 5539604.369999999, 434025.3200000003 5539602.470000001, 434020.0700000003 5539599.99, 434007.29000000004 5539593.960000001, 434003.88999999966 5539592.359999999, 434000.95999999996 5539590.98, 433996.58999999985 5539588.92, 433983.6900000004 5539582.84, 433979.25 5539580.74, 433975 5539578.73, 433958.1799999997 5539570.8100000005, 433956.3799999999 5539569.960000001, 433940.0599999996 5539563.82, 433910.1200000001 5539552.5600000005, 433908.7599999998 5539555.779999999, 433893.8499999996 5539590.84, 433780.36000000034 5539518.59, 433774.73000000045 5539515.01, 433769.96999999974 5539518.18, 433766.0599999996 5539521.77, 433750.8700000001 5539535.68, 433743.8200000003 5539542.15, 433734.5499999998 5539536.32, 433669.0599999996 5539486.460000001, 433652.13999999966 5539472.369999999, 433602.86000000034 5539431.34, 433599.9400000004 5539435.34, 433598.5800000001 5539434.210000001, 433587.9000000004 5539425.550000001, 433580.1900000004 5539419.300000001, 433570.95999999996 5539411.82, 433562.0499999998 5539404.6, 433550.9400000004 5539398.1, 433540.03000000026 5539391.74, 433518.2400000002 5539379.01, 433500.25 5539368.5, 433497.28000000026 5539367.119999999, 433487.0499999998 5539362.369999999, 433476.0099999998 5539357.24, 433465.3700000001 5539352.300000001, 433454.11000000034 5539347.07, 433442.73000000045 5539341.779999999, 433430.88999999966 5539336.289999999, 433407.54000000004 5539325.4399999995, 433394.41000000015 5539319.34, 433381.5 5539313.35, 433366.38999999966 5539306.32, 433351.5099999998 5539299.42, 433337.2000000002 5539292.77, 433329.9199999999 5539291.890000001, 433304.8700000001 5539288.3100000005, 433292.29000000004 5539286.51, 433254.7599999998 5539281.02, 433246.4199999999 5539279.640000001, 433244.5499999998 5539276.92, 433241.41000000015 5539275.210000001, 433232.70999999996 5539293.52, 433230.91000000015 5539294.57, 433203.95999999996 5539284.65, 433110.83999999985 5539251.48, 433076.0099999998 5539238.300000001, 433026.0099999998 5539219.42, 432979.63999999966 5539201.91, 432968.5599999996 5539199.699999999, 432948.4500000002 5539195.6899999995, 432898.5099999998 5539185.75, 432894.9500000002 5539186.58, 432886.2599999998 5539188.609999999, 432877.1900000004 5539190.73, 432866.76999999955 5539193.15, 432856.78000000026 5539195.49, 432846.95999999996 5539197.779999999, 432836.5499999998 5539200.210000001, 432826.11000000034 5539202.65, 432819.9400000004 5539204.09, 432814.1299999999 5539205.4399999995, 432808.1500000004 5539206.84, 432801.91000000015 5539208.300000001, 432798.6500000004 5539209.0600000005, 432796.4400000004 5539210.18, 432791.38999999966 5539212.75, 432784.51999999955 5539216.25, 432777.25 5539219.949999999, 432769.8700000001 5539223.710000001, 432761.83999999985 5539227.789999999, 432754.25 5539231.66, 432745.7599999998 5539235.98, 432728.3099999996 5539244.869999999, 432719.20999999996 5539249.5, 432708.9400000004 5539254.720000001, 432679.1299999999 5539269.359999999, 432667.1900000004 5539275.220000001, 432659.2999999998 5539279.1, 432651.53000000026 5539282.91, 432643.9900000002 5539286.609999999, 432630.33999999985 5539290.66, 432616.1699999999 5539294.859999999, 432584.9000000004 5539304.140000001, 432557.3300000001 5539317.630000001, 432526.98000000045 5539323.789999999, 432520.0700000003 5539324.17, 432513.1799999997 5539324.539999999, 432494.2599999998 5539322.109999999, 432487.04000000004 5539321.18, 432479.79000000004 5539320.25, 432471.41000000015 5539319.18, 432461.7400000002 5539317.9399999995, 432452.9900000002 5539316.8100000005, 432443.11000000034 5539315.539999999, 432433.4500000002 5539314.300000001, 432413.8499999996 5539311.779999999, 432394.9500000002 5539309.359999999, 432379.1900000004 5539305.52, 432371.04000000004 5539303.539999999, 432363 5539301.58, 432346.4400000004 5539297.550000001, 432338.4500000002 5539295.6, 432329.75 5539293.48, 432320.11000000034 5539291.140000001, 432309.6799999997 5539288.130000001, 432303.0599999996 5539286.210000001, 432296.98000000045 5539284.449999999, 432288.28000000026 5539281.93, 432280.13999999966 5539279.59, 432251.3200000003 5539271.25, 432241.7400000002 5539268.49, 432222.5499999998 5539262.9399999995, 432212.63999999966 5539260.08, 432213.73000000045 5539256.710000001, 432208.08999999985 5539255.25, 432202.9900000002 5539253.91, 432193.79000000004 5539251.52, 432187.5099999998 5539249.880000001, 432180.6500000004 5539248.1, 432174.3099999996 5539246.4399999995, 432164.33999999985 5539243.85, 432160.5999999996 5539242.880000001, 432149.5999999996 5539240.01, 432141.96999999974 5539238.68, 432130.79000000004 5539236.73, 432124.8700000001 5539235.68, 432118.88999999966 5539234.640000001, 432112.95999999996 5539233.609999999, 432107.4400000004 5539233.279999999, 432092.5999999996 5539232.42, 432084.0099999998 5539232.15, 432069.2599999998 5539231.6899999995, 432045.1299999999 5539230.92, 432021.95999999996 5539230.1899999995, 432001.41000000015 5539227.300000001, 431988.4400000004 5539225.48, 431974.45999999996 5539223.51, 431959.4299999997 5539221.130000001, 431914.33999999985 5539213.9399999995, 431910.4000000004 5539213.32, 431905.4299999997 5539212.529999999, 431892.0999999996 5539210.41, 431875.8499999996 5539207.76, 431867.9199999999 5539206.48, 431849.5999999996 5539203.51, 431830.26999999955 5539200.359999999, 431828.2999999998 5539200.039999999, 431817.9199999999 5539197.1899999995, 431805.3700000001 5539193.74, 431777.63999999966 5539186.109999999, 431766.5499999998 5539183.07, 431755.7599999998 5539180.1, 431742.11000000034 5539176.369999999, 431728.1799999997 5539172.359999999, 431699.29000000004 5539164.08, 431675.70999999996 5539155.85, 431664.7999999998 5539152.039999999, 431650.5599999996 5539146.800000001, 431625.79000000004 5539137.699999999, 431611.58999999985 5539132.470000001, 431596.0599999996 5539126.77, 431589.6200000001 5539124.390000001, 431580.33999999985 5539121.789999999, 431568.58999999985 5539118.49, 431556.3200000003 5539115.039999999, 431544.16000000015 5539111.619999999, 431532 5539108.199999999, 431519.01999999955 5539104.550000001, 431503.26999999955 5539100.130000001, 431487.9900000002 5539094.98, 431465.2000000002 5539087.279999999, 431461.41000000015 5539086, 431441.5 5539078.130000001, 431415.38999999966 5539067.8100000005, 431388.6699999999 5539057.25, 431360 5539045.74, 431326.5499999998 5539032.33, 431284.1200000001 5539015.3100000005, 431232.3200000003 5538989.789999999, 431174.96999999974 5538960.09, 431164.79000000004 5538953.27, 431137.9500000002 5538935.27, 431112.9199999999 5538916.34, 431087.9299999997 5538897.699999999, 431061.28000000026 5538878.1, 431036.6799999997 5538859.08, 431021.48000000045 5538847.57, 431007.6699999999 5538836.82, 430982.6900000004 5538820.3100000005, 430972.86000000034 5538813.4399999995, 430961.46999999974 5538806.5, 430905.29000000004 5538772.27, 430883.1799999997 5538758.800000001, 430878.7999999998 5538756.130000001, 430819.5999999996 5538726.380000001, 430790.70999999996 5538714.800000001, 430784.63999999966 5538747.43, 430783.79000000004 5538751.109999999, 430775.9400000004 5538781.82, 430748.28000000026 5538880.49, 430756.01999999955 5538902.84, 430856.9199999999 5538949.720000001, 430983.4900000002 5539012.0600000005, 431016.1200000001 5539029.52, 431151.23000000045 5539091.84, 431223.1799999997 5539127.380000001, 431389.1500000004 5539201.9399999995, 431568.4000000004 5539286.779999999, 431583.25 5539292.6899999995, 431630.4000000004 5539309.99, 431698.79000000004 5539335.5600000005, 431715.98000000045 5539341.050000001, 431758.51999999955 5539355.92, 431797.5 5539371.51, 431820.45999999996 5539376.119999999, 431834.6200000001 5539380.890000001, 431844.4900000002 5539384.67, 431880.4400000004 5539396.949999999, 431904.3499999996 5539404.25, 431926.0499999998 5539411.859999999, 431971.20999999996 5539428.24, 432005.0999999996 5539440.359999999, 432050.2400000002 5539456.6899999995, 432073.3499999996 5539463.210000001, 432144.4000000004 5539478.609999999, 432145.33999999985 5539473.699999999, 432242.9199999999 5539490.779999999, 432327.1699999999 5539498.6, 432422.1799999997 5539502.66, 432501.0999999996 5539505.9399999995, 432521.13999999966 5539508.880000001, 432646.5 5539509.800000001, 432741.0700000003 5539495.359999999, 432815.8099999996 5539493.4399999995, 432933.3300000001 5539501.34, 433001 5539505.42, 433048.9000000004 5539509.890000001, 433244.45999999996 5539547.380000001, 433435.01999999955 5539566.460000001, 433476.5099999998 5539570.890000001, 433486.6699999999 5539571.220000001, 433560.26999999955 5539564.460000001, 433630.11000000034 5539572.640000001, 433713.0599999996 5539573.529999999, 433815 5539591.24, 433889.08999999985 5539604.66, 434046.3499999996 5539640.9399999995, 434059.76999999955 5539647.039999999, 434063.04000000004 5539648.51, 434105.13999999966 5539667.630000001, 434256.13999999966 5539731.6, 434363.01999999955 5539777.83, 434383.23000000045 5539787.77, 434576.04000000004 5539873.24, 434692.8799999999 5539924.35, 434691.61000000034 5539927.630000001, 434749.0800000001 5539950.390000001, 434757.1900000004 5539953.779999999, 434836.25 5539987.449999999, 435073.2599999998 5540090.039999999, 435081.8700000001 5540093.710000001, 435130.08999999985 5540114.699999999, 435138.3499999996 5540099.640000001, 435170.8799999999 5540116.51, 435211.3700000001 5540137.51, 435218 5540140.9399999995, 435282.71999999974 5540172.779999999, 435307.83999999985 5540185.140000001, 435447.3300000001 5540255.4399999995, 435457.4000000004 5540260.51, 435486.7400000002 5540275.289999999, 435543.13999999966 5540309.42, 435602.9900000002 5540345.630000001, 435596.48000000045 5540355.3100000005, 435644.28000000026 5540384.98, 435657.9299999997 5540375.880000001, 435664.7400000002 5540371.34, 435669.3799999999 5540376.390000001, 435682.03000000026 5540390.18, 435674.71999999974 5540403.99, 435674.0800000001 5540405.210000001, 435871.4500000002 5540530.130000001, 435905.8099999996 5540549.35, 435911.4000000004 5540557.119999999, 435928.53000000026 5540565.57, 435932.13999999966 5540560.85, 435953.23000000045 5540568.5, 436076.9199999999 5540601.220000001, 436234.2599999998 5540640.42, 436265.1699999999 5540643.4399999995, 436294.7999999998 5540642.949999999, 436294.7599999998 5540639.199999999, 436346.23000000045 5540640.08, 436479.51999999955 5540631.82, 436503.1699999999 5540627.42, 436572.4500000002 5540613.32, 436632.4000000004 5540588.199999999, 436806.9500000002 5540561.050000001, 436864.5999999996 5540561.33, 436893.88999999966 5540561.49, 437031.1799999997 5540577.390000001, 437234.8499999996 5540631.58, 437380.6699999999 5540642.02, 437466.66000000015 5540667.32, 437548.9500000002 5540685.93, 437584.2999999998 5540698.789999999, 437668.6500000004 5540718.199999999, 437728.26999999955 5540743.85, 437773.0700000003 5540753.23, 437805.9000000004 5540766.76, 437861.8700000001 5540790.01, 437874.96999999974 5540795.34, 437925.46999999974 5540815.9, 437979.73000000045 5540830.880000001, 438031.4900000002 5540862.710000001, 438056.21999999974 5540877.5600000005, 438096.3700000001 5540901.65, 438108.1200000001 5540906.34, 438112.04000000004 5540907.9, 438123.3200000003 5540912.41, 438171.5 5540928.08, 438214.4400000004 5540952.880000001, 438261.9000000004 5540998.34, 438318.58999999985 5541027.369999999, 438390.9199999999 5541055.48, 438424.3200000003 5541067.9399999995, 438493.4000000004 5541096.359999999, 438555.5499999998 5541121.93, 438563.6900000004 5541120.960000001, 438719.79000000004 5541190.16, 438749.11000000034 5541206.9, 438830.5800000001 5541253.42, 438848.6699999999 5541265.91, 438867.3300000001 5541278.800000001, 438899.45999999996 5541306.18, 438908.70999999996 5541314.0600000005, 438946.45999999996 5541352.710000001, 439013.86000000034 5541408.369999999, 439018.5700000003 5541412.0600000005, 439089.3799999999 5541470.289999999, 439112.4199999999 5541484.5600000005, 439147.7000000002 5541506.42, 439199.9299999997 5541525.109999999, 439206.03000000026 5541527.289999999, 439244.38999999966 5541546.119999999, 439301.7599999998 5541566.99, 439378.7999999998 5541617.6, 439392.2999999998 5541628.289999999, 439407.5499999998 5541636.15, 439414.6500000004 5541639.8100000005, 439503.3499999996 5541685.710000001, 439562.20999999996 5541721.68, 439640.5099999998 5541783.34, 439661.53000000026 5541799.890000001, 439701.2599999998 5541846.220000001, 439761.1500000004 5541885.960000001, 439866.0999999996 5541970.800000001, 439943.23000000045 5542023.9, 440002.25 5542045.640000001, 440032.0800000001 5542059.73, 440142.28000000026 5542133.75, 440181.7400000002 5542165.619999999, 440201.58999999985 5542202.32, 440208.0800000001 5542209.619999999, 440205.7599999998 5542207.91, 440190.45999999996 5542246.779999999, 440119.3799999999 5542469.52, 440076.48000000045 5542451.960000001, 440010.33999999985 5542425.09, 439958.9500000002 5542402.27, 439803.6699999999 5542328.76, 439713.70999999996 5542285.09, 439533.33999999985 5542199.16, 439442.6799999997 5542159.0600000005, 439350.5800000001 5542119.76, 439282.5800000001 5542091.630000001, 439257.7000000002 5542081.85, 439164.4299999997 5542046.67, 439069.46999999974 5542014.17, 438974.5099999998 5541984.18, 438877.5499999998 5541956.6899999995, 438781.58999999985 5541930.699999999, 438683.1299999999 5541913.449999999, 438604.66000000015 5541899.710000001, 438585.0499999998 5541896.08, 438486.7599999998 5541877.869999999, 438388.46999999974 5541859.67, 438290.1799999997 5541841.48, 438251.08999999985 5541834.24, 438191.88999999966 5541823.27, 438093.5999999996 5541805.07, 438018.9000000004 5541791.24, 437994.6200000001 5541786.6, 437895.9500000002 5541767.74, 437798.9900000002 5541742.75, 437707.03000000026 5541712.77, 437610.0599999996 5541679.779999999, 437515.0999999996 5541641.800000001, 437421.76999999955 5541602.26, 437384.9500000002 5541587.380000001, 437371.1500000004 5541580.82, 437329.21999999974 5541562.07, 437237.96999999974 5541521.26, 437146.71999999974 5541480.460000001, 437078.28000000026 5541449.859999999, 437056.7400000002 5541437.109999999, 436878.0499999998 5541346.039999999, 436801.3799999999 5541312.91, 436783.6799999997 5541305.699999999, 436690.66000000015 5541267.75, 436597.6299999999 5541229.8100000005, 436504.6200000001 5541191.869999999, 436411.58999999985 5541153.93, 436318.5700000003 5541115.98, 436060.3499999996 5540933.640000001, 435908.5499999998 5540831.470000001, 435658.7999999998 5540603.1899999995, 435540.51999999955 5540518.82, 435323.41000000015 5540367.77, 435034.3200000003 5540220.720000001, 434901.9400000004 5540152.529999999, 434647.3099999996 5540041.98, 434390.25 5539930.93, 434021.08999999985 5539788.08, 433994.8200000003 5539777.92, 433595.8700000001 5539700.9, 433477.1200000001 5539693.84, 432603.36000000034 5539641.970000001, 432213.7000000002 5539622.41, 432118.36000000034 5539612.07, 431796.2000000002 5539577.1, 431573.8200000003 5539536.26, 431170.51999999955 5539401.130000001, 430943.7400000002 5539309.960000001, 430735.2999999998 5539226.16, 430275.0499999998 5538976.380000001, 430191.48000000045 5538921.6, 430107.88999999966 5538866.82, 430024.3300000001 5538812.35, 429940.7400000002 5538757.289999999, 429857.16000000015 5538702.529999999, 429773.58999999985 5538647.77, 429690.0099999998 5538593.01, 429606.4500000002 5538538.24, 429522.8700000001 5538483.48, 429439.2999999998 5538428.710000001, 429396.76999999955 5538400.9, 429355.4500000002 5538374.140000001, 429295.9900000002 5538336.66, 429270.73000000045 5538320.970000001, 429235.4400000004 5538299.08, 429185.6500000004 5538268.359999999, 429100.1799999997 5538216.52, 429014.0099999998 5538165.5600000005, 428927.61000000034 5538115.390000001, 428840.5999999996 5538066.130000001, 428753.0999999996 5538017.85, 428699.03000000026 5537988.529999999, 428665.1500000004 5537970.279999999, 428630.1900000004 5537951.449999999, 428576.8700000001 5537923.33, 428487.3499999996 5537878.710000001, 428396.58999999985 5537836.699999999, 428394.6299999999 5537835.83, 428346.9299999997 5537814.609999999, 428305.20999999996 5537796.050000001, 428213.91000000015 5537755.390000001, 428122.61000000034 5537714.74, 428031.3200000003 5537674.07, 427940.0599999996 5537633.41, 427883.96999999974 5537608.460000001, 427848.6900000004 5537592.6, 427758.1299999999 5537550.140000001, 427668.54000000004 5537505.699999999, 427579.96999999974 5537459.289999999, 427556.01999999955 5537446.279999999, 427492.2000000002 5537411.43, 427404.45999999996 5537363.49, 427316.70999999996 5537315.58, 427228.98000000045 5537267.66, 427141.23000000045 5537219.75, 427130.25 5537213.640000001, 427053.48000000045 5537171.83, 426965.75 5537123.92, 426878.0099999998 5537076, 426790.2599999998 5537028.09, 426702.51999999955 5536980.17, 426617.98000000045 5536933.98, 426614.79000000004 5536932.24, 426526.36000000034 5536885.640000001, 426436.66000000015 5536841.48, 426345.76999999955 5536799.800000001, 426253.78000000026 5536760.609999999, 426166.0999999996 5536726.01, 426160.75 5536723.970000001, 426066.03000000026 5536691.970000001, 425969.38999999966 5536666.35, 425939.5099999998 5536660.51, 425871.2599999998 5536647.210000001, 425801.29000000004 5536637.630000001, 425772.1200000001 5536634.43, 425672.5800000001 5536624.890000001, 425611 5536620.02, 425572.8799999999 5536617.25, 425473.1500000004 5536610.01, 425373.4299999997 5536602.77, 425351.9400000004 5536601.210000001, 425310.01999999955 5536598.17, 425273.73000000045 5536595.1899999995, 425174.4299999997 5536583.43, 425075.9000000004 5536566.49, 424978.38999999966 5536544.380000001, 424902.9299999997 5536523.49, 424882.1500000004 5536517.27, 424786.33999999985 5536488.640000001, 424690.53000000026 5536460, 424594.71999999974 5536431.35, 424498.91000000015 5536402.710000001, 424465.1299999999 5536392.59, 424402.9199999999 5536374.789999999, 424177.3499999996 5536357.369999999, 424164.45999999996 5536356.369999999, 424141.1699999999 5536354.58, 424132.21999999974 5536345.109999999, 424121.1200000001 5536335.16, 424117.5099999998 5536333.07, 424030.29000000004 5536320.9399999995, 423785.11000000034 5536277.970000001, 423742.8700000001 5536277.210000001, 423613.5 5536286.34, 423501.36000000034 5536311.5, 423487.9900000002 5536316.92, 423413.83999999985 5536315.130000001, 423195.38999999966 5536307.4399999995, 422576.51999999955 5536286.960000001, 422416.5700000003 5536324.029999999, 422316.9400000004 5536315.85, 422300.1900000004 5536314.470000001, 422217.3700000001 5536306.99, 422117.98000000045 5536296.16, 422018.83999999985 5536283.359999999, 421991.45999999996 5536279.460000001, 421919.8799999999 5536269.08, 421820.9500000002 5536254.74, 421722.01999999955 5536240.42, 421623.0800000001 5536226.08, 421524.13999999966 5536211.73, 421485.03000000026 5536206.0600000005, 421439.46999999974 5536199.460000001, 421425.2000000002 5536197.42, 421326.0599999996 5536184.32, 421226.7000000002 5536173.25, 421196.5599999996 5536170.279999999, 421127.1699999999 5536163.67, 421027.8499999996 5536154.300000001, 420978.1900000004 5536149.449999999, 420928.0800000001 5536144.66, 420828.5499999998 5536135.16, 420729.03000000026 5536125.65, 420629.48000000045 5536116.140000001, 420529.9299999997 5536106.6, 420449.7400000002 5536098.9, 420430.33999999985 5536097.17, 420330.5 5536092.3100000005, 420298.0099999998 5536092.199999999, 420230.5499999998 5536094.27, 420159.16000000015 5536099.8100000005, 419970.25 5536137.199999999, 419957.13999999966 5536140.66, 419800.7999999998 5536194.4, 419607.0999999996 5536243.49, 419363.3099999996 5536288.4, 419240.3099999996 5536379.6899999995, 419161.46999999974 5536445.82, 419044.51999999955 5536513.83, 418901.6299999999 5536677.300000001, 418805.1799999997 5536848.68, 418615.01999999955 5537149.76, 418592.3700000001 5537266.74, 418582.71999999974 5537301.130000001, 418505.70999999996 5537423.369999999, 418414.83999999985 5537779.869999999, 418355.1900000004 5538122.960000001, 418311.16000000015 5538433.65, 418268.1699999999 5538430.880000001, 418264.26999999955 5538422.02, 418267.6799999997 5538313.039999999, 418275.96999999974 5538276.029999999, 418268.58999999985 5538262.74, 418274.04000000004 5538152.699999999, 418278.2400000002 5538129.880000001, 418275.6500000004 5538098, 418277.9500000002 5538068.9399999995, 418285.0800000001 5538016.449999999, 418290.7599999998 5537992.539999999, 418299.41000000015 5537972.880000001, 418306.5700000003 5537926.1899999995, 418311.6200000001 5537913.029999999, 418309.58999999985 5537888.640000001, 418315.0499999998 5537859.300000001, 418317.8099999996 5537838.710000001, 418316.76999999955 5537816.609999999, 418319.91000000015 5537795.5, 418317.54000000004 5537784.52, 418316.5 5537758.960000001, 418317.1799999997 5537741.5600000005, 418315.9500000002 5537691.6, 418312.9000000004 5537674.949999999, 418308.78000000026 5537666.960000001, 418307.4900000002 5537650.33, 418304.4299999997 5537599.01, 418305.6699999999 5537565.9, 418307.0499999998 5537540.18, 418308.1900000004 5537522.25, 418309.16000000015 5537506.550000001, 418317.2599999998 5537444.9, 418320.16000000015 5537423.3100000005, 418320.7599999998 5537418.8100000005, 418323.1500000004 5537401.07, 418331.4000000004 5537351.17, 418343.13999999966 5537292.699999999, 418355.6799999997 5537251.199999999, 418371.53000000026 5537187.6899999995, 418387.63999999966 5537136.3100000005, 418401.4299999997 5537097.109999999, 418425.0700000003 5537037.85, 418444.1299999999 5536995.609999999, 418453.73000000045 5536974.699999999, 418463.9900000002 5536954.32, 418505.6500000004 5536884.9, 418521.3799999999 5536878.869999999, 418536.75 5536870.050000001, 418568.4400000004 5536828.619999999, 418605.70999999996 5536779.880000001, 418640.3200000003 5536734.630000001, 418646.0999999996 5536728.640000001, 418652.6299999999 5536722.49, 418681.6699999999 5536660.529999999, 418684.1299999999 5536643.16, 418686.5599999996 5536634.32, 418696.16000000015 5536610.08, 418706.1699999999 5536586.83, 418712.6299999999 5536573.3100000005, 418724.7599999998 5536542.42, 418763.3700000001 5536496.43, 418788.16000000015 5536446.1, 418808.98000000045 5536425.210000001, 418832.0099999998 5536403.800000001, 418855.6200000001 5536384.859999999, 418871.8700000001 5536372.210000001, 418888.25 5536359.32, 418916.13999999966 5536340.17, 418980.5800000001 5536300, 419007.41000000015 5536282.890000001, 419022.3200000003 5536271.4399999995, 419064.1500000004 5536239.279999999, 419080.9500000002 5536226.84, 419143.5800000001 5536187.75, 419203.78000000026 5536150.23, 419221.0599999996 5536140.32, 419239.8300000001 5536130.58, 419300.79000000004 5536101.800000001, 419372.96999999974 5536067.76, 419431.5800000001 5536039.0600000005, 419475.9900000002 5536014.35, 419482.9400000004 5536035.8100000005, 419483.45999999996 5536037.4399999995, 419487.96999999974 5536050.84, 419555.8099999996 5536067.98, 419558.41000000015 5536068.640000001, 419591.48000000045 5536055.289999999, 419617.38999999966 5536044.84, 419746.8200000003 5535995.859999999, 419762.6900000004 5536020.25, 419798.20999999996 5536003.8100000005, 419803.5 5536002.15, 419804.33999999985 5536001.869999999, 419864.2000000002 5535971.91, 420105.04000000004 5535895.6, 420135.73000000045 5535886.16, 420179.25 5535868.779999999, 420203.4199999999 5535857.859999999, 420216.4400000004 5535850.779999999, 420229.54000000004 5535843.27, 420242.11000000034 5535835.029999999, 420254.4400000004 5535826.48, 420266.2400000002 5535817.1899999995, 420277.6900000004 5535807.42, 420287.9400000004 5535796.66, 420297.5800000001 5535785.08, 420305.0800000001 5535772.42, 420311.48000000045 5535758.84, 420313.2400000002 5535751.609999999, 420315.13999999966 5535743.789</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5914-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5914-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5914-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5914-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -531,90 +531,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-058" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5914-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5914-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5914-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-058" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5914-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5914-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5914-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -688,51 +688,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108885</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.23210958391</v>
+        <v>46071.30748671383</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>