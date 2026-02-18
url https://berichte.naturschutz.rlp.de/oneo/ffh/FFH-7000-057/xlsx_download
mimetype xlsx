--- v0 (2025-11-09)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5912-304</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((411149.3099999996 5547019.539999999, 411145.1500000004 5547015.039999999, 411139.2599999998 5547016.720000001, 411128.91000000015 5547012.119999999, 411049.9199999999 5546976.08, 410997.9299999997 5546952.359999999, 410987.4199999999 5546947.57, 410983.9900000002 5546938.359999999, 410982.4900000002 5546934.4, 411078.54000000004 5546727, 411083.58999999985 5546723.140000001, 411084.13999999966 5546722.609999999, 411089.25 5546715.15, 411162.8099999996 5546625.380000001, 411159.54000000004 5546621.609999999, 411160.8700000001 5546602.84, 411111.2999999998 5546567.43, 411123.3300000001 5546548.6, 411102.5099999998 5546539.83, 411127.3200000003 5546485.869999999, 411211.01999999955 5546522.02, 411216.33999999985 5546535.18, 411219.8499999996 5546536.720000001, 411301.6799999997 5546341.470000001, 411204.33999999985 5546286.859999999, 411175.2599999998 5546272.77, 411105.9199999999 5546239.07, 411083.03000000026 5546227.800000001, 411038.0099999998 5546205.710000001, 411036.3499999996 5546209.390000001, 411038.33999999985 5546214.85, 411031.5800000001 5546230.68, 411023 5546250.82, 411004.61000000034 5546293.92, 410973.8700000001 5546366.01, 410968.5700000003 5546378.51, 410963.29000000004 5546390.9399999995, 410957.76999999955 5546403.949999999, 410954.6200000001 5546411.26, 410953.03000000026 5546414.970000001, 410897.2000000002 5546545.9, 410892.03000000026 5546547.93, 410699.8700000001 5546458.57, 410697.83999999985 5546453.17, 410694.1299999999 5546451.6899999995, 410691.33999999985 5546458.359999999, 410634.3700000001 5546593.15, 410628.5599999996 5546607.02, 410608.78000000026 5546653.800000001, 410612.0999999996 5546656.5, 410615.5800000001 5546658.52, 410733.5599999996 5546728.3100000005, 410731.58999999985 5546738.1899999995, 410732.3200000003 5546743.130000001, 410753.2599999998 5546740.050000001, 410814.5800000001 5546731.01, 410816.9199999999 5546734.1, 410778.95999999996 5546816.08, 410773.6500000004 5546817.99, 410771.83999999985 5546821.640000001, 410775.2599999998 5546823.25, 410842.0700000003 5546864.529999999, 410910.6900000004 5546906.93, 410948.26999999955 5546930.15, 410947.5800000001 5546932.1899999995, 410892.3200000003 5546931.5600000005, 410822.13999999966 5546930.76, 410781.48000000045 5546939.27, 410740.63999999966 5546956.039999999, 410736.8499999996 5546957.640000001, 410728.4000000004 5546961.890000001, 410717.79000000004 5546968.6899999995, 410668.6699999999 5547000.199999999, 410638.7999999998 5547029.9, 410628.3700000001 5547040.289999999, 410622.7400000002 5547050.82, 410614.0499999998 5547067.130000001, 410600.9900000002 5547113.59, 410602.16000000015 5547131.01, 410602.4400000004 5547135.18, 410472.73000000045 5547074.98, 410471.4900000002 5547071.16, 410471.0700000003 5547069.869999999, 410466.9500000002 5547067.109999999, 410461.5599999996 5547068.48, 410454.2000000002 5547063.65, 410420.9000000004 5547041.800000001, 410382.88999999966 5547016.859999999, 410372.73000000045 5547010.289999999, 410334.6799999997 5546985.52, 410305.53000000026 5546966.550000001, 410295.1299999999 5546959.77, 410294.5700000003 5546954.82, 410334.7400000002 5546914.9, 410339.0700000003 5546910.539999999, 410333.9500000002 5546905.91, 410327.16000000015 5546907.67, 410323.8200000003 5546906.75, 410312.66000000015 5546903.73, 410305.6500000004 5546897.869999999, 410303.0700000003 5546889.82, 410318.20999999996 5546871.9399999995, 410346.88999999966 5546838.0600000005, 410365.7400000002 5546815.789999999, 410378.73000000045 5546800.449999999, 410399.4000000004 5546776.050000001, 410406.5599999996 5546759.869999999, 410405.6299999999 5546748.17, 410399.9299999997 5546747.039999999, 410397.4400000004 5546750.109999999, 410286.26999999955 5546728.4, 410283.8700000001 5546725.390000001, 410282.51999999955 5546723.710000001, 410282.66000000015 5546720.630000001, 410287.38999999966 5546599.27, 410287.86000000034 5546587.279999999, 410289.0099999998 5546557.83, 410290 5546532.25, 410292.4500000002 5546469.51, 410293.01999999955 5546457.380000001, 410294.41000000015 5546420.25, 410297.71999999974 5546332.859999999, 410301.2599999998 5546239.130000001, 410301.46999999974 5546231.07, 410322.0800000001 5546161.1, 410316.8799999999 5546159.67, 410311.9400000004 5546162.83, 410257.28000000026 5546150.699999999, 410254.0099999998 5546145.890000001, 410249.1900000004 5546145.3100000005, 410244.8300000001 5546151.02, 410199.38999999966 5546175.43, 410195.0800000001 5546177.75, 410186.04000000004 5546180, 410171.3799999999 5546183.640000001, 410149.61000000034 5546189.0600000005, 410137.88999999966 5546191.970000001, 410110.7599999998 5546198.74, 410100.4299999997 5546201.33, 410057.03000000026 5546212.16, 410018.9299999997 5546221.6899999995, 410008.1799999997 5546224.369999999, 410005.4400000004 5546225.050000001, 409998.8700000001 5546223.35, 409994.58999999985 5546227.48, 410002.23000000045 5546235.34, 410026.88999999966 5546253.470000001, 410009.0700000003 5546271.109999999, 409982.9199999999 5546257.09, 409972.8799999999 5546272.24, 409958.5999999996 5546294.07, 409932.33999999985 5546328.82, 409917.26999999955 5546342.32, 409905.6200000001 5546348.630000001, 409902.0999999996 5546350.539999999, 409894.71999999974 5546353.66, 409874.8099999996 5546362.199999999, 409870.13999999966 5546364.050000001, 409949.0599999996 5546476.539999999, 410034.1799999997 5546483.18, 410054.3099999996 5546484.57, 410065.51999999955 5546495.3100000005, 410030.23000000045 5546642.07, 410020.5999999996 5546727.550000001, 410020.0599999996 5546731.640000001, 410019.1900000004 5546739.9, 410012.23000000045 5546800.1899999995, 409944.0499999998 5546746.880000001, 409922.6799999997 5546730.15, 409936.04000000004 5546700.73, 409939.76999999955 5546692.52, 409941.5999999996 5546688.960000001, 409837.2400000002 5546632.25, 409835.8200000003 5546625.9, 409831.95999999996 5546622.82, 409828.36000000034 5546627.609999999, 409804.2999999998 5546696.5600000005, 409798.11000000034 5546734.18, 409783.21999999974 5546756.41, 409757.9299999997 5546763.5600000005, 409759.6799999997 5546770.359999999, 409786.66000000015 5546791.43, 409816.23000000045 5546814.52, 409996.6500000004 5546955.42, 409991.88999999966 5547003.17, 409991.38999999966 5547003.4, 409988.2599999998 5547004.75, 409879.2599999998 5546919.3100000005, 409876.2400000002 5546923.359999999, 409877 5546928.99, 409856.1299999999 5546955.6899999995, 409806.9199999999 5547018.630000001, 409765.6299999999 5547071.449999999, 409712.5 5547139.41, 409708.79000000004 5547138.41, 409704.8099999996 5547138.75, 409705.96999999974 5547149.119999999, 409703.23000000045 5547193.470000001, 409681.5599999996 5547268.210000001, 409673.3300000001 5547274.140000001, 409601.4199999999 5547266.199999999, 409537.51999999955 5547289.640000001, 409525.79000000004 5547291.789999999, 409485.28000000026 5547283.130000001, 409411.0499999998 5547207.029999999, 409373.0599999996 5547145.01, 409366.73000000045 5547134.710000001, 409334.25 5547081.9, 409299.2000000002 5547048.3100000005, 409211.0499999998 5546970.289999999, 409194.46999999974 5546955.539999999, 409138.28000000026 5546905.880000001, 409118.58999999985 5546882.109999999, 409109.63999999966 5546870.41, 409084.1799999997 5546827.130000001, 409081.54000000004 5546821.3100000005, 409079.4500000002 5546816.640000001, 409075.3799999999 5546807.4, 409064.9000000004 5546783.74, 409063.98000000045 5546781.66, 409051.5499999998 5546764.0600000005, 409051.63999999966 5546755.74, 409142.0499999998 5546636.24, 409144.41000000015 5546633.050000001, 409148.3300000001 5546627.82, 409150.0999999996 5546625.460000001, 409274.63999999966 5546460.279999999, 409277.1200000001 5546457.09, 409281.91000000015 5546450.66, 409300.16000000015 5546426.449999999, 409271.6500000004 5546392.18, 409257.78000000026 5546362.02, 409208.6299999999 5546255.01, 409204.29000000004 5546257.449999999, 409193.86000000034 5546269.93, 409186.8799999999 5546280.890000001, 409178.4500000002 5546292.130000001, 409162.78000000026 5546308.470000001, 409148.61000000034 5546321.609999999, 409146.7000000002 5546323.369999999, 409141.5599999996 5546330.02, 409138.8799999999 5546335.67, 409139 5546341.300000001, 409138.9199999999 5546345.84, 409131.5499999998 5546352.4, 409133.4199999999 5546374.4399999995, 409111.5499999998 5546397.0600000005, 409100.91000000015 5546403.59, 409050.5099999998 5546416.029999999, 409008.9900000002 5546413.050000001, 408984.78000000026 5546409.6, 408982.28000000026 5546412.890000001, 408975.63999999966 5546428.58, 408967.4900000002 5546447.25, 408966.36000000034 5546458.24, 408967.21999999974 5546467.210000001, 408967.71999999974 5546479.6899999995, 408967.4500000002 5546491.710000001, 408968.8799999999 5546508.66, 408966.38999999966 5546521.26, 408961.98000000045 5546529.9399999995, 408957.33999999985 5546545.130000001, 408947.4199999999 5546559.539999999, 408940.6699999999 5546578.3100000005, 408939.48000000045 5546592.369999999, 408931.11000000034 5546601.699999999, 408913.7400000002 5546616.3100000005, 408910.54000000004 5546619.710000001, 408913.1699999999 5546622.0600000005, 408916.26999999955 5546626.84, 408920.91000000015 5546635.1, 408924.6200000001 5546645.4, 408925.1900000004 5546648.050000001, 408853.9400000004 5546633.5, 408845.46999999974 5546631.76, 408844.38999999966 5546637.699999999, 408846.0800000001 5546642.4399999995, 408800.0800000001 5546695.630000001, 408743.1799999997 5546761.4, 408741.83999999985 5546761.380000001, 408737.8499999996 5546761.42, 408734.66000000015 5546764.51, 408737.6500000004 5546767.82, 408809.4500000002 5546825.970000001, 408809.48000000045 5546827.27, 408809.5700000003 5546831.300000001, 408666.04000000004 5546970.66, 408653.95999999996 5546979.359999999, 408511.79000000004 5547079.26, 408505.04000000004 5547079.57, 408419.23000000045 5547029.01, 408365.28000000026 5547006.98, 408361.0099999998 5547001.51, 408355.6500000004 5546998.52, 408352.71999999974 5547000.1899999995, 408332.3200000003 5546985.66, 408321.0599999996 5546991.880000001, 408282.2599999998 5546996.800000001, 408270.8099999996 5546989.609999999, 408244.6200000001 5546967.199999999, 408236.2999999998 5546961.449999999, 408223.36000000034 5546952.66, 408218.2000000002 5546945.890000001, 408204.3200000003 5546927.720000001, 408198.03000000026 5546918.91, 408192.8200000003 5546911.699999999, 408189.1299999999 5546907.029999999, 408187.76999999955 5546905.300000001, 408176.91000000015 5546892.470000001, 408173.6799999997 5546888.65, 408170.46999999974 5546880.779999999, 408169.5599999996 5546878.550000001, 408160.86000000034 5546859.4, 408157.36000000034 5546851.66, 408155.8300000001 5546845.279999999, 408152.98000000045 5546833.390000001, 408142.63999999966 5546814.84, 408136.5099999998 5546803.9399999995, 408126.66000000015 5546784.91, 408112.2999999998 5546771.0600000005, 408097.54000000004 5546751.67, 408095.25 5546748.66, 408087.8499999996 5546738, 408081.3499999996 5546729.859999999, 408078.8799999999 5546724.609999999, 408069.46999999974 5546713.15, 408062.3799999999 5546710.3100000005, 408059.5999999996 5546706.710000001, 408026.2999999998 5546688.4, 408024.95999999996 5546687.609999999, 408020.26999999955 5546685.08, 407999.6799999997 5546703.470000001, 407977.8300000001 5546707.380000001, 407973.3300000001 5546707.470000001, 407931.20999999996 5546708.49, 407925.3700000001 5546707.17, 407910.23000000045 5546703.83, 407875.5700000003 5546696.25, 407825.61000000034 5546698.369999999, 407809.46999999974 5546701.140000001, 407757.9900000002 5546719.26, 407716.04000000004 5546714.550000001, 407646.0499999998 5546721.02, 407603.3799999999 5546743.15, 407574.3799999999 5546767.449999999, 407530.8700000001 5546790.5, 407486.4400000004 5546800.23, 407435.4500000002 5546805.619999999, 407379.0800000001 5546799.27, 407303.0099999998 5546803.93, 407277.73000000045 5546816.92, 407247.4900000002 5546846.73, 407223.4400000004 5546859.17, 407180.16000000015 5546870.289999999, 407147.21999999974 5546885.9, 407132.7400000002 5546896.43, 407125.3300000001 5546894.85, 407120.3499999996 5546885.76, 407102.70999999996 5546874.5600000005, 407024.4400000004 5546853.23, 407000.45999999996 5546852.23, 406988.0800000001 5546851.73, 406943.9299999997 5546849.9, 406892.98000000045 5546847.8100000005, 406886.5599999996 5546847.539999999, 406824.13999999966 5546819.039999999, 406795.73000000045 5546812.119999999, 406754.3200000003 5546802.039999999, 406709.91000000015 5546769.4399999995, 406683.7999999998 5546726.1, 406693.5700000003 5546665.76, 406693.71999999974 5546660.34, 406730.9500000002 5546580.960000001, 406762.9500000002 5546600.539999999, 406800.1900000004 5546607.1899999995, 406812.25 5546606.24, 406835.1699999999 5546604.41, 406840.95999999996 5546602.359999999, 406891.23000000045 5546584.68, 406921.2999999998 5546588.5, 406963.5499999998 5546593.880000001, 406963.4500000002 5546588.779999999, 406878.7599999998 5546552.59, 406733.7999999998 5546472.24, 406785.7999999998 5546420.300000001, 406854.98000000045 5546351.1899999995, 406935.1799999997 5546271.0600000005, 407024.26999999955 5546181.369999999, 407102.6500000004 5546197.4, 407151.70999999996 5546213.0600000005, 407189.1500000004 5546231.359999999, 407213.26999999955 5546248.49, 407223.29000000004 5546250.970000001, 407220.71999999974 5546239.859999999, 407223 5546223.24, 407219.20999999996 5546191.51, 407224.83999999985 5546189.76, 407226.6500000004 5546189.33, 407215.53000000026 5546167.85, 407194.8300000001 5546142.84, 407152.6799999997 5546095.9399999995, 407100.3499999996 5546059.93, 407069.7999999998 5546049.66, 407026.28000000026 5546030.359999999, 407023.9299999997 5546036.710000001, 407012.70999999996 5546033, 406988.78000000026 5546025.5600000005, 406958.71999999974 5546011.74, 406937.5 5545995.9, 406892.9400000004 5545948.59, 406856.7599999998 5545919.630000001, 406823.8099999996 5545890.800000001, 406825.75 5545888.5, 406844.6699999999 5545899.15, 406859.7400000002 5545910.210000001, 406860.7000000002 5545909.050000001, 406861.6699999999 5545907.890000001, 406866.4900000002 5545894.4399999995, 406870.91000000015 5545888.9, 406874.5599999996 5545884.41, 406878.88999999966 5545887.17, 406881.2999999998 5545883.91, 406878.0999999996 5545871.220000001, 406878.9199999999 5545863.43, 406883.91000000015 5545816.16, 406892.9000000004 5545752.9399999995, 406893.6900000004 5545748.210000001, 406895.4900000002 5545743.380000001, 406913.95999999996 5545701.289999999, 406918.8200000003 5545703.609999999, 406922.86000000034 5545704.32, 406927.28000000026 5545681.3100000005, 407006.71999999974 5545690.109999999, 407035.8099999996 5545693.33, 407021.29000000004 5545713.039999999, 406996.91000000015 5545746.140000001, 407020.7000000002 5545763.73, 407042.6900000004 5545779.98, 407090.3499999996 5545815.199999999, 407089.5700000003 5545819.59, 407085.4500000002 5545842.98, 407104.0599999996 5545861.9, 407124.66000000015 5545861.51, 407153.4900000002 5545871.35, 407188.0999999996 5545903.779999999, 407217.0599999996 5545921.109999999, 407269.08999999985 5545952.26, 407291.9400000004 5545957.51, 407291.66000000015 5545961.859999999, 407291.4500000002 5545965.77, 407298.4000000004 5545966.4, 407322.2400000002 5545965, 407330 5545965.789999999, 407393.2999999998 5546030.52, 407452.0700000003 5546090.630000001, 407461.8200000003 5546100.640000001, 407469.54000000004 5546108.5600000005, 407491.86000000034 5546131.42, 407493.2999999998 5546132.869999999, 407506.6799999997 5546146.529999999, 407534 5546174.4, 407542.8099999996 5546183.380000001, 407548.1299999999 5546188.800000001, 407552.5499999998 5546193.32, 407559.11000000034 5546200.01, 407579.3300000001 5546220.65, 407634.2000000002 5546276.630000001, 407638.3799999999 5546273.880000001, 407638.5 5546266.76, 407647.4400000004 5546257.98, 407671.9000000004 5546233.9399999995, 407684.4299999997 5546221.609999999, 407717.5 5546189.1, 407722.1799999997 5546184.5, 407729.2599999998 5546184.58, 407733.58999999985 5546180.27, 407733.48000000045 5546173.16, 407764.3099999996 5546142.8100000005, 407823.8300000001 5546084.23, 407827.3799999999 5546080.76, 407834.53000000026 5546080.84, 407841.01999999955 5546078.9399999995, 407866.1799999997 5546039.039999999, 407867.91000000015 5546036.42, 407869.01999999955 5546034.58, 407872.88999999966 5546028.529999999, 407875.01999999955 5546025.27, 407883.0700000003 5546024.3100000005, 407882.88999999966 5546038.09, 407893.5 5546046.08, 407900.2000000002 5546047.800000001, 407908.4900000002 5546050.550000001, 407917.7400000002 5546054.02, 407924.83999999985 5546056.800000001, 407930.6299999999 5546058.949999999, 407935.73000000045 5546060.9399999995, 407942.3099999996 5546063.640000001, 407946.2599999998 5546065.5, 407947.6900000004 5546057.529999999, 407950.91000000015 5546048.619999999, 407966.75 5546046.65, 408018.11000000034 5546033.74, 408036.25 5546029.17, 408057.9900000002 5546018.949999999, 408077.91000000015 5546005.09, 408102.95999999996 5545975.68, 408109.83999999985 5545958.210000001, 408108.8799999999 5545942.09, 408108.3200000003 5545932.43, 408103.4900000002 5545919.949999999, 408100.79000000004 5545912.949999999, 408089.8499999996 5545902.369999999, 408080.16000000015 5545901.02, 408075.71999999974 5545900.279999999, 408070.6900000004 5545899.4399999995, 408064.2599999998 5545898.369999999, 408061.3300000001 5545869.02, 408048 5545829.550000001, 408034.79000000004 5545807.49, 408004.6900000004 5545777.77, 407987.01999999955 5545758.84, 407930.20999999996 5545680.619999999, 407927.6500000004 5545667.720000001, 407927.03000000026 5545664.6899999995, 407934.3300000001 5545652.369999999, 407951.6699999999 5545643.25, 407960.73000000045 5545638.49, 407971.0700000003 5545629.98, 407976.0999999996 5545619.699999999, 407984.6299999999 5545602.279999999, 407984.6699999999 5545583.76, 407978.29000000004 5545571.51, 407969.20999999996 5545567.210000001, 407926.41000000015 5545513.34, 407884.4500000002 5545472.76, 407883.7400000002 5545472.07, 407880.6699999999 5545465.57, 407873.38999999966 5545474.890000001, 407853.5099999998 5545492.710000001, 407833.1699999999 5545510.82, 407826.36000000034 5545510.1899999995, 407795.0999999996 5545469.48, 407786.0999999996 5545457.74, 407782.1299999999 5545460.83, 407781.73000000045 5545461.59, 407780.26999999955 5545464.48, 407718.5099999998 5545460.289999999, 407600.8499999996 5545411.9399999995, 407601.83999999985 5545409.17, 407554.9500000002 5545352.210000001, 407542.2400000002 5545336.77, 407529.5599999996 5545319.9399999995, 407497.33999999985 5545280.75, 407477.79000000004 5545256.970000001, 407446.8200000003 5545219.300000001, 407424.5599999996 5545192.23, 407341.13999999966 5545126.49, 407335.03000000026 5545112.720000001, 407352.36000000034 5545072.67, 407351.26999999955 5545050.6899999995, 407340.4000000004 5545038.8100000005, 407312.96999999974 5545020.210000001, 407309.79000000004 5545018.84, 407271.5599999996 5545002.35, 407269.76999999955 5545001.58, 407257.3099999996 5544989.51, 407253.1699999999 5544985.49, 407250.1200000001 5544981.66, 407238.8300000001 5544967.460000001, 407229.78000000026 5544960.9, 407208.6200000001 5544945.550000001, 407165.3700000001 5544914.18, 407161.21999999974 5544911.18, 407140.1699999999 5544894.699999999, 407122.11000000034 5544880.550000001, 407117.2599999998 5544876.5, 407097.45999999996 5544859.98, 407094.33999999985 5544857.380000001, 407077.1699999999 5544845.85, 407072.5999999996 5544842.800000001, 407067 5544839.66, 407043.86000000034 5544826.710000001, 407017.7599999998 5544812.130000001, 407013.7999999998 5544809.91, 407001.5 5544798.949999999, 406994.3200000003 5544788.01, 406993.4900000002 5544777.130000001, 407002.36000000034 5544760.5600000005, 407013 5544748.99, 407024.3799999999 5544740.380000001, 407049.1299999999 5544734.5600000005, 407064.63999999966 5544732.24, 407091.46999999974 5544733.58, 407144.0700000003 5544739.029999999, 407151.5700000003 5544733.98, 407152.1900000004 5544724.779999999, 407120.7599999998 5544663.279999999, 407106.4199999999 5544641.02, 407072.11000000034 5544598.82, 407051.95999999996 5544578.41, 406997.45999999996 5544532.01, 406960.3300000001 5544502.77, 406939.51999999955 5544482.42, 406923.6900000004 5544457.83, 406937.0800000001 5544462.630000001, 406995.73000000045 5544476.68, 407003.01999999955 5544478.98, 407012.0599999996 5544483.24, 407017.1200000001 5544486.289999999, 407019.2599999998 5544482.67, 407017.16000000015 5544475.470000001, 407018.4900000002 5544472.619999999, 407019.8700000001 5544469.9399999995, 407026.4400000004 5544473.029999999, 407055.8700000001 5544445.529999999, 407066.5599999996 5544453.76, 407095.4400000004 5544473.6, 407121.5499999998 5544493.300000001, 407150.2599999998 5544511.4, 407185.8799999999 5544548.93, 407190 5544545.35, 407283.08999999985 5544479.25, 407307.4400000004 5544515.76, 407338.7400000002 5544560.279999999, 407357.0499999998 5544586.369999999, 407365.58999999985 5544601.460000001, 407394.16000000015 5544651.93, 407396.86000000034 5544654.99, 407426.70999999996 5544688.720000001, 407485.7400000002 5544732.34, 407506.1900000004 5544744.66, 407528.98000000045 5544758.380000001, 407557.75 5544745.77, 407566.51999999955 5544681.449999999, 407568.5999999996 5544666.1, 407559.41000000015 5544623.449999999, 407561.9900000002 5544600.5, 407570.9500000002 5544520.630000001, 407574.4900000002 5544510.359999999, 407584.51999999955 5544481.26, 407595.2999999998 5544404.33, 407599.78000000026 5544372.42, 407589.73000000045 5544336.52, 407564.3099999996 5544303.4, 407564.54000000004 5544295.68, 407560.4900000002 5544294.220000001, 407552.5 5544296.34, 407544.96999999974 5544293.65, 407543.0599999996 5544297.710000001, 407543.48000000045 5544304.039999999, 407503.5700000003 5544324.48, 407497.4500000002 5544322.050000001, 407493.5 5544310.869999999, 407456.9400000004 5544297.49, 407440.3799999999 5544291.43, 407421.04000000004 5544300.1, 407389.5599999996 5544291.92, 407360.2400000002 5544261.300000001, 407350.7400000002 5544237.24, 407325.6799999997 5544221.539999999, 407279.6299999999 5544192.6899999995, 407276.6200000001 5544190.8100000005, 407217.96999999974 5544133.4399999995, 407215.3799999999 5544125.0600000005, 407220.03000000026 5544101.32, 407220.8200000003 5544097.3100000005, 407227.9400000004 5544089.07, 407232.20999999996 5544084.119999999, 407266.3499999996 5544071.98, 407289.5499999998 5544063.73, 407296.4299999997 5544060.16, 407332.48000000045 5544041.449999999, 407357.0499999998 5544012.83, 407386.6900000004 5543973.91, 407427.0800000001 5543961.960000001, 407474.6799999997 5543965.41, 407565.9400000004 5543977.449999999, 407601.9500000002 5543977.76, 407603.3499999996 5543982.880000001, 407605.7599999998 5543986.699999999, 407609.8499999996 5543984.25, 407620.98000000045 5543977.619999999, 407640.7999999998 5543977.710000001, 407663.7000000002 5543978.34, 407744.25 5543963.289999999, 407746.20999999996 5543963.470000001, 407815.01999999955 5543969.85, 407822.1299999999 5543970.52, 407900.96999999974 5543971.65, 407939.28000000026 5543965.029999999, 407943.6200000001 5543969.140000001, 407948.63999999966 5543973.529999999, 407954.0800000001 5543972.210000001, 407956.1900000004 5543967.359999999, 407957.5499999998 5543960.390000001, 408016.5099999998 5543920.57, 408026.86000000034 5543916.74, 408074.0099999998 5543928.98, 408095.6200000001 5543934.48, 408101.2999999998 5543936.6, 408125.2999999998 5543945.24, 408146.36000000034 5543952.82, 408151.5800000001 5543954.6899999995, 408170.3300000001 5543961.4, 408178.7000000002 5543964.640000001, 408212.9199999999 5543977.619999999, 408218.5099999998 5543979.75, 408244.4900000002 5543989.539999999, 408256.75 5543999.84, 408261.5800000001 5544003.880000001, 408272.8700000001 5544013.279999999, 408278.28000000026 5544014.619999999, 408293.0599999996 5544018.07, 408300.9400000004 5544019.92, 408320.61000000034 5544024.460000001, 408327.04000000004 5544032.52, 408362.9199999999 5544077.029999999, 408374.16000000015 5544080.220000001, 408404.78000000026 5544088.869999999, 408419.0099999998 5544097.41, 408436.70999999996 5544108.029999999, 408462.5999999996 5544099.630000001, 408468.4900000002 5544097.73, 408477.0599999996 5544099.289999999, 408508.8799999999 5544125.08, 408538.6200000001 5544178.779999999, 408544.1500000004 5544182.82, 408632.8200000003 5544247.550000001, 408651.16000000015 5544223.460000001, 408657.3200000003 5544223.4, 408662.95999999996 5544230.26, 408699.86000000034 5544267.640000001, 408729.1500000004 5544304.539999999, 408726.95999999996 5544308.390000001, 408724.2599999998 5544313.42, 408726.45999999996 5544318.32, 408683.83999999985 5544383.5, 408676.04000000004 5544387.199999999, 408675.6900000004 5544391.15, 408683.1299999999 5544391.789999999, 408715.0800000001 5544413.32, 408749.54000000004 5544457.76, 408802.1200000001 5544491.75, 408834.2400000002 5544503.66, 408884.0499999998 5544556.16, 408913.9199999999 5544587.640000001, 408924.46999999974 5544598.75, 408970.4000000004 5544637.9, 408989.0800000001 5544653.84, 409007.6699999999 5544624.6899999995, 409012.51999999955 5544624.970000001, 409015.1900000004 5544621.33, 409015.33999999985 5544612.77, 409068.1500000004 5544530.1899999995, 409076.03000000026 5544517.9, 409083.1900000004 5544506.8100000005, 409090.8200000003 5544494.949999999, 409093.6299999999 5544490.539999999, 409096.1200000001 5544486.640000001, 409101.70999999996 5544477.880000001, 409081.4400000004 5544461.9399999995, 409073.9299999997 5544456.039999999, 409045.0700000003 5544433.33, 409045.7400000002 5544428.3100000005, 409041.3799999999 5544423.68, 409032.26999999955 5544427.67, 408999.26999999955 5544428.26, 408978.2999999998 5544431.52, 408968.96999999974 5544432.960000001, 408963.78000000026 5544433.76, 408947.8700000001 5544434.18, 408930.20999999996 5544431.789999999, 408922.13999999966 5544427.199999999, 408913.2599999998 5544416.08, 408899.3099999996 5544398.619999999, 408885.4000000004 5544381.18, 408860.5599999996 5544346.68, 408857.4199999999 5544342.3100000005, 408840.23000000045 5544310.609999999, 408810.29000000004 5544255.48, 408760.8799999999 5544179.18, 408754.4299999997 5544171.93, 408729.75 5544144.359999999, 408724.7999999998 5544131.41, 408710.04000000004 5544092.9, 408700.4199999999 5544067.77, 408647.13999999966 5544013.210000001, 408615.8200000003 5543970.35, 408599.0099999998 5543941.460000001, 408597.51999999955 5543932.23, 408598.6799999997 5543926.77, 408594.7599999998 5543926.01, 408588.8700000001 5543928.109999999, 408566.58999999985 5543910.17, 408549.70999999996 5543873.42, 408514.2999999998 5543890.300000001, 408496.9299999997 5543887.51, 408476.1799999997 5543862.039999999, 408470.51999999955 5543855.109999999, 408456.75 5543867.029999999, 408449.5 5543866.720000001, 408419.86000000034 5543835.82, 408410.1900000004 5543824.84, 408384.96999999974 5543796.18, 408381.3700000001 5543792.08, 408380.6299999999 5543770.91, 408352.83999999985 5543744.74, 408325.96999999974 5543731.710000001, 408299.9500000002 5543766.4399999995, 408289.3700000001 5543780.57, 408283.01999999955 5543780.82, 408278.25 5543781.41, 408279.4900000002 5543789.5600000005, 408277.7599999998 5543793.140000001, 408262.75 5543824.27, 408225.5499999998 5543901.470000001, 408218.75 5543904.32, 408202.46999999974 5543898.550000001, 408169.73000000045 5543891.6899999995, 408135.3700000001 5543886.24, 408086.5999999996 5543869.529999999, 408072.3499999996 5543866.289999999, 408058.5099999998 5543863.119999999, 408045.8499999996 5543860.199999999, 408018.36000000034 5543849.15, 408006.36000000034 5543842.25, 407964.4299999997 5543818.109999999, 407985.6900000004 5543795.199999999, 407950.88999999966 5543765.84, 407926.41000000015 5543745.130000001, 407916.8499999996 5543737.039999999, 407900.1299999999 5543722.869999999, 407875.9400000004 5543702.369999999, 407833.4299999997 5543662.58, 407827.45999999996 5543657.01, 407747.54000000004 5543592.98, 407730.5700000003 5543572.99, 407746.2000000002 5543552.470000001, 407769.2599999998 5543522.01, 407776.26999999955 5543521.130000001, 407779.1699999999 5543518.26, 407768.2999999998 5543509.5, 407711.8300000001 5543463.050000001, 407680.3499999996 5543460.880000001, 407585.8200000003 5543385.550000001, 407554.23000000045 5543419.08, 407543.48000000045 5543420.449999999, 407485.0099999998 5543389.27, 407471.73000000045 5543382.18, 407460.8099999996 5543380.75, 407429.41000000015 5543389.800000001, 407372.48000000045 5543388.3100000005, 407352.29000000004 5543387.779999999, 407342.5700000003 5543389.26, 407248.53000000026 5543421.9399999995, 407240.26999999955 5543420.66, 407235.36000000034 5543425.8100000005, 407302.2000000002 5543466.869999999, 407402.5800000001 5543519.630000001, 407413.1500000004 5543525.24, 407417.54000000004 5543527.5600000005, 407426.3799999999 5543532.199999999, 407466.6900000004 5543547.3100000005, 407557.66000000015 5543593.32, 407558.8300000001 5543599.380000001, 407516.11000000034 5543648.550000001, 407486.25 5543683, 407403.71999999974 5543778.109999999, 407398.3200000003 5543780.859999999, 407395.4199999999 5543782.359999999, 407348.0099999998 5543787.6, 407313.26999999955 5543803.619999999, 407310.13999999966 5543804.210000001, 407309.54000000004 5543804.32, 407257.8300000001 5543814.08, 407213.2000000002 5543822.529999999, 407207.4000000004 5543823.609999999, 407193.4000000004 5543833.73, 407153.7599999998 5543862.4399999995, 407116.0099999998 5543889.77, 407052.51999999955 5543909.82, 406997.6900000004 5543949.01, 406977.7400000002 5543954.039999999, 406920.9199999999 5543968.35, 406889.5800000001 5543976.26, 406844.3200000003 5543974.99, 406816.6299999999 5543974.210000001, 406785.7599999998 5543973.35, 406740.6200000001 5543946.18, 406736.36000000034 5543943.630000001, 406728 5543939.109999999, 406643.0499999998 5543892.82, 406637.8099999996 5543890.1899999995, 406641.4500000002 5543871.24, 406645.5599999996 5543849.07, 406656.76999999955 5543810.6, 406663.36000000034 5543775.33, 406664.0800000001 5543762.289999999, 406668.23000000045 5543747.119999999, 406676.26999999955 5543723.289999999, 406683.88999999966 5543694.98, 406690.3200000003 5543668.210000001, 406705.36000000034 5543638.09, 406725.33999999985 5543593.779999999, 406725.66000000015 5543592.65, 406685.9299999997 5543566.32, 406655.4900000002 5543525.41, 406587.53000000026 5543444.32, 406544.63999999966 5543425.789999999, 406537.3499999996 5543422.65, 406281.36000000034 5543019.1899999995, 406353.4000000004 5542979.27, 406410.11000000034 5542938.91, 406460.20999999996 5542853.34, 406455.9500000002 5542850.4, 406401.8499999996 5542748.869999999, 406392.54000000004 5542750.220000001, 406394.5499999998 5542745.66, 406535.6799999997 5542424.1899999995, 406570.33999999985 5542446.800000001, 406595.3499999996 5542461.73, 406686.11000000034 5542503.199999999, 406691.96999999974 5542505.77, 407046.4000000004 5542661.27, 407149.98000000045 5542709.210000001, 407156.6900000004 5542712.32, 407403.01999999955 5542826.33, 407519.23000000045 5542879.640000001, 407658.2599999998 5542947.49, 407666.5499999998 5542951.52, 407813.0599999996 5543023.02, 407849.8499999996 5543039.859999999, 407869.7400000002 5543046.880000001, 407900.91000000015 5543052.68, 407941.8700000001 5543055.949999999, 407959.5 5543056.960000001, 407988.83999999985 5543063.609999999, 408111.41000000015 5543110.6899999995, 408127.86000000034 5543119.9399999995, 408148.38999999966 5543138.0600000005, 408168.3099999996 5543155.23, 408187.8700000001 5543169.109999999, 408212.28000000026 5543181.539999999, 408230.4000000004 5543185.119999999, 408257.36000000034 5543190.300000001, 408269.38999999966 5543197.130000001, 408290.83999999985 5543212.41, 408325.2000000002 5543241.59, 408326.54000000004 5543238.119999999, 408328.5599999996 5543232.91, 408329.86000000034 5543229.74, 408350.0599999996 5543229.68, 408361.78000000026 5543232.859999999, 408414.6500000004 5543250.76, 408439.4299999997 5543262.720000001, 408453.5700000003 5543269.529999999, 408467.6799999997 5543276.33, 408476.6699999999 5543280.67, 408487.9500000002 5543287.779999999, 408497.98000000045 5543294.109999999, 408506.86000000034 5543299.699999999, 408514.0599999996 5543304.24, 408522.03000000026 5543309.26, 408535.3300000001 5543317.65, 408577.95999999996 5543344.52, 408599.0099999998 5543357.77, 408660.0599999996 5543396.27, 408691.6299999999 5543415.5600000005, 408722.16000000015 5543431.4, 408745.7400000002 5543447.52, 408758.26999999955 5543456.09, 408766.9299999997 5543462.02, 408779.98000000045 5543470.93, 408804.1699999999 5543487.460000001, 408817.4299999997 5543496.539999999, 408828.71999999974 5543504.380000001, 408884.1299999999 5543542.859999999, 408923.13999999966 5543569.960000001, 408960.01999999955 5543595.57, 408972.2000000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5912-304</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5912-304</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5912-304.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5912-304.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5912-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5912-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5912-304.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5912-304" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5912-304" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5912-304.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108884</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.04578728647</v>
+        <v>46071.12811991767</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>