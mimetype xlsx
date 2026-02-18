--- v0 (2025-11-10)
+++ v1 (2026-02-18)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5911-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((404618.1200000001 5546987.220000001, 404491.7999999998 5547007.42, 404427.9000000004 5547022.720000001, 404341.2400000002 5547050.539999999, 404266.8799999999 5547073.199999999, 404110.4299999997 5547107.6, 404005.0099999998 5547122.630000001, 403920.3499999996 5547131.07, 403803.9199999999 5547140.279999999, 403746.91000000015 5547147.82, 403640.1900000004 5547172.9, 403601.4000000004 5547187.24, 403490.2400000002 5547234.6899999995, 403387.9400000004 5547276.130000001, 403276.7999999998 5547329.050000001, 403260.70999999996 5547294.960000001, 403222.96999999974 5547213.02, 403210.1799999997 5547183.59, 403187.0599999996 5547129.4399999995, 403158.8499999996 5547068.6899999995, 403150.9199999999 5547050.67, 403114.26999999955 5546969, 403101.71999999974 5546941.050000001, 403076.8700000001 5546885.52, 403054.48000000045 5546835.970000001, 403041.4299999997 5546807.1899999995, 403005.51999999955 5546727.58, 402969.9000000004 5546725.16, 402882.73000000045 5546717.289999999, 402795.86000000034 5546710.02, 402711.8099999996 5546702.07, 402626.7400000002 5546694.199999999, 402539.28000000026 5546686.99, 402524.1900000004 5546685.99, 402452.61000000034 5546680.68, 402363.5599999996 5546674.49, 402277.5499999998 5546665.65, 402188.6699999999 5546658.380000001, 402199.4400000004 5546585.1899999995, 402211.5 5546501.92, 402235.2599999998 5546337.890000001, 402259.1299999999 5546174.800000001, 402271.25 5546091.609999999, 402273.4000000004 5546077.17, 402276.29000000004 5546057.66, 402279.83999999985 5546030.52, 402281.04000000004 5546024.67, 402282.03000000026 5546018.4399999995, 402287.9299999997 5545978.619999999, 402296.73000000045 5545917.6899999995, 402308.51999999955 5545835.970000001, 402320.08999999985 5545754.460000001, 402331.61000000034 5545673.16, 402335.4299999997 5545644.800000001, 402343.66000000015 5545592.51, 402355.9199999999 5545512.66, 402366.9500000002 5545434.4, 402378.5599999996 5545352.01, 402391.1799999997 5545268.9, 402403.70999999996 5545184.66, 402421.88999999966 5545061.5600000005, 402440.4199999999 5544935.779999999, 402452.88999999966 5544854.27, 402517.33999999985 5544797.609999999, 402577.0099999998 5544740.82, 402640.83999999985 5544688.16, 402700.88999999966 5544632.92, 402762.6500000004 5544575.550000001, 402824.26999999955 5544523.210000001, 402887.46999999974 5544468.24, 402922.41000000015 5544437.82, 402928.8700000001 5544432.1899999995, 402949.48000000045 5544414.24, 403010.1900000004 5544360.460000001, 403070.9900000002 5544305.17, 403131.36000000034 5544252.539999999, 403170.9199999999 5544218.01, 403173.41000000015 5544215.91, 403179.2400000002 5544210.789999999, 403193.5599999996 5544198.210000001, 403258.7000000002 5544140.6, 403320.03000000026 5544086.25, 403381.03000000026 5544032.210000001, 403443.79000000004 5543976.68, 403506.75 5543921.09, 403568.5800000001 5543867, 403630.46999999974 5543812.42, 403641.01999999955 5543802.970000001, 403644.86000000034 5543799.699999999, 403694.9199999999 5543755.949999999, 403742.9400000004 5543713.65, 403759.25 5543699.279999999, 403823.3799999999 5543643.1899999995, 403887.54000000004 5543587.109999999, 403926.4500000002 5543553.050000001, 403998.26999999955 5543631.880000001, 404146.4199999999 5543507.49, 404299.54000000004 5543372.699999999, 404306.2400000002 5543366.91, 404314.86000000034 5543359.4399999995, 404377.83999999985 5543304.93, 404487.0800000001 5543212.41, 404537.7000000002 5543219.51, 404579.2999999998 5543227.720000001, 404609.23000000045 5543267.109999999, 404623.0800000001 5543303.09, 404645.58999999985 5543334.48, 404653.4900000002 5543347.18, 404655.5499999998 5543350.470000001, 404688.8499999996 5543403.9399999995, 404725.46999999974 5543450.609999999, 404720.1799999997 5543453.17, 404751.61000000034 5543528.5600000005, 404800.25 5543628.24, 404805.95999999996 5543647.369999999, 404810.1200000001 5543661.300000001, 404816.9299999997 5543698.99, 404882.61000000034 5543802.640000001, 404902.6900000004 5543847.99, 404952.9400000004 5543935.91, 404960.98000000045 5543949.779999999, 404985.7599999998 5543992.99, 405009.6799999997 5544027.08, 405039.6299999999 5544051.6899999995, 405089.1200000001 5544091.68, 405112.5 5544101.6, 405105.20999999996 5544133.34, 405109.23000000045 5544155.640000001, 405121.0599999996 5544185.84, 405132.58999999985 5544215.109999999, 405164.1699999999 5544278.59, 405189.7400000002 5544327.83, 405227.16000000015 5544405.859999999, 405253.11000000034 5544466.859999999, 405255.26999999955 5544471.93, 405259.6900000004 5544482.33, 405262.70999999996 5544506.75, 405263.9900000002 5544526.27, 405259.95999999996 5544578.02, 405258.8099999996 5544595.050000001, 405259.11000000034 5544611.789999999, 405263.16000000015 5544637.859999999, 405275.6299999999 5544690.48, 405284.5499999998 5544725.619999999, 405295.58999999985 5544781.960000001, 405301.1900000004 5544813.609999999, 405309.54000000004 5544877.76, 405322.3799999999 5544982.609999999, 405327.1799999997 5545020.970000001, 405333.9199999999 5545044.08, 405357.9400000004 5545102.449999999, 405379.51999999955 5545150.51, 405403.0800000001 5545207.84, 405409.86000000034 5545234.300000001, 405412.71999999974 5545255.24, 405412.1200000001 5545270.01, 405409.0599999996 5545346.42, 405405.3099999996 5545391.98, 405398.8700000001 5545428.029999999, 405365.4900000002 5545588.73, 405344.25 5545692.609999999, 405342.5800000001 5545699.25, 405341.08999999985 5545708.5, 405324.16000000015 5545795.449999999, 405298.9400000004 5545913.42, 405277 5546032.800000001, 405249.9199999999 5546035.02, 405226.0599999996 5545984.6899999995, 405201.61000000034 5545926.869999999, 405191.33999999985 5545930.800000001, 405189.13999999966 5545933.710000001, 405178.6699999999 5545931.279999999, 405145.91000000015 5545923.66, 405100.0999999996 5545913.02, 405085.79000000004 5545909.6899999995, 405076.25 5545911.869999999, 405079.0599999996 5545917.470000001, 405036.0999999996 5546123.970000001, 405028.8300000001 5546159.550000001, 405027.71999999974 5546164.99, 404990.53000000026 5546347.220000001, 404946.33999999985 5546561.91, 404885.45999999996 5546685.619999999, 404825.61000000034 5546753.9, 404883.61000000034 5546776.27, 404930.1299999999 5546761.82, 404975.7400000002 5546768.359999999, 405028.0499999998 5546766.92, 405004.08999999985 5546810.380000001, 404983.91000000015 5546847.779999999, 404962.0499999998 5546905.42, 404945.73000000045 5547010.449999999, 404934.4400000004 5547028.67, 404912.8200000003 5547043.300000001, 404894.26999999955 5547050.66, 404872.83999999985 5547053.15, 404848.96999999974 5547049.640000001, 404813.0599999996 5547036.539999999, 404744.38999999966 5547005.029999999, 404717.36000000034 5546995.35, 404689.83999999985 5546988.92, 404654.2000000002 5546985.16, 404618.1200000001 5546987.220000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5911-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5911-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5911-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5911-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5911-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5911-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5911-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5911-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5911-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5911-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108883</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.19031236567</v>
+        <v>46071.30747506242</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>